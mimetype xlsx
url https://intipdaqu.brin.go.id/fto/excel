--- v0 (2025-10-25)
+++ v1 (2025-12-10)
@@ -203,536 +203,536 @@
   <si>
     <t>Sistem Kendali Posisi Elektroda Berbasis Jaringan Saraf Tiruan pada Tungku Busur Listrik</t>
   </si>
   <si>
     <t>Dr. Ir. Herman A ; Ir. Syariefuddin Algadrie ; Ir. Budi Prasetyo, M.Sc ; Ir. Gde Wisnaya Wisna ; Ir. Moch. Misbachulanam ; Ir. Slamet Rahardjo, M.Sc ; Ir. M. Yusuf Marhaban, M.Eng. ; Ir. Zakky Sulistiawan ; Ir. Krisna Putra ; Ir. Sugiono ; Ir. Hendry Paliama, MSEE ; Ir. Syariefuddin Algadrie ; Ir. Budi Prasetyo, M.Sc ; Ir. Gde Wisnaya Wisna ; Ir. Moch. Misbachulanam ; Ir. Slamet Rahardjo, M.Sc ; Ir. M. Yusuf Marhaban, M.Eng. ; Ir. Zakky Sulistiawan ; Ir. Krisna Putra ; Ir. Sugiono ; Ir. Hendry Paliama, MSEE ;</t>
   </si>
   <si>
     <t>1999-03-05</t>
   </si>
   <si>
     <t>P00019990187</t>
   </si>
   <si>
     <t>Pembuatan Timbal Sulfat dari Lumpur Aki Bekas untuk Bahan Baku Industri Senyawa-senyawa Timbal</t>
   </si>
   <si>
     <t>Ir. Asdiman Naibaho ; Arifin Arif ;</t>
   </si>
   <si>
     <t>1999-07-28</t>
   </si>
   <si>
     <t>P990712</t>
   </si>
   <si>
+    <t>Planar Antena UHF</t>
+  </si>
+  <si>
+    <t>Ir. Supriyono, M.Si ;</t>
+  </si>
+  <si>
+    <t>1999-08-06</t>
+  </si>
+  <si>
+    <t>P00199900754</t>
+  </si>
+  <si>
     <t>Sistem Kontrol Adaptif Optimal Pada Pengering Kayu Tenaga Surya</t>
   </si>
   <si>
     <t>Ir. Noor Fachrizal, MT ; Dr. Ir. Markus Sumarsono ; Ir. Rivai Mustafa ; Dr. Ir. M.A.M. Oktaufik ; Dr. Ir. Herman Agustiawan ; Dr. Ir. Markus Sumarsono ; Ir. Rivai Mustafa ; Dr. Ir. M.A.M. Oktaufik ; Dr. Ir. Herman Agustiawan ;</t>
   </si>
   <si>
-    <t>1999-08-06</t>
-[...1 lines deleted...]
-  <si>
     <t>P00019990758</t>
   </si>
   <si>
+    <t>Kompor Briket Batubara Tanpa Karbonisasi Tipe Sarang Tawon</t>
+  </si>
+  <si>
+    <t>Heru Kuncoro ;</t>
+  </si>
+  <si>
+    <t>P00199900753</t>
+  </si>
+  <si>
+    <t>Alat Pengiris Serbaguna Dengan Posisi Pisau Horizontal</t>
+  </si>
+  <si>
+    <t>Syaifudin ;</t>
+  </si>
+  <si>
+    <t>P00199900757</t>
+  </si>
+  <si>
     <t>Kotak Pendingin Vaksi Portable</t>
   </si>
   <si>
     <t>Dr. Ir. Markus Sumarsono ; Budi Sutrisno, ST, MT ; Ir. M. Syafri Syarief, M. Eng, Mastur Pramudji ; Budi Sutrisno, ST, MT ; Ir. M. Syafri Syarief, M. Eng, Mastur Pramudji ;</t>
   </si>
   <si>
     <t>P00199900759</t>
   </si>
   <si>
-    <t>Planar Antena UHF</t>
-[...23 lines deleted...]
-    <t>P00199900753</t>
+    <t>Alat Pengarangan Serbuk Gambut Tipe Basah</t>
+  </si>
+  <si>
+    <t>Ir. Bambang Sucahyo,M.Sc ;</t>
+  </si>
+  <si>
+    <t>2000-01-18</t>
+  </si>
+  <si>
+    <t>P00020000019</t>
+  </si>
+  <si>
+    <t>Pembuatan Adsorben Dari Limbah Bleaching Earth Dengan Proses Reaktifasi Pada Industri Minyak Goreng Dari CPO</t>
+  </si>
+  <si>
+    <t>Ir. Muhammad Yudi Wahyudi ;</t>
+  </si>
+  <si>
+    <t>P00020000022</t>
+  </si>
+  <si>
+    <t>Proses Pemurnian Larutan Garam Natrium Klorida Krosok Menjadi Garam Natrium Klorida Farmasi</t>
+  </si>
+  <si>
+    <t>Imam Paryanto ; Bambang Srijanto ; Tarwadi ; Eriawan Rismana ; Purwa Tri Cahyana ; Arie Fachrudin ; Wahono Sumaryono ; Bambang Srijanto ; Tarwadi ; Eriawan Rismana ; Purwa Tri Cahyana ; Arie Fachrudin ; Wahono Sumaryono ;</t>
+  </si>
+  <si>
+    <t>P00200000018</t>
+  </si>
+  <si>
+    <t>Proses Karbonisasi dan Aktifasi Karbon Aktif, Albizia Falcataria (sengon) dengan pupuk Phospate</t>
+  </si>
+  <si>
+    <t>Ir. Muhammad Yudi Wahyudi ; Drs. Sarmidi Amin ; Drs. Sarmidi Amin ;</t>
+  </si>
+  <si>
+    <t>P00200000026</t>
+  </si>
+  <si>
+    <t>KOMPOR METAL UNTUK RUMAH TANGGA BERBAHAN BAKAR BRIKET GAMBUT</t>
+  </si>
+  <si>
+    <t>Bambang Sucahyo ; Budi Nurahman ; Bhakti Tjahja Agung ; Rohmadi Ridlo ; Wisnu Ali Martono ; Hasnedi ; Budi Nurahman ; Bhakti Tjahja Agung ; Rohmadi Ridlo ; Wisnu Ali Martono ; Hasnedi ;</t>
+  </si>
+  <si>
+    <t>P00020000021</t>
+  </si>
+  <si>
+    <t>Tungku Tanah Liat Untuk Rumah Tangga Bernahan Bakar Briket Gambut</t>
+  </si>
+  <si>
+    <t>P00020000025</t>
   </si>
   <si>
     <t>Kompor Briket Batubara Tanpa-Karbonisasi Tipe Sarang Tawon Bentuk Silinder Untuk Rumah Tangga</t>
   </si>
   <si>
     <t>DR. Heru Kuncoro ; Tri Esti Herbawamurti ; Hawaria ; Darmawan ; Faizul Ishom ; Nur Rachman Iskandar ; Nuraida Tarigan ; Suwarni Adi ; Mardi ; Dwi Gunadi ; Tri Esti Herbawamurti ; Hawaria ; Darmawan ; Faizul Ishom ; Nur Rachman Iskandar ; Nuraida Tarigan ; Suwarni Adi ; Mardi ; Dwi Gunadi ;</t>
   </si>
   <si>
-    <t>2000-01-18</t>
-[...1 lines deleted...]
-  <si>
     <t>P00200000027</t>
   </si>
   <si>
-    <t>Tungku Tanah Liat Untuk Rumah Tangga Bernahan Bakar Briket Gambut</t>
-[...32 lines deleted...]
-    <t>P00020000019</t>
+    <t>Fermentasi Kakao Dengan Perlakuan Terhadap Buah/Biji Kakao Segar Sebelum Fermentasi</t>
+  </si>
+  <si>
+    <t>Dr. Sarmidi Amin, Ir. Suryatmi Retno Dumadi, MsS ; Ir. Gigih Atmaji ; Ir Wahyu Bahari Setianto ; Ir. Muhammad Yudi Wahyudi ; Ir. Gigih Atmaji ; Ir Wahyu Bahari Setianto ; Ir. Muhammad Yudi Wahyudi ;</t>
+  </si>
+  <si>
+    <t>P00200000024</t>
+  </si>
+  <si>
+    <t>Pemanfaatan Bleaching Earth Bekas Sebagai Filler Aspal Beton (Aspalt Concrete)</t>
+  </si>
+  <si>
+    <t>Ir. M. Yudi Wahyudi ; Ir.A.Subagja ; Ir.A.Subagja ;</t>
+  </si>
+  <si>
+    <t>P00200000023</t>
   </si>
   <si>
     <t>Kereta Gandeng Yang Dapat Menyatu Dengan Berbagai Jenis Sepeda Motor</t>
   </si>
   <si>
     <t>Ir. Samsu Hidayat ; Ir. Herry Poernomo Rachmat ; Ir. Herry Poernomo Rachmat ;</t>
   </si>
   <si>
     <t>P00200000020</t>
   </si>
   <si>
-    <t>Pemanfaatan Bleaching Earth Bekas Sebagai Filler Aspal Beton (Aspalt Concrete)</t>
-[...31 lines deleted...]
-  <si>
     <t>Proses dan Formulasi Inokulum (Ragi) Tempe Dengan Spora Karang Rhizopus Olisgoporus MS5 Dan Rhizopuz Oryzae EN Dengan Bahan Pencampur Tepung Beras</t>
   </si>
   <si>
     <t>Dr. Suyanto Pawiroharsono ; Drs. Henky Isnawan Hendritomo, M.Si ; Ir. Effendi Siregar ; Drs. Atmana ; Drs. Henky Isnawan Hendritomo, M.Si ; Ir. Effendi Siregar ; Drs. Atmana ;</t>
   </si>
   <si>
     <t>2000-05-25</t>
   </si>
   <si>
     <t>P00200000447</t>
   </si>
   <si>
     <t>Proses Regenerasi Katalis dari Proses Hidrogenerasi Palm Oil</t>
   </si>
   <si>
     <t>Galuh Widiyarti ; Silvester Tursiloadi ; Dong Jin Suh, Ph.D ; Tae Jin Park, PHD ; Hery Haerudin ; Wuryaningsih Sri Rahayu ;</t>
   </si>
   <si>
     <t>2000-07-14</t>
   </si>
   <si>
     <t>P00200000594</t>
   </si>
   <si>
     <t>Proses Pembuatan Xylanase Oleh Bacillus Stearothermoillus DSM 22 Menggunakan Kulit Buah Pisang</t>
   </si>
   <si>
     <t>Ir. Trismillah, M.Si ; DR. Sumaryanto ; Arie Bachtiar ; Deden Rosid Waltam, S.Si ; Djamil, S.Si ; DR. Sumaryanto ; Arie Bachtiar ; Deden Rosid Waltam, S.Si ; Djamil, S.Si ;</t>
   </si>
   <si>
     <t>2000-07-17</t>
   </si>
   <si>
     <t>P00200000601</t>
   </si>
   <si>
     <t>Proses Produksi Protease Menggunakan Media Molases Urea</t>
   </si>
   <si>
     <t>Deden Rosid, S.Si ; Dr. Sumaryanto ; Ir. Trismillah, M.Si ; Djamil S.Si ; Arie Bachtiar ; Dr. Dachyar ; Drs. Henky Isnawan, M.Si ; Drs. Atmana ; Ir. Retno W. Kusumaningtyas ; Dra. Niknik Nurhayati ; Dr. Mahyudin A.R ; Dr. Sumaryanto ; Ir. Trismillah, M.Si ; Djamil S.Si ; Arie Bachtiar ; Dr. Dachyar ; Drs. Henky Isnawan, M.Si ; Drs. Atmana ; Ir. Retno W. Kusumaningtyas ; Dra. Niknik Nurhayati ; Dr. Mahyudin A.R ;</t>
   </si>
   <si>
     <t>P00200000600</t>
   </si>
   <si>
+    <t>CETAKAN UNTUK MEMBUAT PELET ATAU TABLET DAN KOMPONENNYA YANG DIRANCANG UNTUK MEMUDAHKAN PENGELUARAN HASIL CETAKAN</t>
+  </si>
+  <si>
+    <t>Drs. Wagiyo, M.Sc ; dkk ;</t>
+  </si>
+  <si>
+    <t>Badan Tenaga Nuklir Nasional (BATAN)</t>
+  </si>
+  <si>
+    <t>2000-10-27</t>
+  </si>
+  <si>
+    <t>S0020000199</t>
+  </si>
+  <si>
+    <t>Habis Masa Perlindungan</t>
+  </si>
+  <si>
+    <t>PROSES UNTUK MENINGKATKAN EFISIENSI LASER PEMOTONG LOGAM DENGAN MELAPIS BENDA KERJA MENGGUNAKAN PLOTTER ELEKTRO-NIK TERPADU</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Suwardi, DEA. ;</t>
+  </si>
+  <si>
+    <t>S0020000198</t>
+  </si>
+  <si>
     <t>KOPOLIMER LATEKS KARET ALAM METIL METAKRILAT DAN KOPOLIMER LATEKS KARET ALAM STIRENA SEBAGAI BAHAN PEREKAT PANEL KAYU &amp; SEPATU KANVAS</t>
   </si>
   <si>
     <t>Dr. Marga Utama, APU ; dkk ;</t>
   </si>
   <si>
-    <t>Badan Tenaga Nuklir Nasional (BATAN)</t>
-[...4 lines deleted...]
-  <si>
     <t>P0020000927</t>
   </si>
   <si>
-    <t>Habis Masa Perlindungan</t>
-[...19 lines deleted...]
-  <si>
     <t>Metoda Pencairan Batu Bara</t>
   </si>
   <si>
     <t>Ir. Priyono Atmadi, DEA ; Ir. Hartiniati Soedito, M.Eng ; Lambok H. Silalahi ; Masaaki Tamura ; Takao Kaneko ; Eiichiro Makino ; Ir. Hartiniati Soedito, M.Eng ; Lambok H. Silalahi ; Masaaki Tamura ; Takao Kaneko ; Eiichiro Makino ;</t>
   </si>
   <si>
     <t>2000-11-22</t>
   </si>
   <si>
     <t>P00200001008</t>
   </si>
   <si>
+    <t>Pembuatan Kromium Sulfat Penta dari Limbah Padat Industri Lapis Listrik</t>
+  </si>
+  <si>
+    <t>Ir. Indarto Katim ;</t>
+  </si>
+  <si>
+    <t>2000-12-14</t>
+  </si>
+  <si>
+    <t>P00200001071</t>
+  </si>
+  <si>
     <t>Pembuatan Kristal Nikel Sulfat Hexahidrat melalui Pemurnian Larutan Nikel Sulfat dari Pengotor Zink, Chrome, Tembaga, dan Besi</t>
   </si>
   <si>
-    <t>Ir. Indarto Katim ;</t>
-[...4 lines deleted...]
-  <si>
     <t>P20001072</t>
   </si>
   <si>
-    <t>Pembuatan Kromium Sulfat Penta dari Limbah Padat Industri Lapis Listrik</t>
-[...2 lines deleted...]
-    <t>P00200001071</t>
+    <t>Pembuatan Pigmen Pb3O4 dan PbO Massicot dari Pb5O4</t>
+  </si>
+  <si>
+    <t>2001-02-28</t>
+  </si>
+  <si>
+    <t>P00200100179</t>
   </si>
   <si>
     <t>Pembuatan Kristal Nikel Sulfat Hexahidrat dari Limbah Cair Industri Lapis Listrik yang Mengandung Bahan Organik</t>
   </si>
   <si>
     <t>Florentinus Firdiyono ; Ir. Indarto Katim ;</t>
   </si>
   <si>
-    <t>2001-02-28</t>
-[...1 lines deleted...]
-  <si>
     <t>P00200100181</t>
   </si>
   <si>
-    <t>Pembuatan Pigmen Pb3O4 dan PbO Massicot dari Pb5O4</t>
-[...4 lines deleted...]
-  <si>
     <t>Alat Pemisah Besi dari Sekrap Aluminium</t>
   </si>
   <si>
     <t>Florentinus Firdiyono ; Rudi Subagja ; Susanto ; Undang Achmad Hidayat BE ; Bambang Sriyono ; Rahardjo Binudi ;</t>
   </si>
   <si>
     <t>2001-03-27</t>
   </si>
   <si>
     <t>P20010255</t>
   </si>
   <si>
+    <t>PEMBUATAN BAHAN PERISAI RADIASI SINAR-X DENGAN METODE BLENDING MENGGUNAKAN MATRIKS ELASTOMER TERMOPLASTIK</t>
+  </si>
+  <si>
+    <t>Drs. Sudirman, M.Sc ; dkk ;</t>
+  </si>
+  <si>
+    <t>2001-04-04</t>
+  </si>
+  <si>
+    <t>S00200200143</t>
+  </si>
+  <si>
     <t>BAHAN PERISAI RADIASI NEUTRON MENGGUNAKAN MATRIKS ELAS-TOMER TERMOPLASTIK (ETP)</t>
   </si>
   <si>
-    <t>Drs. Sudirman, M.Sc ; dkk ;</t>
-[...4 lines deleted...]
-  <si>
     <t>S00200100068</t>
   </si>
   <si>
-    <t>PEMBUATAN BAHAN PERISAI RADIASI SINAR-X DENGAN METODE BLENDING MENGGUNAKAN MATRIKS ELASTOMER TERMOPLASTIK</t>
-[...4 lines deleted...]
-  <si>
     <t>Peningkatan Perolehan Total Nikel dan Kobal pada Proses Leaching Bijih Nikel Laterit Menggunakan Pelarut Ammonia Ammonium Carbonate (AAC)</t>
   </si>
   <si>
     <t>Stevanus Puguh Prasetyo ; Arifin Arif ;</t>
   </si>
   <si>
     <t>2001-04-23</t>
   </si>
   <si>
     <t>P00200100335</t>
   </si>
   <si>
     <t>PROSES PEMBUATAN BAHAN HIBRIDA MAGNETOSTRIKTIF DENGAN METODE RADUKSI-DIFUSI</t>
   </si>
   <si>
     <t>Dr. Maria Immaculata Maya Febri ; dkk ;</t>
   </si>
   <si>
     <t>2001-07-24</t>
   </si>
   <si>
     <t>P00200100566</t>
   </si>
   <si>
     <t>GENTENG KOMPOSIT POLIMER DAN PROSES PEMBUATANNYA</t>
   </si>
   <si>
     <t>Drs. Aloma Karo Karo, M.Sc ;</t>
   </si>
   <si>
     <t>2001-07-27</t>
   </si>
   <si>
     <t>S00200100122</t>
   </si>
   <si>
+    <t>REDUKTOR ELEKTROMAGNETIK UNTUK PENGAMBILAN LOGAM BERAT</t>
+  </si>
+  <si>
+    <t>Ir. Prayitno, M.Eng ; dkk ;</t>
+  </si>
+  <si>
+    <t>2001-09-26</t>
+  </si>
+  <si>
+    <t>S00200100154</t>
+  </si>
+  <si>
+    <t>S.00200100149 berubah menjadi ALAT PENGADUK JENIS TEPUNG DAN BUTIRAN</t>
+  </si>
+  <si>
+    <t>Setyo Atmojo ; dkk ;</t>
+  </si>
+  <si>
+    <t>P00201300405</t>
+  </si>
+  <si>
+    <t>ALAT DETEKTOR RADIASI DENGAN PERAKITAN ELEKTRODA MENG-GUNAKAN SISTEM PENGELASAN GELAS</t>
+  </si>
+  <si>
+    <t>Drs. Agus Santoso ; dkk ;</t>
+  </si>
+  <si>
+    <t>S00200100157</t>
+  </si>
+  <si>
+    <t>WADAH DETEKTOR RADIASI</t>
+  </si>
+  <si>
+    <t>S00200100156</t>
+  </si>
+  <si>
     <t>KAPASITOR TEGANGAN TINGGI MENGGUNAKAN BAHAN PLASTIK DAN FOIL ALUMINIUM</t>
   </si>
   <si>
     <t>Djasiman, ST ; dkk ;</t>
   </si>
   <si>
-    <t>2001-09-26</t>
-[...1 lines deleted...]
-  <si>
     <t>S00200100150</t>
   </si>
   <si>
-    <t>ALAT DETEKTOR RADIASI DENGAN PERAKITAN ELEKTRODA MENG-GUNAKAN SISTEM PENGELASAN GELAS</t>
-[...25 lines deleted...]
-  <si>
     <t>PROSES PEMBUATAN ADITIF SODIUM POLIAKRILAT DENGAN METODE IRADIASI</t>
   </si>
   <si>
     <t>Ir. Moch. Setiadji, MT ; dkk ;</t>
   </si>
   <si>
     <t>S00200100153</t>
   </si>
   <si>
     <t>KATODA YANG DILENGKAPI PENDINGIN DAN GROUND SHEILD KHUSUSNYA PADA PROSES SPUTTERING</t>
   </si>
   <si>
     <t>Drs. Tono Wibowo ; dkk ;</t>
   </si>
   <si>
     <t>S00200100152</t>
   </si>
   <si>
-    <t>WADAH DETEKTOR RADIASI</t>
-[...2 lines deleted...]
-    <t>S00200100156</t>
+    <t>ALAT PEMAGNETISASI DAN DIMAGNETISASI BERBAHAN BAKU LOKAL YANG TERKOMPUTERISASI</t>
+  </si>
+  <si>
+    <t>Dr. Setyo Purwanto ; dkk ;</t>
+  </si>
+  <si>
+    <t>2001-11-06</t>
+  </si>
+  <si>
+    <t>S00200100861</t>
   </si>
   <si>
     <t>BAHAN SENSOR MAGNETIK GIANT MAGNETORESISTANCE BERBASIS PADUAN LOGAM TANAH JARANG.</t>
   </si>
   <si>
     <t>Dr. Setyo Purwanto ;</t>
   </si>
   <si>
-    <t>2001-11-06</t>
-[...1 lines deleted...]
-  <si>
     <t>P00200100862</t>
   </si>
   <si>
-    <t>ALAT PEMAGNETISASI DAN DIMAGNETISASI BERBAHAN BAKU LOKAL YANG TERKOMPUTERISASI</t>
-[...7 lines deleted...]
-  <si>
     <t>Proses Pembuatan Lateks Pekat Pravulkanisasi Rendah Protein, Lemak, Karbohidrat dan Bebas Nitrosamin</t>
   </si>
   <si>
     <t>Prof. Marga Utama ;</t>
   </si>
   <si>
     <t>2001-11-23</t>
   </si>
   <si>
     <t>P00200100906</t>
   </si>
   <si>
+    <t>Metode Pembuatan Patung Keramik Yang Dapat Dibongkar-Pasang</t>
+  </si>
+  <si>
+    <t>Dra. Putu Mulyawati ;</t>
+  </si>
+  <si>
+    <t>2001-12-12</t>
+  </si>
+  <si>
+    <t>P00200100974</t>
+  </si>
+  <si>
+    <t>Komposisi Glasir Celadon Yang Menggunakan CuO Sebagai Pewarna</t>
+  </si>
+  <si>
+    <t>Ir. Komang Nelly Sundari, M.Eng ; Supriyadi, S.Si ; Nyoman Artha ; Ni Nyoman Sumiati ; Supriyadi, S.Si ; Nyoman Artha ; Ni Nyoman Sumiati ;</t>
+  </si>
+  <si>
+    <t>P00200100982</t>
+  </si>
+  <si>
     <t>Komposisi Massa Raga Stoneware Merah Yang Mengandung Tanah Meliling</t>
   </si>
   <si>
-    <t>Ir. Komang Nelly Sundari, M.Eng ; Supriyadi, S.Si ; Nyoman Artha ; Ni Nyoman Sumiati ; Supriyadi, S.Si ; Nyoman Artha ; Ni Nyoman Sumiati ;</t>
-[...4 lines deleted...]
-  <si>
     <t>P00200100983</t>
   </si>
   <si>
-    <t>Komposisi Glasir Celadon Yang Menggunakan CuO Sebagai Pewarna</t>
-[...11 lines deleted...]
-    <t>P00200100974</t>
+    <t>Alat Pencetak Pelet</t>
+  </si>
+  <si>
+    <t>Edi Junaedi ; Sutrisno ; Drs. Sukirno M.S. ;</t>
+  </si>
+  <si>
+    <t>2001-12-26</t>
+  </si>
+  <si>
+    <t>S00200100214</t>
   </si>
   <si>
     <t>Katup Pompa Hidram</t>
   </si>
   <si>
     <t>Agusto Wardjono Martosoedirdjo ;</t>
   </si>
   <si>
-    <t>2001-12-26</t>
-[...1 lines deleted...]
-  <si>
     <t>S00200100216</t>
   </si>
   <si>
     <t>Alat pengering Padi Sistem Kontinyu</t>
   </si>
   <si>
     <t>Harsisto ;</t>
   </si>
   <si>
     <t>P00200101009</t>
   </si>
   <si>
-    <t>Alat Pencetak Pelet</t>
-[...7 lines deleted...]
-  <si>
     <t>Alat Pelecet Biji Kedelai</t>
   </si>
   <si>
     <t>Halomoan Pardomuan Siregar ;</t>
   </si>
   <si>
     <t>S00200100215</t>
   </si>
   <si>
     <t>Mesin Penetas Telur dari Plastik untuk Telur Unggas, Burung, dan Reptilia</t>
   </si>
   <si>
     <t>Dr.drh.Yanuarso Eddy Hedianto, M.Agr ;</t>
   </si>
   <si>
     <t>2002-03-01</t>
   </si>
   <si>
     <t>S00200200031</t>
   </si>
   <si>
     <t>ALAT PEMBUAT SENYAWA HIBRIDA LOGAM, SENYAWA HIBRIDA LOGAM PADUAN, SENYAWA NITRIDA LOGAM, SENYAWA NITRIDA LOGAM PADUAN DAN SERBUK LOGAM DENGAN METODA TEKANAN RENDAH DAN TEKANA TINGGI</t>
   </si>
   <si>
     <t>Dr. Ir. Hadi Suwarno, M.Eng ;</t>
@@ -746,110 +746,110 @@
   <si>
     <t>Peralatan Siram Otomatis Untuk Penyemaian Tanaman</t>
   </si>
   <si>
     <t>Ir. Imam Sudasri ;</t>
   </si>
   <si>
     <t>2002-07-30</t>
   </si>
   <si>
     <t>P00200200461</t>
   </si>
   <si>
     <t>Alat Penurunan Kadar Air Di Dalam Madu</t>
   </si>
   <si>
     <t>Ir. Rosafina Pane ; Ir. Budi Rahayu ; Ir. Budi Rahayu ;</t>
   </si>
   <si>
     <t>2002-09-05</t>
   </si>
   <si>
     <t>P00200200566</t>
   </si>
   <si>
+    <t>Reflektor Pelindung Radiasi Nyala Api Kompor</t>
+  </si>
+  <si>
+    <t>Supriyatno ;</t>
+  </si>
+  <si>
+    <t>2002-09-06</t>
+  </si>
+  <si>
+    <t>P00200200571</t>
+  </si>
+  <si>
+    <t>Antena Penerima TV Beraneka Arah</t>
+  </si>
+  <si>
+    <t>Yaya Sulaeman ; Ir. Jahja Sjukri ;</t>
+  </si>
+  <si>
+    <t>P00200200573</t>
+  </si>
+  <si>
     <t>Sistem Penggerak Mobil Listrik</t>
   </si>
   <si>
     <t>Masrah ;</t>
   </si>
   <si>
-    <t>2002-09-06</t>
-[...1 lines deleted...]
-  <si>
     <t>P00200200574</t>
   </si>
   <si>
-    <t>Antena Penerima TV Beraneka Arah</t>
-[...16 lines deleted...]
-  <si>
     <t>PRODUKSI KARET TENSI (SPYGMOMANOMTER) DARI LATEKS PEKAT PRA-VULKANISASI BEBAS NITROSAMIN DAN RENDAH PROTEIN</t>
   </si>
   <si>
     <t>2002-10-11</t>
   </si>
   <si>
     <t>P00200200686</t>
   </si>
   <si>
+    <t>ALAT PELAPISAN BAHAN Zn, Cd, Al PADA BAHAN Fe</t>
+  </si>
+  <si>
+    <t>Yunanto, BE. ; dkk ;</t>
+  </si>
+  <si>
+    <t>2002-11-11</t>
+  </si>
+  <si>
+    <t>S00200200184</t>
+  </si>
+  <si>
     <t>PENUMBUH KRISTAL MERKURI IODIDA (Hgl2) DENGAN OSILASI SUHU UNTUK BAHAN KOMPONEN ELEKTRONIK</t>
   </si>
   <si>
     <t>Ir. Suprapto, dkk ;</t>
   </si>
   <si>
-    <t>2002-11-11</t>
-[...1 lines deleted...]
-  <si>
     <t>S00200200185</t>
   </si>
   <si>
-    <t>ALAT PELAPISAN BAHAN Zn, Cd, Al PADA BAHAN Fe</t>
-[...7 lines deleted...]
-  <si>
     <t>ALAT PENGERASAN PERMUKAAN LOGAM DENGAN NITRIDASI ION</t>
   </si>
   <si>
     <t>Sukidi, ST ; dkk ;</t>
   </si>
   <si>
     <t>S00200200186</t>
   </si>
   <si>
     <t>Alat Penanam Jagung Dan Kacang-kacangan Dengan Sistem Kontinu</t>
   </si>
   <si>
     <t>2002-11-20</t>
   </si>
   <si>
     <t>P00200200776</t>
   </si>
   <si>
     <t>Alat Pembangkit Uap Untuk Proses Pengolahan Pada Industri Kecil</t>
   </si>
   <si>
     <t>S00200200194</t>
   </si>
   <si>
     <t>SOLDER UNTUK VARISTOR BENTUK SILINDER</t>
@@ -950,119 +950,119 @@
   <si>
     <t>PERALATAN MODERASI RADIASI NEUTRON DARI KARET ALAM ASAM BORON</t>
   </si>
   <si>
     <t>Ir. Sri Mulyono Atmojo ;</t>
   </si>
   <si>
     <t>2004-08-06</t>
   </si>
   <si>
     <t>S00200400106</t>
   </si>
   <si>
     <t>Perangkat Penampil Jadwal Waktu Sholat Secara Digital</t>
   </si>
   <si>
     <t>Dadan Muliawandana ;</t>
   </si>
   <si>
     <t>2004-10-04</t>
   </si>
   <si>
     <t>P00200400505</t>
   </si>
   <si>
+    <t>Runner turbin yang disempurnakan</t>
+  </si>
+  <si>
+    <t>Anjar Susatyo ;</t>
+  </si>
+  <si>
+    <t>2004-10-13</t>
+  </si>
+  <si>
+    <t>P00200400516</t>
+  </si>
+  <si>
     <t>Sistem dan Alat Pengusir Burung</t>
   </si>
   <si>
     <t>Dadang Rustandi ; Husein Avicenna Akil ; Budhy Basuki ; Ir. Sewaka M.M. ; Dedi Pendi ; Ahnan Ma'ruf ; Suwono S.T. ;</t>
   </si>
   <si>
-    <t>2004-10-13</t>
-[...1 lines deleted...]
-  <si>
     <t>P00200400515</t>
   </si>
   <si>
-    <t>Runner turbin yang disempurnakan</t>
-[...7 lines deleted...]
-  <si>
     <t>Metoda dan Alat Kontrol Rotary Drum Flaker</t>
   </si>
   <si>
     <t>Estiko Rijanto ;</t>
   </si>
   <si>
     <t>2004-11-03</t>
   </si>
   <si>
     <t>P00200400560</t>
   </si>
   <si>
+    <t>Pembuatan Biodiesel Dari Distilat Asam Lemak Kelapa (CFAD) Dengan Proses Esterifikasi dan Trans-Esterifikasi Menggunakan Katalis Asam dan Basa</t>
+  </si>
+  <si>
+    <t>Ir. Makmuri Nuramin, IPP ; Ir. Soni Sulistia W, M.Eng ; Maharani Dewi, ST ; Susianih, ST ; Ir. Soni Sulistia W, M.Eng ; Maharani Dewi, ST ; Susianih, ST ;</t>
+  </si>
+  <si>
+    <t>2004-12-02</t>
+  </si>
+  <si>
+    <t>P00200400622</t>
+  </si>
+  <si>
+    <t>Proses Ekstraksi Minyak Bunga Melati Menggunakan Cara Sirkulasi Pelarut Normal Heksan</t>
+  </si>
+  <si>
+    <t>Ir. Triyogo Wibowo, MT ; Ir. Yudi Wahyudi, M.Eng ; Ir. Suryatmi R.D ; Ir. Yudi Wahyudi, M.Eng ; Ir. Suryatmi R.D ;</t>
+  </si>
+  <si>
+    <t>P00200400621</t>
+  </si>
+  <si>
     <t>PENUKAR PANAS DENGAN ALIRAN FLUIDA BERPILIN DI SISI SHELL</t>
   </si>
   <si>
     <t>Dr. Ir. Anhar Riza Antariksawan ; dkk ;</t>
   </si>
   <si>
-    <t>2004-12-02</t>
-[...1 lines deleted...]
-  <si>
     <t>S00200400192</t>
   </si>
   <si>
     <t>Pembuatan Biodiesel dari PFAD (Palm Fatty Acid Distillate) Dengan Proses Methanolisis Menggunakan Katalis Asam dan Basa</t>
   </si>
   <si>
-    <t>Ir. Makmuri Nuramin, IPP ; Ir. Soni Sulistia W, M.Eng ; Maharani Dewi, ST ; Susianih, ST ; Ir. Soni Sulistia W, M.Eng ; Maharani Dewi, ST ; Susianih, ST ;</t>
-[...1 lines deleted...]
-  <si>
     <t>P00200400620</t>
   </si>
   <si>
-    <t>Pembuatan Biodiesel Dari Distilat Asam Lemak Kelapa (CFAD) Dengan Proses Esterifikasi dan Trans-Esterifikasi Menggunakan Katalis Asam dan Basa</t>
-[...13 lines deleted...]
-  <si>
     <t>Pembuatan Biodiesel Dari CPO Dengan Menggunakan Katalis NaOH</t>
   </si>
   <si>
     <t>Ir. Yusni Anis, M.Eng ; Ir. Arief Andriani, M.Sc ; Ir. Agus Kismanto, M.Sc ; Ir. Arlie Guardi ; Ir. Difa Aptini, M.Sc ; Ir. Makmuri Nuramin ; Ir. Arief Andriani, M.Sc ; Ir. Agus Kismanto, M.Sc ; Ir. Arlie Guardi ; Ir. Difa Aptini, M.Sc ; Ir. Makmuri Nuramin ;</t>
   </si>
   <si>
     <t>2004-12-12</t>
   </si>
   <si>
     <t>P00200100984</t>
   </si>
   <si>
     <t>Alat Pemberi Pakan Otomatis</t>
   </si>
   <si>
     <t>2004-12-14</t>
   </si>
   <si>
     <t>P00200400644</t>
   </si>
   <si>
     <t>Genteng Terak dan Proses Pembuatannya</t>
   </si>
   <si>
     <t>Warsoyo ;</t>
@@ -1094,74 +1094,74 @@
   <si>
     <t>P00200500515</t>
   </si>
   <si>
     <t>Alat Pemotong Kabel Robotik</t>
   </si>
   <si>
     <t>2005-10-17</t>
   </si>
   <si>
     <t>P00200500585</t>
   </si>
   <si>
     <t>ALAT PENABUR BUBUK PENYEMAIAN AWAN</t>
   </si>
   <si>
     <t>Ir. Asril ;</t>
   </si>
   <si>
     <t>2005-11-01</t>
   </si>
   <si>
     <t>P00200500630</t>
   </si>
   <si>
+    <t>Saus Nanas Dan Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>Diki Nanang Surahman ;</t>
+  </si>
+  <si>
+    <t>2005-11-23</t>
+  </si>
+  <si>
+    <t>P00200500664</t>
+  </si>
+  <si>
     <t>Perangkat Pencatat Durasi Iklan Pada Siaran Radio</t>
   </si>
   <si>
-    <t>2005-11-23</t>
-[...1 lines deleted...]
-  <si>
     <t>P00200500663</t>
   </si>
   <si>
     <t>Sistem Komunikasi Pesan Singkat Pada Media Air</t>
   </si>
   <si>
     <t>P00200500662</t>
   </si>
   <si>
-    <t>Saus Nanas Dan Proses Pembuatannya</t>
-[...7 lines deleted...]
-  <si>
     <t>ISOLASI ZAT ANTI KANKER KClb (NH2)3 DARI DAUN DAN UMBI TANAMAN DAUN DEWA (GYNURA PSEUDOCHINA L.)</t>
   </si>
   <si>
     <t>Dr. Made Sumatra, M.Si ;</t>
   </si>
   <si>
     <t>2006-04-17</t>
   </si>
   <si>
     <t>P00200600236</t>
   </si>
   <si>
     <t>MEMBRAN PENGHANTAR PROTON DARI FILM POLIEIILENA TETRA FLUOROETILENA (ETFE)</t>
   </si>
   <si>
     <t>Dr. Johan ;</t>
   </si>
   <si>
     <t>2006-07-26</t>
   </si>
   <si>
     <t>P00200600436</t>
   </si>
   <si>
     <t>Alat Untuk Menerima Dan Memancarkan Gelombang Radio</t>
@@ -1199,80 +1199,80 @@
   <si>
     <t>Pembuatan Poliol Alkoksi-Hidroksi-Gliserolmonosteart Berbasis Minyak Sawit Sebagai Bahan Baku Foam Poliuretan</t>
   </si>
   <si>
     <t>Agus Haryono ; Evi Triwulandari ; Nuri Astrini Widayati ;</t>
   </si>
   <si>
     <t>2007-05-22</t>
   </si>
   <si>
     <t>P00200700238</t>
   </si>
   <si>
     <t>Kecap Kacang Lebui (Cajanus cajan) Non-Fermentasi Dan Proses Pengolahannya</t>
   </si>
   <si>
     <t>Diki Nanang Surahman ; Hendarwin M. Astro ; Cucu Hindasah ; Cucu Herliani ;</t>
   </si>
   <si>
     <t>2007-07-10</t>
   </si>
   <si>
     <t>P00200700346</t>
   </si>
   <si>
+    <t>Sistem Penggunaan Minyak Jarak Sebagai Bahan Bakar Mesin Diesel</t>
+  </si>
+  <si>
+    <t>Ir. Dwi Husodo ; Dr. Ir. Unggul Priyanto ; Drs. Hasnedi, M.Si ; Ir. Bhakti Tjahya Agung ; Ir. Erlan Rosyadi, M.Eng ; Dr. Jatmiko PA ; Dr. Ir. Unggul Priyanto ; Drs. Hasnedi, M.Si ; Ir. Bhakti Tjahya Agung ; Ir. Erlan Rosyadi, M.Eng ; Dr. Jatmiko PA ;</t>
+  </si>
+  <si>
+    <t>2007-07-26</t>
+  </si>
+  <si>
+    <t>P00200700380</t>
+  </si>
+  <si>
     <t>Alat Peredam Benturan Batubara</t>
   </si>
   <si>
     <t>Drs. Hasnedi, M.Si ; Dr. Ir. Unggul Priyanto ; Ir. Erlan Rosyadi, M.Eng ; Ir. Titik Enny ; Dr. Ir. Unggul Priyanto ; Ir. Erlan Rosyadi, M.Eng ; Ir. Titik Enny ;</t>
   </si>
   <si>
-    <t>2007-07-26</t>
-[...1 lines deleted...]
-  <si>
     <t>P00200700379</t>
   </si>
   <si>
     <t>Saringan Lambat Media Serat</t>
   </si>
   <si>
     <t>Ir. Budi Rahayu ;</t>
   </si>
   <si>
     <t>P00200700381</t>
   </si>
   <si>
-    <t>Sistem Penggunaan Minyak Jarak Sebagai Bahan Bakar Mesin Diesel</t>
-[...7 lines deleted...]
-  <si>
     <t>Kemudi Pelat Tipe Ekor Ikan</t>
   </si>
   <si>
     <t>Ir Setyo Leksono, MT ;</t>
   </si>
   <si>
     <t>2007-08-09</t>
   </si>
   <si>
     <t>P00200700410</t>
   </si>
   <si>
     <t>Kap Penutur Baling-Baling Kapal</t>
   </si>
   <si>
     <t>Ir. Setyo Leksono, MT ;</t>
   </si>
   <si>
     <t>P00200700411</t>
   </si>
   <si>
     <t>Alat Pengupas Buah Jarak</t>
   </si>
   <si>
     <t>Fajar Nurjaman ; Joko Sugianto ; Adil Jamali ; Sohip ;</t>
@@ -1286,143 +1286,143 @@
   <si>
     <t>Reaktor Alkoksilasi</t>
   </si>
   <si>
     <t>Dadi Ramdani ; Indri Badria Adilina ; Joddy Arya Laksmono ; Silvester Tursiloadi ; Yenny Meliana ;</t>
   </si>
   <si>
     <t>2007-11-21</t>
   </si>
   <si>
     <t>S00200700215</t>
   </si>
   <si>
     <t>Lembaran Komposit Karet Alam Timbal Tahan Peluru Menjadi Perisai Penahan Laju Gerak Peluru Dengan Lembaran Komposit Tahan Peluru</t>
   </si>
   <si>
     <t>Ir. Sri Mulyono Atmodjo, dkk ; Drs. Jadigia Ginting, M.Sc ;</t>
   </si>
   <si>
     <t>2007-12-19</t>
   </si>
   <si>
     <t>S00200700236</t>
   </si>
   <si>
+    <t>Turbin Angin Pembangkit Listrik</t>
+  </si>
+  <si>
+    <t>Drs. Soeripno ; Arif Handoko, Msc, MEng ; Drs. Agus Nurtjahjo Mulyo, Msi ;</t>
+  </si>
+  <si>
+    <t>Lembaga Penerbangan dan Antariksa Nasional (LAPAN)</t>
+  </si>
+  <si>
+    <t>2008-08-20</t>
+  </si>
+  <si>
+    <t>P00200800551</t>
+  </si>
+  <si>
     <t>Sudu Turbin Angin</t>
   </si>
   <si>
     <t>Ir. Sulistyo Atmadi, MS, ME ; Rahmat Heri, ST ; Drs. Paripurno ;</t>
   </si>
   <si>
-    <t>Lembaga Penerbangan dan Antariksa Nasional (LAPAN)</t>
-[...4 lines deleted...]
-  <si>
     <t>P00200800550</t>
   </si>
   <si>
-    <t>Turbin Angin Pembangkit Listrik</t>
-[...7 lines deleted...]
-  <si>
     <t>Pembangkit Listrik Tenaga Angin Aksi Ganda</t>
   </si>
   <si>
     <t>Arif Handoko, Msc, MEng ; Rachmat Sunarya, ST ; Drs. Agus Nurtjahjo Mulyo, Msi ; Ir. Agus Ariwibowo, Meng ;</t>
   </si>
   <si>
     <t>P00200800552</t>
   </si>
   <si>
     <t>Difuser Pompa Sentrifugal</t>
   </si>
   <si>
     <t>Edy Riyanto ;</t>
   </si>
   <si>
     <t>2008-10-23</t>
   </si>
   <si>
     <t>S00200800204</t>
   </si>
   <si>
     <t>Sistem Koneksi Ke Multi Grid Dengan Klaster Terbuka</t>
   </si>
   <si>
     <t>Bambang Hermanto ; Iman Firmansyah ; Laksana Tri Handoko ; Zaenal Akbar ;</t>
   </si>
   <si>
     <t>2008-11-10</t>
   </si>
   <si>
     <t>P00200800720</t>
   </si>
   <si>
+    <t>Pengendali Elektronik Otomatis Ketinggian Air dalam Bak Penampung</t>
+  </si>
+  <si>
+    <t>Iman Firmansyah ; Laksana Tri Handoko ;</t>
+  </si>
+  <si>
+    <t>S00200800210</t>
+  </si>
+  <si>
     <t>Alat Kalibrasi Torsimeter</t>
   </si>
   <si>
     <t>Hilman Syaeful Alam ;</t>
   </si>
   <si>
     <t>P00200800717</t>
   </si>
   <si>
-    <t>Pengendali Elektronik Otomatis Ketinggian Air dalam Bak Penampung</t>
-[...5 lines deleted...]
-    <t>S00200800210</t>
+    <t>Sistem Robot Jaringan Modular</t>
+  </si>
+  <si>
+    <t>2008-11-26</t>
+  </si>
+  <si>
+    <t>P00200800752</t>
   </si>
   <si>
     <t>Metode dan Aparatus Untuk Mengatasi Kehilangan Sinyal Pengendali Pada Kendaraan Tanpa Awak dan Tanpa Kabel</t>
   </si>
   <si>
     <t>Oka Mahendra ;</t>
   </si>
   <si>
-    <t>2008-11-26</t>
-[...1 lines deleted...]
-  <si>
     <t>P00200800753</t>
   </si>
   <si>
-    <t>Sistem Robot Jaringan Modular</t>
-[...4 lines deleted...]
-  <si>
     <t>Generator Magnet Permanen Putaran Rendah Untuk Pembangkit Listrik Tenaga Angin</t>
   </si>
   <si>
     <t>M. Muflih, ST ; F. Andree Yohanes, ST ; Drs. Yanto Daryanto, M. Sc ; Muhidi ; Ir. Gunawan, MM ; Agus Kusnadi, SE, MM ; F. Andree Yohanes, ST ; Drs. Yanto Daryanto, M. Sc ; Muhidi ; Ir. Gunawan, MM ; Agus Kusnadi, SE, MM ;</t>
   </si>
   <si>
     <t>2008-12-10</t>
   </si>
   <si>
     <t>P00200800786</t>
   </si>
   <si>
     <t>Peralatan Penurun Kadar Air Larutan</t>
   </si>
   <si>
     <t>Budi Rahayu ;</t>
   </si>
   <si>
     <t>2009-02-20</t>
   </si>
   <si>
     <t>P00200900113</t>
   </si>
   <si>
     <t>PROSES PEMBUATAN SILASE HIJAUAN MAKANAN TERNAK METODE BATERAI MENGGUNAKAN KARBOHIDRAT DARI LIMBAH INDUSTRI</t>
@@ -1439,143 +1439,143 @@
   <si>
     <t>ALAT PENGERAS PERMUKAAN LOGAM DENGAN ANODA BERBENTUK SILINDER DENGAN BAGIAN ATAS BERBENTUK SETENGAN ELLIPS</t>
   </si>
   <si>
     <t>Ir. Suprapto ;</t>
   </si>
   <si>
     <t>2009-10-16</t>
   </si>
   <si>
     <t>S00200900219</t>
   </si>
   <si>
     <t>Tungku Siklon Turbulen</t>
   </si>
   <si>
     <t>Fajar Nurjaman ; Widi Astuti ; Adil Jamali ;</t>
   </si>
   <si>
     <t>2009-11-23</t>
   </si>
   <si>
     <t>S00200900246</t>
   </si>
   <si>
+    <t>Sensor Pergeseran Tanah Berbasis Serat Optik</t>
+  </si>
+  <si>
+    <t>Bambang Widiyatmoko ; Dwi Bayuwati ; Dwi Hanto ; Hendra Adinanta ; Prabowo Puranto ; Wildan Panji Tresna ;</t>
+  </si>
+  <si>
+    <t>2009-12-16</t>
+  </si>
+  <si>
+    <t>P00200900665</t>
+  </si>
+  <si>
+    <t>Mesin Kempa Kayu Sistem Tertutup</t>
+  </si>
+  <si>
+    <t>Ananto Nugroho ; Jayadi ; Suprapedi ; Teguh Darmawan ; Wahyu Dwianto ; Ika Wahyuni ; Yusuf Amin.,S.Hut ;</t>
+  </si>
+  <si>
+    <t>S00200900266</t>
+  </si>
+  <si>
     <t>Proses Reduksi Logam Oksida Dengan Gas CO</t>
   </si>
   <si>
     <t>Teteng Sobandi ; Memet Slamet ; Yuswono ;</t>
   </si>
   <si>
-    <t>2009-12-16</t>
-[...1 lines deleted...]
-  <si>
     <t>P00200900662</t>
   </si>
   <si>
-    <t>Sensor Pergeseran Tanah Berbasis Serat Optik</t>
-[...16 lines deleted...]
-  <si>
     <t>Senyawa Fenilbutanoid Dari Rimpang Zingiber Cassumunar Roxb Sebagai Imunostimulan Dan Proses Untuk Menghasilkannya</t>
   </si>
   <si>
     <t>Dewi Wulansari ; Dr. Chairul, Apt ;</t>
   </si>
   <si>
     <t>P00200900666</t>
   </si>
   <si>
     <t>Sistem Akses Dan Metode Pengenkripsian Rekam Medik Elektronik Menggunakan Kartu Penyimpan Data</t>
   </si>
   <si>
     <t>Dianadewi Riswantini ; Esa Prakasa ; Nova Hadi Lestriandoko ; Rifki Sadikin ;</t>
   </si>
   <si>
     <t>2009-12-22</t>
   </si>
   <si>
     <t>P00200900684</t>
   </si>
   <si>
     <t>SISTEM AKUISISI DATA PERALATAN UJI TANGKAP KELENJAR GONDOK (THYROID UP TAKE) PORTABEL</t>
   </si>
   <si>
     <t>Setiadi. WS ; dkk ;</t>
   </si>
   <si>
     <t>2010-04-16</t>
   </si>
   <si>
     <t>S00201000061</t>
   </si>
   <si>
+    <t>BESI OKSIDA BERBASIS PASIR BESI, PROSES PEMBUATAN DAN PENGGUNAANNYA</t>
+  </si>
+  <si>
+    <t>DR. Ridwan ; dkk ;</t>
+  </si>
+  <si>
+    <t>2010-07-23</t>
+  </si>
+  <si>
+    <t>P00201000456</t>
+  </si>
+  <si>
     <t>PERANGKAT UJI KEBOCORAN ELEMEN BAKAR REAKTOR NUKLIR JENIS TRIGA</t>
   </si>
   <si>
     <t>Ir. Sudjatmi K. Alfa, MT ;</t>
   </si>
   <si>
-    <t>2010-07-23</t>
-[...1 lines deleted...]
-  <si>
     <t>S00201000137</t>
   </si>
   <si>
     <t>ALAT ETSA (ETCHING DEVICE)</t>
   </si>
   <si>
     <t>Ir. Saeful Hidayat ; dkk ;</t>
   </si>
   <si>
     <t>S00201000139</t>
   </si>
   <si>
-    <t>BESI OKSIDA BERBASIS PASIR BESI, PROSES PEMBUATAN DAN PENGGUNAANNYA</t>
-[...7 lines deleted...]
-  <si>
     <t>Proses Pembuatan Flavor Savory Analog Flavor Daging Melalui Pemisahan Fraksi Gurih dari Kacang-kacangan Terfermentasi</t>
   </si>
   <si>
     <t>Agustin Susilowati ; Aspiyanto ; Yati Maryati ; Dra. Yetti Mulyati Iskandar, M.Si ;</t>
   </si>
   <si>
     <t>2010-08-13</t>
   </si>
   <si>
     <t>P00201000521</t>
   </si>
   <si>
     <t>Proses Ekspresi Untuk Menghasilkan Protein Rekombinan</t>
   </si>
   <si>
     <t>Endang Tri Margawati ; Muhamad Ridwan ;</t>
   </si>
   <si>
     <t>2010-11-10</t>
   </si>
   <si>
     <t>P00201000714</t>
   </si>
   <si>
     <t>Alat Uji Impact</t>
@@ -1625,71 +1625,71 @@
   <si>
     <t>S00201100134</t>
   </si>
   <si>
     <t>Alat Pengukur Temperatur Pada Perairan</t>
   </si>
   <si>
     <t>Abdul Hamid ; Endra Triwisesa ; Ika Atman Satya ;</t>
   </si>
   <si>
     <t>2011-08-25</t>
   </si>
   <si>
     <t>S00201100166</t>
   </si>
   <si>
     <t>Bagus Tri Laksono ; Budi Prawara ; Endro Junianto ; Rahmat ;</t>
   </si>
   <si>
     <t>2011-09-30</t>
   </si>
   <si>
     <t>S00201100188</t>
   </si>
   <si>
+    <t>METODE DAN PERANGKAT PENCIRI GEOMETRI DAN PEMILAH PARTIKEL BOLA-MIKRO BULAT BAHAN BAKAR NUKLIR ATAU BAHAN PADAT LAIN</t>
+  </si>
+  <si>
+    <t>Dr. Suwardi, DEA ;</t>
+  </si>
+  <si>
+    <t>2011-11-01</t>
+  </si>
+  <si>
+    <t>P00201100657</t>
+  </si>
+  <si>
     <t>PROSES PEMBUATAN HORMON TESTOSTERON ALAMI DARI BAHAN DASAR TESTIS SAPI</t>
   </si>
   <si>
     <t>Dra. Adria Priliyanti M. ;</t>
   </si>
   <si>
-    <t>2011-11-01</t>
-[...1 lines deleted...]
-  <si>
     <t>P00201100654</t>
   </si>
   <si>
-    <t>METODE DAN PERANGKAT PENCIRI GEOMETRI DAN PEMILAH PARTIKEL BOLA-MIKRO BULAT BAHAN BAKAR NUKLIR ATAU BAHAN PADAT LAIN</t>
-[...7 lines deleted...]
-  <si>
     <t>METODE UJI CICIP AIR TANGKI REAKTOR SECARA KONTINU DAN KOTAK MARINELLI YANG DIGUNAKAN PADA METODE TERSEBUT</t>
   </si>
   <si>
     <t>Prasetyo Basuki, ST ;</t>
   </si>
   <si>
     <t>P00201100655</t>
   </si>
   <si>
     <t>KOPOLIMER LATEKS KARET ALAM STIRENA SILIKAT SEBAGAI BAHAN ANTI LENGKET DAN PELAPIS PERMUKAAN BARANG JADI KARET (Pecahan dari P.00200400669)</t>
   </si>
   <si>
     <t>2013-05-28</t>
   </si>
   <si>
     <t>P00201300406</t>
   </si>
   <si>
     <t>Suatu Peralatan dan Metode Pembangkit Nano Partikel dan Produk yang Dihasilkan untuk Digunakan pada Teknologi Modifikasi Cuaca</t>
   </si>
   <si>
     <t>R. Djoko Goenawan, M.Si ; Ir. Pitoyo Sudibyo Sarwono, M.Sc ; Prof. Untung Haryanto, M.Si ; Bambang Widy Asmoro, S.T ; Nurhadi Arifin, S.E ; Drs. F. Heru Widodo, M.Si ; Dr. Tri Handoko Seto, M.Sc ; Drs. Sunu Tikno, M.Si ; Budi Harsoyo, M.Si ; Ir. Supriyono, M.T ; Ir. Ham Hilala, M.T ; Dr. Mahally Kudsy, M.Sc ; Delvi Picarima ; Ir. Pitoyo Sudibyo Sarwono, M.Sc ; Prof. Untung Haryanto, M.Si ; Bambang Widy Asmoro, S.T ; Nurhadi Arifin, S.E ; Drs. F. Heru Widodo, M.Si ; Dr. Tri Handoko Seto, M.Sc ; Drs. Sunu Tikno, M.Si ; Budi Harsoyo, M.Si ; Ir. Supriyono, M.T ; Ir. Ham Hilala, M.T ; Dr. Mahally Kudsy, M.Sc ; Delvi Picarima ;</t>
   </si>
   <si>
     <t>2013-07-29</t>
@@ -1820,122 +1820,122 @@
   <si>
     <t>Bakteri Asam Laktat Penghasil Fitase Sebagai Suplemen Pakan dan Proses Pembuatan Suplemen Tersebut</t>
   </si>
   <si>
     <t>Ema Damayanti ; Lusty Istiqomah ;</t>
   </si>
   <si>
     <t>2015-10-07</t>
   </si>
   <si>
     <t>P00201506293</t>
   </si>
   <si>
     <t>Suplemen Pengikat Kolesterol Berbahan Dasar Serat Inulin dan Proses Pembuatannya</t>
   </si>
   <si>
     <t>Agustin Susilowati ; Aspiyanto ; Hakiki Melanie ; Puspa Dewi Narrij Lotulung ; Yati Maryati ; Meilita Laelatunur ; Jety Muljati Iskandar ;</t>
   </si>
   <si>
     <t>2015-10-20</t>
   </si>
   <si>
     <t>P00201506799</t>
   </si>
   <si>
+    <t>Metode Pembuatan KIT Untuk Mendeteksi Faktor Prediktif Pengobatan Pada Pasien Kanker Payudara dan Produk yang Dihasilkannya</t>
+  </si>
+  <si>
+    <t>Desriani ; Wirsma Arif Harahap ; Bugi Ratno Budiarto ;</t>
+  </si>
+  <si>
+    <t>2015-11-19</t>
+  </si>
+  <si>
+    <t>P00201507468</t>
+  </si>
+  <si>
     <t>Formulasi Dan Proses Pembuatan Perekat Kayu Aqueous Polymer Isocyanate Berbasis Lateks Karet Alam</t>
   </si>
   <si>
     <t>Euis Hermiati ; Fazhar Akbar ; Jayadi ; Lucky Risanto ; Muhammad Adly Rahandi Lubis ; Raden Permana Budi Laksana ; Sudarmanto ; Teguh Darmawan ; Widya Fatriasari ; Fahriya Puspita Sari ;</t>
   </si>
   <si>
-    <t>2015-11-19</t>
-[...1 lines deleted...]
-  <si>
     <t>P00201507466</t>
   </si>
   <si>
-    <t>Metode Pembuatan KIT Untuk Mendeteksi Faktor Prediktif Pengobatan Pada Pasien Kanker Payudara dan Produk yang Dihasilkannya</t>
-[...7 lines deleted...]
-  <si>
     <t>Produk Nanoenkapsulasi Sediaan Oral Dari Kombinasi Ekstrak Pagagan dan Ekstrak Jahe Serta Proses Pembuatannya</t>
   </si>
   <si>
     <t>Agus Haryono ; Dewi Sondari ; Evi Triwulandari ; Joddy Arya Laksmono ; Muhammad Ghozali ; Witta Kartika Restu ; Yenny Meliana ; Yenni Apriliany Devy ; Sri Budi Harmami ;</t>
   </si>
   <si>
     <t>P00201507472</t>
   </si>
   <si>
+    <t>Metoda dan Sistem Untuk Memantau Kesehatan Jantung Secara Personal</t>
+  </si>
+  <si>
+    <t>Ana Heryana ;</t>
+  </si>
+  <si>
+    <t>2015-12-08</t>
+  </si>
+  <si>
+    <t>P00201508290</t>
+  </si>
+  <si>
     <t>Metode dan Alat untuk Mengukur Tinggi Air Danau</t>
   </si>
   <si>
     <t>Dadang Rustandi ; Eka Purwanto ; Sensus Wijonarko ; Dedi Pendi ; Achmad Harimawan ;</t>
   </si>
   <si>
-    <t>2015-12-08</t>
-[...1 lines deleted...]
-  <si>
     <t>P00201508285</t>
   </si>
   <si>
-    <t>Metoda dan Sistem Untuk Memantau Kesehatan Jantung Secara Personal</t>
-[...5 lines deleted...]
-    <t>P00201508290</t>
+    <t>Tepung Pisang Matang Tinggi Kalsium Dan Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>Achmat Sarifudin ; Diki Nanang Surahman ; Nok Afifah ; Novita Indrianti ; Nur Kartika Indah Mayasti ; Riyanti Ekafitri ;</t>
+  </si>
+  <si>
+    <t>2016-02-26</t>
+  </si>
+  <si>
+    <t>P00201601287</t>
   </si>
   <si>
     <t>Metoda Dan Alat Untuk Memonitor Aktivitas Jantung Berbasis Internet</t>
   </si>
   <si>
     <t>Aris Munandar ; Dwi Esti Kusumandari ; M Faizal Amri ; Rian Putra Pratama ; Demi Soetraprawata ; Muhammad Agung Suhendra ; Muhammad Ilham Rizqyawan ; Artha Ivonita Simbolon ; Arjon Turnip ;</t>
   </si>
   <si>
-    <t>2016-02-26</t>
-[...1 lines deleted...]
-  <si>
     <t>P00201601288</t>
   </si>
   <si>
-    <t>Tepung Pisang Matang Tinggi Kalsium Dan Proses Pembuatannya</t>
-[...7 lines deleted...]
-  <si>
     <t>Alat Pencetak Komponen Kusen Beton Bongkar Pasang</t>
   </si>
   <si>
     <t>Ari Rahayuningtyas ; Dadang Dayat Hidayat ; Iman Rusim ; Maulana Furqon ; Suhaya ; Teguh Santoso ; Syawaludin Lubis ;</t>
   </si>
   <si>
     <t>2016-07-25</t>
   </si>
   <si>
     <t>S00201604887</t>
   </si>
   <si>
     <t>Nanopartikel Karbon Berpendar Dari Bahan Baku Serat Alami Dan Metode Pembuatannya Menggunakan Teknik Ablasi</t>
   </si>
   <si>
     <t>Affi Nur Hidayah ; Isnaeni ; Iyon Titok Sugiarto ; Maria Margaretha Suliyanti ; Nurfina Yudasari ; Nursidik Yulianto ; Suryadi ; Wildan Panji Tresna ; Yuliati Herbani ; Kirana Yuniati Putri ;</t>
   </si>
   <si>
     <t>2016-11-25</t>
   </si>
   <si>
     <t>P00201608058</t>
   </si>
   <si>
     <t>Blok Beton Berbasis Abu Terbang Batubara</t>
@@ -1973,71 +1973,71 @@
   <si>
     <t>Chamber Portable Sebagai Alat Untuk Monitoring Perubahan Visibilitas Asap</t>
   </si>
   <si>
     <t>Ir. Ham Hilala, M.T ; Sara Aisyah Syafira, S.SI ; Sara Aisyah Syafira, S.SI ;</t>
   </si>
   <si>
     <t>2017-02-22</t>
   </si>
   <si>
     <t>P00201701156</t>
   </si>
   <si>
     <t>Aplikasi Teknik Serangga Mandul Pada Pengendalian Penyakit DBD</t>
   </si>
   <si>
     <t>Drs. Ali Rahayu ;</t>
   </si>
   <si>
     <t>2017-05-29</t>
   </si>
   <si>
     <t>P00201703379</t>
   </si>
   <si>
+    <t>Alat Untuk Menguji Toksisitas Secara Mikrobiologis</t>
+  </si>
+  <si>
+    <t>Hari Rom Haryadi ;</t>
+  </si>
+  <si>
+    <t>2017-08-31</t>
+  </si>
+  <si>
+    <t>P00201705838</t>
+  </si>
+  <si>
     <t>Alat Dan Metode Untuk Memisahkan Kobalt Dengan Nikel</t>
   </si>
   <si>
     <t>Agus Junaedi ; Fajar Nurjaman ; Slamet Sumardi ; Yayat Iman Supriyatna ; Bramantyo Bayu Aji, S.T., M.Sc. ;</t>
   </si>
   <si>
-    <t>2017-08-31</t>
-[...1 lines deleted...]
-  <si>
     <t>P00201705842</t>
   </si>
   <si>
-    <t>Alat Untuk Menguji Toksisitas Secara Mikrobiologis</t>
-[...7 lines deleted...]
-  <si>
     <t>Proses Pembuatan Minuman Dari Ekstrak Cair Kedelai</t>
   </si>
   <si>
     <t>P00201705835</t>
   </si>
   <si>
     <t>Kolimator Neutron Pada Californium-252 untuk Boron Neutron Capture Therapy dan Proses Pembuatannya</t>
   </si>
   <si>
     <t>2017-10-24</t>
   </si>
   <si>
     <t>P00201707366</t>
   </si>
   <si>
     <t>Hubungan Antara Nilai Gelap-Terang Film X-Ray Dengan Impuls Spesifik Propelan Padat Komposit Ukuran K-Round</t>
   </si>
   <si>
     <t>Drs. Kendra Hartaya, M.Si. ; Rika Suwana Budi, S.Si, M.Si ; Yudha Budiman, S.Si ; Luthfia Hajar Abidllah, ST, MT ; Afni Restasari, S.Si ; Retno Ardianingsih, ST ;</t>
   </si>
   <si>
     <t>2017-11-03</t>
   </si>
   <si>
     <t>P00201707760</t>
@@ -2048,128 +2048,128 @@
   <si>
     <t>Dr. Aton Yulianto, M. Eng ; Novi Kuswardhani, ST ; Lutfiansyah Muchtar, S. Si, M. Si ; Novi Kuswardhani, ST ; Lutfiansyah Muchtar, S. Si, M. Si ;</t>
   </si>
   <si>
     <t>2018-05-30</t>
   </si>
   <si>
     <t>S00201803914</t>
   </si>
   <si>
     <t>Ditolak</t>
   </si>
   <si>
     <t>Briket Bio-Batubara Menggunakan Biomassa Terfermentasi Dan Proses Pembuatannya</t>
   </si>
   <si>
     <t>Dyah Marganingrum ; Widodo ; Dewi Fatimah ; Lenny Marilyn Estiaty ;</t>
   </si>
   <si>
     <t>2018-07-06</t>
   </si>
   <si>
     <t>P00201804876</t>
   </si>
   <si>
+    <t>Reaktor Penghasil Listrik Daya Rendah</t>
+  </si>
+  <si>
+    <t>Achmad Syamsudin ; Oman Rohman ; Hari Rom Haryadi ;</t>
+  </si>
+  <si>
+    <t>2018-08-28</t>
+  </si>
+  <si>
+    <t>S00201806611</t>
+  </si>
+  <si>
     <t>Pengemas Layak Santap Berbahan Nata De Coco Yang Mengandung Antioksidan Dan Proses Pembuatannya</t>
   </si>
   <si>
     <t>Anung Syampurwadi ; Elsy Rahimi Chaldun, MT ; Fitri Dara ; Indah Primadona ; Indriyati, M.Eng ; Myrtha Karina Sancoyorini ; Yoice Srikandace ;</t>
   </si>
   <si>
-    <t>2018-08-28</t>
-[...1 lines deleted...]
-  <si>
     <t>P00201806637</t>
   </si>
   <si>
-    <t>Reaktor Penghasil Listrik Daya Rendah</t>
-[...7 lines deleted...]
-  <si>
     <t>Peralatan Uji Permeabilitas Serat Komposit Terhadap Resin</t>
   </si>
   <si>
     <t>Afid Nugroho, S.T., M.Eng. ; Kosim Abdurohman, S.T. ; Awang Rahmadi Nuranto, S.T., M.T. ; Abian Nurrohmad, S.T. ; Lathifa Rusita Isna, S.Si. ; Nur Mufidatul Ula, S.Si. ; Nurul Lailatul Muzayadah, S.T. ; Rian Suari Aritonang, S.T. ; Taufiq Satrio Nurtiasto, S.T. ;</t>
   </si>
   <si>
     <t>2019-11-11</t>
   </si>
   <si>
     <t>S00201910267</t>
   </si>
   <si>
+    <t>Sistem Manajemen Baterai pada LAPAN Surveillance UAV-03 (LSU-03)</t>
+  </si>
+  <si>
+    <t>Dewi Anggraeni, S.T., M.T. ; Satria Arief Aditya, S.Pd. ; Drs. Gunawan Setyo Prabowo, M.T. ; Nurul Chasanah, S.T. ; Abdul Rohman, S.T. ; Aries Asrianto Ramadian, S.T. ; Yudha Agung Nugroho, M.T. ;</t>
+  </si>
+  <si>
+    <t>2019-11-14</t>
+  </si>
+  <si>
+    <t>S00201910430</t>
+  </si>
+  <si>
+    <t>Penarikan Kembali</t>
+  </si>
+  <si>
     <t>SISTEM DAN METODE UNTUK PENGUNCI RODA DAN PENYEIMBANG PADA MENARA PARKIR BERPUTAR</t>
   </si>
   <si>
     <t>Hendri Maja Saputra ; Midriem Mirdanies ; Vita Susanti ; Catur Hilman Adritya Haryo Bhakti Baskoro M.T ; Rifa Rahmayanti, M.Sc. ;</t>
   </si>
   <si>
-    <t>2019-11-14</t>
-[...1 lines deleted...]
-  <si>
     <t>P00201910405</t>
   </si>
   <si>
-    <t>Sistem Manajemen Baterai pada LAPAN Surveillance UAV-03 (LSU-03)</t>
-[...8 lines deleted...]
-    <t>Penarikan Kembali</t>
+    <t>Athermalisasi untuk Mengatasi Masalah Defokus dan Saturasi Kamera Inframerah Satelit</t>
+  </si>
+  <si>
+    <t>Bustanul Arifin, S.T. ;</t>
+  </si>
+  <si>
+    <t>2019-11-18</t>
+  </si>
+  <si>
+    <t>S00201910565</t>
   </si>
   <si>
     <t>Antena Mikrostrip Very High Frequency (VHF)</t>
   </si>
   <si>
     <t>Abdul Karim, M.T. ; Wahyudi Hasbi, S.Si., M.Kom. ; Mohammad Mukhayadi, S.T., M.Kom. ; Nayla Najati, S.T. ; Desti Ika Suryanti, S.Si. ; Nurul Fadilah, S.T. ; Aulia Haque Qonita, S.T. ; Nurul Muhtadin, S.T. ; Maulana Ali Arifin, S.T. ; Isma Choiriyah, ST ; Sri Ramayanti, ST ;</t>
   </si>
   <si>
-    <t>2019-11-18</t>
-[...1 lines deleted...]
-  <si>
     <t>S00201910569</t>
   </si>
   <si>
-    <t>Athermalisasi untuk Mengatasi Masalah Defokus dan Saturasi Kamera Inframerah Satelit</t>
-[...7 lines deleted...]
-  <si>
     <t>Perangkat Pengkondisi Sinyal Radar Hujan Dilengkapi Penstabil Tegangan dan Low Pass Filter</t>
   </si>
   <si>
     <t>Dr. Asif Awaludin, S.T., M.T. ; Rachmat Sunarya, S.T. ; Ir. Halimurrahman, M.T. ; Atep Radiana, S.T., M.Ap. ; Tiin Sinatra, M.Si. ; Dr. Rr. Laras Toersilowati, M.Si. ;</t>
   </si>
   <si>
     <t>2019-11-21</t>
   </si>
   <si>
     <t>S00201910788</t>
   </si>
   <si>
     <t>Alat Bantu Universal untuk Menaikturunkan Objek ke Dudukan Ujung Atas Suatu Menara</t>
   </si>
   <si>
     <t>Rachmat Sunarya, S.T. ; Dr. Asif Awaludin, S.T., M.T. ; Soni Aulia Rahayu, S.T., M.T. ; Atep Radiana, S.T., M.Ap. ;</t>
   </si>
   <si>
     <t>2019-11-22</t>
   </si>
   <si>
     <t>S00201910790</t>
   </si>
   <si>
     <t>BUBUR INSTAN BERBAHAN BAKU SORGUM DENGAN PENAMBAHAN PUREE BUAH DAN SAYUR DAN PROSES PEMBUATANNYA</t>
@@ -2219,69 +2219,69 @@
   <si>
     <t>P00201911786</t>
   </si>
   <si>
     <t>Proses Pembuatan Biskuit Dan Tepung Biskuit Siap Olah Menggunakan Fortifikan Asam Folat Alami Sebagai Makanan Pendamping Bayi</t>
   </si>
   <si>
     <t>Agustin Susilowati ; Aspiyanto ; Hakiki Melanie ; Puspa Dewi Narrij Lotulung ; Yati Maryati ; Hairunnisa Fatimah ; Jevellyn Glandys, S.T.P ; Tia Mulyawati ;</t>
   </si>
   <si>
     <t>P00201911840</t>
   </si>
   <si>
     <t>HEAT PIPE UNTUK PENGAMBILAN PANAS PELURUHAN SECARA PASIF DI REAKTOR NUKLIR</t>
   </si>
   <si>
     <t>Dr. Mulya Juarsa, S.Si., M.Esc ;</t>
   </si>
   <si>
     <t>2020-01-15</t>
   </si>
   <si>
     <t>P00202000379</t>
   </si>
   <si>
+    <t>Alat Bantu Fisioterapi Pergelangan Kaki</t>
+  </si>
+  <si>
+    <t>Asih Setiarini, S.T., M.Sc. ; Erry Dwi Kurniawan ; Gandi Sugandi ; Goib Wiranto ; I Dewa Putu Hermida ; Robeth Viktoria Manurung ; Slamet Widodo ; Hanum Arrosida, MT. ; Berfian Heppy Loradion, A.Md ; Basuki Winarno, MT. ;</t>
+  </si>
+  <si>
+    <t>2020-03-09</t>
+  </si>
+  <si>
+    <t>S00202001908</t>
+  </si>
+  <si>
     <t>METODE PENILAIAN DAN PENGUKURAN EFISIENSI ASIMILASI KARBON ORGANIK TERIPANG HOLOTHURIA SCABRA BERDASARKAN ASUMSI KESETARAAN INLET-OUTLET PEMBAWA MATERIAL</t>
   </si>
   <si>
     <t>A'an Johan Wahyudi ; Hanif Budi Prayitno ; Lisa Fajar Indriana ; Hanny Meirinawati ; Muhammad Firdaus ;</t>
   </si>
   <si>
-    <t>2020-03-09</t>
-[...1 lines deleted...]
-  <si>
     <t>S00202001902</t>
-  </si>
-[...7 lines deleted...]
-    <t>S00202001908</t>
   </si>
   <si>
     <t>ALAT PEMANTAUAN NIRKABEL PADA SUHU INKUBATOR BAYI SECARA WAKTU NYATA</t>
   </si>
   <si>
     <t>Asep Rahmat Hidayat ; Ihsan Supono ; Irawan Sukma ; Novitasari ; Siddiq Wahyu Hidayat ; Vera Permatasari ; Prayoga Bakti ;</t>
   </si>
   <si>
     <t>2020-12-05</t>
   </si>
   <si>
     <t>S00202009436</t>
   </si>
   <si>
     <t>SISTEM PEMANTAUAN DATA TELEMETRI SENSOR-SENSOR KEBENCANAAN YANG TERINTEGRASI DENGAN LOW POWER LONG RANGE MODEM</t>
   </si>
   <si>
     <t>Isma Choiriyah ; Sri Ramayanti ; Aulia Haque Qonita ; Wahyudi Hasbi ; Mohammad Mukhayadi ; Nayla Najati ; Desti Ika Suryanti ; Abdul Karim ; Nurul Fadilah ; Nurul Muhtadin ; Maulana Ali Arifin ;</t>
   </si>
   <si>
     <t>2020-12-15</t>
   </si>
   <si>
     <t>S00202009876</t>
   </si>
@@ -3034,143 +3034,143 @@
       </c>
       <c r="G14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>63</v>
       </c>
       <c r="C15" t="s">
         <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>65</v>
       </c>
       <c r="F15" t="s">
         <v>66</v>
       </c>
       <c r="G15" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>67</v>
       </c>
       <c r="C16" t="s">
         <v>68</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>65</v>
       </c>
       <c r="F16" t="s">
         <v>69</v>
       </c>
       <c r="G16" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
       <c r="C17" t="s">
         <v>71</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>65</v>
       </c>
       <c r="F17" t="s">
         <v>72</v>
       </c>
       <c r="G17" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>73</v>
       </c>
       <c r="C18" t="s">
         <v>74</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>65</v>
       </c>
       <c r="F18" t="s">
         <v>75</v>
       </c>
       <c r="G18" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>76</v>
       </c>
       <c r="C19" t="s">
         <v>77</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>65</v>
       </c>
       <c r="F19" t="s">
         <v>78</v>
       </c>
       <c r="G19" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>79</v>
       </c>
       <c r="C20" t="s">
         <v>80</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>81</v>
       </c>
       <c r="F20" t="s">
         <v>82</v>
       </c>
       <c r="G20" t="s">
         <v>26</v>
       </c>
     </row>
@@ -3218,189 +3218,189 @@
       </c>
       <c r="G22" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>89</v>
       </c>
       <c r="C23" t="s">
         <v>90</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>81</v>
       </c>
       <c r="F23" t="s">
         <v>91</v>
       </c>
       <c r="G23" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>92</v>
       </c>
       <c r="C24" t="s">
         <v>93</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>81</v>
       </c>
       <c r="F24" t="s">
         <v>94</v>
       </c>
       <c r="G24" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>95</v>
       </c>
       <c r="C25" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>81</v>
       </c>
       <c r="F25" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G25" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>97</v>
+      </c>
+      <c r="C26" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>81</v>
       </c>
       <c r="F26" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G26" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>100</v>
+      </c>
+      <c r="C27" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>81</v>
       </c>
       <c r="F27" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G27" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>103</v>
+      </c>
+      <c r="C28" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>81</v>
       </c>
       <c r="F28" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="G28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>106</v>
+      </c>
+      <c r="C29" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>81</v>
       </c>
       <c r="F29" t="s">
         <v>108</v>
       </c>
       <c r="G29" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>109</v>
       </c>
       <c r="C30" t="s">
         <v>110</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>111</v>
       </c>
       <c r="F30" t="s">
         <v>112</v>
       </c>
       <c r="G30" t="s">
         <v>26</v>
       </c>
     </row>
@@ -3597,80 +3597,80 @@
       </c>
       <c r="C39" t="s">
         <v>141</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
       <c r="E39" t="s">
         <v>142</v>
       </c>
       <c r="F39" t="s">
         <v>145</v>
       </c>
       <c r="G39" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>146</v>
       </c>
       <c r="C40" t="s">
+        <v>60</v>
+      </c>
+      <c r="D40" t="s">
+        <v>9</v>
+      </c>
+      <c r="E40" t="s">
         <v>147</v>
       </c>
-      <c r="D40" t="s">
-[...2 lines deleted...]
-      <c r="E40" t="s">
+      <c r="F40" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="G40" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>149</v>
+      </c>
+      <c r="C41" t="s">
         <v>150</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
       <c r="E41" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F41" t="s">
         <v>151</v>
       </c>
       <c r="G41" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>152</v>
       </c>
       <c r="C42" t="s">
         <v>153</v>
       </c>
       <c r="D42" t="s">
         <v>9</v>
       </c>
       <c r="E42" t="s">
         <v>154</v>
       </c>
       <c r="F42" t="s">
@@ -3793,235 +3793,235 @@
       </c>
       <c r="G47" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>174</v>
       </c>
       <c r="C48" t="s">
         <v>175</v>
       </c>
       <c r="D48" t="s">
         <v>126</v>
       </c>
       <c r="E48" t="s">
         <v>176</v>
       </c>
       <c r="F48" t="s">
         <v>177</v>
       </c>
       <c r="G48" t="s">
-        <v>12</v>
+        <v>129</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>178</v>
       </c>
       <c r="C49" t="s">
         <v>179</v>
       </c>
       <c r="D49" t="s">
         <v>126</v>
       </c>
       <c r="E49" t="s">
         <v>176</v>
       </c>
       <c r="F49" t="s">
         <v>180</v>
       </c>
       <c r="G49" t="s">
-        <v>129</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>181</v>
       </c>
       <c r="C50" t="s">
         <v>182</v>
       </c>
       <c r="D50" t="s">
         <v>126</v>
       </c>
       <c r="E50" t="s">
         <v>176</v>
       </c>
       <c r="F50" t="s">
         <v>183</v>
       </c>
       <c r="G50" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>184</v>
       </c>
       <c r="C51" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D51" t="s">
         <v>126</v>
       </c>
       <c r="E51" t="s">
         <v>176</v>
       </c>
       <c r="F51" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="G51" t="s">
-        <v>12</v>
+        <v>129</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>186</v>
+      </c>
+      <c r="C52" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D52" t="s">
         <v>126</v>
       </c>
       <c r="E52" t="s">
         <v>176</v>
       </c>
       <c r="F52" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="G52" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>189</v>
+      </c>
+      <c r="C53" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D53" t="s">
         <v>126</v>
       </c>
       <c r="E53" t="s">
         <v>176</v>
       </c>
       <c r="F53" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="G53" t="s">
-        <v>129</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
+        <v>192</v>
+      </c>
+      <c r="C54" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="D54" t="s">
         <v>126</v>
       </c>
       <c r="E54" t="s">
         <v>176</v>
       </c>
       <c r="F54" t="s">
         <v>194</v>
       </c>
       <c r="G54" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>195</v>
       </c>
       <c r="C55" t="s">
         <v>196</v>
       </c>
       <c r="D55" t="s">
         <v>126</v>
       </c>
       <c r="E55" t="s">
         <v>197</v>
       </c>
       <c r="F55" t="s">
         <v>198</v>
       </c>
       <c r="G55" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>199</v>
       </c>
       <c r="C56" t="s">
         <v>200</v>
       </c>
       <c r="D56" t="s">
         <v>126</v>
       </c>
       <c r="E56" t="s">
         <v>197</v>
       </c>
       <c r="F56" t="s">
         <v>201</v>
       </c>
       <c r="G56" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>202</v>
       </c>
       <c r="C57" t="s">
         <v>203</v>
       </c>
       <c r="D57" t="s">
         <v>126</v>
       </c>
       <c r="E57" t="s">
         <v>204</v>
       </c>
       <c r="F57" t="s">
         <v>205</v>
       </c>
       <c r="G57" t="s">
         <v>26</v>
       </c>
     </row>
@@ -4034,74 +4034,74 @@
       </c>
       <c r="C58" t="s">
         <v>207</v>
       </c>
       <c r="D58" t="s">
         <v>23</v>
       </c>
       <c r="E58" t="s">
         <v>208</v>
       </c>
       <c r="F58" t="s">
         <v>209</v>
       </c>
       <c r="G58" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>210</v>
       </c>
       <c r="C59" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D59" t="s">
         <v>23</v>
       </c>
       <c r="E59" t="s">
         <v>208</v>
       </c>
       <c r="F59" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G59" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C60" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D60" t="s">
         <v>23</v>
       </c>
       <c r="E60" t="s">
         <v>208</v>
       </c>
       <c r="F60" t="s">
         <v>214</v>
       </c>
       <c r="G60" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>215</v>
       </c>
       <c r="C61" t="s">
         <v>216</v>
       </c>
       <c r="D61" t="s">
@@ -4333,51 +4333,51 @@
       </c>
       <c r="C71" t="s">
         <v>252</v>
       </c>
       <c r="D71" t="s">
         <v>9</v>
       </c>
       <c r="E71" t="s">
         <v>246</v>
       </c>
       <c r="F71" t="s">
         <v>253</v>
       </c>
       <c r="G71" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>254</v>
       </c>
       <c r="C72" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="D72" t="s">
         <v>126</v>
       </c>
       <c r="E72" t="s">
         <v>255</v>
       </c>
       <c r="F72" t="s">
         <v>256</v>
       </c>
       <c r="G72" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>257</v>
       </c>
       <c r="C73" t="s">
         <v>258</v>
       </c>
       <c r="D73" t="s">
@@ -4425,51 +4425,51 @@
       </c>
       <c r="C75" t="s">
         <v>265</v>
       </c>
       <c r="D75" t="s">
         <v>126</v>
       </c>
       <c r="E75" t="s">
         <v>259</v>
       </c>
       <c r="F75" t="s">
         <v>266</v>
       </c>
       <c r="G75" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>267</v>
       </c>
       <c r="C76" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D76" t="s">
         <v>9</v>
       </c>
       <c r="E76" t="s">
         <v>268</v>
       </c>
       <c r="F76" t="s">
         <v>269</v>
       </c>
       <c r="G76" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>270</v>
       </c>
       <c r="C77" t="s">
         <v>226</v>
       </c>
       <c r="D77" t="s">
@@ -4773,117 +4773,117 @@
       </c>
       <c r="D90" t="s">
         <v>9</v>
       </c>
       <c r="E90" t="s">
         <v>321</v>
       </c>
       <c r="F90" t="s">
         <v>322</v>
       </c>
       <c r="G90" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>323</v>
       </c>
       <c r="C91" t="s">
         <v>324</v>
       </c>
       <c r="D91" t="s">
-        <v>126</v>
+        <v>23</v>
       </c>
       <c r="E91" t="s">
         <v>325</v>
       </c>
       <c r="F91" t="s">
         <v>326</v>
       </c>
       <c r="G91" t="s">
-        <v>129</v>
+        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>327</v>
       </c>
       <c r="C92" t="s">
         <v>328</v>
       </c>
       <c r="D92" t="s">
         <v>23</v>
       </c>
       <c r="E92" t="s">
         <v>325</v>
       </c>
       <c r="F92" t="s">
         <v>329</v>
       </c>
       <c r="G92" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>330</v>
       </c>
       <c r="C93" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="D93" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="E93" t="s">
         <v>325</v>
       </c>
       <c r="F93" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="G93" t="s">
-        <v>26</v>
+        <v>129</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C94" t="s">
-        <v>333</v>
+        <v>324</v>
       </c>
       <c r="D94" t="s">
         <v>23</v>
       </c>
       <c r="E94" t="s">
         <v>325</v>
       </c>
       <c r="F94" t="s">
         <v>334</v>
       </c>
       <c r="G94" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>335</v>
       </c>
       <c r="C95" t="s">
         <v>336</v>
       </c>
       <c r="D95" t="s">
@@ -5023,103 +5023,103 @@
       </c>
       <c r="C101" t="s">
         <v>357</v>
       </c>
       <c r="D101" t="s">
         <v>23</v>
       </c>
       <c r="E101" t="s">
         <v>358</v>
       </c>
       <c r="F101" t="s">
         <v>359</v>
       </c>
       <c r="G101" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>360</v>
       </c>
       <c r="C102" t="s">
-        <v>309</v>
+        <v>361</v>
       </c>
       <c r="D102" t="s">
         <v>9</v>
       </c>
       <c r="E102" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F102" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="G102" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C103" t="s">
         <v>309</v>
       </c>
       <c r="D103" t="s">
         <v>9</v>
       </c>
       <c r="E103" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F103" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="G103" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C104" t="s">
-        <v>366</v>
+        <v>309</v>
       </c>
       <c r="D104" t="s">
         <v>9</v>
       </c>
       <c r="E104" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F104" t="s">
         <v>367</v>
       </c>
       <c r="G104" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>368</v>
       </c>
       <c r="C105" t="s">
         <v>369</v>
       </c>
       <c r="D105" t="s">
         <v>126</v>
       </c>
       <c r="E105" t="s">
         <v>370</v>
       </c>
       <c r="F105" t="s">
@@ -5595,80 +5595,80 @@
       </c>
       <c r="C126" t="s">
         <v>447</v>
       </c>
       <c r="D126" t="s">
         <v>9</v>
       </c>
       <c r="E126" t="s">
         <v>441</v>
       </c>
       <c r="F126" t="s">
         <v>448</v>
       </c>
       <c r="G126" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
         <v>449</v>
       </c>
       <c r="C127" t="s">
+        <v>440</v>
+      </c>
+      <c r="D127" t="s">
+        <v>9</v>
+      </c>
+      <c r="E127" t="s">
         <v>450</v>
       </c>
-      <c r="D127" t="s">
-[...2 lines deleted...]
-      <c r="E127" t="s">
+      <c r="F127" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="G127" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
+        <v>452</v>
+      </c>
+      <c r="C128" t="s">
         <v>453</v>
       </c>
-      <c r="C128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D128" t="s">
         <v>9</v>
       </c>
       <c r="E128" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="F128" t="s">
         <v>454</v>
       </c>
       <c r="G128" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
         <v>455</v>
       </c>
       <c r="C129" t="s">
         <v>456</v>
       </c>
       <c r="D129" t="s">
         <v>23</v>
       </c>
       <c r="E129" t="s">
         <v>457</v>
       </c>
       <c r="F129" t="s">
@@ -5906,97 +5906,97 @@
       </c>
       <c r="G139" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
         <v>496</v>
       </c>
       <c r="C140" t="s">
         <v>497</v>
       </c>
       <c r="D140" t="s">
         <v>126</v>
       </c>
       <c r="E140" t="s">
         <v>498</v>
       </c>
       <c r="F140" t="s">
         <v>499</v>
       </c>
       <c r="G140" t="s">
-        <v>129</v>
+        <v>12</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
         <v>500</v>
       </c>
       <c r="C141" t="s">
         <v>501</v>
       </c>
       <c r="D141" t="s">
         <v>126</v>
       </c>
       <c r="E141" t="s">
         <v>498</v>
       </c>
       <c r="F141" t="s">
         <v>502</v>
       </c>
       <c r="G141" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
         <v>503</v>
       </c>
       <c r="C142" t="s">
         <v>504</v>
       </c>
       <c r="D142" t="s">
         <v>126</v>
       </c>
       <c r="E142" t="s">
         <v>498</v>
       </c>
       <c r="F142" t="s">
         <v>505</v>
       </c>
       <c r="G142" t="s">
-        <v>12</v>
+        <v>129</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>506</v>
       </c>
       <c r="C143" t="s">
         <v>507</v>
       </c>
       <c r="D143" t="s">
         <v>9</v>
       </c>
       <c r="E143" t="s">
         <v>508</v>
       </c>
       <c r="F143" t="s">
         <v>509</v>
       </c>
       <c r="G143" t="s">
         <v>12</v>
       </c>
     </row>
@@ -6216,51 +6216,51 @@
       </c>
       <c r="C153" t="s">
         <v>545</v>
       </c>
       <c r="D153" t="s">
         <v>126</v>
       </c>
       <c r="E153" t="s">
         <v>539</v>
       </c>
       <c r="F153" t="s">
         <v>546</v>
       </c>
       <c r="G153" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
         <v>547</v>
       </c>
       <c r="C154" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="D154" t="s">
         <v>126</v>
       </c>
       <c r="E154" t="s">
         <v>548</v>
       </c>
       <c r="F154" t="s">
         <v>549</v>
       </c>
       <c r="G154" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
         <v>550</v>
       </c>
       <c r="C155" t="s">
         <v>551</v>
       </c>
       <c r="D155" t="s">
@@ -6929,51 +6929,51 @@
       </c>
       <c r="C184" t="s">
         <v>658</v>
       </c>
       <c r="D184" t="s">
         <v>9</v>
       </c>
       <c r="E184" t="s">
         <v>655</v>
       </c>
       <c r="F184" t="s">
         <v>659</v>
       </c>
       <c r="G184" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
         <v>660</v>
       </c>
       <c r="C185" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="D185" t="s">
         <v>9</v>
       </c>
       <c r="E185" t="s">
         <v>655</v>
       </c>
       <c r="F185" t="s">
         <v>661</v>
       </c>
       <c r="G185" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
         <v>662</v>
       </c>
       <c r="C186" t="s">
         <v>642</v>
       </c>
       <c r="D186" t="s">
@@ -7116,129 +7116,129 @@
       </c>
       <c r="D192" t="s">
         <v>426</v>
       </c>
       <c r="E192" t="s">
         <v>687</v>
       </c>
       <c r="F192" t="s">
         <v>688</v>
       </c>
       <c r="G192" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
         <v>689</v>
       </c>
       <c r="C193" t="s">
         <v>690</v>
       </c>
       <c r="D193" t="s">
-        <v>9</v>
+        <v>426</v>
       </c>
       <c r="E193" t="s">
         <v>691</v>
       </c>
       <c r="F193" t="s">
         <v>692</v>
       </c>
       <c r="G193" t="s">
-        <v>673</v>
+        <v>693</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C194" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D194" t="s">
-        <v>426</v>
+        <v>9</v>
       </c>
       <c r="E194" t="s">
         <v>691</v>
       </c>
       <c r="F194" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="G194" t="s">
-        <v>696</v>
+        <v>673</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
         <v>697</v>
       </c>
       <c r="C195" t="s">
         <v>698</v>
       </c>
       <c r="D195" t="s">
         <v>426</v>
       </c>
       <c r="E195" t="s">
         <v>699</v>
       </c>
       <c r="F195" t="s">
         <v>700</v>
       </c>
       <c r="G195" t="s">
-        <v>696</v>
+        <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
         <v>701</v>
       </c>
       <c r="C196" t="s">
         <v>702</v>
       </c>
       <c r="D196" t="s">
         <v>426</v>
       </c>
       <c r="E196" t="s">
         <v>699</v>
       </c>
       <c r="F196" t="s">
         <v>703</v>
       </c>
       <c r="G196" t="s">
-        <v>12</v>
+        <v>693</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
         <v>704</v>
       </c>
       <c r="C197" t="s">
         <v>705</v>
       </c>
       <c r="D197" t="s">
         <v>426</v>
       </c>
       <c r="E197" t="s">
         <v>706</v>
       </c>
       <c r="F197" t="s">
         <v>707</v>
       </c>
       <c r="G197" t="s">
         <v>12</v>
       </c>
     </row>
@@ -7401,74 +7401,74 @@
       </c>
       <c r="G204" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
         <v>735</v>
       </c>
       <c r="C205" t="s">
         <v>736</v>
       </c>
       <c r="D205" t="s">
         <v>9</v>
       </c>
       <c r="E205" t="s">
         <v>737</v>
       </c>
       <c r="F205" t="s">
         <v>738</v>
       </c>
       <c r="G205" t="s">
-        <v>673</v>
+        <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
         <v>739</v>
       </c>
       <c r="C206" t="s">
         <v>740</v>
       </c>
       <c r="D206" t="s">
         <v>9</v>
       </c>
       <c r="E206" t="s">
         <v>737</v>
       </c>
       <c r="F206" t="s">
         <v>741</v>
       </c>
       <c r="G206" t="s">
-        <v>12</v>
+        <v>673</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
         <v>742</v>
       </c>
       <c r="C207" t="s">
         <v>743</v>
       </c>
       <c r="D207" t="s">
         <v>9</v>
       </c>
       <c r="E207" t="s">
         <v>744</v>
       </c>
       <c r="F207" t="s">
         <v>745</v>
       </c>
       <c r="G207" t="s">
         <v>12</v>
       </c>
     </row>
@@ -7608,51 +7608,51 @@
       </c>
       <c r="G213" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
         <v>770</v>
       </c>
       <c r="C214" t="s">
         <v>771</v>
       </c>
       <c r="D214" t="s">
         <v>759</v>
       </c>
       <c r="E214" t="s">
         <v>772</v>
       </c>
       <c r="F214" t="s">
         <v>773</v>
       </c>
       <c r="G214" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">