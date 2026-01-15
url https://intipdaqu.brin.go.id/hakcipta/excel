--- v0 (2025-10-31)
+++ v1 (2026-01-15)
@@ -12,874 +12,2821 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2547">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3179">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Judul Ciptaan</t>
   </si>
   <si>
     <t>Nama Pendaftaran</t>
   </si>
   <si>
     <t>Institusi</t>
   </si>
   <si>
     <t>Tgl Daftar</t>
   </si>
   <si>
     <t>Nomor Daftar</t>
   </si>
   <si>
     <t>Tgl Sertifikasi</t>
   </si>
   <si>
     <t>Kepemilikan</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Sistem Akuisisi dan Visualisasi Data Sensor RDF</t>
+  </si>
+  <si>
+    <t>Irwan Kustianto ; Wiharja ; Muhammad Hanif ; Muhammad Haqqiyuddin Robbani ; Priska Alfatri Hendrayanto ; Feddy Suryanto ; Reba Anindyajati Pratama ; Manis Yuliani ; Delfi Fatina Soraya ; Wahyu Purwanta ; Prihartanto ; Prasetiyadi ; Sarkiwan ; Diyono ; R. Nida Sopiah ;</t>
+  </si>
+  <si>
+    <t>Badan Riset dan Inovasi Nasional</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>EC002025223238</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Lingkungan dan Teknologi Bersih</t>
+  </si>
+  <si>
+    <t>Tersertifikasi</t>
+  </si>
+  <si>
+    <t>Modul Pengayaan Pengetahuan pada Platform Indonesian Nucleotide Archive (InNA)</t>
+  </si>
+  <si>
+    <t>Ariani Indrawati ; Sahid Bismantoko ; Zaenal Akbar ; Rifki Sadikin ; Ihsan Nugraha ; Yulia Aris Kartika ; Imam Civi Cartealy ; Anis Kamilah Hayati ; Farham Harvianto ; Fikri Dean Radityo ; Muhammad Daffa Muis ;</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>EC002025221525</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Firmware untuk Arduino Uno sebagai controller datalogger suhu banyak titik dengan sensor termokopel K</t>
+  </si>
+  <si>
+    <t>Sugeng Pondang Sugiharto ; Ahmat Fauzi ; Banun Diyah Probowati ;</t>
+  </si>
+  <si>
+    <t>EC002025221535</t>
+  </si>
+  <si>
+    <t>BRIN, FP - UTM, Pusat Riset Teknologi dan Proses Pangan</t>
+  </si>
+  <si>
+    <t>Program Komputer Pengidentifikasi Wereng Batang Coklat (YUKE-WBC)</t>
+  </si>
+  <si>
+    <t>Arlyna Budi Pustika ; Wiwin Suwarningsih ; Efendi Zaenudin ; Sutomo ; Hendra Helmanto ; Ani Mugiasih ; Setyorini Widyayanti ; Rahmini ; Raden Heru Praptana ; Gagad Restu Pratiwi ; Sudarmaji ; Kristamtini ; Sigid Handoko ; Wawan Sulistiono ; Sugeng Widodo ; Naufal Nabi Anugrah ; Rizki Pradana ; Chimayatus Solichah ; Legi Kuswandi ; Daffa Fakhry Anshori ;</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>EC002025220310</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Tanaman Pangan</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Longsor Bogor (V1)</t>
+  </si>
+  <si>
+    <t>Mochamad Irwan Hariyono ; Dadan Ramdani ; Dewayany ; Djoko M. Hartono ; Fatmah ; Mokhamad Nur Cahyadi ; Pamela ; Aptu Andy Kurniawan ;</t>
+  </si>
+  <si>
+    <t>EC002025220316</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Geoinformatika</t>
+  </si>
+  <si>
+    <t>Dataset data training klasifikasi tutupan lahan wilayah pesisir Kota dan Kabupaten Cirebon berbasis citra Sentinel-2 dan Landsat 8 Tahun 2025</t>
+  </si>
+  <si>
+    <t>Yuliana Susilowati ; Ibnu Maryanto ; Wawan Hendriawan Nur ; Aang Gunawan S ; Bambang Edhi Leksono ; Titan Listiyani ; Ayubella Anggraini Leksono ; Putri Krisna Azizati Aminulloh ; Vira Ovelia ;</t>
+  </si>
+  <si>
+    <t>EC002025220301</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Iklim dan Atmosfer</t>
+  </si>
+  <si>
+    <t>LavaSense</t>
+  </si>
+  <si>
+    <t>Rahmadi ; Suwarsono ; Yenni Vetrita ; Arum Tjahjaningsih ; Donna Monica ; Imam Santoso ; Anwar Annas ; Agnes Sondita Payani ; Nugraheni Setyaningrum ; Mamat Suhermat ; Nanin Anggraini ;</t>
+  </si>
+  <si>
+    <t>EC002025220304</t>
+  </si>
+  <si>
+    <t>Program Deteksi Garis Pantai Citra Sentinel-2 Dengan Metode SVM pada Platform Google Colab</t>
+  </si>
+  <si>
+    <t>Azura Ulfa ; Ahmad Sutanto ; Mohammad Ardha ; Rizky Faristyawan ; Farikhotul Chusnayah ; Nurkhalis Rahili ; Kholifatul Aziz ; Gaby Nanda Kharisma, S.Pd., M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC002025220294</t>
+  </si>
+  <si>
+    <t>Software Tsunami Modeling (Tsumo v1.0)</t>
+  </si>
+  <si>
+    <t>Yudhi Prabowo ; Widjo Kongko ; Imam Fachrudin ; Mardi Wibowo ; Fajar Yulianto ; Edwin Adi Wiguna ; Hanah Khoirunnisa ; Marindah Yulia Iswari ; Hilmi Aziz ; Nurkhalis Rahili ;</t>
+  </si>
+  <si>
+    <t>EC002025220313</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Hidrodinamika</t>
+  </si>
+  <si>
+    <t>RGB-D Human Segmentation</t>
+  </si>
+  <si>
+    <t>Puji Lestari ; Elli A. Gojali ; Syasya Qonita Azizah ; Jiyaad Muhamad Harits ;</t>
+  </si>
+  <si>
+    <t>EC002025220311</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Kecerdasan Artifisial dan Keamanan Siber</t>
+  </si>
+  <si>
+    <t>Program Komputer Penentuan Manning Roughness Berbasis Penggabungan Multivariat Indeks Vegetasi dari Citra Satelit Optis</t>
+  </si>
+  <si>
+    <t>Favian Mafazi Giska Putra ; Farikhotul Chusnayah ; Hanah Khoirunnisa ; Amalia Nurwijayanti ; Khusnul Setia Wardani ; Novian Andri Akhirianto ; Anies Ma`rufatin ; Taufiq Wirahman ; Galdita Aruba Chulafak ; Widjo Kongko ; Afif Ari Wibowo ;</t>
+  </si>
+  <si>
+    <t>EC002025220302</t>
+  </si>
+  <si>
+    <t>BRIN, UMS, Pusat Riset Teknologi Hidrodinamika</t>
+  </si>
+  <si>
+    <t>Aplikasi Berbasis Website untuk Pengelolaan Database Metabolit Ikan</t>
+  </si>
+  <si>
+    <t>Ira Maryati ; Giri Rohmad Barokah ; Andre Sihombing ; Lia Sadita ; Harry Budi Santoso ;</t>
+  </si>
+  <si>
+    <t>EC002025220312</t>
+  </si>
+  <si>
+    <t>ARCUS Active Channel Counter - Perangkat Lunak Pencacah Berkas Nuklir berbasisEPICS dan Arcus Motor Driver</t>
+  </si>
+  <si>
+    <t>Muhammad Septyawan Aulia ; M. Refai Muslih ; Iwan Sumirat ; Fahmi Alfa Muslimu ; Rifky Apriansyah ; Sairun ;</t>
+  </si>
+  <si>
+    <t>EC002025220308</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Analisis Berkas Nuklir</t>
+  </si>
+  <si>
+    <t>CIPALI DATASET</t>
+  </si>
+  <si>
+    <t>Iwan Muhammad Erwin ; Dicky Rianto Prajitno ; Endang Suryawati ; Raden Sandra Yuwana ;</t>
+  </si>
+  <si>
+    <t>EC002025220303</t>
+  </si>
+  <si>
+    <t>Dataset citra optimal berbasis Landsat untuk monitoring kualitas air permukaan pada kondisi kejadian dengan metode Empirical Ordinary Least Square (OLS)</t>
+  </si>
+  <si>
+    <t>Yuli Sudriani ; Rido Dwi Ismanto ; Arnida L. Latifah ; Intan Nuni Wahyuni ; Meti Yulianti ; Arie Vatresia ;</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>EC002025219067</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Komputasi</t>
+  </si>
+  <si>
+    <t>Aplikasi Pemantauan Gas Rumah Kaca Jakarta: CO2 dan CH4 Berbasis Open Data</t>
+  </si>
+  <si>
+    <t>Irwan Priyanto ; Munawar Sahabuddin ;</t>
+  </si>
+  <si>
+    <t>EC002025219066</t>
+  </si>
+  <si>
+    <t>BRIN, Organisasi Riset Kebumian dan Maritim</t>
+  </si>
+  <si>
+    <t>Program Data Akuisisi Percepatan Nirkabel Dengan Waktu Pencuplikan Presisi Memanfaatkan Sinyal PPS</t>
+  </si>
+  <si>
+    <t>Iyan Turyana ; Yudi Adityawarman ; Riski Fitriani ;</t>
+  </si>
+  <si>
+    <t>EC002025219069</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Kebencanaan Geologi</t>
+  </si>
+  <si>
+    <t>Program Spektrum Gelombang 1D, 2D, dan Arah angin dari keluaran model gelombang SWAN</t>
+  </si>
+  <si>
+    <t>Agus Dendi Rochendi ;</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>EC002025217494</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Oseanologi</t>
+  </si>
+  <si>
+    <t>IMBER PRO Sentinel-3 OLCI Data Processor</t>
+  </si>
+  <si>
+    <t>Edwards Taufiqurrahman ; A`an Johan Wahyudi ; Faisal Hamzah ; Afdal ; Idha Yulia Ikhsani ; Harmesa ; Camellia Kusuma Tito ; Lestari ;</t>
+  </si>
+  <si>
+    <t>EC002025217493</t>
+  </si>
+  <si>
+    <t>Dataset Ekstraksi Polarisasi Sentinel-1 untuk Analisis Fenologi Padi Kabupaten Indramayu Tahun 2024</t>
+  </si>
+  <si>
+    <t>Wawan Hendriawan Nur ; Yuliana Susilowati ; Dede Dirgahayu Domiri ; Okta Fajar Saputra ; Aria Bisri ; Aang Gunawan S ; Mamat Suhermat ; Titan Listiani ; Farahanum Afifah Ardiansyah ; Happy Syahrul Ramadhan ; Akmal Faiz Abdillah ; Nabila Anilda Zahrah ; Natasya Ega Lina Marbun ; Presilia ; Oktavia Nurwenda Puspita S ;</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>EC002025215402</t>
+  </si>
+  <si>
+    <t>Aplikasi Antar Muka Xray Digital Portabel Dengan Deteksi Kelainan Radiolog</t>
+  </si>
+  <si>
+    <t>Riswal Nafi Siregar ; Rhakamerta Hijazi ; Ega Pratama Hadinoto ; Amir Su`udi ; Lelly Andayasari ; Arief Ganang Saputra ; Agus Sahputra ; elfi fauziah ;</t>
+  </si>
+  <si>
+    <t>EC002025215406</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Kedokteran Preklinis dan Klinis</t>
+  </si>
+  <si>
+    <t>Dataset Faktor Penyebab Longsor Kecamatan Sukajaya</t>
+  </si>
+  <si>
+    <t>Yukni Arifianti ; Dian Nuraini Melati ; Raditya Panji Umbara ; Astisiasari ; Wisyanto ; Sukristiyanti ; Trinugroho ; Syakira Trisnafiah ; Taufik Iqbal Ramdhani ; Diyah Krisna Yuliana ; Ritha Riyandari ; Muhammad Iqbal Habibie ; Ahmad Luthfi Hadiyanto ; Argo Galih Suhadha ;</t>
+  </si>
+  <si>
+    <t>EC002025215405</t>
+  </si>
+  <si>
+    <t>Archaeological Heritage Management in Indonesia: Prospects and Challenges</t>
+  </si>
+  <si>
+    <t>Marlon Nicolay Ramon Ririmasse ;</t>
+  </si>
+  <si>
+    <t>EC002025215404</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Arkeologi Lingkungan, Maritim, dan Budaya Berkelanjutan</t>
+  </si>
+  <si>
+    <t>Dataset Air Permukaan di Wilayah Jawa Barat (2017-2024)</t>
+  </si>
+  <si>
+    <t>Lia Sadita ; Andre Sihombing ; Ira Maryati ; Roni Salambue ; Anjalika Rahayu ; Auzikny Lasyarqy Najmulmunir ; Heisha Rachman ;</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>EC002025212495</t>
+  </si>
+  <si>
+    <t>BRIN, FakultasMatematika dan Ilmu Pengetahuan Alam Universitas Riau, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Dataset Pemetaan Digital Elevation Model (DEM) Daerah Gerakan Tanah di Desa Mendala, Kecamatan Sirampog, Kabupaten Brebes, Jawa Tengah</t>
+  </si>
+  <si>
+    <t>Alvian Rizky Yanuardian ; Firman Prawiradisastra ; Khori Sugianti ; Edi Hidayat ; Sunarya Wibawa ;</t>
+  </si>
+  <si>
+    <t>EC002025212496</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Antisipasi Penyebaran Penyakit (SIAPP)</t>
+  </si>
+  <si>
+    <t>Purnomo Husnul Khotimah ; Andri Fachrur Rozie ; Andria Arisal ; Ekasari Nugraheni ; Dianadewi Riswantini ; Wiwin Suwarningsih ; Devi Munandar ;</t>
+  </si>
+  <si>
+    <t>EC002025212503</t>
+  </si>
+  <si>
+    <t>Software Komputer untuk Identifikasi Ruang Terbuka Hijau (RTH) berbasis NDVI dengan menggunakan citra satelit Sentinel-2 Surface Reflectance</t>
+  </si>
+  <si>
+    <t>Dandy Aditya Novresiandi ; Danang Surya Candra ; Gatot Nugroho ; Eduard Thomas Prakoso M ; Krisna Malik Sukarno ; Steward Augusto ; Fadillah Halim Rasyidy ; Dianovita ; Jansen Sitorus ;</t>
+  </si>
+  <si>
+    <t>EC002025212499</t>
+  </si>
+  <si>
+    <t>SISIRAJA</t>
+  </si>
+  <si>
+    <t>Nuraini Rahma Hanifa ; Aang Gunawan S ; Aria Bisri ; Tedy Mutakin ; Achmad Fakhrus Shomim ; Fa`iz Muttaqy ; Putri Natari Ratna ; Sonny Aribowo ; Endra Gunawan ; Andi Muhammad Naufal ; Rizki Tazidi Zayd ; Laura Aurellia Yusminar ; Bunga Nur Haliza ; Nikmah Ramadani Fitri ; ; Feby Angriyani ;</t>
+  </si>
+  <si>
+    <t>EC002025212504</t>
+  </si>
+  <si>
+    <t>CARRIE App: Aplikasi Delivery-on-Demand untuk Collaborative Autonomous Robot for Rugged Industrial Environment (CARRIE)</t>
+  </si>
+  <si>
+    <t>Roni Permana Saputra ; Dayat Kurniawan ; Yukhi Mustaqim Kusuma Sya`bana ; Rizky Saputra Tarigan ;</t>
+  </si>
+  <si>
+    <t>EC002025212502</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Mekatronika Cerdas</t>
+  </si>
+  <si>
+    <t>BugisLingua: Sistem Penerjemahan Multi-Bahasa ke Bahasa Bugis</t>
+  </si>
+  <si>
+    <t>Yuyun ; M. Teduh Uliniansyah ; Andi Djalal Latief ; Agung Santosa ; Elvira Nurfadhilah ; Siska Pebiana ; Radhiyatul Fajri ; Nuryani ; Lyla Ruslana Aini ; - Wabula ; Gusnawary ; Pamuda ; Hazriani ; Nurfaeda ;</t>
+  </si>
+  <si>
+    <t>EC002025212497</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Korpus Suara Bahasa Bugis</t>
+  </si>
+  <si>
+    <t>M. Teduh Uliniansyah ; Yuyun ; Andi Djalal Latief ; Radhiyatul Fajri ; Elvira Nurfadhilah ; Nuraisa Novia Hidayati ; Siska Pebiana ; Lyla Ruslana Aini ; Nuryani ; Agung Santosa ; Gunarso ; Gusnawaty ; Pammuda ; Mutahharah Nemin Kaharuddin ; Ita Rosvita ; Nurfaedah Jufri ; Munawirah ; Hazriani ;</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>EC002025209699</t>
+  </si>
+  <si>
+    <t>BRIN, UNHAS, -, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Software Pemetaan Indek Penanaman (IP) Padi Menggunakan Pendekatan Fenologi Pertumbuhan Tanaman dari Data Satelit SAR</t>
+  </si>
+  <si>
+    <t>Inggit Lolita Sari ; Kustiyo ; Hidayat Gunawan ; Novie Indriasari ; Mokhamad Subehi ; Yudi Setiawan ; Yulia Amirul Fata ; Luqman Musyafa ;</t>
+  </si>
+  <si>
+    <t>EC002025209703</t>
+  </si>
+  <si>
+    <t>InaCOVED (Indonesian Corpus for COVID-19 Event Detection) on Online News 2.0</t>
+  </si>
+  <si>
+    <t>Purnomo Husnul Khotimah ; Andri Fachrur Rozie ; Andria Arisal ; Ekasari Nugraheni ; Dianadewi Riswantini ; Wiwin Suwarningsih ; Nungki Dian Sulistyo Darmayanti ; Nazla Dzaalika Ainaya ; Nur Annisa Putri Rezkia ; Erin Elfitriani ; Anita Caroline Gunawan ; Dian Kurniasari ; Aang Nuryaman ; Netti Herawati ;</t>
+  </si>
+  <si>
+    <t>EC002025209705</t>
+  </si>
+  <si>
+    <t>BRIN, UNILA, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>AVOLTRAC: Automatic Volume Traffic Counter</t>
+  </si>
+  <si>
+    <t>Asep Haryono ; Djoko Prijo Utomo ; Sucipto ; Asep Yayat Nurhidayat ; Mira Marindaa T. Sampetoding ; Mega Novetrishka Putri ; Mohamad Ivan Aji Saputro ; Nur Fitriana ; Dwi Phalita Upahita ; Yulianta ; Windra Priatna Humang ; Dedy Arianto ; Yustina Niken Raharina Hendra ; Maharani Almira Salsabilla ; Tri Widodo ; Rutma Pujiwat ; Umi Chasanah ; Sahid Bismantoko ; Abdul Aziz Nashiruddin Nalole ; Cep Zamzam Lutfi Firdaus ; Navilla KomaraPratiwi ; Nizhar Arya Hamitha ;</t>
+  </si>
+  <si>
+    <t>EC002025209678</t>
+  </si>
+  <si>
+    <t>BRIN, PT. INTENS, Pusat Riset Teknologi Transportasi</t>
+  </si>
+  <si>
+    <t>TBRISK-VIZ JAWA BALI</t>
+  </si>
+  <si>
+    <t>Yunita Fitrianti ; Maria Holly Herawati ; Hadi Supratikta ; Noer Endah Pracoyo ; Dina Bisara ; Kristina ; Hendayani ; Akhmad Yasin ; Siti Maemunah ; kemenkes ; ; marhensa ; Sofwandy ;</t>
+  </si>
+  <si>
+    <t>EC002025209689</t>
+  </si>
+  <si>
+    <t>Data Pengukuran Nilai Mean Objek Daun Teh (Camellia assamica L.) menggunakan Spektroradiometer pada Berbagai Level Kesehatan Tanaman Teh di Kebun Teh Ciliwung, Kecamatan Cisarua, Kabupaten Bogor</t>
+  </si>
+  <si>
+    <t>Rachmat Abdul Gani ; Sukarman ; Destika Cahyana ; Bambang Setiadi ; Edi Yatno ; Anny Mulyani ; Muhammad Hikmat ; Vicca Karolinoerita ; Rufaidah Qonita Muslim ; Mira Media Pratamaningsih ; Diah Puspita Hati ; Budi Mulyanto ; Bambang Hendro Trisasongko ;</t>
+  </si>
+  <si>
+    <t>EC002025210042</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Pengumpulan Minyak Jelantah dengan Smart Box untuk Pasokan Sustainable Aviation Fuel</t>
+  </si>
+  <si>
+    <t>Zulwelly M ; Dharmawan ; Triyono Widi Sasongko ; Arief Ameir Rahman Setiawan ; Francisca Maria Erny Septiarsi ; Geby Otivriyanti ; Riana Yenni Hartana Sinaga ; Nurus Sahari Laili ; Mulyono ; Maya Larasati Donna Wardani ; Ni Luh Putu Ayu Ratri Utami ; Anita Yustisia I. Z. ; Vionita Lukitari Ari P. ; Abdul Rahman ; Ari Widiarto ;</t>
+  </si>
+  <si>
+    <t>EC002025209663</t>
+  </si>
+  <si>
+    <t>BRIN, PT. Noovoleum Indonesia Investama, Pusat Riset Sistem Industri dan Manufaktur Berkelanjutan</t>
+  </si>
+  <si>
+    <t>Topo-Index</t>
+  </si>
+  <si>
+    <t>Khori Sugianti ; Mamat Suhermat ; Aria Bisri ; Wawan Hendriawan Nur ; Okta Fajar Saputra ; Adrin Tohari ;</t>
+  </si>
+  <si>
+    <t>EC002025209685</t>
+  </si>
+  <si>
+    <t>PlanktoScan</t>
+  </si>
+  <si>
+    <t>Aria Bisri ; Esa Prakasa ; Arief Rachman ; Diah Radini Noerdjito ; Riyo Wardoyo ; Mariana Destila Bayu Intan ; Ovide Decroly Wisnu Ardhi ; Tri Retnaningsih Soeprobowati ; Kusworo Adi ; Akmal Muzaki Bakir ; Feryadi Yulius ; Raid Muhammad Naufal ;</t>
+  </si>
+  <si>
+    <t>EC002025209701</t>
+  </si>
+  <si>
+    <t>GEMS (Geo-Enabled Mangrove Surveillance)</t>
+  </si>
+  <si>
+    <t>Munawaroh ; Nanin Anggraini ; Aninda Wisaksanti Rudiastuti ; Yulizar Ihrami Rahmila ; Gathot Winarso ; A. A. Md. Ananda Putra Suardana ; Rahmadi ; Muhammad Sufwandika Wijaya ;</t>
+  </si>
+  <si>
+    <t>EC002025212500</t>
+  </si>
+  <si>
+    <t>Aplikasi evaluasi dan optimasi membrane bioadsorben pada air limbah timbal (Pb) dan kadmium (Cd) berbasis lagrange multiplier dan regresi</t>
+  </si>
+  <si>
+    <t>Yuli Sudriani ; Arnida L. Latifah ; Ihsan Farhan Maulana ; Mutia Nur Estri ;</t>
+  </si>
+  <si>
+    <t>EC002025209713</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Nata De Santan</t>
+  </si>
+  <si>
+    <t>Novy Ariyanto ; Yoyon Wahyono ; Isnaeni Kumalasari ; Virny Zasyana Eka Putri ; Anisah ; Muhammad Raihan Farras Hakim ; Mutia Citrawati Lestari ; Anissa Dewi Suryaningtyas ; Sundari ; Sri Peni Wijayanti ; Abdul Rahman ; Lambas Parlaungan Panggabean ; Anggara Lomak Prihatin ; Nugroho Adi Sasongko ; Noer Laily ; M. Arief Rahman Halim ; Cuk Supriyadi Ali Nandar ; Rahmad Agus Koto ;</t>
+  </si>
+  <si>
+    <t>EC002025209670</t>
+  </si>
+  <si>
+    <t>BRIN, GAPNI, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>Dataset Benih Kelapa Sawit Varietas Yangamby dan Dumpy; Dataset Benih Kelapa Sawit untuk Pengembangan Model Machine Learning-Artificial Inteligence (AI) guna mengidentifikasi Varietas sejak dini</t>
+  </si>
+  <si>
+    <t>Rismayanti ; Agung Eru Wibowo ; Indra Rachmawati ; Suparjo ; Eva Erdayani ; Muhamad Rodhi Supriyadi ; Assoc. Prof. Dr. Alina Wagiran ; Indarto ; Ardy Erdiyanto ; Abdul Harits Iftikar Nasu ; Apri Junaidi, S.Kom.,M.Kom.,MCS ; Aditya Hari Saputra ; Fauzan Bima Putra Kencana ; M Hadi Sasmita ;</t>
+  </si>
+  <si>
+    <t>EC002025209686</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Botani Terapan</t>
+  </si>
+  <si>
+    <t>Dataset Kamus Elektronik Bahasa Indonesia untuk Pemrosesan Bahasa Alami</t>
+  </si>
+  <si>
+    <t>Gunarso ; M. Teduh Uliniansyah ; Agung Santosa ; Asril ; Elvira Nurfadhilah ; Lyla Ruslana Aini ; Hammam Riza ;</t>
+  </si>
+  <si>
+    <t>EC002025209664</t>
+  </si>
+  <si>
+    <t>Dataset Citra Satelit Sentinel-1 (VH dan RPI) Komposit 15 Harian untuk Pemodelan Fase Pertumbuhan Padi Nasional tahun 2025</t>
+  </si>
+  <si>
+    <t>Siti Nadia Nurhidayah ; Dede Dirgahayu Domiri ; Hilda Ayu Pratikasiwi ; I Made Parsa ; Hengki Muradi ;</t>
+  </si>
+  <si>
+    <t>EC002025209704</t>
+  </si>
+  <si>
+    <t>Program Segmentasi Lapang Paru Berdasarkan Citra Chest X-Ray Menggunakan Metode U-Net</t>
+  </si>
+  <si>
+    <t>Dewi Habsari Budiarti ; Anto Satriyo Nugroho ; Supriana Suwanda ; Fajar Astuti Hermawati ; Muhammad Alfan Firdaus ; Amanda Restu Eka Pramesti ; Elly Matul Imah ; Telly Kamelia ;</t>
+  </si>
+  <si>
+    <t>EC002025209697</t>
+  </si>
+  <si>
+    <t>BRIN, UNTAG, UNESA, Pusat Riset Kecerdasan Artifisial dan Keamanan Siber</t>
+  </si>
+  <si>
+    <t>Data Digital Elevation Model (DEM) resolusi 8m hasil akuisisi data survei di area pesisir Pantai Gosong, Pantai Pasir Panjang, Pantai Pesisir Kuala, dan sekitarnya</t>
+  </si>
+  <si>
+    <t>Amalia Nurwijayanti ; Widjo Kongko ; Nurkhalis Rahili ; Favian Mafazi Giska Putra ; Sapto Nugroho ; Hanah Khoirunnisa ; Farikhotul Chusnayah ; Budi Santoso ; Hadi Suntoko ; Dr. Sugeng Pribadi, S.T., M.D.M. ; Muhammad Luqman Hakim, S.T., M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC002025209716</t>
+  </si>
+  <si>
+    <t>Dataset Topografi dan Batimetri Muara Sungai Serang, untuk Riset Optimasi Desain Tunggal Dan Hybrid Tsunami.</t>
+  </si>
+  <si>
+    <t>Khusnul Setia Wardani ; Favian Mafazi Giska Putra ; Widjo Kongko ; Amalia Nurwijayanti ; Farikhotul Chusnayah ; Anies Ma`rufatin ; Novian Andri Akhirianto ;</t>
+  </si>
+  <si>
+    <t>EC002025209669</t>
+  </si>
+  <si>
+    <t>Website TANAM’AMAN: Sistem informasi prediksi penyakit tungro padi secara geografis di Indonesia</t>
+  </si>
+  <si>
+    <t>Wasis Senoaji ; Nur Rosida ; Effi Alfiani Sidik ; Elisurya Ibrahim ; Firmansyah ; Rini Ismayanti ; Achmad Gunawan ; I Nyoman Widiarta ; Kestrilia Rega Prilianti ; Stanley Adi Dewangga ; Ani Mugiasih ;</t>
+  </si>
+  <si>
+    <t>EC002025209679</t>
+  </si>
+  <si>
+    <t>Korpus Paralel Bahasa Indonesia - Bugis (IndoBugis 10K[2])</t>
+  </si>
+  <si>
+    <t>Andi Djalal Latief ; M. Teduh Uliniansyah ; Yuyun ; Agung Santosa ; Elvira Nurfadhilah ; Nuraisa Novia Hidayati ; Siska Pebiana ; Radhiyatul Fajri ; Gusnawati ; Hazriani ; Nurfaedah ; Mutahharah Nemin Kaharuddin ; Ita Rosvita ; Pammuda ;</t>
+  </si>
+  <si>
+    <t>EC002025209698</t>
+  </si>
+  <si>
+    <t>BRIN, UNHAS, -, Pusat Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Aplikasi Web-based REMAJA SEHAT</t>
+  </si>
+  <si>
+    <t>Tin Afifah ; Lutfah Rif`ati ; Siti Isfandari ; Rika Rachmalina ; Herti Windya Puspasari ; Kartika Afrida Fauzia ; Amir Su`udi ; Sri Handayani ; Romeyn Perdana Putra ; Anggraeni Dian Permatasari ; Kristina ; dr. Wienta Diarsvitri MSc, PhD, MHPE, FISPH, FISCM ;</t>
+  </si>
+  <si>
+    <t>EC002025209677</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Kesehatan Masyarakat dan Gizi</t>
+  </si>
+  <si>
+    <t>PENDAS: Perangkat Analisis Pola Distribusi Jasa Ekosistem Spasial untuk Pengelolaan DAS Berkelanjutan</t>
+  </si>
+  <si>
+    <t>Fadhlullah Ramadhani ; Irmadi Nahib ; Wiwin Ambarwulan ; Bambang Winarno ; Widiatmaka ; Suria Darma Tarigan ;</t>
+  </si>
+  <si>
+    <t>EC002025209676</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Limnologi dan Sumber Daya Air</t>
+  </si>
+  <si>
+    <t>SolPyGen</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Iwan Setiawan ; Didi Rosiyadi ; Ibrahim Danial Bisulthon ;</t>
+  </si>
+  <si>
+    <t>EC002025209714</t>
+  </si>
+  <si>
+    <t>Aplikasi web analisis Topoindex</t>
+  </si>
+  <si>
+    <t>Wawan Hendriawan Nur ; Khori Sugianti ; Mamat Suhermat ; Okta Fajar Saputra ; Aria Bisri ; Aang Gunawan S ;</t>
+  </si>
+  <si>
+    <t>EC002025209702</t>
+  </si>
+  <si>
+    <t>Klasifikasi Penggunaan Lahan Berbasis Obyek (Object-based Image Analysis) pada Kawasan Rawan Longsor di Wilayah Bogor menggunakan Google Earth Engine</t>
+  </si>
+  <si>
+    <t>Dian Nuraini Melati ; Yukni Arifianti ; Astisiasari ; Raditya Panji Umbara ; Lian Yuanita Andikasari ; Sukristiyanti ; Wisyanto ; Trinugroho ; Taufik Iqbal Ramdhani ;</t>
+  </si>
+  <si>
+    <t>EC002025209671</t>
+  </si>
+  <si>
+    <t>Software Komputer untuk Kalkulasi dan Visualisasi Titik Panas (Fire Hotspot) dari Citra Satelit Himawari-8 Menggunakan Metode Autoregresi Spatiotemporal</t>
+  </si>
+  <si>
+    <t>Fadillah Halim Rasyidy ; Wismu Sunarmodo ; Rahmat Arief ; Yenni Vetrita ; Indah Prasasti ; Donna Monica ; Dadan Ramdani ; Bayu Satya Adhitama ; Suwarsono ; Andy Indradjad ; Tri Wandi Yanuar, M.Sc., Ph.D. ;</t>
+  </si>
+  <si>
+    <t>EC002025209688</t>
+  </si>
+  <si>
+    <t>ReDash: Retort Sterilization Dashboard</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Yusnan Hasani Siregar ; Novrinaldi ; Maulana Furqon ; Achmat Sarifudin ; Sandi Darniadi ; Ibrahim Danial Bisulthon ;</t>
+  </si>
+  <si>
+    <t>EC002025209666</t>
+  </si>
+  <si>
+    <t>Program Klasifikasi Tingkat Kerentanan Kawasan Pantai Berbasis K-Nearest Neighbor</t>
+  </si>
+  <si>
+    <t>Ayu Novitasari Saputri ; Wahyu Hendriyono ;</t>
+  </si>
+  <si>
+    <t>EC002025209691</t>
+  </si>
+  <si>
+    <t>RekomendasiMenu: Aplikasi Rekomendasi Menu Makanan Sesuai Kebutuhan Nutrisi Masyarakat Indonesia</t>
+  </si>
+  <si>
+    <t>Al Hafiz Akbar Maulana Siagian ; Shidiq Al Hakim ; Niken Fitria Apriani ; Siti Kania Kushadiani ; Ekawati Marlina ; Ammar Widhianta, S.Kom. ; Dr. Diana Tri Susetianingtias, S.Kom., MMSI ; Dr. Rodiah, ST., MMSI. ; Dr. Trini Saptariani, S.Kom., MMSI. ;</t>
+  </si>
+  <si>
+    <t>EC002025209715</t>
+  </si>
+  <si>
+    <t>ShoreLineX: Aplikasi Pemantauan Perubahan Garis Pantai Berbasis Citra Satelit</t>
+  </si>
+  <si>
+    <t>Azura Ulfa ; Hilda Ayu Pratikasiwi ; Siti Nadia Nurhidayah ; Krisna Malik Sukarno ; A. A. Md. Ananda Putra Suardana ; Muhammad Rizki Nandika ;</t>
+  </si>
+  <si>
+    <t>EC002025209706</t>
+  </si>
+  <si>
+    <t>Warna Bumi: aplikasi untuk mengkonversi kode warna tanah Munsell ke nama dalam bahasa Inggris dan Indonesia dan sebaliknya</t>
+  </si>
+  <si>
+    <t>Destika Cahyana ; Bambang Setiadi ; Sukarman ; Anny Mulyani ; Muhammad Hikmat ; Edi Yatno ; Vicca Karolinoerita ; Diah Puspita Hati ; Rachmat Abdul Gani ; Mira Media Pratamaningsih ; Andria Arisal ;</t>
+  </si>
+  <si>
+    <t>EC002025209675</t>
+  </si>
+  <si>
+    <t>HortiHub : Platfrom Integratif-Kolaboratif Teknologi Digital Data Fenotipik dan Multi-Omics</t>
+  </si>
+  <si>
+    <t>Lukita Devy ; Dwinita Wikan Utami ; Ady Daryanto ; Araz Meilin ; Hermawati Cahyaningrum ; Mariana Susilowati ; Yulia Aris Kartika ; Delvi Maretta ; Anne Parlina ; Huda Mohamad Elmatsani ; Dadan Ridwan Saleh ; Pangestu Adyatma Ekandra ;</t>
+  </si>
+  <si>
+    <t>EC002025209690</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Hortikultura</t>
+  </si>
+  <si>
+    <t>i-UTM</t>
+  </si>
+  <si>
+    <t>Nanda Nagara ; Athanasia Amanda Septevani ; Rilo Berdin Taqriban ; Roni Permana Saputra ; Yusuf Nur Wijayanto ;</t>
+  </si>
+  <si>
+    <t>EC002025209680</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Elektronika</t>
+  </si>
+  <si>
+    <t>Prediksi Total Bobot Lahir Domba (PreTOBAD)</t>
+  </si>
+  <si>
+    <t>Alfian Destomo ; Bess Tiesnamurti ; Endang Romjali ; Eko Handiwirawan ; Simon Elieser ; Aryogi ; Peni Wahyu Prihandini ; Chalid Talib ; Alek Ibrahim ; Procula Rudlof Matitaputty ; I Nyoman Suyasa ; Zubir ; Rijanto Hutasoit ; Tanda Sahat Sastradarmaja Panjaitan ;</t>
+  </si>
+  <si>
+    <t>EC002025209687</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Peternakan</t>
+  </si>
+  <si>
+    <t>Sistem Deteksi Berita Palsu dengan XAI dan Model Transformer Bahasa Indonesia</t>
+  </si>
+  <si>
+    <t>Rini Wijayanti ; Iftitahu Ni`mah ; M. Teduh Uliniansyah ; Yuyun ; Nakhwa Azizah ; Syifa Putri Fadhilla ; Timotius Devin ; Jansen ;</t>
+  </si>
+  <si>
+    <t>EC002025209700</t>
+  </si>
+  <si>
+    <t>BRIN, PT Datasaur Software Indonesia, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Algoritma Enkripsi dan Ekstraksi SSH Session Keys (ADAEKS)</t>
+  </si>
+  <si>
+    <t>Lakmi Makarti ; Rd. Angga Ferianda ; Heru Susanto ; Budhi Riyanto ; Andri Saputra ; Arief Indriarto Haris ; Cahyono Nugroho ; Samsudiat ; Masnita Indriani Oktavia ;</t>
+  </si>
+  <si>
+    <t>EC002025209665</t>
+  </si>
+  <si>
+    <t>SIstem informasi GEnangan &amp; peRambatan banjir ROB (SIGER ROB)</t>
+  </si>
+  <si>
+    <t>Muhammad Priyatna ; M. Rokhis Khomarudin ; Parwati ; Jalu Tejo Nugroho ; Budhi Riyanto ; Wiji Prasetio ; Gatot Nugroho ;</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>EC002025206598</t>
+  </si>
+  <si>
+    <t>Nuclear Site Evaluation Assist Tools (NSEAT)</t>
+  </si>
+  <si>
+    <t>Abimanyu Bondan Wicaksono Setiaji ; Kurnia Anzhar ; Hadi Suntoko ; Sudi Ariyanto ; Akhmad Muktaf Haifani ; Yuni Indrawati ; Euis Etty Al Hakim ; Laili Farah ; Sufiana Solihat ; Ewitha Nurulhuda ; Eko Rudi Iswanto ; Amil Mardha ; Yus Rusdian Akhmad ; Sunarko ; Elok Satiti Amitayani ; Rizki Firmansyah Setya Budi ; Nuryanti ; Nurlaila ; Zulfiandri ;</t>
+  </si>
+  <si>
+    <t>EC002025206561</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Reaktor Nuklir</t>
+  </si>
+  <si>
+    <t>Dataset spektral tanaman untuk perhitungan klorofil total</t>
+  </si>
+  <si>
+    <t>Kurdianto ; Tri Muji Susantoro ; Suliantara ; Herru Lastiadi Setiawan ; M. Rokhis Khomarudin ; Sayidah Sulma ; Danang Surya Candra ; Rahmat Arief ; Gatot Nugroho ; Yohanes Fridolin Hestrio ; Ahmad Maryanto ; Adis Jayati ; Agung Syetiawan ;</t>
+  </si>
+  <si>
+    <t>EC002025206590</t>
+  </si>
+  <si>
+    <t>Sistem Visualisasi Informasi Lahan Terbakar Online</t>
+  </si>
+  <si>
+    <t>Rahmadi ; Ahmad Sutanto ; Anwar Annas ; Agnes Sondita Payani ; Siti Nadia Nurhidayah ; Silvan Anggia Bayu Setia Permana ; Dr. Fadhil Hidayat, S.Kom, M.T ;</t>
+  </si>
+  <si>
+    <t>EC002025206589</t>
+  </si>
+  <si>
+    <t>Software Antarmuka Pengendali Sistem Propulsi Satelit Orbit LEO</t>
+  </si>
+  <si>
+    <t>Nurrochman Ferdiansyah ; Hasan Mayditia ; Ery Fitrianingsih ; Eriko Nasemudin Nasser ; Affiani Machmudah ; Adi Farmasiantoro ; Dwiyanto ; Bina Pratomo ; Hogan Eighfansyah Susilo ; Aulia Haque Qonita ; Anshari Akbar ;</t>
+  </si>
+  <si>
+    <t>EC002025206563</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Satelit</t>
+  </si>
+  <si>
+    <t>D-Sentinel</t>
+  </si>
+  <si>
+    <t>Arief Indriarto Haris ; Heru Susanto ; Akbari Indra Basuki ; Uus Khusni ; Rd. Angga Ferianda ; Rachmat Hidayat ; Iwan Setiawan ; Lakmi Makarti ; Shelvie Nidya Neyman ; Mushthofa ;</t>
+  </si>
+  <si>
+    <t>EC002025206581</t>
+  </si>
+  <si>
+    <t>Simaternal : Sistem Informasi Indeks Ekuitas Layanan Maternal</t>
+  </si>
+  <si>
+    <t>Siti Masitoh ; Suparmi ; Bunga Astria Paramashanti ; Yuni Purwatiningsih ; Dede Anwar Musadad ; Wahyu Pudji Nugraheni ; Rianto Purnama ; Retno Pujisubekti ; Novie Irawaty Laura Manurung ;</t>
+  </si>
+  <si>
+    <t>EC002025206575</t>
+  </si>
+  <si>
+    <t>"Platform Digital Untuk Edukasi Status Gizi Dan Sindrom Metabolik Menuju Lanjut Usia Gesit" (SiGesitlansia)</t>
+  </si>
+  <si>
+    <t>Sri Supadmi ; Marizka Khairunnisa ; Slamet Riyanto ; Ina Kusrini ; Taufiq Hidayat ; Muhamad Arif Musoddaq ; Tri Suwarno ; Agus Wijanarka ; Titik Kuntari ;</t>
+  </si>
+  <si>
+    <t>EC002025206576</t>
+  </si>
+  <si>
+    <t>Sistem Perhitungan Probabilitas Terbakar (Sistem PPT)</t>
+  </si>
+  <si>
+    <t>Bayu Satya Adhitama ; Karunika Diwyacitta ; Ika Siwi Supriyani ; Andy Indradjad ;</t>
+  </si>
+  <si>
+    <t>EC002025206599</t>
+  </si>
+  <si>
+    <t>Avatar Pedagogis Berbasis Budaya</t>
+  </si>
+  <si>
+    <t>Ambar Yoganingrum ; Abdurrakhman Prasetyadi ; Ratu Berliana Nursabrina Shiddiq ; Tiara Radinska Deanda, S.Sn., M.Ds ;</t>
+  </si>
+  <si>
+    <t>EC002025206594</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Prediksi Serapan Karbon di Kota Cirebon (SIMACOTA)</t>
+  </si>
+  <si>
+    <t>Igif Gimin Prihanto ; Hendy Gunawan ; Muhammad Priyatna ; Wiji Prasetio ; Budhi Riyanto ; Uus Khusni ; Alpeus Manihuruk ; Dewi Handayani ; Nur Wakhid ;</t>
+  </si>
+  <si>
+    <t>EC002025206579</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Ekologi</t>
+  </si>
+  <si>
+    <t>Program Komputer untuk Training Dataset e-Mangrove</t>
+  </si>
+  <si>
+    <t>Adiguna Rahmat Nugraha ; Nuryani Widagti ; Riyo Wardoyo ; Edi Kurniawan ; Frida Sidik ; Sarah Nuralifah ; Devi Shifa Adillah ; Alvira Nabilatul Aisyah ;</t>
+  </si>
+  <si>
+    <t>EC002025206591</t>
+  </si>
+  <si>
+    <t>Nusantara Zero Emission Platform (NZEP)</t>
+  </si>
+  <si>
+    <t>Desy Kurniawati ; Cahyadi ; Yusuf Margowadi ; Wiwie Chaeruni ; Enny Rosmawar Purba ; Tata Sutardi ; Taopik Hidayat ; Zulramadhanie ; Sarwo Turinno ; Anita Dewi Limbong ; Dionysius Aldion Renata ; Heri Nugraha ; Yusuf Ahda ; Hadi Surachman ; Sutopo ; Titik Nurmawati ; Noor Fachrizal ; Sugiono ;</t>
+  </si>
+  <si>
+    <t>EC002025206554</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Konversi dan Konservasi Energi</t>
+  </si>
+  <si>
+    <t>GeoCropSAR – Aplikasi Identifikasi Tanaman Semusim Berbasis Geospasial Menggunakan Data Synthetic Aperture Radar</t>
+  </si>
+  <si>
+    <t>Anugrah Indah Lestari ; Krisna Malik Sukarno ; Budhi Gustiandi ; Mukhoriyah ; Kurnia Ulfa ; Karunika Diwyacitta ; Dony Kushardono ; Kustiyo ; R Bambang Heryanto ;</t>
+  </si>
+  <si>
+    <t>EC002025206596</t>
+  </si>
+  <si>
+    <t>Tesmata New Version</t>
+  </si>
+  <si>
+    <t>Kartika Afrida Fauzia ; Lutfah Rif`ati ; Anton Suryatma ; Delima ; Zahroh Nishful Lailiyah ; Farah Auliyaa Ul-Qisthi ;</t>
+  </si>
+  <si>
+    <t>EC002025206559</t>
+  </si>
+  <si>
+    <t>Aplikasi Pemantauan Spasial Perubahan LULC dan Subsiden di Sekitar Jalan Tol melalui GEE</t>
+  </si>
+  <si>
+    <t>Mohammad Ardha ; Galdita Aruba Chulafak ; Argo Galih Suhadha ; Nugraheni Setyaningrum ; Azura Ulfa ;</t>
+  </si>
+  <si>
+    <t>EC002025206587</t>
+  </si>
+  <si>
+    <t>Sinkron-AIR: Chatbot Berbasis Large Language Model (LLM) untuk Sinkronisasi Dokumen Hukum Keamanan Laut</t>
+  </si>
+  <si>
+    <t>Iftitahu Ni`mah ; Nuraisa Novia Hidayati ; Lyla Ruslana Aini ; Radhiyatul Fajri ; Siska Pebiana ; Rini Wijayanti ; M. Teduh Uliniansyah ; Rr. Emilia Yustiningrum ; Sri Gilang Muhammad Sultan Rahma Putra ; Amelya Gustina ; Sutan Sorik ; Rifki Sadikin ; Amarulla Octavian ;</t>
+  </si>
+  <si>
+    <t>EC002025206593</t>
+  </si>
+  <si>
+    <t>Indonesian Nuclear Forensics Library (INFL) Management System</t>
+  </si>
+  <si>
+    <t>Nizar Kamil Perwira ; Foni Agus Setiawan ; Lindung Parningotan Manik ; Erlina Noerpitasari ; Deni Mustika ; Zaenal Akbar ; Arief Sasongko Adhi ; Pertiwi Diah Winastri ; Raden Rara Ratih Langenati ; Maman Kartaman Ajiriyanto ; Dwi Agus Wrihatno ;</t>
+  </si>
+  <si>
+    <t>EC002025206595</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Bahan Nuklir dan Limbah Radioaktif</t>
+  </si>
+  <si>
+    <t>Modul Diseminasi Bioarchive dan Integrasi Repositori Ilmiah Nasional (RIN) Platform Indonesian Nucleotide Archives (InNA)</t>
+  </si>
+  <si>
+    <t>I Wayan Aditya Swardiana ; Rifki Sadikin ; Sahid Bismantoko ; Stevry Yushady CH Bissa ; Syam Budi Iryanto ; Inna Syafarina ; Maulida Mazaya ; Imam Civi Cartealy ; Ihsan Nugraha ; Wisnu Ananta Kusuma ;</t>
+  </si>
+  <si>
+    <t>EC002025206580</t>
+  </si>
+  <si>
+    <t>Hydrological Modeling - Based Decision Support System (HMB- DSS) versi 1.0</t>
+  </si>
+  <si>
+    <t>Dewi Verawati ; Apip ; Foni Agus Setiawan ; Atiqotun Fitriyah ; Siti Aisyah ; Widya Ningrum ; Hendro Wibowo ; Luki Subehi ;</t>
+  </si>
+  <si>
+    <t>EC002025206578</t>
+  </si>
+  <si>
+    <t>Analisis dan Visualisasi Interdependensi Metode DEMATEL (Anvis DEMATEL)</t>
+  </si>
+  <si>
+    <t>Priyo Wibowo ; Sofian Bastuti ;</t>
+  </si>
+  <si>
+    <t>EC002025206562</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Manufaktur Peralatan</t>
+  </si>
+  <si>
+    <t>EWS SIPANTARA, Aplikasi Peringatan Dini untuk Antisipasi Dampak Perubahan Iklim pada Tanaman Hortikultura</t>
+  </si>
+  <si>
+    <t>Aris Pramudia ; Suciantini ; Erni Susanti ; Yudi Riadi Fanggidae ; Dr. Muhammad Agung Sunusi, S.P., M.Si. ; Darmawan Lahru Riatma, S.Kom., M.M.T. ; Adi Ripaldi, M.Sc. ; Dr. Ir. Rahmawati, M.M. ; Ir. Irma Siregar ; Dr. Asmarhansyah, S.P., M.Sc. ; Ferrari Pinem, S.Si, M.Sc. ; Dr. Kharmilasari Hariyanti, S.Si, M.Si. ; Ir. Yuliastuti Purwaningsih, M.M. ; Ir. Aneng Hermami, M.Si. ; Ir. Slamet Riyadi, M.P. ; Desy R. Caesarani Utomo, S.P. ; Widhiyanti Nugraheni, S.Si, M.S.E. ; Aidil Azhar, S.P. ; Ella Winda Rahmatika, S.Si. ; Andi Abdurahim, S.Si., M.A.P. ; Hendry Puguh Susetyo, S.P., M.Si. ; Antoni Setiawan, S.P. ; M. Roy Setiawan Tambunan, S.P. ;</t>
+  </si>
+  <si>
+    <t>EC002025206555</t>
+  </si>
+  <si>
+    <t>Rowosari Tumata : Model Keteraturan Penataan Bantaran Banjir Berbasis Kuantifikasi Risiko Bencana Hidrometeorologi</t>
+  </si>
+  <si>
+    <t>Yus Budiyono A.r. ; Nana Sudiana ; Aulia Oktaviani ; Shafira Rahmadilla Hape ; Hari Prayogi ; Ibrahim Dwi Ariyoko ;</t>
+  </si>
+  <si>
+    <t>EC002025206560</t>
+  </si>
+  <si>
+    <t>MoDTracker: Perekam Jalur Kendaraan berbasis Distributed Storage</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Taufik Ibnu Salim ; Taufik Iqbal Ramdhani ; Arief Indriarto Haris ; Heru Susanto ; Rd. Angga Ferianda ; Ibrahim Danial Bisulthon ;</t>
+  </si>
+  <si>
+    <t>EC002025206583</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Penangkapan Ikan bagi Nelayan secara Real- Time Berbasis Satelit dan IoT “SIFISH”</t>
+  </si>
+  <si>
+    <t>R. Guntur Haryanto ; Agus Krisnowo ; Iwan Sudrajat ; Agus Widodo ; Aldrich Ilyas ; Agus Dwiono ; Hardono ; Gani Soehadi ; Solichah Vichy Budiwati ; Fauzie Dahmir ; Irfan Pratama Putera ; Jonathan Prabowo ; Dani Ramdani ;</t>
+  </si>
+  <si>
+    <t>EC002025206557</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Industri Proses dan Manufaktur</t>
+  </si>
+  <si>
+    <t>PROGRAM KOMPUTER GNSS READER UNTUK PENGUJIAN DAN VISUALISASI DATA SENSOR GNSS</t>
+  </si>
+  <si>
+    <t>Nurul Fahrizatul Rohmah ; Ikhwannuary Raditya Priyadana ; Anita Pascawati ; Kandi Rahardiyanti ; Sonny Dwi Harsono ; Mirza Zulfikar Rahmat ; Rachmat Ramdani ; Bagus Wicaksono ; Yudha Budiman ;</t>
+  </si>
+  <si>
+    <t>EC002025206568</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Roket</t>
+  </si>
+  <si>
+    <t>Alat Bantu Analisis Geospasial untuk Pemetaan Penyakit Berbasis Wilayah Administratif</t>
+  </si>
+  <si>
+    <t>Yudi Adinata ; Sri Suryatmiati Prihandani ; Fadhlullah Ramadhani ; Susan Maphilindawati Noor ; Wasito ; Fitrine Ekawasti ;</t>
+  </si>
+  <si>
+    <t>EC002025206577</t>
+  </si>
+  <si>
+    <t>Firmware–IoT Terintegrasi untuk Pemantauan Real-Time Emisi Gas Buang Kapal Berbasis Multi-Sensor</t>
+  </si>
+  <si>
+    <t>Indra Kurniawan ; Tris Handoyo ; Afif Widaryanto ; Ludfi Pratiwi Bowo ; Sinung Nugroho ; Prastya Rizky R. ; Ayudhia Pangestu Gusti ; Mega Suci Lestari ; Ilham Winatra ; Tetty Sulastry Mardiana ; Aditya Rinaldi ; Hafiz Rifki ;</t>
+  </si>
+  <si>
+    <t>EC002025206552</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Transportasi</t>
+  </si>
+  <si>
+    <t>SDGs Mapping Tools</t>
+  </si>
+  <si>
+    <t>Rumadi ; Ambar Yoganingrum ; Abdurrakhman Prasetyadi ; Aria Bisri ; Bimo Kusumo Putro Wicaksono ; Evan Adkara Christian Putra ; Yusry Anandita Yulianti ;</t>
+  </si>
+  <si>
+    <t>EC002025206582</t>
+  </si>
+  <si>
+    <t>AHP priority (Aplikasi Komputasi Analytical Hierarchy Process (AHP) untuk Penentuan Prioritas Alternatif)</t>
+  </si>
+  <si>
+    <t>Eka Nurdiana ; Kholid Akhmad ; Ahmad Gusyairi ; Hafsah Halidah ; Khotimatul Fauziah ; Adinda Prawitasari ; Dannya Maharani Putri Utami ; Suhraeni Syafei ; Annisaa Taradini ; Dhea Amelia Rianjani ; Teddy Anugrah Ramanel ; Munadiyan Nurhuda ;</t>
+  </si>
+  <si>
+    <t>EC002025206553</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Kelistrikan</t>
+  </si>
+  <si>
+    <t>Prototipe Panel Tegak Control Rod Reaktor Nuklir Berbasis Komputer</t>
+  </si>
+  <si>
+    <t>Kiswanta ; Sigit Santoso ; Sudarno ; Tulis Jojok Suryono ; Restu Maerani ; Ignatius Agus Purbhadi Wirgiyanto ; Dicky Tri Jatmiko ; Heri Suherkiman ; Umar Sahiful Hidayat ; Ikhsan Shobari ; Aldhan Dewanto Putra ; Zulfikar Elran Bhagaskara ;</t>
+  </si>
+  <si>
+    <t>EC002025206558</t>
+  </si>
+  <si>
+    <t>Aplikasi smart paddy fenology classifier berbasis web</t>
+  </si>
+  <si>
+    <t>Wawan Hendriawan Nur ; Yuliana Susilowati ; Dede Dirgahayu Domiri ; Okta Fajar Saputra ; Aria Bisri ; Aang Gunawan S ; Mamat Suhermat ; Titan Listiani ; Happy Syahrul Ramadhan ; Farahanum Afifah Ardiansyah ; Nabila Anilda Zahrah ; Akmal Faiz Abdillah ; Natasya Ega Lina Marbun ; Presilia ; Oktavia Nurwenda Puspita S ;</t>
+  </si>
+  <si>
+    <t>EC002025206592</t>
+  </si>
+  <si>
+    <t>Sentinel-3 chlorophyll-a Multi-sensor Data Auto downloader Software (S-3MDAS)</t>
+  </si>
+  <si>
+    <t>Emiyati ; Sayidah Sulma ; Rossi Hamzah ; Teguh Prayogo ; Hastuadi Harsa ; Dony Kushardono ; Sartono Marpaung ; Lilis Sadiyah ; Fayakun Satria ; Aris Budiarto ;</t>
+  </si>
+  <si>
+    <t>EC002025206588</t>
+  </si>
+  <si>
+    <t>InCoVIS Indonesia Coastal Visualization of Inundation &amp; SLR</t>
+  </si>
+  <si>
+    <t>Muhammad Rizki Nandika ; Herlambang Aulia Rachman ; Badrul Huda Husain ;</t>
+  </si>
+  <si>
+    <t>EC002025206550</t>
+  </si>
+  <si>
+    <t>Sofware Identifikasi Varietas Benih Kelapa Sawit</t>
+  </si>
+  <si>
+    <t>Rismayanti ; Muhamad Rodhi Supriyadi ; Indra Rachmawati ; Suparjo ; Indarto ; Ardy Erdiyanto ; Abdul Harits Iftikar Nasu ;</t>
+  </si>
+  <si>
+    <t>EC002025206574</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Nata de Broth</t>
+  </si>
+  <si>
+    <t>Novy Ariyanto ; Yoyon Wahyono ; Virny Zasyana Eka Putri ; Isnaeni Kumalasari ; Anisah ; Muhammad Raihan Farras Hakim ; Nugroho Adi Sasongko ; Mutia Citrawati Lestari ; Anissa Dewi Suryaningtyas ; Sundari ; Sri Peni Wijayanti ; Abdul Rahman ; Ari Widiarto ; Lambas Parlaungan Panggabean ; Noer Laily ; Dwi Pangesti Handayani ; Anggara Lomak Prihatin ; Cuk Supriyadi Ali Nandar ; Rahmad Agus Koto ;</t>
+  </si>
+  <si>
+    <t>EC002025206551</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Masyarakat untuk Tuberkulosis Anak Berbasis Data Mining disingkat SIMANTIB</t>
+  </si>
+  <si>
+    <t>Muhammad Priyatna ; Joko Irianto ; Felly Philipus Senewe ; Primasari ; Dina Bisara ; Maria Holly Herawati ; M. Rokhis Khomarudin ; Budhi Gustiandi ; Budhi Riyanto ; M. Choirul Hadi ;</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>EC002025187815</t>
+  </si>
+  <si>
+    <t>Kode Program untuk Pemodelan Landslide Susceptibility Menggunakan XGBoost, CatBoost,Random Forest, dan Blended Ensemble Model</t>
+  </si>
+  <si>
+    <t>Moch. Hilmi Zaenal Putra ; Zulfahmi ; Dwi Sarah ; Adrin Tohari ;</t>
+  </si>
+  <si>
+    <t>EC002025187840</t>
+  </si>
+  <si>
+    <t>N-LMSI (Non-Intrusive Load Monitoring Sequence Intergrator)</t>
+  </si>
+  <si>
+    <t>Dionysius Aldion Renata ; Heri Nugraha ; Arief Kurniawan ; Khotimatul Fauziah ; Yusuf Margowadi ; Vetri Nurliyanti ; Eka Nurdiana ; Adinda Prawitasari ; Dannya Maharani Putri Utami ; Asih Kurniasari ; Prasetyo Aji ; Kholid Akhmad ; Muhammad Very Nugroho ;</t>
+  </si>
+  <si>
+    <t>EC002025187844</t>
+  </si>
+  <si>
+    <t>Colorizer : Aplikasi Colorimetri berbasis Smartphone</t>
+  </si>
+  <si>
+    <t>Robeth Viktoria Manurung ; Chandra Risdian ; Jonathan Edwards Telaumbanua ; Richard Anthony Lim ; Winda Astuti ;</t>
+  </si>
+  <si>
+    <t>EC002025187833</t>
+  </si>
+  <si>
+    <t>Pengembangan perangkat lunak visualisasi modul alat pemantauan nilai kapasitansi dan nilai induktansi secara waktu nyata pada LCL Filter (BRINTEC V2)</t>
+  </si>
+  <si>
+    <t>Asep Dadan Hermawan ; Tsani Hendro Nugroho ; Fitra Hidiyanto ; Heri Nugraha ;</t>
+  </si>
+  <si>
+    <t>EC002025187864</t>
+  </si>
+  <si>
+    <t>Dataset Jalur Navigasi Transportasi sungai (Spasial Musiman) &amp; Identifikasi hambatan tahun 2025 Perbatasan Jawa Barat dan Jawa Tengah.</t>
+  </si>
+  <si>
+    <t>Ade R. Ispandiari ; Favian Mafazi Giska Putra ; Zulfa Qonita ; Noor Muhammad Ridha Fuadi ; Siti Sadiah ; Eko Kustiyanto ; Ibnu Fauzi ; Nanda Yustina ; Abdul Kadir ; Muhammad Iqbal Habibie ; Muhammad Fadhlan Putranto ; Anas Noor Firdaus, S.T., M.Si. ; Arif Baswantara ; Muhammad Romdonul Hakim ;</t>
+  </si>
+  <si>
+    <t>EC002025187862</t>
+  </si>
+  <si>
+    <t>Kalponik (Kalkulator Nutrisi Hidroponik) : Digital kalkulator untuk penghitungan pupuk hidroponik AB Mix berdasarkan nilai N-total yang berbasis aplikasi Android</t>
+  </si>
+  <si>
+    <t>Rio Nurtantyana ; Mathias Prathama ; Tonny Koestoni M ; Wiwin Setiawati ; Nikardi Gunadi ; Neni Gunaeni ; Eli Korlina Edisaputra ; Yadi Suryadi ; Bagus Kukuh Udiarto ; Irna Surya Bidara ; Arief Nurrahman ; Aristyo Hadikusuma ;</t>
+  </si>
+  <si>
+    <t>EC002025187800</t>
+  </si>
+  <si>
+    <t>MUFFINS (Model for Nuclear Energy Funding &amp; Financing Schemes)</t>
+  </si>
+  <si>
+    <t>Elok Satiti Amitayani ; Kurnia Anzhar ; Sudi Ariyanto ; Suparman ; Rizki Firmansyah Setya Budi ; Nuryanti ; Nurlaila ; Moch. Djoko Birmano ; Djati Hoesen Salimy ; Imam Bastori ; Sufiana Solihat ; Donny Nurmayady ; Laili Farah ; Mudjiono ; Ewitha Nurulhuda ; Hanna Yasmine ; Nur Hasanah ; Amil Mardha ; Yus Rusdian Akhmad ; Jupiter Sitorus Pane ;</t>
+  </si>
+  <si>
+    <t>EC002025187818</t>
+  </si>
+  <si>
+    <t>Aplikasi Penjejakan Frekuensi foF2 dan Frekuensi fmin Ionogram Secara Otomatis Berbasis Model Kecerdasan Buatan Untuk Aplikasi Riset dan Komunikasi HF</t>
+  </si>
+  <si>
+    <t>Adi Purwono ; Varuliantor Dear ; Rezy Pradipta ;</t>
+  </si>
+  <si>
+    <t>EC002025187793,</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Antariksa</t>
+  </si>
+  <si>
+    <t>Dataset Spektral Batuan pada Zona Hidrotermal untuk Identifikasi Potensi Endapan Mineral Emas</t>
+  </si>
+  <si>
+    <t>Andi Ibrahim ; Yanto Sudiyanto ; Wahyu Hidayat ; Suwarsono ; Yudi Anantasena ; Hari Priyadi ; Ruki Ardiyanto ; Rachmat Ramadhan ; Dadan Moh. Nurjaman ; Haswi Purwandanu Soewoto ;</t>
+  </si>
+  <si>
+    <t>EC002025187836</t>
+  </si>
+  <si>
+    <t>Dataset Life Cycle Inventory (LCI) Green Manufacturing Perbenihan Padi Biosalin di Lahan Marjinal Pesisir Pantai untuk Penilaian Dampak Lingkungan</t>
+  </si>
+  <si>
+    <t>Ratna Etie Puspita Dewi ; Tri Martini ; Nugroho Adi Sasongko ; Vina Eka Aristya ; Forita Dyah Arianti ; Sri Minarsih ; Helena Lina Susilawati ; Catur Oktivian Indri Hastuti ;</t>
+  </si>
+  <si>
+    <t>EC002025187788</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Sistem Industri dan Manufaktur Berkelanjutan</t>
+  </si>
+  <si>
+    <t>iHoya Versi Mobile : Aplikasi Identifikasi Spesies Tanaman Hoya Indonesia</t>
+  </si>
+  <si>
+    <t>Siti Kania Kushadiani ; Sri Rahayu ; Foni Agus Setiawan ; Tedy Mutakin ; Lindung Parningotan Manik ; Wawan Hendriawan Nur ; Muhamad Jafar Elly ;</t>
+  </si>
+  <si>
+    <t>EC002025187802</t>
+  </si>
+  <si>
+    <t>Machine Learning Untuk Prediksi Harga Bawang Merah di Kabupaten Brebes</t>
+  </si>
+  <si>
+    <t>Bonnie Octivanus Benyamin ; Arief Arianto ; Taufik Hidayat ; Agung Hendriadi ; S Joni Munarso ; Sari Intan Kailaku ; Noveria Sjafrina ; Huda Mohamad Elmatsani ; Yogi Purna Rahardjo ; Puji Astuti ; Ermi Erene Koeslulat ; Abdul Latif ; Mochammad Jusuf Djafar ; Helni M. Jumhur ; Maya Ariyanti ; Gadang Ramantoko ; Ratri Wahyuningtyas ; Maino Dwi Hartono ; Jan Piter Sinaga ; Yulia Hendrawati ; Azmi Asyidda Mushoffa ; Mulyanto ;</t>
+  </si>
+  <si>
+    <t>EC002025187814</t>
+  </si>
+  <si>
+    <t>BRIN, Organisasi Riset Pertanian dan Pangan</t>
+  </si>
+  <si>
+    <t>TopoDEM: Aplikasi Download dan Konversi DEM ke Peta Topografi, Hillshade, Kontur, dan Slope.</t>
+  </si>
+  <si>
+    <t>Rossi Hamzah ; Parwati ; Sitti Hadijah ; Dahlang Tahir ;</t>
+  </si>
+  <si>
+    <t>EC002025187867</t>
+  </si>
+  <si>
+    <t>BMPT Logger (Ball Mill Pressure – Temperature Logger)</t>
+  </si>
+  <si>
+    <t>Andika Widya Pramono ; Agung Imaduddin ; Iwan Dwi Antoro ; Satrio Herbirowo ; Heri Nugraha ; Hendrik ;</t>
+  </si>
+  <si>
+    <t>EC002025187852</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Material Energi</t>
+  </si>
+  <si>
+    <t>L-UV Database Sulawesi</t>
+  </si>
+  <si>
+    <t>Intan Nuni Wahyuni ; Rido Dwi Ismanto ; Arie Vatersia ;</t>
+  </si>
+  <si>
+    <t>EC002025187817</t>
+  </si>
+  <si>
+    <t>PERANGKAT LUNAK PLC &amp; SCADA UNTUK SISTEM PEMANTAUAN FASILITAS OLI BEKAS</t>
+  </si>
+  <si>
+    <t>Arya Bhaskara Adiprabowo ; Frendy Rian Saputro ; Wargiantoro Prabowo ; Trisno Anggoro ; Bambang Muharto ; Imron Masfuri ; Erlan Rosyadi ; Dhani Avianto Sugeng ; Ade Syafrinaldy ; Sinta Saptarina Soemiarmo ;</t>
+  </si>
+  <si>
+    <t>EC002025187859</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Konversi Energi</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pendeteksi dan Pengukur Jarak Beserta Lebar Lubang Jalan dengan YOLO</t>
+  </si>
+  <si>
+    <t>Henry Widodo ; Heru Taufiqurrohman ; Afif Widaryanto ;</t>
+  </si>
+  <si>
+    <t>EC002025187832</t>
+  </si>
+  <si>
+    <t>Program Antarmuka untuk Klasifikasi Tingkatan Agtron Biji Kopi Panggang</t>
+  </si>
+  <si>
+    <t>Irfan Asfy Fakhry Anto ; Taufik Ibnu Salim ; Jony Winaryo Wibowo ; Aris Munandar ;</t>
+  </si>
+  <si>
+    <t>EC002025187808</t>
+  </si>
+  <si>
+    <t>Program Komputer Analisis Gelombang 8-Sensor untuk Evaluasi Performa Struktur Pemecah Gelombang</t>
+  </si>
+  <si>
+    <t>Nofika Cahyani Putri ; Catur Indra Sukmana ; Ridwan Budi Prasetyo ; Siti Wahyuningsih ; Andri Subandriya ; Alin Fithor ; Arif Hidayat ; Bakti Wibawa ;</t>
+  </si>
+  <si>
+    <t>EC002025187846</t>
+  </si>
+  <si>
+    <t>ISPOKe: Manajemen Kebun Sawit berbasis ISPO</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Ibrahim Danial Bisulthon ; Andewi Rokhmawati ; Boyke Setiawan Soeratin ; Lailan Tawila Berampu ; Iskandar ;</t>
+  </si>
+  <si>
+    <t>EC002025187850</t>
+  </si>
+  <si>
+    <t>Penampang Geologi berdasarkan data Geolistrik Daerah Nagrakjaya, Kecamatan Curugkembar dan Hegarmanah, Kecamatan Sagaranten, Kabupaten Sukabumi</t>
+  </si>
+  <si>
+    <t>Khori Sugianti ; Yayat Sudrajat ; Adrin Tohari ;</t>
+  </si>
+  <si>
+    <t>EC002025187841</t>
+  </si>
+  <si>
+    <t>GNSS Radio Occultation for Sea Surface Temperature Observation (GROSSTO)</t>
+  </si>
+  <si>
+    <t>Edy Maryadi ; Noersomadi ; Dr. Nurjana Joko Trilaksono, S.Si., M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002025187816</t>
+  </si>
+  <si>
+    <t>Emission Gateway &amp; Reporting Interface (EGRI)</t>
+  </si>
+  <si>
+    <t>Tata Sutardi ; Dionysius Aldion Renata ; Yusuf Margowadi ; Heri Nugraha ; Nur Endah Eny Sulistyawati ; Taopik Hidayat ; Arief Surachman ; Yustika Agustin ; Asep Rachmat ; Rendi Januardi ;</t>
+  </si>
+  <si>
+    <t>EC002025187845</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Personal Dose Logger v1</t>
+  </si>
+  <si>
+    <t>Wiranto Budi Santoso ; Atang Susila ; Gina Kusuma ; Dian Fitri Atmoko ;</t>
+  </si>
+  <si>
+    <t>EC002025187799</t>
+  </si>
+  <si>
+    <t>Sistem Pengukuran dan Pengujian berbasis Program Komputer untuk Electric Engine</t>
+  </si>
+  <si>
+    <t>Hartono ; Eries Bagita Jayanti ; Yanuar Firmansyah ; Aries Asrianto Ramadian ; Angga Septiyana ; Novita Atmasari ; Try Kusuma Wardana ; Hidayati Mardikasari ; Abdul Aziz ; Rudi Choirul Anwar ; Ari Sugeng Budiyanta ; Gunawan Setyo Prabowo ; Fadilah Hasim ;</t>
+  </si>
+  <si>
+    <t>EC002025187794</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Penerbangan</t>
+  </si>
+  <si>
+    <t>Adaptive Real-Time Chatter Identification (ARCID)</t>
+  </si>
+  <si>
+    <t>Ratna Mayasari ; Albertus Rianto Suryaningrat ; Nasril ; Danny Mokhammad Gandana ; Agus Widodo ; Ahmad Musthofa ; Cecep Sujana ; Mario Ardhany ; Galang Ilman Islami ; Ardani Cesario Zuhri ; Arwidya Tantri Agtusia ; Wely Pasadena ;</t>
+  </si>
+  <si>
+    <t>EC002025187856</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Manufaktur Mesin Produksi</t>
+  </si>
+  <si>
+    <t>Backend-LabFon-ID versi 1.0</t>
+  </si>
+  <si>
+    <t>Asril ; Agung Santosa ; M. Teduh Uliniansyah ; Gunarso ; Lyla Ruslana Aini ; Elvira Nurfadhilah ; Siska Pebiana ;</t>
+  </si>
+  <si>
+    <t>EC002025187830</t>
+  </si>
+  <si>
+    <t>Smart Activity Measurement for Radionuclide (SAMfoR)</t>
+  </si>
+  <si>
+    <t>Heranudin ; Fyndi Abdi Wibowo ; I Wayan Widiana ; Rajiman ; Parwanto ; Gatot Wurdiyanto ; Hermawan Candra ; Moch. Subechi ; Fernanto Rindiyantono ;</t>
+  </si>
+  <si>
+    <t>EC002025187857</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Akselerator</t>
+  </si>
+  <si>
+    <t>VALSORIN - Validasi Soal Untuk Sertifikasi Nuklir</t>
+  </si>
+  <si>
+    <t>Anggraini Ratih Kumaraningrum ; Rezky Mahardika Saryadi ; Ratih Luhuring Tyas ; Alfitri Meliana ; Shandy Fanie Putri ; Ika Wahyu Setya Andani ; Khusnul Khotimah ; Adhika Junara Karunianto ; Nazly Kurniawan ; Indah Fajarwati ; Agustinus Muryana ;</t>
+  </si>
+  <si>
+    <t>EC002025187843</t>
+  </si>
+  <si>
+    <t>SiDetOl (Sistem Deteksi Potholes)</t>
+  </si>
+  <si>
+    <t>Asep Insani ; Uus Khusni ; Rachmat Hidayat ; Heru Susanto ; Suherlan ; Yasmin ; Raden Muhammad Taufik Yuniantoro ; Budhi Riyanto ; Arief Indriarto Haris ;</t>
+  </si>
+  <si>
+    <t>EC002025187805</t>
+  </si>
+  <si>
+    <t>Dataset Ketidakseimbangan Massa Pada Mesin Berputar Dengan Variasi Kecepatan Mesin</t>
+  </si>
+  <si>
+    <t>Arya Bhaskara Adiprabowo ; Frendy Rian Saputro ; Wargiantoro Prabowo ; Trisno Anggoro ; Nanda Yustina ; Bambang Muharto ; Erlan Rosyadi ; Zona Amrullah ; Suwarjono ; Herry Susanto ;</t>
+  </si>
+  <si>
+    <t>EC002025187860</t>
+  </si>
+  <si>
+    <t>Metadata Publikasi Ilmiah Kebencanaan Indonesia dengan Informasi Lokasi dan Koordinat</t>
+  </si>
+  <si>
+    <t>Muhammad Hanif ;</t>
+  </si>
+  <si>
+    <t>EC002025187797</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Akuisisi Data Deteksi Sistem Gamma Tomografi Reaktor Petrokimia Low Linear Density Polyethylene (LLDPE)</t>
+  </si>
+  <si>
+    <t>Indarzah Masbatin Putra ; Rony Djokorayono ; Usep Setia Gunawan ; Ikhsan Shobari ; Fitri Surya Ningsih ; Haryo Seno ; Nur Khasan ; Wiranto Budi Santoso ; Beny Syawaludin ;</t>
+  </si>
+  <si>
+    <t>EC002025187865</t>
+  </si>
+  <si>
+    <t>Ras2Vec-ID: Raster-to-Vector Processing with Indonesia Regional and Administrative Integration</t>
+  </si>
+  <si>
+    <t>Steward Augusto ; Eduard Thomas Prakoso M ; Krisna Malik Sukarno ; Yenni Vetrita ; Imam Santoso ; Tatik Kartika ; Indah Prasasti ;</t>
+  </si>
+  <si>
+    <t>EC002025187810</t>
+  </si>
+  <si>
+    <t>Data Set Geomorfologi Cekungan Bandung</t>
+  </si>
+  <si>
+    <t>Eko Widi Santoso ; Suharsono ; Ibrahim Mandi ;</t>
+  </si>
+  <si>
+    <t>EC002025187829</t>
+  </si>
+  <si>
+    <t>Pemodelan 3D KST Samaun Samadikun</t>
+  </si>
+  <si>
+    <t>Abdurrakhman Prasetyadi ; Ridwan Suhud ; M. Yudhi Rezaldi ; Ayung Candra Padmasari ; Raden Muhammad Alief Reihan ; Hariz Rizky Fadhlullah ;</t>
+  </si>
+  <si>
+    <t>EC002025187861</t>
+  </si>
+  <si>
+    <t>BRIN, UPI, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>X-Wave Viewer 1.0</t>
+  </si>
+  <si>
+    <t>Ahmad Bayhaqi ; Mochamad Riza Iskandar ; Dessy Berlianty ;</t>
+  </si>
+  <si>
+    <t>EC002025187847</t>
+  </si>
+  <si>
+    <t>Dataset Citra Buah Manggis Berdasarkan Kelayakan Ekspor</t>
+  </si>
+  <si>
+    <t>Evandri ; Hilman Ferdinandus Pardede ; Ade Ramdan ; Dikdik Krisnandi ; Endang Suryawati ; Vicky Zilvan ; Raden Sandra Yuwana ; Ana Heryana ; R. Budiarianto Suryo Kusumo ;</t>
+  </si>
+  <si>
+    <t>EC002025187837</t>
+  </si>
+  <si>
+    <t>Aplikasi Analisis Pengaruh Iklim terhadap Sebaran Tuberkulosis</t>
+  </si>
+  <si>
+    <t>Devi Munandar ; Purnomo Husnul Khotimah ; Dianadewi Riswantini ; Muh. Hafizh Izzaturrahim ; Rifani Bhakti Natari ;</t>
+  </si>
+  <si>
+    <t>EC002025187795</t>
+  </si>
+  <si>
+    <t>WebLabFon-ID versi 1.0</t>
+  </si>
+  <si>
+    <t>Lyla Ruslana Aini ; Agung Santosa ; Asril ; M. Teduh Uliniansyah ; Gunarso ; Elvira Nurfadhilah ; Siska Pebiana ;</t>
+  </si>
+  <si>
+    <t>EC002025187790</t>
+  </si>
+  <si>
+    <t>Web Monitoring LoraWan Kendaraan Otonom</t>
+  </si>
+  <si>
+    <t>Nurul Hasanah ; Yanuandri Putrasari ; Adi Waskito ; Rakhmad Indra Pramana ; Andri Joko Purwanto ; Taufik Ibnu Salim ; Mardiyono ; Munawar Agus Riyadi ; Prayitno ; Kuwat Santoso ; Lisgiyanto Sofiyan ;</t>
+  </si>
+  <si>
+    <t>EC002025187851</t>
+  </si>
+  <si>
+    <t>Dataset Life Cycle Inventory (LCI) Produksi Hospital Bed</t>
+  </si>
+  <si>
+    <t>I Made Agus Dharma Susila ; Adolf Leopold Sihol Marusaha Sihombing ; Hismiaty Bahua ; Inna Zulfa Kurniawati ; Agam Wira Sani ; Nadirah ; Irhan Febijanto ; Nugroho Adi Sasongko ; Bambang Rustianto ; Rudi Herdioso ; Ahmad Ismed Yanuar ; Febrian Isharyadi ; Zulwelly M ; Edy Syamsuddin ; Nizam Ghazali ; Ali Syarief ; Susanto ;</t>
+  </si>
+  <si>
+    <t>EC002025187823</t>
+  </si>
+  <si>
+    <t>BRIN, -, Pusat Riset Sistem Industri dan Manufaktur Berkelanjutan</t>
+  </si>
+  <si>
+    <t>Program Komputer ERA5 Data Processor Monthly</t>
+  </si>
+  <si>
+    <t>Edy Maryadi ; Eddy Hermawan ; Teguh Harjana ; Annisa Nur Falah ; Albertus Sulaiman ; Ammar Abiyyu Tsaqib, S.Si. ; Yudhie Andriyana, M.Sc., Ph.D. ;</t>
+  </si>
+  <si>
+    <t>EC002025187807</t>
+  </si>
+  <si>
+    <t>TOKOGAWA - Tomografi Komputer berbasis Graf Wavelet</t>
+  </si>
+  <si>
+    <t>Iwan Setiawan ; Akbari Indra Basuki ;</t>
+  </si>
+  <si>
+    <t>EC002025187801,</t>
+  </si>
+  <si>
+    <t>Relocating Indonesia’s Capital City, The Struggle for Power and Resources in Borneo</t>
+  </si>
+  <si>
+    <t>Tini Apriani ; Poltak Partogi Nainggolan ; Riris Katharina ; Pihri ; Aninda Wisaksanti Rudiastuti ;</t>
+  </si>
+  <si>
+    <t>EC002025187811</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Pemerintahan Dalam Negeri</t>
+  </si>
+  <si>
+    <t>Sistem Geoinformatika Multi Input Multi Output Ketahanan Pangan Indonesia</t>
+  </si>
+  <si>
+    <t>Silvan Anggia Bayu Setia Permana ; Rizatus Shofiyati ; Hastuadi Harsa ; Dede Dirgahayu Domiri ; Fadhlullah Ramadhani ; Laju Gandharum ; Heri Sadmono ; Agnes Sondita Payani ; Robby Arifandri ; Destika Cahyana ;</t>
+  </si>
+  <si>
+    <t>EC002025187813</t>
+  </si>
+  <si>
+    <t>2025-12-20</t>
+  </si>
+  <si>
+    <t>Program Komputer Dashboard EKG Kardiolins EK12L</t>
+  </si>
+  <si>
+    <t>Pratondo Busono ; I Made Astawa ; Afrias Sarotama ; Rony Febryarto ; Syaeful Karim ; Riyanto ; Marlin Ramadhan Baidillah ; Dimas Sangaji ; Dede Sumantri ; Arky Astasari ; Faizurrahman `Allam Majid ; I Putu Ananta Yogiswara ;</t>
+  </si>
+  <si>
+    <t>EC002025187809</t>
+  </si>
+  <si>
+    <t>ANDARA - Akses Nelayan Data Rajungan</t>
+  </si>
+  <si>
+    <t>Yulia Aris Kartika ; Achmad Zamroni ; Riesti Triyanti ; Hakim Miftakhul Huda ; Rizki Aprilian Wijaya ; Sonny Koeshendrajana ; Andrian Ramadhan ; Umi Karomah Yaumidin ; Dadan Ridwan Saleh ; Aji Setiaji ; Novan Dhika Rizky Ferdiansyah ; Dexy Arya ;</t>
+  </si>
+  <si>
+    <t>EC002025187873</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Ekonomi Perilaku dan Sirkuler</t>
+  </si>
+  <si>
+    <t>POSLingua-IDEN</t>
+  </si>
+  <si>
+    <t>Siska Pebiana ; Yuyun ; Radhiyatul Fajri ; M. Teduh Uliniansyah ; Agung Santosa ;</t>
+  </si>
+  <si>
+    <t>EC002025187798</t>
+  </si>
+  <si>
+    <t>Implementasi Perangkat Lunak Software Defined Radio untuk Akuisisi Data Satelit Pita X Berbasis Ettus N210</t>
+  </si>
+  <si>
+    <t>Farid Armin ; Supriyono ; Suhermanto ; Hidayat Gunawan ; Sutan Takdir Ali Munawar ; Ratna Indrawijaya ; Bina Pratomo ; Andy Indradjad ; Nurmajid Setyasaputra ;</t>
+  </si>
+  <si>
+    <t>EC002025187791</t>
+  </si>
+  <si>
+    <t>TunaTrackAI: Sistem Deteksi dan Klasifikasi Ikan Tuna secara Real-Time Berbasis Kecerdasan Buatan</t>
+  </si>
+  <si>
+    <t>Syahrul ; Risnandar ; Pesigrihastamadya Normakristagaluh ; Edy Maryadi ; Bedy Purnama, S.Si., M.T., Ph.D. ; Muhamad Irsan, S.T., M.Kom., Ph.D. ; Nancy Jeane Tuturoong, S.T., M.Kom. ; I Gde Made Bagas Ananta Wijaya ;</t>
+  </si>
+  <si>
+    <t>EC002025187835</t>
+  </si>
+  <si>
+    <t>Perangkat lunak pengolah data gambar bintang STELLAR (Star Sensor Satelit NEO-1)</t>
+  </si>
+  <si>
+    <t>Gafur Hasan Zam Bahari ; Muhammad Taufik ; Deddy El Amin ; Aditya Bayu Erwindu ; Mukhamad Fajar Amiludin ;</t>
+  </si>
+  <si>
+    <t>EC002025187822</t>
+  </si>
+  <si>
+    <t>TerraMatch_v1</t>
+  </si>
+  <si>
+    <t>Dyah Nursita Utami ; Lian Yuanita Andikasari ; Bondan Fiqi Riyalda ;</t>
+  </si>
+  <si>
+    <t>EC002025187796</t>
+  </si>
+  <si>
+    <t>IrradiANN: Aplikasi Prediksi Iradiasi Surya Satu Jam ke Depan Berbasis Jaringan Syaraf Tiruan (ANN)</t>
+  </si>
+  <si>
+    <t>Muhammad Very Nugroho ; Dwie Vannia Dianti ; Zakariya Arif Fikriyadi ; Teddy Anugrah Ramanel ; Andhika Prastawa ; Arya Rezavidi ; Hartadhi ;</t>
+  </si>
+  <si>
+    <t>EC002025187842,</t>
+  </si>
+  <si>
+    <t>Sisforentin</t>
+  </si>
+  <si>
+    <t>Kiswanta ; Entin Hartini ; Sigit Santoso ; Tulis Jojok Suryono ; Sudarno ; Deswandri ; Restu Maerani ; Ignatius Agus Purbhadi Wirgiyanto ; Farisy Yogatama S ; Santiko Tri Sulaksono ;</t>
+  </si>
+  <si>
+    <t>EC002025187821</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pengolah Data Citra Satelit NEO-1 Level-0</t>
+  </si>
+  <si>
+    <t>Agung Wahyudiono ; Suhermanto ; Patria Rachman Hakim ; Dedi Irawadi ; Ahmad Maryanto ; Supriyono ; Agus Herawan ; Hidayat Gunawan ; Sartika Salaswati ; Elvira Rachim ; Ega Asti Anggari ;</t>
+  </si>
+  <si>
+    <t>EC002025187806</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Sebaran Vegetasi dengan Metode Otsu untuk Deteksi RTH Di Provinsi Jakarta</t>
+  </si>
+  <si>
+    <t>Mohammad Ardha ; Gatot Nugroho ; Rr. Laras Toersilowati ; Edy Maryadi ; Soni Aulia Rahayu ; Rachmat Sunarya ;</t>
+  </si>
+  <si>
+    <t>EC002025187812</t>
+  </si>
+  <si>
+    <t>Chlorophyll-a Mosaicing and Averaging for Sentinel-3 Product (CLOMAP)</t>
+  </si>
+  <si>
+    <t>Rossi Hamzah ; Teguh Prayogo ; Sayidah Sulma ; Syarif Budhiman ; Kuncoro Teguh Setiawan ; Budhi Gustiandi ;</t>
+  </si>
+  <si>
+    <t>EC002025187849</t>
+  </si>
+  <si>
+    <t>SatSCAR-ID: Automated Satellitebased Burn Scar Detection for Indonesia</t>
+  </si>
+  <si>
+    <t>Steward Augusto ; Krisna Malik Sukarno ; Eduard Thomas Prakoso M ; Silvan Anggia Bayu Setia Permana ; Yenni Vetrita ; Wismu Sunarmodo ;</t>
+  </si>
+  <si>
+    <t>EC002025187839,</t>
+  </si>
+  <si>
+    <t>Program Komputer Deteksi Unit Lapis Lindung BPPT-lock pada Struktur Rubble Mound Menggunakan Pemetaan Udara dan Convolutional Neural Network</t>
+  </si>
+  <si>
+    <t>Esti Ratnasari ; Edwin Adi Wiguna ; Favian Mafazi Giska Putra ; Raka Firmansyah ; Yofan Tahamano D Harita ; Suranto ; Yudhi Prabowo ; Fuad Darul Muttaqin ; Budi Santoso ; Dinar Catur Istiyanto ;</t>
+  </si>
+  <si>
+    <t>EC002025187854</t>
+  </si>
+  <si>
+    <t>Program Komputer Berbasis Pembelajaran Mesin Untuk Penilaian Keterpaparan Pertanian Dan Tambak Terhadap Banjir Pesisir</t>
+  </si>
+  <si>
+    <t>Marindah Yulia Iswari ; Imam Fachrudin ; Fajar Yulianto ; Mardi Wibowo ; Yudhi Prabowo ; Dhedy Husada Fadjar Perdana ; Edwin Adi Wiguna ; Hilmi Aziz ; Nurkhalis Rahili ; Esti Ratnasari ; Ibnu Fauzi ; Nofika Cahyani Putri ; Sapto Nugroho ; Muhammad Fajar Sulistyo ;</t>
+  </si>
+  <si>
+    <t>EC002025187855</t>
+  </si>
+  <si>
+    <t>Si Pena : Sistem Informasi Penghitung Asupan Natrium</t>
+  </si>
+  <si>
+    <t>Woro Riyadina ; Raden Putri Ayu Pramesti ; Josua Geovani Pinem ; Dian Andriana ; Ekowati Rahajeng ; Elisa Diana Julianti ; Nunung Nurjanah ; Dwi Hapsari Tjandrarini ; Puti Sari H ; Alfons M. Letelay ; Nikson Sitorus ; Mugi Wahidin ; Aulia Haritsuddin Karisma Muhammad Subekti ; Dodik Briawan ; Yuda Turana ; Fatcha Nuraliyah ;</t>
+  </si>
+  <si>
+    <t>EC002025187848</t>
+  </si>
+  <si>
+    <t>"SMARTCONS - A tool for Small Modular Reactor Construction OHS Analysis"</t>
+  </si>
+  <si>
+    <t>Anggraini Ratih Kumaraningrum ; Edwin Yoga Pratama ; Chevy Cahyana ; Khusnul Khotimah ; Yulaida Maya Sari ; Budi Santoso ; Agus Teguh Pranoto ; Ika Wahyu Setya Andani ; Hasriyasti Saptowati ; Kurnia Anzhar ; Hadi Suntoko ; Siti Alimah ; Fepriadi ; Sriyana ; Joko Waluyo ;</t>
+  </si>
+  <si>
+    <t>EC002025187803</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Keselamatan, Metrologi, dan Mutu Nuklir</t>
+  </si>
+  <si>
+    <t>Production Engineering Kapal Mini LNG 36 TEU’s</t>
+  </si>
+  <si>
+    <t>Bambang Irawan ; Buana Ma`ruf ; A. Bisri ; Meitha Soetardjo ; Suwahyu ; Mochamad Saiful ; Erwien Yuliansyah Putera ; Wahyu Dita Saputri ; Nadia Rizki Ariyani ; Endah Suwarni ; Ir. Edy Widarto, M.Eng. ; Suhan Ikhsan, S.T., M.Tr.AP ; Ir. Sadam Jahidin, ST ; Ulil Amriardi, ST, MT ; Sofyan Chalil, ST ;</t>
+  </si>
+  <si>
+    <t>EC002025187828,</t>
+  </si>
+  <si>
+    <t>AUDITIN: Aplikasi Penilaian Keamanan Informasi Berdasarkan ISO 27001</t>
+  </si>
+  <si>
+    <t>Samsudiat ; Cahyono Nugroho ; Raden Muhammad Taufik Yuniantoro ; Andri Saputra ; Yudi Adityawarman ; Nungki Dian Sulistyo Darmayanti ; Budhi Riyanto ; Lakmi Makarti ; Al Hafiz Akbar Maulana Siagian ; Shidiq Al Hakim ;</t>
+  </si>
+  <si>
+    <t>EC002025187825</t>
+  </si>
+  <si>
+    <t>Dataset jenis kendaraan di jalan raya (12 golongan kendaraan)</t>
+  </si>
+  <si>
+    <t>Rutma Pujiwat ; Djoko Prijo Utomo ; Asep Yayat Nurhidayat ; Dwi Phalita Upahita ; Dedy Arianto ; Mega Novetrishka Putri ; Sucipto ; Mira Marindaa T. Sampetoding ; Mohamad Ivan Aji Saputro ; Nur Fitriana ; Windra Priatna Humang ; Yulianta ; Yustina Niken Raharina Hendra ; Maharani Almira Salsabilla ; Tri Widodo ; Asep Haryono ; Umi Chasanah ; Sahid Bismantoko ; Abdul Aziz Nashiruddin Nalole ; Cep Zamzam Lutfi Firdaus ; Navilla Komara Pratiwi ; Nizhar Arya Hamitha ;</t>
+  </si>
+  <si>
+    <t>EC002025187792</t>
+  </si>
+  <si>
+    <t>-, BRIN, Pusat Riset Teknologi Transportasi</t>
+  </si>
+  <si>
+    <t>Dataset Sistem Kendali Pembangkit Listrik Tenaga Panas Bumi 3 MW</t>
+  </si>
+  <si>
+    <t>Junanto Prihantoro ; Erwin Nashrullah ; Suyanto ; Kornelis Kopong Ola ; Toha Zaky ; Pradika Wahyu Dwi Putra ;</t>
+  </si>
+  <si>
+    <t>EC002025187853</t>
+  </si>
+  <si>
+    <t>SMART-BAT (Sistem Monitoring dan Kontrol Pendingin Thermoelektrik untuk Baterai Trike)</t>
+  </si>
+  <si>
+    <t>Heri Nugraha ; Ganesha Tri Chandrasa ; Eka Rakhman Priandana ; Dionysius Aldion Renata ; Yusuf Margowadi ; Imaduddin Haq ; Panca Kurniawan ; Supriono Agung Wibowo ; Herdi Affrizal ;</t>
+  </si>
+  <si>
+    <t>EC002025187858</t>
+  </si>
+  <si>
+    <t>Dataset Pemetaan Drone Lidar dan Model Topografi Kajian Longsor Sukabumi, Jawa Barat, Indonesia</t>
+  </si>
+  <si>
+    <t>Adrin Tohari ; Khori Sugianti ; Achmad Fakhrus Shomim ; Antonina Pri Martireni ;</t>
+  </si>
+  <si>
+    <t>EC002025187838</t>
+  </si>
+  <si>
+    <t>KLASIFIKASI KONDISI KETIDAKSEIMBANGAN MASSA PADA MESIN BERPUTAR MENGGUNAKAN PEMBELAJARAN MESIN BERBASIS HALAMAN WEB</t>
+  </si>
+  <si>
+    <t>Arya Bhaskara Adiprabowo ; Frendy Rian Saputro ; Wargiantoro Prabowo ; Trisno Anggoro ; Nanda Yustina ; Bambang Muharto ; Ade Syafrinaldy ; Dhani Avianto Sugeng ; Erlan Rosyadi ; Herry Susanto ;</t>
+  </si>
+  <si>
+    <t>EC002025187824</t>
+  </si>
+  <si>
+    <t>Perangkat lunak sistem pemantauan dan pengendalian jarak jauh pada motor Brushless DC (BLDC) berbasis Internet of Things (IoT)</t>
+  </si>
+  <si>
+    <t>Afif Widaryanto ; Henry Widodo ; Sigit Arianto ; Bayu Sumarno Putro ; Tris Handoyo ;</t>
+  </si>
+  <si>
+    <t>EC002025187831</t>
+  </si>
+  <si>
+    <t>Sistem Monitoring Misi Satelit Orbit Rendah</t>
+  </si>
+  <si>
+    <t>Muazam Nugroho ; Wahyudi Hasbi ; Dicka Ariptian Rahayu ; Khairunnisa ; Satriya Utama ; Nur Salma Yusuf Hasanah ; Wakhid Abdurrokhman ;</t>
+  </si>
+  <si>
+    <t>EC002025187789</t>
+  </si>
+  <si>
+    <t>Aplikasi Get LST VIIRS (GLV)</t>
+  </si>
+  <si>
+    <t>Ahmad Luthfi Hadiyanto ; Tri Muji Susantoro ; Jansen Sitorus ; Sukristiyanti ; Sitarani Safitri ;</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>EC002025156088</t>
+  </si>
+  <si>
+    <t>Dataset Inland Waterway Transportation Berbasis Dermaga Di Jawa Barat Dan Jawa Tengah : Integrasi Data Operasional dan Lingkungan</t>
+  </si>
+  <si>
+    <t>Ade R. Ispandiari ; Ibnu Fauzi ; Zulfa Qonita ; Eko Kustiyanto ; Favian Mafazi Giska Putra ; Nanda Yustina ; Noor Muhammad Ridha Fuadi ; Abdul Kadir ; Siti Sadiah ; Muhammad Iqbal Habibie ; Dewi Kartikasari ; Muhammad Fadhlan Putranto ; Andri Wahyudi ; Lulut Alfaris ;</t>
+  </si>
+  <si>
+    <t>EC002025156076</t>
+  </si>
+  <si>
+    <t>Collab Identifier</t>
+  </si>
+  <si>
+    <t>Rumadi ; Ambar Yoganingrum ; Abdurrakhman Prasetyadi ; Aria Bisri ; Dimas Bratakusumah ; Dian Raisa Gumilar ; Diash Firdaus ; Yusup Miftahuddin ;</t>
+  </si>
+  <si>
+    <t>EC002025156074</t>
+  </si>
+  <si>
+    <t>BRIN, Fakultas Teknologi Industri, Institut Teknologi Nasional Bandung, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>IMissKalter</t>
+  </si>
+  <si>
+    <t>Fito Wigunanto Herminawan ; Riski Fitriani ; Tsani Hendro Nugroho ; Eka Setianingsih ; Khaula Nurul Hakim ; Dito Eka Cahya ; Wahyu Cesar ; Osen Fili Nami ; Melyana ; Arky Astasari ;</t>
+  </si>
+  <si>
+    <t>EC002025156095</t>
+  </si>
+  <si>
+    <t>Dataset Risiko Operasional Baggage Towing Tractor (BTT) Otonom</t>
+  </si>
+  <si>
+    <t>Siti Hidayanti Mutiara Kurnia ; Ayudhia Pangestu Gusti ; Lino Garda Denaro ; Ludfi Pratiwi Bowo ; Prastya Rizky R. ; Tris Handoyo ; Hastiya Annisa Fitri ; Indra Kurniawan ; Sinung Nugroho ; Novi Irawati ; Feronika Sekar Puriningsih ; Mutharuddin ; Subaryata ; Tetty Sulastry Mardiana ; Made Asri Puspadewi ; Taufiq Dwi Tamtomo ; Ahmad Muhtadi ;</t>
+  </si>
+  <si>
+    <t>EC002025156078</t>
+  </si>
+  <si>
+    <t>CurAnMoorS (Current Analysis for Mooring System)</t>
+  </si>
+  <si>
+    <t>Indra Kurniawan ; Rahadian ; Dwi Haryanto ; Endro Soeyanto ; Julianto Saut Hamonangan ; Omar Moefti ; Sri Ardhyastuti ; Alfi Rusdiansyah ;</t>
+  </si>
+  <si>
+    <t>EC002025156086</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Laut Dalam</t>
+  </si>
+  <si>
+    <t>PyRes Earthquake v.02</t>
+  </si>
+  <si>
+    <t>Lian Yuanita Andikasari ; Ritha Riyandari ; Zulfa Qonita ; Bondan Fiqi Riyalda ; Diyah Krisna Yuliana ; Dwi Abad Tiwi ; Bambang Marwanta ; Marina C. G. Frederik ;</t>
+  </si>
+  <si>
+    <t>EC002025156081</t>
+  </si>
+  <si>
+    <t>Aplikasi Distribusi Global Logam Berat Nano di Air Permukaan via Graph Neural Network</t>
+  </si>
+  <si>
+    <t>Yuli Sudriani ; Arnida L. Latifah ; Angela Celin Widyanti Pratama ; Renny ;</t>
+  </si>
+  <si>
+    <t>EC002025156075</t>
+  </si>
+  <si>
+    <t>Alat Ukur Kompetensi Kewirausahaan Usaha Mikro dan Kecil</t>
+  </si>
+  <si>
+    <t>Yeni Saptia ; Yani Mulyaningsih ; Endang Sri Soesilowati ; Ika Inayah ; Reninta Dewi Nugraheni ;</t>
+  </si>
+  <si>
+    <t>EC002025156094</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Nata De Coco</t>
+  </si>
+  <si>
+    <t>Novy Ariyanto ; Yoyon Wahyono ; Isnaeni Kumalasari ; Virny Zasyana Eka Putri ; Nugroho Adi Sasongko ; Mutia Citrawati Lestari ; Muhammad Raihan Farras Hakim ; Anissa Dewi Suryaningtyas ; Sundari ; Anggara Lomak Prihatin ; Lambas Parlaungan Panggabean ; Anisah ; Rahmad Agus Koto ;</t>
+  </si>
+  <si>
+    <t>EC002025156089</t>
+  </si>
+  <si>
+    <t>BRIN, -, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>GoldSpotter v.1: Program komputer (kode Python) untuk mengkuantifikasi partikel immunogold citra hasil mikroskop elektron pada jaringan tumbuhan</t>
+  </si>
+  <si>
+    <t>Reza Ramdan Rivai ; Mochamad Riza Iskandar ;</t>
+  </si>
+  <si>
+    <t>EC002025156093</t>
+  </si>
+  <si>
+    <t>Software Simulasi Pendeteksian Teletsunami Berbasis Algoritma DLPT (Detection with Lengthening Prediction Time)</t>
+  </si>
+  <si>
+    <t>Fara Ayuningtyas ; Tri Sampurno ; Agung Santosa ; Miranti Jatnika Riski ; Siti Shaleha ; Monica Dwi Wahyu Sumunaringrum ;</t>
+  </si>
+  <si>
+    <t>EC002025156084</t>
+  </si>
+  <si>
+    <t>Dataset Tinggi Permukaan Air Laut InaBuoy Malang</t>
+  </si>
+  <si>
+    <t>Alfi Rusdiansyah ; Yosi Sahreza ; Muhammad Arief ; Aan Khunaifi ; Ali Reza Syariati ; Andri Puji Prasetiyo ; Dewi Suci Rafianti ; Fajaryan Wijananto ; Karina Mayasita Handoyo ; Muhammad Rafi Juliansyah ; Tanzi Mubaroq Santoso ; Topan Try Harmanda ; Mohammad Hamdani ;</t>
+  </si>
+  <si>
+    <t>EC002025156080</t>
+  </si>
+  <si>
+    <t>Aplikasi Berbasis Web untuk Optimalisasi Penempatan Sensor Menggunakan Konsep Jarak pada Graf</t>
+  </si>
+  <si>
+    <t>Dian Kastika Syofyan ; Ira Apni Purwasih ; Zata Yumni Awanis ; Arga Febriantoni ; Vicky ;</t>
+  </si>
+  <si>
+    <t>EC002025156091</t>
+  </si>
+  <si>
+    <t>Trayeko</t>
+  </si>
+  <si>
+    <t>Taufik Ibnu Salim ; Akbari Indra Basuki ; Bambang Wahono ; Nurul Hasanah ; Adi Waskito ; Franklin Impianro Turnip ;</t>
+  </si>
+  <si>
+    <t>EC002025156082</t>
+  </si>
+  <si>
+    <t>GeoSLIDE-Dash (Geospatial Landslide Susceptibility, Vulnerability and Exposure Dashboard)</t>
+  </si>
+  <si>
+    <t>Raditya Panji Umbara ; Dian Nuraini Melati ; Astisiasari ; Taufik Iqbal Ramdhani ; Wisyanto ; Yukni Arifianti ; Sukristiyanti ; Mamat Suhermat ;</t>
+  </si>
+  <si>
+    <t>EC002025156083</t>
+  </si>
+  <si>
     <t>Perangkat Lunak Kontrol Antena dan Pelacak Satelit Secara Real-Time: OrSync (Orbit Synchronization)</t>
   </si>
   <si>
     <t>Dicka Ariptian Rahayu ; Wakhid Abdurrokhman ; Nur Salma Yusuf Hasanah ; Muazam Nugroho ; Maulana Ali Arifin ; Mohammad Mukhayadi ; Chusnul Tri Judianto ;</t>
   </si>
   <si>
-    <t>Badan Riset dan Inovasi Nasional</t>
-[...4 lines deleted...]
-  <si>
     <t>EC002025156077</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Teknologi Satelit</t>
-[...2 lines deleted...]
-    <t>Tersertifikasi</t>
+    <t>Dataset Hasil Uji Fatigue Lifetime Kapal Fiberglass Reinforced Plastic (FRP)</t>
+  </si>
+  <si>
+    <t>Nandiko Rizal ; Abdi Ismail ; Endah Suwarni ; Irfan Eko Sandjaja ; Yuniati ; Dian Purnama Sari ; Totok Triputrastyo Murwatono ; Nurcholis ; Rina ; Muhamad Ridwan Utina ; Agus Sasmito ; Andik Machfudin ; Putri Virliani ; Noor Muhammad Ridha Fuadi ; Afian Kasharjanto ; Triwahju Hardianto ; Sumarji ; Pratama Yuli Arianto ; Alya Ferrari ;</t>
+  </si>
+  <si>
+    <t>EC002025156079</t>
+  </si>
+  <si>
+    <t>Aplikasi Keuangan Daerah Mudah Dipantau (KEMUDI)</t>
+  </si>
+  <si>
+    <t>Wenwen Ruswendi ; Agus Sutejo ; Triyono Susanto ; Agoeng Srimoeljanto ; Fara Ayuningtyas ; Monica Dwi Wahyu Sumunaringrum ; Sri Saraswati Wisjnu Wardhani ; Insan Ramadhan ; Dewi Suci Rafianti ; Linda Nuryanti ; Faisol Ba'abdullah ; Kusnanda Supriatna ;</t>
+  </si>
+  <si>
+    <t>EC002025156087</t>
+  </si>
+  <si>
+    <t>Geosense ID: Peta interaktif bencana dan riset</t>
+  </si>
+  <si>
+    <t>EC002025156085</t>
+  </si>
+  <si>
+    <t>Piranti Lunak Antar Muka Berbasis Web Pada Pembangkit Listrik Panas Bumi 3 MW</t>
+  </si>
+  <si>
+    <t>Junanto Prihantoro ; Heru Taufiqurrohman ; Teddy Alhady Lubis ; Tsani Hendro Nugroho ; Suyanto ; Cahyadi ; Agus Nurrohim ; Riza ; Kornelis Kopong Ola ; Lina Agustina ; Budi Ismoyo ; Toha Zaky ; Erwin Nashrullah ; Pradika Wahyu Dwi Putra ;</t>
+  </si>
+  <si>
+    <t>2025-09-29</t>
+  </si>
+  <si>
+    <t>EC002025142740</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Perubahan Badan Air Danau untuk Danau Prioritas</t>
+  </si>
+  <si>
+    <t>Siti Nadia Nurhidayah ; Azura Ulfa ; Hilda Ayu Pratikasiwi ; Fajar Bahari Kusuma ;</t>
+  </si>
+  <si>
+    <t>EC002025142800</t>
   </si>
   <si>
     <t>Aplikasi Analisis Statistik Berbasis Web untuk Korelasi dan Regresi dengan Model Machine Learning (SisTa-R) Version 1.0</t>
   </si>
   <si>
     <t>Faozan Indresputra ; Ferman Setia Nugroho ;</t>
   </si>
   <si>
-    <t>2025-09-29</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025142798</t>
   </si>
   <si>
     <t>BRIN, Direktorat Kebijakan Lingkungan Hidup, Kemaritiman, Sumber Daya Alam, dan Ketenaganukliran</t>
   </si>
   <si>
+    <t>gmt_pyplotter v2.0</t>
+  </si>
+  <si>
+    <t>Aditya Dwi Prasetio ; Titi Anggono ; Syuhada ; Febty Febriani ; Mohamad Ramdhan ; Cinantya Nirmala Dewi ; Ade Surya Putra ; Fa`iz Muttaqy ; Mohammad Hasib ;</t>
+  </si>
+  <si>
+    <t>EC002025142802</t>
+  </si>
+  <si>
     <t>Aplikasi Pemrosesan Data SAR Sentinel-1 untuk Analysis Ready Data (ARD) Time Series dalam Pemantauan Periodik Lahan Sawah</t>
   </si>
   <si>
     <t>Siti Nadia Nurhidayah ; Dede Dirgahayu Domiri ; I Made Parsa ; Hilda Ayu Pratikasiwi ; R. Johannes Manalu ; Kurdianto ; Hengki Muradi ; Yanuar Ryyan Irawan ;</t>
   </si>
   <si>
     <t>EC002025142801</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Geoinformatika</t>
+    <t>SeisCLustIndo : Seismic Cluster Indonesia</t>
+  </si>
+  <si>
+    <t>Akhmad Muktaf Haifani ; Yuni Indrawati ; Kurnia Anzhar ; Siti Alimah ; Sunarko ; Mudjiono ; Sudi Ariyanto ; Hadi Suntoko ; Eko Rudi Iswanto ; Abimanyu Bondan Wicaksono Setiaji ; Euis Etty Al Hakim ;</t>
+  </si>
+  <si>
+    <t>EC002025142799</t>
+  </si>
+  <si>
+    <t>TerraClassify</t>
+  </si>
+  <si>
+    <t>Monica Dwi Wahyu Sumunaringrum ; Rachmawan Atmaji Perdana ; Mohammad Hamdani ; Tanzi Mubaroq Santoso ; Risnandar ; Lyla Ruslana Aini ; Fara Ayuningtyas ;</t>
+  </si>
+  <si>
+    <t>EC002025142803</t>
   </si>
   <si>
     <t>SINEMA: Landslide Inventory Mapping</t>
   </si>
   <si>
     <t>Astisiasari ; Taufik Iqbal Ramdhani ; Raditya Panji Umbara ; Dian Nuraini Melati ; Wisyanto ; Yukni Arifianti ; Sukristiyanti ; Mamat Suhermat ; Rika Sustika ; Muhammad Iqbal Habibie ; Ninon Nurul Faiza ; Sahid Bismantoko ; Denny Lumban Raja ;</t>
   </si>
   <si>
     <t>EC002025142739</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Kebencanaan Geologi</t>
-[...22 lines deleted...]
-  <si>
     <t>Dataset Pengelasan FCAW Pada Baja KI Grade A untuk Konstruksi Kapal dan Struktur Kelautan</t>
   </si>
   <si>
     <t>Bambang Irawan ; Buana Ma`ruf ; A. Bisri ; Erwien Yuliansyah Putera ; Dr.Eng. M. Anis Mustaghfirin, S.T., M.T. ; Priyambodo Nur Ardi Nugroho, S.T., M.T., PhD. ; M. Karim al Amin, S.T., M.T. ; Hendri Budi Kurniyanto, S.ST., M.T. ; Fathurrahmi Dasril, B.E (Chem), M.B.A. ; Irawan Palgunadi, B.Eng (Hons) ; Ilham Khoirul Ibad, S.T. ;</t>
   </si>
   <si>
     <t>EC002025142797</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Teknologi Hidrodinamika</t>
-[...11 lines deleted...]
-    <t>BRIN, Pusat Riset Kecerdasan Artifisial dan Keamanan Siber</t>
+    <t>Aplikasi Prediksi Kandungan Klorofil Total Tanaman dari Citra Satelit Landsat-8/9</t>
+  </si>
+  <si>
+    <t>Gatot Nugroho ; Tri Muji Susantoro ; Kurdianto ; Sayidah Sulma ; Suliantara ; Herru Lastiadi Setiawan ; Danang Surya Candra ; M. Rokhis Khomarudin ;</t>
+  </si>
+  <si>
+    <t>2025-09-16</t>
+  </si>
+  <si>
+    <t>EC002025132925</t>
+  </si>
+  <si>
+    <t>Mush Trace - Aplikasi rantai pasokan pangan dan pertanian dengan berbasis Smart Contracts Blockchain dan Integrasi Internet of Things (IoT)</t>
+  </si>
+  <si>
+    <t>Christian Wisnu Purnaadi ; I Putu Ananta Yogiswara ; Anak Agung Ngurah Ananda Kusuma ; Faizurrahman `Allam Majid ; Andi Kurnianto ; Abhimata Ar Rasyiid ; Tahar Agastani ; Sakinah Puspa Anggraeni ; Dedy Irawan ; Mohammad Hamdani ;</t>
+  </si>
+  <si>
+    <t>EC002025132929</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Telekomunikasi</t>
+  </si>
+  <si>
+    <t>Dataset Prediksi Parameter Keselamatan Termal-Hidraulik Kritis pada Peristiwa Station Blackout (SBO) di PLTN AP1000</t>
+  </si>
+  <si>
+    <t>Anggraini Ratih Kumaraningrum ; Andi Sofrany Ekariansyah ; Sudarno ; Deswandri ; Ratih Luhuring Tyas ; Restu Maerani ; Arya Adhyaksa Waskita ;</t>
+  </si>
+  <si>
+    <t>EC002025132934</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Gula Semut dari Nira Kelapa</t>
+  </si>
+  <si>
+    <t>Ari Kabul Paminto ; Ira Nurhayati Djarot ; Titin Handayani ; Nuha ; Akhmad Rifai ; Hismiaty Bahua ; Sri Peni Wijayanti ; Febrian Isharyadi ; Agusta Samodra Putra ; Afifah Nurmala Karima ; Hanifah Nisrina ; Azalea Eugenie ; Rizki Amaliyah ; Netty Widyastuti ; Amita Indah Sitomurni ; Diana Nurani ; Djatmiko Pinardi ; R.r. Noorwitri Utami ; Prof. Dr. Dwi Sunu Widyartini, M.Si. ; Dr. Sri Lestari, S.Si., M.Si. ; Dr.rer.nat. M. Husein Sastranegara, M.Si ;</t>
+  </si>
+  <si>
+    <t>EC002025132932</t>
   </si>
   <si>
     <t>FertControlPro V02</t>
   </si>
   <si>
     <t>Abriansyah Arisoni ; Endang Suwandi ; Peni Laksmita Widati ; Rahmayati Alindra ; Marga Asta Jaya Mulya ; Maristya Rahmadiansyah ;</t>
   </si>
   <si>
-    <t>2025-09-16</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025132927</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Teknologi Industri Proses dan Manufaktur</t>
+    <t>Aplikasi Estimasi Indeks Pertanaman Indonesia v1</t>
+  </si>
+  <si>
+    <t>Vicca Karolinoerita ; Alpeus Manihuruk ; Fadhlullah Ramadhani ; Mochamad Irwan Hariyono ; Aris Yaman ; Cipto Nugroho ; Destika Cahyana ; Yudi Riadi Fanggidae ; Muhammad Munsarif ; Maria Rini Setia ;</t>
+  </si>
+  <si>
+    <t>EC002025132935</t>
+  </si>
+  <si>
+    <t>HortiHeat Tracker</t>
+  </si>
+  <si>
+    <t>Satrio Adi Priyambada ; Mathias Prathama ;</t>
+  </si>
+  <si>
+    <t>EC002025132930</t>
+  </si>
+  <si>
+    <t>MIEShappy Emotion Detection (MED) – Aplikasi Deteksi Emosi Wajah Secara RealTime</t>
+  </si>
+  <si>
+    <t>Mieska Despitasari ; Harimat Hendarwan ; Nurhayati ; Achmad Shidiq ; Sundari Wirasmi ; Aris Yulianto ; Yudi Adityawarman ; Pesigrihastamadya Normakristagaluh ; Nova Hadi Lestriandoko ; Gembong Satrio Wibowanto ; Riski Fitriani ; Muhammad Nurkhoiri Hindratno ; Galuh Prihantoro ; Rachmawan Atmaji Perdana ;</t>
+  </si>
+  <si>
+    <t>EC002025132922</t>
+  </si>
+  <si>
+    <t>LIKOE - A Simple Liquefaction Analysis Tool</t>
+  </si>
+  <si>
+    <t>Kokoy Siti Komariah ; Wa Ode Sumartini ; Volvariella Volvacea ; Satrio Adi Priyambada ; Adi Susilo ;</t>
+  </si>
+  <si>
+    <t>EC002025132933</t>
+  </si>
+  <si>
+    <t>SISTEM INFORMASI MONITORING DAN ESTIMASI KARBON MANGROVE (Mangrove Application for Carbon Estimation - MACA)</t>
+  </si>
+  <si>
+    <t>Nugraheni Setyaningrum ; Laju Gandharum ; Fiolenta Marpaung ; Muhammad Iqbal Habibie ; Nanin Anggraini ; Fanny Meliani ; Sepanie Putiamini ; Edy Trihatmoko ; A. A. Md. Ananda Putra Suardana ; Arief Darmawan ; Siti Arfah ; Rahmadi ;</t>
+  </si>
+  <si>
+    <t>EC002025132924</t>
+  </si>
+  <si>
+    <t>Adaptive Regularized Interference Cancellation (ARIC)</t>
+  </si>
+  <si>
+    <t>Nasril ; Mario Ardhany ; Ratna Mayasari ; Cecep Sujana ; Danny Mokhammad Gandana ; Agus Widodo ; Ahmad Musthofa ; Bayu Sumarno Putro ; Arwidya Tantri Agtusia ; Robby Marlon Brando ; Galuh Prihantoro ; Galang Ilman Islami ;</t>
+  </si>
+  <si>
+    <t>EC002025132926,</t>
+  </si>
+  <si>
+    <t>Aset Game 2D/3D Indonesia Timur Seri 2</t>
+  </si>
+  <si>
+    <t>M. Yudhi Rezaldi ; Ambar Yoganingrum ; Esa Prakasa ; Dian Andriana ; Abdurrakhman Prasetyadi ; Ridwan Suhud ; Rio Nurtantyana ; Aang Gunawan S ; Ana Hadiana ; Aria Bisri ; Rumadi ; Muhammad Reza Pujiyanto ; Ratu Berliana Nursabrina Shiddiq ; ; Dayfa Sahla Azeeza ; Lala Lailatul Badriah ; Justin Zidane Chaniago ; Siti Rahmani Wulandari ; Malika Adilah Tatyana Usman ; Bagas Ananta Mardjuki ; Muhammad Angga Nabil Saputra ; Sayid Muhammad Athaya Rahman ; Mario ; Tiara Radinska Deanda ; Arief Budiman ; Muhammad Adharamadinka ; Yayat Sudaryat ; Irfan Dwi Rahadianto ;</t>
+  </si>
+  <si>
+    <t>EC002025132928</t>
+  </si>
+  <si>
+    <t>BRIN, Universitas Telkom, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Dataset Biodiversitas Laut Dangkal : Terumbu Karang pulau Pramuka dan pulau Tidung, Kepulauan Seribu</t>
+  </si>
+  <si>
+    <t>Mulyanto Darmawan ; Bayu Sutejo ; Arief Sartono ; Fadhlullah Ramadhani ; Agung Syetiawan ; Syarif Budhiman ; Muhammad Rangga Panji Kusuma ;</t>
+  </si>
+  <si>
+    <t>EC002025156092</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Daur Ulang sampah polybag menjadi material substitusi (Beam)</t>
+  </si>
+  <si>
+    <t>Geby Otivriyanti ; Maya Larasati Donna Wardani ; Arief Ameir Rahman Setiawan ; Francisca Maria Erny Septiarsi ; Zulwelly M ; Riana Yenni Hartana Sinaga ; Nurus Sahari Laili ; Mulyono ; Anita Yustisia I. Z. ; Ni Luh Putu Ayu Ratri Utami ; Dharmawan ; Vionita Lukitari Ari P. ; Adik Avianto Soedarsono ; Muhammad Sudiono ; Onny Ujianto ;</t>
+  </si>
+  <si>
+    <t>EC002025132931</t>
+  </si>
+  <si>
+    <t>Dataset Reflektansi Spektral Beberapa Jenis sampah Laut BerbasisPengukuran ASD Handheld</t>
+  </si>
+  <si>
+    <t>Nugraheni Setyaningrum ; Ety Parwati ; Syarif Budhiman ; Maryani Hartuti ; Rahmadi ; Donna Monica ; Fanny Meliani ; Yennie Marini ; Wiji Prasetio ; Winarno ; Ivonne M. Radjawane, S.Si.,M.Si.,Ph.D. ; Dr. Ir. Yulianto Suteja, S.Kel., M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002025132923</t>
+  </si>
+  <si>
+    <t>Web Edukasi Gizi Remaja Putri Teen ‘n Fit</t>
+  </si>
+  <si>
+    <t>Dwi Sisca Kumala Putri ; Kencana Sari ; Nur Handayani Utami ; Mieska Despitasari ; Irlina Raswanti Irawan ; Muhammad Azzumar ; Adindra Vickar Ega ; Nadia Yuthie Salwa ; Bagas Eka Ristianto ;</t>
+  </si>
+  <si>
+    <t>EC002025132920</t>
   </si>
   <si>
     <t>AC-HDF5toCSV - Aplikasi Penyederhanaan Konversi Data Hujan Satelit Global HDF5 ke CSV</t>
   </si>
   <si>
     <t>Elenora Gita Alamanda Sapan ; Ilvi Fauziyah Cahyaningtiyas ; Winarno ; Irvan Dwi Junianto ; Budi Heru Santosa ; Wiwiek Dwi Susanti ;</t>
   </si>
   <si>
     <t>EC002025132921</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Limnologi dan Sumber Daya Air</t>
-[...1 lines deleted...]
-  <si>
     <t>Charging Management Operating System (CMOS)</t>
   </si>
   <si>
     <t>Prasetyo Aji ; Panca Kurniawan ; Prima Trie Wijaya ; Eka Rakhman Priandana ; Riza ; Supriono Agung Wibowo ; Dionysius Aldion Renata ; Dwidharma Priyasta Tasurun ; Fito Wigunanto Herminawan ; Wahyu Cesar ; Melyana ; Eka Setianingsih ; Firson Satriasta ;</t>
   </si>
   <si>
     <t>EC002025132919</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Konversi dan Konservasi Energi</t>
-[...134 lines deleted...]
-    <t>EC002025132935</t>
+    <t>InviRad:Invisible Radar, Aplikasi Radar Tembus Dinding untuk Deteksi Keberadaan Objek Terhalang</t>
+  </si>
+  <si>
+    <t>Ratna Indrawijaya ; Budiman Putra Asma`ur Rohman ;</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>EC002025119055</t>
+  </si>
+  <si>
+    <t>BRIGATA – BRIN Rekonstruksi Citra Gamma Tomografi</t>
+  </si>
+  <si>
+    <t>Firliyani Rahmatia Ningsih ; Wibisono ; Kristedjo Kurnianto ;</t>
+  </si>
+  <si>
+    <t>EC002025119058</t>
+  </si>
+  <si>
+    <t>Dashboard MEVI</t>
+  </si>
+  <si>
+    <t>Nurul Hasanah ; Taufik Ibnu Salim ; Bambang Wahono ; Yanuandri Putrasari ; Mulia Pratama ; Arifin Nur ; Ahmad Dimyani ; Rakhmad Indra Pramana ; Suherman ; Akbari Indra Basuki ; Kuwat Santoso ; Lisgiyanto Sofiyan ;</t>
+  </si>
+  <si>
+    <t>EC002025119057</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak HMI Filter Washable Biodiesel</t>
+  </si>
+  <si>
+    <t>Ahmad Taufiqur Rohman ; Ahmad Musthofa ; Budi Rochmanto ; Muchammad Taufiq Suryantoro ; Ramadhani Deniartio Samanhudi ; Taufik Yuwono ; Dedy Indriatmono ;</t>
+  </si>
+  <si>
+    <t>EC002025119059</t>
+  </si>
+  <si>
+    <t>Program Komputer Pemetaan Probabilitas Partikel Tenggelam (Probability_sinking.py)</t>
+  </si>
+  <si>
+    <t>Mochamad Riza Iskandar ; Dewi Surinati ; Dessy Berlianty ;</t>
+  </si>
+  <si>
+    <t>EC002025119053</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Oseanografi</t>
   </si>
   <si>
     <t>PUNA-NPK</t>
   </si>
   <si>
     <t>Amrullah Kamaruddin ; Taufik Iqbal Ramdhani ; Yaya Suryana ; Adnan ; Taslim Rochmadi ; Abdul Aziz ; Wenny Oktaviani ; Arie Rakhman Hakim ; Fahrodji ; Laela Nuraini ; Anugerah Fitri Amalia ; Nizam Ghazali ; Adim Hadi ;</t>
   </si>
   <si>
-    <t>2025-08-26</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025119054</t>
   </si>
   <si>
-    <t>Perangkat Lunak HMI Filter Washable Biodiesel</t>
-[...14 lines deleted...]
-    <t>EC002025119055</t>
+    <t>Dataset Kecelakaan Truk Berat di Indonesia Hasil Pengolahan Menggunakan Machine Learning</t>
+  </si>
+  <si>
+    <t>Indra Kurniawan ; Novi Irawati ; Mutharuddin ; Subaryata ; M. Rosyidi ; Sahid Bismantoko ; Hastiya Annisa Fitri ; Tetty Sulastry Mardiana ; Tris Handoyo ; Ludfi Pratiwi Bowo ; Feronika Sekar Puriningsih ; Sinung Nugroho ; Ayudhia Pangestu Gusti ; Made Asri Puspadewi ; Siti Hidayanti Mutiara Kurnia ; Prastya Rizky R. ; Ahmad Muhtadi ;</t>
+  </si>
+  <si>
+    <t>EC002025119056</t>
   </si>
   <si>
     <t>Program Komputer Perangkat Spatial Decision Support System (SDSS) Site Selection Rumah Tahan Gempa, Tahan Api, Cepat Bangun, dan Murah (SDSS Site-RTM)</t>
   </si>
   <si>
     <t>Prabu Kresna Putra ; Dewayany ; Robby Arifandri ; Hari Prayogi ; Muhammad Iqbal Habibie ; Ati Rahadiati ; Udrekh ; Trevi Jayanti Puspasari ; Sukahar Eka Adi Saputra ; Amien Widodo ;</t>
   </si>
   <si>
     <t>EC002025119060</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Konservasi Sumber Daya Laut dan Perairan Darat</t>
   </si>
   <si>
-    <t>Dataset Kecelakaan Truk Berat di Indonesia Hasil Pengolahan Menggunakan Machine Learning</t>
-[...44 lines deleted...]
-    <t>BRIN, Pusat Riset Teknologi Analisis Berkas Nuklir</t>
+    <t>SmartDieselPyro: Aplikasi Web untuk Prediksi dan Optimasi Kinerja Mesin Diesel Berbasis AI dengan Bahan Bakar Pirolisis</t>
+  </si>
+  <si>
+    <t>Fauzi Dwi Setiawan ; Fitra Hidiyanto ; Rizqon Fajar ; Heru Priyanto ; Yaaro Telaumbanua ; Sigit Tri Atmaja ; Muhammad Samsul Maarif ; Dhani Avianto Sugeng ;</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>EC002025114813</t>
+  </si>
+  <si>
+    <t>BRiS: BRIN Radiation Surveillance</t>
+  </si>
+  <si>
+    <t>Indry Nikitasary Purba ; Dian Fitri Atmoko ; Fitri Surya Ningsih ; Adli Muhaimin ; Ryan Tirta Saputra ; Indarzah Masbatin Putra ; Devina Chandra Dewi ; Bagas Try Maryoga ; Romadhon ; Rhakamerta Hijazi ; Rissa Damayanti ; Beny Syawaludin ;</t>
+  </si>
+  <si>
+    <t>EC002025114786</t>
+  </si>
+  <si>
+    <t>Rapython App</t>
+  </si>
+  <si>
+    <t>Agung Budi Santoso ; Nisa Agistiani Rachman ;</t>
+  </si>
+  <si>
+    <t>EC002025114814</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Ekonomi Makro dan Keuangan</t>
+  </si>
+  <si>
+    <t>Spesimen Pipa Uji Las SMAW dengan Cacat Buatan sebagai Media Pelatihan Uji Tak Rusak</t>
+  </si>
+  <si>
+    <t>Desi Listianti ; Iswanto ; Yulaida Maya Sari ; Irvan Dwi Junianto ; Muhammad Afton Muhandis ; Jepri Sutanto ; Khusnul Khotimah ; Edwin Yoga Pratama ; Ika Wahyu Setya Andani ; Baskan Hanurajie ;</t>
+  </si>
+  <si>
+    <t>EC002025114787</t>
   </si>
   <si>
     <t>Perangkat Lunak Otomasi Proses Publish dan Subscribe Data Sensor menggunakan Protokol MQTT pada Testbed InaCBT</t>
   </si>
   <si>
     <t>Sakinah Puspa Anggraeni ; Rifqi Fajar Giyana ; Anak Agung Ngurah Ananda Kusuma ; Tahar Agastani ; Arfan Ridwan Hartawan ; Dedy Irawan ; Christian Wisnu Purnaadi ; Mohammad Hamdani ; Toto Bachtiar Palokoto ; Widrianto Sih Pinastiko ; Xerandy ;</t>
   </si>
   <si>
-    <t>2025-08-19</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025114785</t>
   </si>
   <si>
     <t>VIAQ 2025: Akuisisi Citra X-Ray Computed Tomography</t>
   </si>
   <si>
     <t>Andeka Tris Susanto ; Kristedjo Kurnianto ; Nur Khasan ; Jos Budi Sulistyo ; Firliyani Rahmatia Ningsih ; Achmad Hindasyah ; Rahmat ; Fahrurrozi Akbar ; Ariyawan Sunardi ; Abu Khalid Rivai ;</t>
   </si>
   <si>
     <t>EC002025114782</t>
   </si>
   <si>
-    <t>Spesimen Pipa Uji Las SMAW dengan Cacat Buatan sebagai Media Pelatihan Uji Tak Rusak</t>
-[...8 lines deleted...]
-    <t>BRIN, Pusat Riset Teknologi Keselamatan, Metrologi, dan Mutu Nuklir</t>
+    <t>Data Set Life Cycle Inventory (LCI) Produk Teh Hijau (Green Tea)</t>
+  </si>
+  <si>
+    <t>Chintya Komala Sari ; Rosmeika ; Arif Dwi Santoso ; Edi Iswanto Wiloso ; Anny Sulaswatty ; Nugroho Adi Sasongko ; Aditiyawan ; Muryanto ; Utari Ayuningtyas ; Delfi Fatina Soraya ;</t>
+  </si>
+  <si>
+    <t>EC002025114781</t>
+  </si>
+  <si>
+    <t>AKUDIJALAN: Aplikasi Kamera untuk Deteksi Permukaan Jalan</t>
+  </si>
+  <si>
+    <t>Asep Haryono ; Umi Chasanah ; Tri Widodo ; Eko Syamsuddin Hasrito ; Sofwan Hidayat ; Harris Zenal ; Djoko Wahyu Karmiadji ; Nofrijadi N. ; Vebriyanti Hayoto ; Okghi Adam Qowiy ;</t>
+  </si>
+  <si>
+    <t>EC002025114783</t>
   </si>
   <si>
     <t>Dataset Kelayakan Lokasi Dermaga Sungai Berbasis Analisis Spasial dan Multikriteria</t>
   </si>
   <si>
     <t>Ade R. Ispandiari ; Eko Kustiyanto ; Favian Mafazi Giska Putra ; Nanda Yustina ; Zulfa Qonita ; Robby Arifandri ; Muhammad Imaduddin Abdur Rohim ; Noor Muhammad Ridha Fuadi ; Annissa Roschyntawati ; Abdul Kadir ; Hendra Palebangan ; Anas Noor Firdaus, S.T., M.Si. ; Yuni Ari Wibowo, S.T., M.T. ;</t>
   </si>
   <si>
     <t>EC002025114788</t>
   </si>
   <si>
-    <t>BRiS: BRIN Radiation Surveillance</t>
-[...46 lines deleted...]
-  <si>
     <t>Aplikasi Ionoscalling</t>
   </si>
   <si>
     <t>Angga Yolanda Putra ; La Ode Muhammad Musafar Kilowasid ; Fitri Nuraeni ; Moh Andi Aris Biyantoro ; Mira Juangsih ; Setyanto Cahyo Pranoto ; Nia Syafitri ; Silmie Vidiya Fani ; Syarif Rakhmat Hidayat ; Mahdalena ; Singgih Anggi Purnama ; Hadi Rasidi ;</t>
   </si>
   <si>
     <t>2025-08-01</t>
   </si>
   <si>
     <t>EC002025103933</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Antariksa</t>
+    <t>PadiKu</t>
+  </si>
+  <si>
+    <t>Setia Sari Br. Girsang ; Taufik Iqbal Ramdhani ; Indra Sakti ; Susilawati ; Arlyna Budi Pustika ; Pandu Laksono ; Hasil Sembiring ; Twenty Liana ; Agus Suprihatin ; Amelia Sebayang ; Yanti Rina D ; Dorkas Parhusip ; Tommy Purba ;</t>
+  </si>
+  <si>
+    <t>2025-07-29</t>
+  </si>
+  <si>
+    <t>EC002025100902</t>
+  </si>
+  <si>
+    <t>OseStrat (Program Analisa Stratifikasi Oseanografik)</t>
+  </si>
+  <si>
+    <t>Indra Kurniawan ; Omar Moefti ; Julianto Saut Hamonangan ; Rahadian ; Sri Ardhyastuti ; Dwi Haryanto ;</t>
+  </si>
+  <si>
+    <t>EC002025100899</t>
+  </si>
+  <si>
+    <t>ViableView</t>
+  </si>
+  <si>
+    <t>Seri Intan Kuala ; Mira Landep Widiastuti ; Yuti Giamerti ; Eko Kuncoro Pramono ; Pepi Nur Susilawati ;</t>
+  </si>
+  <si>
+    <t>EC002025100974</t>
   </si>
   <si>
     <t>Program Firmware Smart Pelampung Suar Menggunakan Teknologi Lorawan</t>
   </si>
   <si>
     <t>Leli Lailatul Jannah ; Andi Kurnianto ; Abhimata Ar Rasyiid ; Bondan Suwandi ; Moh. Alma Samudro ; Widar Dwi Gustian ; Azrizal Akbar ; Hanifah Dwiyanti ; Fachri Renaldy ; Faizurrahman `Allam Majid ; Yoga Prastiya Wibawa ; Budi Sulistya ; Wayan Wira Yogantara ;</t>
   </si>
   <si>
-    <t>2025-07-29</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025100903</t>
   </si>
   <si>
-    <t>ViableView</t>
-[...10 lines deleted...]
-  <si>
     <t>VELOST V1 (Vertically timE series ocean current anaLysis and quality cOntrol with poST-processing)</t>
   </si>
   <si>
     <t>Muhammad Fadli ; Priyadi Dwi Santoso ; Teguh Agustiadi ; Bayu Priyono ;</t>
   </si>
   <si>
     <t>EC002025100900</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Laut Dalam</t>
-[...19 lines deleted...]
-  <si>
     <t>Rapid Regression Software</t>
   </si>
   <si>
-    <t>Agung Budi Santoso ;</t>
+    <t>Agung Budi Santoso ; Ekwasita Rini Pribadi ;</t>
   </si>
   <si>
     <t>2025-07-16</t>
   </si>
   <si>
     <t>EC002025090631,</t>
   </si>
   <si>
+    <t>Website Database Pengujian dan Standard untuk Energi Terbarukan</t>
+  </si>
+  <si>
+    <t>Rahmi Kartika Jati ; Marlina Pandin ; Adindra Vickar Ega ; Sik Sumaedi ; Tri Widianti ; Tri Rakhmawati ; Sih Damayanti ; Meilinda Ayundyahrini ; Mauludin Hidayat ; Medi Yarmen ; Hendy Gunawan ; Igif Gimin Prihanto ; Mahmudi ; Nurfadlih Syahlani ; Agung Widyo Utomo ; Anggini Dinaseviani ; I Gede Mahatma Yuda Bakti ; Nidya Judhi Astrini ; Aris Yaman ; Aminuddin ; Vetri Nurliyanti ; Nurry Widya Hesty ; Medhina Magdalena ; Bono Pranoto ; Silvy Rahmah Fithri ; Arief Heru Kuncoro ; Arfie Ikhsan Firmansyah ; Nina Konitat Supriatna ; I Made Agus Dharma Susila ; Hari Soekarno ; Sevalino Elfata ;</t>
+  </si>
+  <si>
+    <t>EC002025090630</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Pengujian dan Standar</t>
+  </si>
+  <si>
     <t>Aplikasi Penghitung Koefisien Limpasan Permukaan (Surface Run Off) Berbasis Citra Satelit Landsat</t>
   </si>
   <si>
     <t>Galdita Aruba Chulafak ; Gatot Nugroho ; Wismu Sunarmodo ; Orbita Roswintiarti ; Sitarani Safitri ; Okta Fajar Saputra ; Kusumaning Ayu Dyah Sukowati ; Hana Listi Fitriana ;</t>
   </si>
   <si>
     <t>EC002025090629</t>
   </si>
   <si>
     <t>RainPCA: Aplikasi Analisis Statistik Multivariat untuk Variabilitas Spasial – Temporal Curah Hujan di Wilayah Tropis dengan Data CHIRPS</t>
   </si>
   <si>
     <t>Sitarani Safitri ; Orbita Roswintiarti ; Okta Fajar Saputra ; Galdita Aruba Chulafak ; Gatot Nugroho ; Wismu Sunarmodo ; Kusumaning Ayu Dyah Sukowati ; Hana Listi Fitriana ;</t>
   </si>
   <si>
     <t>EC002025090632</t>
   </si>
   <si>
-    <t>Website Database Pengujian dan Standard untuk Energi Terbarukan</t>
-[...10 lines deleted...]
-  <si>
     <t>Ekstraksi Ciri EEG (ECiE)</t>
   </si>
   <si>
     <t>Annida Rahmawati ; Papat Hidayatulloh ; Aulia Darojatun ; Artha Ivonita Simbolon ; Ulfah Nadiya ; Kadek Heri Sanjaya ; Dwi Esti Kusumandari ; M Faizal Amri ;</t>
   </si>
   <si>
     <t>2025-06-30</t>
   </si>
   <si>
     <t>EC002025078514</t>
   </si>
   <si>
+    <t>InaTRC: Indonesia Toll Road Vehicle Classification Dataset</t>
+  </si>
+  <si>
+    <t>Umi Chasanah ; Sahid Bismantoko ; Gilang Mantara Putra ; Linda Nuryanti ; Asep Haryono ; Tri Widodo ; Sofwan Hidayat ;</t>
+  </si>
+  <si>
+    <t>EC002025078515</t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
     <t>Network Traffic Scraper and Generator Web Interface v1.0</t>
   </si>
   <si>
     <t>Amalia Irma Nurwidya ; Toto Bachtiar Palokoto ; Anak Agung Ngurah Ananda Kusuma ; Widrianto Sih Pinastiko ; Tahar Agastani ; Xerandy ; Dedy Irawan ; Mohammad Hamdani ; Muhammad Iqbal ; Rifqi Fajar Giyana ; Arfan Ridwan Hartawan ; Sakinah Puspa Anggraeni ; Christian Wisnu Purnaadi ;</t>
   </si>
   <si>
     <t>EC002025078511</t>
   </si>
   <si>
     <t>Program Komputer untuk Pengolahan dan Visualisasi Data Marine NetCDF files</t>
   </si>
   <si>
     <t>Hanah Khoirunnisa ; Fuad Azminuddin ; Hamzah Haru Radityo Suharyanto ; Mardi Wibowo ; Aloysius Bagyo Widagdo ; Reno Arief Rachman ;</t>
   </si>
   <si>
     <t>EC002025078510</t>
   </si>
   <si>
     <t>Program Komputer untuk Perhitungan Tinggi dan Periode Gelombang Signifikan Berbasis Windfetch</t>
   </si>
   <si>
     <t>Hanah Khoirunnisa ; Hamzah Haru Radityo Suharyanto ; Mardi Wibowo ; Aloysius Bagyo Widagdo ; Reno Arief Rachman ; Fuad Azminuddin ;</t>
   </si>
   <si>
     <t>EC002025078512</t>
   </si>
   <si>
-    <t>InaTRC: Indonesia Toll Road Vehicle Classification Dataset</t>
-[...10 lines deleted...]
-  <si>
     <t>Program Kendali Kebisingan Aktif pada Kotak Insulasi Bunyi</t>
   </si>
   <si>
     <t>Denny Hermawanto ; Chery Chaen Putri ; Ninuk Ragil Prasasti ; Bondan Dwisetyo ; Fajar Budi Utomo ; R. Rudi Anggoro Samodro ;</t>
   </si>
   <si>
     <t>2025-06-17</t>
   </si>
   <si>
     <t>EC002025068354</t>
   </si>
   <si>
+    <t>MANG IoV</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Taufik Ibnu Salim ; Iwan Setiawan ; Didi Rosiyadi ; Heru Susanto ; Ibrahim Danial Bisulthon ;</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>EC002025067361</t>
+  </si>
+  <si>
+    <t>ChiMONIC (Chili Monitoring and Nutrient Control with IoT) - Aplikasi Sistem Monitoring dan Pemberian Nutrisi Pada Tanaman Cabai Berbasis IoT</t>
+  </si>
+  <si>
+    <t>Rian Putra Pratama ; Harry Bangkit ; Aris Munandar ; Hanif Fakhrurroja ; Hilman Syaeful Alam ; Slamet Supriadi ; Setyanto Cahyo Pranoto ;</t>
+  </si>
+  <si>
+    <t>EC002025067367</t>
+  </si>
+  <si>
     <t>Multimodal Drowsiness Detection Application</t>
   </si>
   <si>
     <t>Siti Hidayanti Mutiara Kurnia ; Muhammad Nurkhoiri Hindratno ; Yuki Istianto ; Nanda Yustina ; Ludfi Pratiwi Bowo ; Sinung Nugroho ; Hastiya Annisa Fitri ; Dwitya Harits Waskito ;</t>
   </si>
   <si>
-    <t>2025-06-16</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025067362</t>
   </si>
   <si>
-    <t>MANG IoV</t>
-[...14 lines deleted...]
-    <t>EC002025067367</t>
+    <t>Aset Game 2D/3D Indonesia Timur</t>
+  </si>
+  <si>
+    <t>M. Yudhi Rezaldi ; Esa Prakasa ; Dian Andriana ; Abdurrakhman Prasetyadi ; Ridwan Suhud ; Aang Gunawan S ; Rio Nurtantyana ; M. Yudhi Rezaldi ; Dian Andriana ; Riky Taufik Afif ; Yayat Sudaryat ; Arief Budiman ; Nisrina Qatrunnada ; Adya Saladina Athaya ; Moh. Reffy Aditya Dharma ; Gian Daffa Sonjaya ; Nurhidayani Sulfiany ; Arief aflah ; Agus Setiawan ; Purmaningrum Maeni ; Erna Nurmalinda ; Muammar Mochtar ; Boy Irwan Budiman ; Rakha Fadilah ; Firas Shaquille Zharfan ; Muhammad Fadhil Hamdani ; Sarah Faradiba ;</t>
+  </si>
+  <si>
+    <t>2025-05-27</t>
+  </si>
+  <si>
+    <t>EC002025055947</t>
+  </si>
+  <si>
+    <t>Aplikasi Pengolahan Citra Satelit Resolusi Menengah untuk Analisis Area Terbakar Menggunakan Threshold Otsu</t>
+  </si>
+  <si>
+    <t>Gatot Nugroho ; Mohammad Ardha ; Yenni Vetrita ; Tatik Kartika ;</t>
+  </si>
+  <si>
+    <t>EC002025055954</t>
+  </si>
+  <si>
+    <t>Sistem Big Data Bahasa dan Sastra Lisan Perbatasan (BAHASAN)</t>
+  </si>
+  <si>
+    <t>Foni Agus Setiawan ; Yusup Irawan ; Dedy Ari Asfar ; Irmayani ; Herpanus ; Muhammad Pramulya ; Lilian Slow ;</t>
+  </si>
+  <si>
+    <t>EC002025055955</t>
   </si>
   <si>
     <t>Dataset LCI (Life Cycle Inventory) Sustainable Smart Greenhouse (Smart Farming System) untuk Komoditas Melon</t>
   </si>
   <si>
     <t>Ratna Etie Puspita Dewi ; Helena Lina Susilawati ; Tri Martini ; Nugroho Adi Sasongko ; Meidaliyantisyah ; Catur Oktivian Indri Hastuti ; Heru Susanto ; Tri Cahyono ; Rahadian Mawardi ; Taupik Rahman ; Astriany Noer ; Nur Dewi Pusporini ;</t>
   </si>
   <si>
-    <t>2025-05-27</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025055948</t>
   </si>
   <si>
-    <t>Sistem Big Data Bahasa dan Sastra Lisan Perbatasan (BAHASAN)</t>
-[...7 lines deleted...]
-  <si>
     <t>Data Parameter Iklim dan Kecepatan Angin pada Ketinggian Hub turbin Angin untuk Perencanaan Transisi Energi Terbarukan di Pulau Sumba</t>
   </si>
   <si>
     <t>Nurry Widya Hesty ; Agus Nurrohim ; Silvy Rahmah Fithri ; Aminuddin ; Prima Trie Wijaya ; Afri Dwijatmiko ; Vetri Nurliyanti ; Andri Subandriya ; Arief Heru Kuncoro ; Edi Hilmawan ; Agus Sugiyono ; Joko Santosa ; Yudiartono ; Nona Niode ; Erwin Siregar ; Ira Fitriana ; La Ode Muhammad Abdul Wahid ; Muhammad Amirullah Makmunsyah Oktaufik ;</t>
   </si>
   <si>
     <t>EC002025055963</t>
   </si>
   <si>
-    <t>Aplikasi Pengolahan Citra Satelit Resolusi Menengah untuk Analisis Area Terbakar Menggunakan Threshold Otsu</t>
-[...14 lines deleted...]
-    <t>EC002025055947</t>
+    <t>Software Komputer untuk Perhitungan Emisi Gas Rumah Kaca (GRK) Berbasis Satelit Landsat-8 dengan Pendekatan Model Regresi Linier Sederhana</t>
+  </si>
+  <si>
+    <t>Eduard Thomas Prakoso M ; Krisna Malik Sukarno ; Fadillah Halim Rasyidy ; Steward Augusto ; Hilda Ayu Pratikasiwi ; Dandy Aditya Novresiandi ; Khalifah Insan Nur Rahmi ; Parwati ;</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>EC00202025048037</t>
+  </si>
+  <si>
+    <t>Advanced MSMEs POS using e-Meterai</t>
+  </si>
+  <si>
+    <t>Marini Wulandari ; Dini Fronitasari ; Ahmad Mundhofa ; Yufan Amri ; Elfrin Erawan ; Wahyu Juniardi ; Wawan Hermawan ; Sri Agustiningtyas ; Arti Dian Nastiti ; Ridha Radhitya ; Darius Alexander Go Reinnamah ;</t>
+  </si>
+  <si>
+    <t>EC002025048036</t>
   </si>
   <si>
     <t>MEVI Visual</t>
   </si>
   <si>
     <t>Nurul Hasanah ; Taufik Ibnu Salim ; Bambang Wahono ; Adi Waskito ; Andri Joko Purwanto ; Endro Junianto ; Akbari Indra Basuki ; Dikdik Krisnandi ; Fikri Majid ; Lisgiyanto Sofiyan ; Tri Raharjo Yudantoro ;</t>
   </si>
   <si>
-    <t>2025-05-09</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025048034</t>
   </si>
   <si>
+    <t>Chatbot Lisa (Hemodialisa) versi 2.0 berbasis LLM+RAG</t>
+  </si>
+  <si>
+    <t>Elvira Nurfadhilah ; Lyla Ruslana Aini ; Agung Santosa ; Prabu Kresna Putra ; Siska Pebiana ; Radhiyatul Fajri ; M. Teduh Uliniansyah ; Esa Prakasa ;</t>
+  </si>
+  <si>
+    <t>EC002025048065</t>
+  </si>
+  <si>
     <t>Smartfarm Service</t>
   </si>
   <si>
     <t>Reza Septiawan ; I Putu Ananta Yogiswara ; Nashrullah Taufik ; Arief Rufiyanto ; Bondan Suwandi ; Budi Sulistya ; Yoga Prastiya Wibawa ; Hanifah Dwiyanti ; Moh. Alma Samudro ; Widar Dwi Gustian ; Azrizal Akbar ; Christian Wisnu Purnaadi ; Sakinah Puspa Anggraeni ; Yuki Istianto ; Ryan Prasetya Utama ; I Made Astawa ;</t>
   </si>
   <si>
     <t>EC002025048064</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Elektronika</t>
-[...28 lines deleted...]
-  <si>
     <t>TapNPlug</t>
   </si>
   <si>
     <t>Eka Setianingsih ; Dwidharma Priyasta Tasurun ; Wahyu Cesar ; Fito Wigunanto Herminawan ; Tanzi Mubaroq Santoso ; Prasetyo Aji ; Riza ; Eka Rakhman Priandana ; Panca Kurniawan ; Supriono Agung Wibowo ; Prima Trie Wijaya ; Melyana ; Firson Satriasta ;</t>
   </si>
   <si>
     <t>2025-04-29</t>
   </si>
   <si>
     <t>EC002025043980</t>
   </si>
   <si>
     <t>MethaRice v1.0 : Aplikasi Perhitungan Emisi Gas Metana (CH₄) Lahan Sawah di Indonesia berbasis Citra Satelit</t>
   </si>
   <si>
     <t>Hilda Ayu Pratikasiwi ; Khalifah Insan Nur Rahmi ; Parwati ; Rahmat Arief ; Dandy Aditya Novresiandi ; Rendi Handika ; Terry Ayu Adriany ; Destika Cahyana ; Wage Ratna Rohaeni ; R. Iman Muhardiono BR ;</t>
   </si>
   <si>
     <t>EC002025043813</t>
   </si>
   <si>
     <t>Dataset Tutupan Lahan Kabupaten Sumbawa Dengan Resolusi Spasial 10 meter</t>
   </si>
   <si>
     <t>Muhammad Ramdhan ; Taslim Arifin ; Yulius ;</t>
   </si>
   <si>
     <t>2025-04-11</t>
   </si>
   <si>
     <t>EC002025037858</t>
   </si>
   <si>
+    <t>SiBethi (Sistem informasi Perbenihan Tanaman Hutan Indonesia)</t>
+  </si>
+  <si>
+    <t>Denny ; Vivi Yuskianti ; Dede Jajat Sudrajat ; Evayusvita Rustam ; Bintoro ;</t>
+  </si>
+  <si>
+    <t>2025-04-09</t>
+  </si>
+  <si>
+    <t>EC002025039298</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Ekologi dan Etnobiologi</t>
+  </si>
+  <si>
     <t>Fruit Guard: Aplikasi Cerdas Pengendalian Kematangan Buah</t>
   </si>
   <si>
     <t>Ratna Mayasari ; Ardani Cesario Zuhri ; Zaid Cahya Dinul Haq ; Tsani Hendro Nugroho ; Heru Taufiqurrohman ; Muhammad Putra Rasuanta ; Ismail Saleh ; Ellia Kristiningrum ; Arwidya Tantri Agtusia ; Ajun Tri Setyoko ;</t>
   </si>
   <si>
     <t>2025-03-24</t>
   </si>
   <si>
     <t>EC002025034798</t>
   </si>
   <si>
     <t>AVU-Net: Program Segmentasi Citra Fungi Mikroskopis dengan Metode Attention VGG19 U-Net</t>
   </si>
   <si>
     <t>Muhamad Rodhi Supriyadi ; Umi Chasanah ; Gilang Mantara Putra ; Raden Putri Ayu Pramesti ; Dewi Habsari Budiarti ; Josua Geovani Pinem ; Mukti Wibowo ; Muhammad Reza Alfin ; Jemie Muliadi ; Danang Waluyo ;</t>
   </si>
   <si>
     <t>2025-03-21</t>
   </si>
   <si>
     <t>EC002025034064</t>
   </si>
   <si>
     <t>ReMon: Real-time Sensor Monitoring</t>
@@ -899,3578 +2846,3548 @@
   <si>
     <t>Asep Haryono ; Umi Chasanah ; Linda Nuryanti ; Hilda Luthfiyah ; Yuki Istianto ; Rully Kusumajaya ; Sofyan Mufti Prasetiyo ; Muhammad Fadhlan Putranto ; Adi Nurhadiyatna ;</t>
   </si>
   <si>
     <t>2025-03-18</t>
   </si>
   <si>
     <t>EC002025032667</t>
   </si>
   <si>
     <t>AQUACULTURE DEVELOPMENT IN ARCHIPELAGO</t>
   </si>
   <si>
     <t>Erma Primanita Hayuningtyas ; Estu Nugroho ; Imron ; Rosmiati ; Bambang Gunadi ; Khairul Syahputra ; Herlinah ; Adam Robisalmi ; Adang Saputra ; Apri I. Supii ; Andi Parenrengi ; Arsad Tirta Subangkit ; Bambang Iswanto ; Bastiar Nur ; Brata Pantjara ; Dewi Puspaningsih ; Didik Ariyanto ; Eni Kusrini ; Emma Suryati ; Evi Tahapari ; Fajar Anggraeni ; Gunarto ; Huria Marnis ; I Gusti Ngurah Permana ; Ibnu Rusdi ; Ikhsan Khasani ; Irin Iriana Kusnini ; Jadmiko Darmawan Widi Prasetiya ; Jhon Harianto Hutapea ; Jojo Subagja ; Kurniawan ; Lies Setijaningsih ; Listio Dharmawantho ; Muhammad Marzuqi ; Mulyasari ; Nunak Nafiqoh ; Nunuk Listiyowati ; Nurdiansyah ; Otong Zaenal Arifin ; Rahmat Hidayat ; Rasidi ; Rommy Suprapto ; Ruby Vidia Kusumah ; Samuel Lante ; Sawung Cindelaras ; Siti Murniasih ; Suharyanto ; Sulaeman ; Sularto ; Sulasy Rohmy ; Tony Setia Dharma ; Vitas Atmadi Prakoso ; Wahyu Pamungkas Soengkawati ; Wahyulia Cahyanti ; Yogi Himawan ; Zafran ; Anang Hari Kristano ; Andi Tenriulo ; Gigih Setia Wibawa ; Ngurah Sedana Yasa ;</t>
   </si>
   <si>
     <t>2024-12-16</t>
   </si>
   <si>
     <t>EC002024253487</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Perikanan</t>
   </si>
   <si>
+    <t>Fragmentasi Dan Soliditas Partai Islam Di Indonesia</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>EC002024250531</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Politik</t>
+  </si>
+  <si>
     <t>The Indonesian Perspective On Democracy</t>
   </si>
   <si>
     <t>Firman Noor ; Sri Nuryanti ; Mardyanto Wahyu Tryatmoko ; Defbry Margiansyah ; Devi Darmawan ; Sandy Nur Ikfal Raharjo ; Ridho Imawan Hanafi ; Muhamad Haripin ; Lidya Christin Sinaga ; Khanisa ; Luky Sandra Amalia ; Wasisto Raharjo Jati ;</t>
   </si>
   <si>
-    <t>2024-12-12</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024250529</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Politik</t>
-[...5 lines deleted...]
-    <t>EC002024250531</t>
+    <t>Watershed Health Assessment System (WHAS)</t>
+  </si>
+  <si>
+    <t>Foni Agus Setiawan ; Irfan Budi Pramono ; Budi Heru Santosa ; Agus Wuryanta ; Rachmat Fajar Lubis ; Galdita Aruba Chulafak ; Novita Br Ginting ;</t>
+  </si>
+  <si>
+    <t>2024-12-11</t>
+  </si>
+  <si>
+    <t>EC002024249614</t>
+  </si>
+  <si>
+    <t>Sistem Manajemen Warehouse Dan Point Of Sales (POS) E- commerce</t>
+  </si>
+  <si>
+    <t>Arafat Febriandirza ; Budi Nugroho ; Abdurrakhman Prasetyadi ; M. Yudhi Rezaldi ; Ambar Yoganingrum ; Christine Cecylia Munthe ; Marcellito Vido Triwibowo ; Dery Andrian Pratama ;</t>
+  </si>
+  <si>
+    <t>EC002024249615</t>
+  </si>
+  <si>
+    <t>BRIN, PT Inovasi Teknologi Kebaikan, Pusat Riset Sains Data dan Informasi</t>
   </si>
   <si>
     <t>PosTagBugis3K - Dataset Part-of- Speech Tag Korpus Bahasa Bugis</t>
   </si>
   <si>
     <t>Andi Djalal Latief ; Yuyun ; M. Teduh Uliniansyah ; Gunarso ; Tri Sampurno ; Elvira Nurfadhilah ; Siska Pebiana ; Dian Isnaeni Nurul Afra ; Nuraisa Novia Hidayati ; Gusnawati ; Pammuda ; Mutahharah Nemin Kaharuddin ; Ita Rosvita ; Nurfaedah ; Dalyan Tahir ;</t>
   </si>
   <si>
-    <t>2024-12-11</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024249616</t>
   </si>
   <si>
     <t>BRIN, Fakultas Ilmu Budaya - Universitas Hasanuddin, Pusat Riset Sains Data dan Informasi</t>
   </si>
   <si>
-    <t>Watershed Health Assessment System (WHAS)</t>
-[...19 lines deleted...]
-  <si>
     <t>Aplikasi AUDIT TOOLS LATIK</t>
   </si>
   <si>
     <t>Armita Widyasuri ; Andrari Grahitandaru ; Zain Saifullah ; Miranti Jatnika Riski ; Friyogi Resvy Mahda ; Sopian Amir ; Mochammad Fikri ; Harnum Annisa Prafitia ; Nimas Ayu Untariyati ; Retno Anggreini Dyah Ayuningtias ; Wardatul Hanifah ;</t>
   </si>
   <si>
     <t>EC002024249617</t>
   </si>
   <si>
     <t>Program Komputer Untuk Visualisasi Ocean Climate Index</t>
   </si>
   <si>
     <t>Dessy Berlianty ; Munawar Sahabuddin ; Putri Adia Utari ;</t>
   </si>
   <si>
     <t>2024-12-10</t>
   </si>
   <si>
     <t>EC002024248773</t>
   </si>
   <si>
+    <t>Perangkat Lunak Mesin High Energy Milling (HEM)</t>
+  </si>
+  <si>
+    <t>Dito Eka Cahya ; Nurul Taufiqu Rochman ; Tsani Hendro Nugroho ; Zaid Cahya Dinul Haq ; Fadhil Taufiqul Akbar Rusady, S.Si ; Usman Abdulaziz, S.Ars ;</t>
+  </si>
+  <si>
+    <t>EC002024248774</t>
+  </si>
+  <si>
+    <t>BRIN – ORCA (Oilspills Recognition And Clustering Automation)</t>
+  </si>
+  <si>
+    <t>Rizky Faristyawan ; Muhammad Fadhlan Putranto ; Argo Galih Suhadha ; Maryani Hartuti ; Widodo Setiyo Pranowo ; Tri Muji Susantoro ; Try Kusuma Wardana ; Andi Ibrahim ;</t>
+  </si>
+  <si>
+    <t>EC002024248776</t>
+  </si>
+  <si>
     <t>Peta Gunungapi Anak Krakatau Tahun 2023</t>
   </si>
   <si>
     <t>EC002024248777</t>
   </si>
   <si>
+    <t>Aplikasi BRIN CSPP Processing Service V1.0</t>
+  </si>
+  <si>
+    <t>Panji Rachman Ramadhan ; Andy Indradjad ; Dinari Nikken Sulastrie Sirin ; Nurmajid Setyasaputra ; Sutan Takdir Ali Munawar ;</t>
+  </si>
+  <si>
+    <t>EC002024248775</t>
+  </si>
+  <si>
     <t>Big Data Processing For Automatic Water Body Extraction From Sentinel-2 Imagery</t>
   </si>
   <si>
     <t>Rossi Hamzah ; Danang Surya Candra ; Udhi Catur Nugroho ; Galdita Aruba Chulafak ; Khalifah Insan Nur Rahmi ; Hana Listi Fitriana ; Ihsan Naufan ; Angga Trysa Yuherdha ; Andryana Dwi Permadi ;</t>
   </si>
   <si>
     <t>EC002024248755</t>
   </si>
   <si>
-    <t>Perangkat Lunak Mesin High Energy Milling (HEM)</t>
-[...23 lines deleted...]
-    <t>EC002024248775</t>
+    <t>Sistem Penilaian Kesiapan Research Data Management</t>
+  </si>
+  <si>
+    <t>Ekawati Marlina ; Hermin Triasih ; Betty Purwandari ; Achmad Nizar Hidayanto ; Andi Yudi Prayoga ;</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>EC002024247596</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Modul Alat Pemantauan Nilai Kapasitansi Dan Nilai Induktansi Secara Real Time Pada LCL Filter (BRINTEC V1)</t>
+  </si>
+  <si>
+    <t>Asep Dadan Hermawan ; Tsani Hendro Nugroho ; Fitra Hidiyanto ; Arief Kurniawan ; Heri Nugraha ; Dwie Vannia Dianti ; Teddy Anugrah Ramanel ; Muhammad Taufiq ; Agus Basuki ;</t>
+  </si>
+  <si>
+    <t>EC002024247592</t>
+  </si>
+  <si>
+    <t>Dataset Distribusi Spasial Pengujian Konsentrasi Klorofil-a Tervalidasi Berbasis Otomatisasi Landsat Dan Model Aljabar</t>
+  </si>
+  <si>
+    <t>EC002024247599</t>
+  </si>
+  <si>
+    <t>Dataset Lahan Tanaman Ilegal</t>
+  </si>
+  <si>
+    <t>Aris Surya Yunata ; Yomi Guno ; Fadjar Rahino Triputra ; Widyawasta ; Karyawan ; Dewi Habsari Budiarti ; Irfansyah Yudhi Tanasa ; Frandi Adi Kaharjito ; Apid Rustandi ; M. Yudhi Rezaldi ; Ridwan Suhud ; Aang Gunawan S ; Abid Paripurna Fuadi ; Mukti Wibowo ; Asyaraf Hidayat ; Syahrul ; Yohanes Pringeten Dilianto Sembiring Depari ; Jemie Muliadi ; Guno Wicaksono ;</t>
+  </si>
+  <si>
+    <t>EC002024247590</t>
+  </si>
+  <si>
+    <t>Dataset Mangrove Budeng Bali 2023</t>
+  </si>
+  <si>
+    <t>Frida Sidik ; Edi Kurniawan ; Nuryani Widagti ; Adiguna Rahmat Nugraha ; I Nyoman Surana ; Ni Made Nia Bunga Surya Dewi ;</t>
+  </si>
+  <si>
+    <t>EC002024247598</t>
+  </si>
+  <si>
+    <t>Dataset Elemen Matriks Bertetangga Untuk Gambar Digital N X N Pixel</t>
+  </si>
+  <si>
+    <t>Iwan Setiawan ; Rachmat Hidayat ; Didi Rosiyadi ; Prof. Edy Tri Baskoro, M.Sc., Ph.D ; Dra.Rina Ratianingsih, M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002024247589</t>
+  </si>
+  <si>
+    <t>VIIRS Level 1 Conversion Toolkit (NC To TIFF)</t>
+  </si>
+  <si>
+    <t>Andy Indradjad ; Rossi Hamzah ; Teguh Prayogo ; Syarif Budhiman ; Karunika Diwyacitta ; Ika Siwi Supriyani ; Rise Hapshary Surayuda ; Olivia Maftukhaturrizqoh ; Fauzan Al Ayyubi ; Muchammad Soleh ;</t>
+  </si>
+  <si>
+    <t>EC002024247586</t>
+  </si>
+  <si>
+    <t>Aplikasi Komputer Penentuan Rute Kapal Untuk Meminimalkan Biaya Transportasi Pada Angkutan Laut Bersubsidi Di Indonesia</t>
+  </si>
+  <si>
+    <t>Windra Priatna Humang ; Djoko Prijo Utomo ; Hasriwan Putra ; Dedy Arianto ; Rutma Pujiwat ; Dwi Phalita Upahita ; Sucipto ; Asep Yayat Nurhidayat ; Yustina Niken Raharina Hendra ; Maharani Almira Salsabilla ; Mohamad Ivan Aji Saputro ; Mega Novetrishka Putri ; Nur Fitriana ;</t>
+  </si>
+  <si>
+    <t>EC002024247597</t>
+  </si>
+  <si>
+    <t>Aplikasi Untuk Optimasi Rute Transportasi Fatty Acid Methyl Ester (FAME) Sebagai Bahan Baku Biodiesel Dengan Mempertimbangkan Variabel Resiko Disebabkan Kerusakan Jalan</t>
+  </si>
+  <si>
+    <t>Dwi Phalita Upahita ; Rutma Pujiwat ; M. Rosyidi ; Djoko Prijo Utomo ; Yustina Niken Raharina Hendra ; Sucipto ; Annissa Roschyntawati ; Maharani Almira Salsabilla ; Siti Hidayanti Mutiara Kurnia ; Asep Yayat Nurhidayat ; Windra Priatna Humang ; Dedy Arianto ; Hasriwan Putra ; Mohamad Ivan Aji Saputro ; Mega Novetrishka Putri ; Nur Fitriana ;</t>
+  </si>
+  <si>
+    <t>EC002024247587</t>
   </si>
   <si>
     <t>Perangkat Lunak Misi Pencitraan Indonesia (MICIN)</t>
   </si>
   <si>
     <t>Nur Salma Yusuf Hasanah ; Satriya Utama ; Rise Hapshary Surayuda ; Suraduita Mupasanta ; Wakhid Abdurrokhman ; Ahmad Zammir Ribah ; Nova Maras Nurul Khamsah ; Anshari Akbar ; Patria Rachman Hakim ;</t>
   </si>
   <si>
-    <t>2024-12-09</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024247593</t>
   </si>
   <si>
-    <t>VIIRS Level 1 Conversion Toolkit (NC To TIFF)</t>
-[...14 lines deleted...]
-    <t>EC002024247590</t>
+    <t>TRANSPAY</t>
+  </si>
+  <si>
+    <t>Rachmat Hidayat ; Heru Susanto ; Andri Saputra ; Budhi Riyanto ; Iwan Setiawan ; Arief Indriarto Haris ; Raden Muhammad Taufik Yuniantoro ; Taufik Iqbal Ramdhani ; Rd. Angga Ferianda ; Akbari Indra Basuki ; Lakmi Makarti ;</t>
+  </si>
+  <si>
+    <t>EC002024247595</t>
+  </si>
+  <si>
+    <t>PV Microgrid For Green Data Center (PV- Gender) Aplikasi Simulasi Tekno Ekonomi Sistem PV Pada Pusat Data Hijau Berbasis Python Dan Containerization</t>
+  </si>
+  <si>
+    <t>Dannya Maharani Putri Utami ; Kholid Akhmad ; Taufik Iqbal Ramdhani ; Prasetyo Aji ; Vetri Nurliyanti ; Adinda Prawitasari ; Eka Nurdiana ; Dhea Amelia Rianjani ; Suhraeni Syafei ; Arif Cahyono Dwi Nugroho ; Dani Ramdani ; Ilham Rahmat Kurnia ; Nugraha Ramadhana ; Hafsah Halidah ; Khotimatul Fauziah ; Dionysius Aldion Renata ; Yusuf Margowadi ; Munadiyan Nurhuda ; Ahmad Gusyairi ; Zulramadhanie ;</t>
+  </si>
+  <si>
+    <t>EC002024247594</t>
+  </si>
+  <si>
+    <t>Sistem Penilaian Resiko Penerbangan Pesawat Terbang Tanpa Awak Dengan Pendekatan SORA (Specific Operations Risk Assessment)</t>
+  </si>
+  <si>
+    <t>Abdul Rohman ; Abdul Aziz ; Aries Asrianto Ramadian ; Danartomo Kusumoaji ; Irma Rismayanti ; Ildefonsa Anna Fransiska Nahak ; Rudi Choirul Anwar ; Hartono ; Fuad Surastyo Pranoto ; Ari Sugeng Budiyanta ; Fadilah Hasim ; Gunawan Setyo Prabowo ;</t>
+  </si>
+  <si>
+    <t>EC002024247591</t>
   </si>
   <si>
     <t>Dataset Tingkat Kematangan Buah Pisang Cavendish</t>
   </si>
   <si>
     <t>Dito Eka Cahya ; Zaid Cahya Dinul Haq ; Tsani Hendro Nugroho ; Heru Taufiqurrohman ; Ardani Cesario Zuhri ; Waqif Agusta ; Herdiarti Destika H. ;</t>
   </si>
   <si>
     <t>EC002024247588</t>
   </si>
   <si>
-    <t>Sistem Penilaian Resiko Penerbangan Pesawat Terbang Tanpa Awak Dengan Pendekatan SORA (Specific Operations Risk Assessment)</t>
-[...94 lines deleted...]
-  <si>
     <t>Dataset Data Training Dan Testing Untuk Klasifikasi Tutupan Lahan Di Kabupaten Indramayu Berbasis Citra Satelit Sentinel-2A</t>
   </si>
   <si>
     <t>Wawan Hendriawan Nur ; Yuliana Susilowati ; Yugo Kumoro ; Okta Fajar Saputra ; Mamat Suhermat ; Aang Gunawan S ; Titan Listiani ; Gibtha Fitri Laxmi ; Bayu Ardiyanto ; Dewi Mustika Pertiwi ; Dina Haryanti ; Khafidz Asshidqi Al Awaby ; Moch Rafli Firmansyah ;</t>
   </si>
   <si>
     <t>EC002024247600</t>
   </si>
   <si>
+    <t>Gmt_pyplotter V1.0 - Generic Mapping Tools (GMT) Interactive Script Generator Berbasis Python</t>
+  </si>
+  <si>
+    <t>Aditya Dwi Prasetio ; Titi Anggono ; Syuhada ; Febty Febriani ; Mohamad Ramdhan ; Cinantya Nirmala Dewi ; Ade Surya Putra ; Fa'iz Muttaqy ; Atin Nur Aulia ; Mohammad Hasib ;</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>EC002024245564</t>
+  </si>
+  <si>
+    <t>GeSerHB</t>
+  </si>
+  <si>
+    <t>Korri Elvanita El Khobar ; Caecilia Hapsari Ceriapuri Sukowati ; Turyadi ; Agustiningsih ; Muhammad Rezki Rasyak ; Dhita Prabasri Wibowo ; Sri Jayanti ; David Handojo Muljono ;</t>
+  </si>
+  <si>
+    <t>EC002024245570</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Biologi Molekuler Eijkman</t>
+  </si>
+  <si>
     <t>Sistem Penghitung Tumbuhan Ganja Menggunakan Arsitektur Unet Dan Metode Yolo</t>
   </si>
   <si>
     <t>Muhammad Sulaiman Nur Ubay ; Kuncoro Teguh Setiawan ; Hastuadi Harsa ; Rafi Mochamad Fahreza ; Dimas Chandra Widya Pratama ; Guno Wicaksono ; Alberto Leonardus ;</t>
   </si>
   <si>
-    <t>2024-12-06</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024245573</t>
   </si>
   <si>
+    <t>Aplikasi Pembelajaran Mesin Untuk Evaluasi Model Fase Padi (MODEPADI)</t>
+  </si>
+  <si>
+    <t>Adi Ankafia ; Dede Dirgahayu Domiri ; Hengki Muradi ; I Made Parsa ; Anisa Rarasati ; I Kadek Yoga Dwi Putra ; R. Johannes Manalu ; Hilda Ayu Pratikasiwi ;</t>
+  </si>
+  <si>
+    <t>EC002024245569</t>
+  </si>
+  <si>
+    <t>Program Komputer Visualisasi Hasil Pengukuran Responsivitas Spektral Objek Dengan Menggunakan Spektroradiometer (v.1)</t>
+  </si>
+  <si>
+    <t>Musyarofah ; Andy Indradjad ; Rr. Erna Sri Adiningsih ; Andie Setiyoko ; Ahmad Maryanto ; D. Heri Yuli Sulyantara ; Hendayani ; Dianovita ; Dinari Nikken Sulastrie Sirin ; Kiki Winda Veronica ; Bayulodie Vallianto ;</t>
+  </si>
+  <si>
+    <t>EC002024245567</t>
+  </si>
+  <si>
+    <t>Sistem Akusisi Dan Pemantauan Konsumsi Bahan Bakar Mesin Diesel Genset Berbasis SCADA</t>
+  </si>
+  <si>
+    <t>Arya Bhaskara Adiprabowo ; Frendy Rian Saputro ; Wargiantoro Prabowo ; Trisno Anggoro ; Imron Masfuri ; Bambang Muharto ; Erlan Rosyadi ; Dhani Avianto Sugeng ; Dr. Ahmad Muhsin Bin Ithnin ; Prof. Madya Ts. Dr. Wira Jazair Bin Yahya ;</t>
+  </si>
+  <si>
+    <t>EC002024245558</t>
+  </si>
+  <si>
+    <t>Sistem Otomatisasi Publishing Data Ke Sistem Pemantauan Bumi Nasional</t>
+  </si>
+  <si>
+    <t>Siti Nadia Nurhidayah ; Rubini Jusuf ; Ahmad Sutanto ; Steward Augusto ; Eduard Thomas Prakoso M ; Krisna Malik Sukarno ; Anwar Annas ; Silvan Anggia Bayu Setia Permana ; Agnes Sondita Payani ; Taufik Hidayat ; Reno Ogestro ; Bayulodie Vallianto ; Irham Febrieka PH ;</t>
+  </si>
+  <si>
+    <t>EC002024245572</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Cacat Pada Hasil Pengelasan Shielded Metal Arc Welding (SMAW) Dengan Menggunakan Arsitektur Mask R-CNN</t>
+  </si>
+  <si>
+    <t>Agus Sasmito ; Nandiko Rizal ; Irfan Eko Sandjaja ; Totok Triputrastyo Murwatono ; Andik Machfudin ; Dian Purnama Sari ; Mubessirul Ummah ; Rima Tri Wahyuningrum ; Mohamad Imron Mustajib ;</t>
+  </si>
+  <si>
+    <t>EC002024245574</t>
+  </si>
+  <si>
+    <t>Program Komputer Sistem Telemetri Untuk Pemantauan Parameter Cuaca Dan Kondisi Lahan Gambut</t>
+  </si>
+  <si>
+    <t>Muhamad Djazim Syaifullah ; Dwipa Wirawan ; Purwadi ;</t>
+  </si>
+  <si>
+    <t>EC002024245565</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Biochar Sekam Padi</t>
+  </si>
+  <si>
+    <t>Tri Wahyuni ; Tri Martini ; Helena Lina Susilawati ; Meidaliyantisyah ; Prof. Dr. Ir. Bambang Purwantana, M.Agr ; Dr. Ngadisih, S.T.P., M.Sc ; Dr. Rizki Maftukhah, S.T.P., M.Sc ;</t>
+  </si>
+  <si>
+    <t>EC002024245559</t>
+  </si>
+  <si>
+    <t>Plugins TRIGRSMap</t>
+  </si>
+  <si>
+    <t>Khori Sugianti ; Mamat Suhermat ; Arifan Jaya Syahbana ; Wawan Hendriawan Nur ; Aang Gunawan S ; Adrin Tohari ; Okta Fajar Saputra ; Hasan Tri Atmojo ;</t>
+  </si>
+  <si>
+    <t>EC002024245566</t>
+  </si>
+  <si>
+    <t>Jakarta Slum Area Segmentation Dataset</t>
+  </si>
+  <si>
+    <t>Andre Sihombing ; Yustisi Ardhitasari Lumban Gaol ; Aninda Wisaksanti Rudiastuti ; Florence Elfriede Sinthauli Silalahi ; Yosef Prihanto ; Galdita Aruba Chulafak ; Aldino Rizaldy, S.T., M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC002024245563</t>
+  </si>
+  <si>
     <t>Program Komputer Pre-processing Data Curah Hujan Observasi</t>
   </si>
   <si>
     <t>Edy Maryadi ; Eddy Hermawan ; Teguh Harjana ; Ammar Abiyyu Tsaqib, S.Si. ; Ir. Yanto, S.T., M.S.E., Ph.D., IPM ; Dr. Annisa Nur Falah, M.Mat. ; Yudhie Andriyana, M.Sc., Ph.D. ;</t>
   </si>
   <si>
     <t>EC002024245560</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Iklim dan Atmosfer</t>
-[...1 lines deleted...]
-  <si>
     <t>ProVigna</t>
   </si>
   <si>
     <t>Ariani Indrawati ; Deden Sumirat Hidayat ; Dadan Ridwan Saleh ; Yulia Aris Kartika ; Zaenal Akbar ; Dwi Setyo Rini ; Arya Adhyaksa Waskita ; Hidayat ; Jahval Romiz Septrada ;</t>
   </si>
   <si>
     <t>EC002024245571</t>
   </si>
   <si>
-    <t>Gmt_pyplotter V1.0 - Generic Mapping Tools (GMT) Interactive Script Generator Berbasis Python</t>
-[...43 lines deleted...]
-  <si>
     <t>Spesimen Uji Bentuk Pelat Persegi Panjang Dengan Cacat Buatan Hasil Pengelasan Busur Logam Terlindung Sebagai Alat Peraga Uji Tak Rusak</t>
   </si>
   <si>
     <t>Jepri Sutanto ; Siswoto ; Yulaida Maya Sari ; Budi Santoso ; Iswanto ; Dinnia Intaningrum ; Irvan Dwi Junianto ; Mochammad Ari Rahmadani ; Ika Wahyu Setya Andani ; Baskan Hanurajie ; Alfitri Meliana ; Sugiyarto ;</t>
   </si>
   <si>
     <t>EC002024245568</t>
   </si>
   <si>
-    <t>Aplikasi Deteksi Cacat Pada Hasil Pengelasan Shielded Metal Arc Welding (SMAW) Dengan Menggunakan Arsitektur Mask R-CNN</t>
-[...53 lines deleted...]
-    <t>BRIN, Pusat Riset Biologi Molekuler Eijkman</t>
+    <t>Aplikasi Web Prediksi Dan Optimasi Performa Mesin Diesel Berbasis Pembelajaran Mesin</t>
+  </si>
+  <si>
+    <t>Arya Bhaskara Adiprabowo ; Nilam Sari Octaviani ; Fitra Hidiyanto ; Sigit Tri Atmaja ; Kurnia Fajar Adhi Sukra ; Ardani Cesario Zuhri ; Dhani Avianto Sugeng ; Rizqon Fajar ; Muchammad Taufiq Suryantoro ; Raditya Hendra Pratama ;</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>EC002024244170</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Cacat Hasil Pengelasan Shielded Metal Arc Welding (SMAW) Berbasis Image Processing Menggunakan Yolov8</t>
+  </si>
+  <si>
+    <t>Agus Sasmito ; Nandiko Rizal ; Irfan Eko Sandjaja ; Totok Triputrastyo Murwatono ; Andik Machfudin ; Dian Purnama Sari ; Retno Hestiningrum ; Rima Tri Wahyuningrum ; Mohamad Imron Mustajib ;</t>
+  </si>
+  <si>
+    <t>EC002024244168</t>
   </si>
   <si>
     <t>TANAM’AMAN: Aplikasi Berbasis Machine Learning Untuk Prediksi Insidensi Penyakit Tungro Padi Dan Rekomondasi Secara Real-Time Di Indonesia</t>
   </si>
   <si>
     <t>Wasis Senoaji ; Nur Rosida ; Kestrilia Rega Prilianti ; Stanley Adi Dewangga ;</t>
   </si>
   <si>
-    <t>2024-12-05</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024244172</t>
   </si>
   <si>
-    <t>Aplikasi Web Prediksi Dan Optimasi Performa Mesin Diesel Berbasis Pembelajaran Mesin</t>
-[...5 lines deleted...]
-    <t>EC002024244170</t>
+    <t>Program Komputer Untuk Visualisasi Upwelling Anomaly</t>
+  </si>
+  <si>
+    <t>Dessy Berlianty ; Putri Adia Utari ;</t>
+  </si>
+  <si>
+    <t>EC002024244174</t>
+  </si>
+  <si>
+    <t>Dataset Segmentasi Fitoplankton Perairan Belitung</t>
+  </si>
+  <si>
+    <t>Aria Bisri ; Esa Prakasa ; Arief Rachman ; Diah Radini Noerdjito ; Riyo Wardoyo ; Ovide Decroly Wisnu Ardhi ; Tri Retnaningsih Soeprobowati ; Kusworo Adi ; Syifa Salsabila ; Namira Salsabilla ; Akmal Muzaki Bakir ;</t>
+  </si>
+  <si>
+    <t>EC002024244169</t>
+  </si>
+  <si>
+    <t>Aplikasi Penghapusan Awan Dari Citra Satelit Sentinel-2 Pada Band RGB Dengan Metode Multi-Temporal Cloud Removal (MTCR)</t>
+  </si>
+  <si>
+    <t>Lia Sadita ; Andre Sihombing ; Ira Maryati ; Roni Salambue ; Suhardiman ; Aruni Yasmin Azizah ;</t>
+  </si>
+  <si>
+    <t>EC002024244180</t>
+  </si>
+  <si>
+    <t>BRIN, FMIPA UNRI, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Sistem Pelacakan Susu</t>
+  </si>
+  <si>
+    <t>Pradeka Brilyan Purwandoko ; Ignatius Fajar Apriyanto ; Seri Intan Kuala ; Novita Dwi Susanti ; Arif Nur Rohman ;</t>
+  </si>
+  <si>
+    <t>EC002024244163</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Tepat Guna</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Geopolimer Berbahan Limbah Abu Terbang Dan Plastik Rekayasa Ulang</t>
+  </si>
+  <si>
+    <t>Novy Ariyanto ; Nugroho Adi Sasongko ; Yoyon Wahyono ; Danaytha Ayuningtyas ; Yureana Wijayanti, S.T., M.Eng., Ph.D ; Alfaldo Branoyasensa Baria ; Norbert Olvan Victorianus ; Riyanti Putri ; Bima Sukma Aji ; Tasrikin Agustianto, S.T. ;</t>
+  </si>
+  <si>
+    <t>EC002024244183</t>
+  </si>
+  <si>
+    <t>PyResilience V .01</t>
+  </si>
+  <si>
+    <t>EC002024244177</t>
+  </si>
+  <si>
+    <t>Batimetri Resolusi Tinggi Perairan Marina Jambu</t>
+  </si>
+  <si>
+    <t>Rido Dwi Ismanto ; Arnida L. Latifah ; Novan Tofany ; Ayu Shabrina ; Wiko Setyonegoro ; Subiyanto ; Didit Adytia ; Andreas Parama Wijaya ; Fauzi ; Henokh Lugo Hariyanto ; Amandha Affa Auliya ; Mochammad Raja Jaefant Alphalevy ;</t>
+  </si>
+  <si>
+    <t>EC002024244159</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Geopolimer Berbahan Limbah Abu Terbang Dan Serbuk Kaca Silika</t>
+  </si>
+  <si>
+    <t>EC002024244182</t>
+  </si>
+  <si>
+    <t>SATUMASA – Aplikasi Kaji Diri Budaya Keselamatan</t>
+  </si>
+  <si>
+    <t>Khusnul Khotimah ; Agus Teguh Pranoto ; Edwin Yoga Pratama ; Chevy Cahyana ; Ika Wahyu Setya Andani ; Nunik Madyaningarum ; Ratih Luhuring Tyas ; Budi Santoso ; Rismiyanto ; Joko Waluyo ; Kurnia Anzhar ; Hadi Suntoko ; Siti Alimah ; Fepriadi ; Agus Aryanto ; Sriyana ;</t>
+  </si>
+  <si>
+    <t>EC002024244171</t>
+  </si>
+  <si>
+    <t>Sistem Diseminasi Curah Hujan Near-realtime Berbasis Satelit Himawari</t>
+  </si>
+  <si>
+    <t>Wismu Sunarmodo ; Galdita Aruba Chulafak ;</t>
+  </si>
+  <si>
+    <t>EC002024244162</t>
+  </si>
+  <si>
+    <t>Aplikasi Sistem Sensor Pengukur Gaya Longitudinal Pada Kereta Api</t>
+  </si>
+  <si>
+    <t>Arga Agung Nugroho ; Muchamad Gozali ; Makmuri ; Budi Prasetiyo ; Harris Zenal ; Yudi Irawadi ; Bambang Purnomo Yanuarso ; Mahfudz Al Huda ; Djoko Wahyu Karmiadji ; Anwar ; Yana Heryana ; Indra Hardiman Mulyowardono ; Wahyu Sulistiyo ; Budi Haryanto ; Mustasyar Perkasa ; Muhammad Awwaluddin ; Wahyu Purnawirawan ; Effendi Dodi Arisandi ; Akhmad Sarif ; Rohadi Satrio Budi Utomo ;</t>
+  </si>
+  <si>
+    <t>EC002024244176</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Kekuatan Struktur</t>
+  </si>
+  <si>
+    <t>Tsunami Kuisioner Online (TSUNAKO)</t>
+  </si>
+  <si>
+    <t>Lian Yuanita Andikasari ; Ritha Riyandari ; Zulfa Qonita ; Bondan Fiqi Riyalda ; Novian Andri Akhirianto ; Anies Ma'rufatin ; Riski Fitriani ; Diyah Krisna Yuliana ; Dwi Abad Tiwi ; Bambang Marwanta ; Marina C. G. Frederik ;</t>
+  </si>
+  <si>
+    <t>EC002024244156</t>
+  </si>
+  <si>
+    <t>Aplikasi Penapisan Keluarga Berisiko Stunting Berbasis Website</t>
+  </si>
+  <si>
+    <t>Yekti Widodo ; Sahid Bismantoko ; Rika Rachmalina ; Salimar ; Nuzuliyati Nurhidayati ; Irlina Raswanti Irawan ; Noviati Fuada ; Rika Rachmawati ; Yunita Diana Sari ; Budi Setyawati ; Andre Yunianto ; Margareth Maya Parulianta Naibaho ;</t>
+  </si>
+  <si>
+    <t>EC002024244166</t>
+  </si>
+  <si>
+    <t>Aplikasi Analisis Profil Pola Pengambilan Mata Kuliah Mahasiswa Berdasarkan Kesesuaiannya Dengan Pedoman Kurikulum</t>
+  </si>
+  <si>
+    <t>Satrio Adi Priyambada ;</t>
+  </si>
+  <si>
+    <t>EC002024244161</t>
+  </si>
+  <si>
+    <t>Sistem Dasbor Peringatan Dini Tsunami Secara Real-Time</t>
+  </si>
+  <si>
+    <t>Amien Rusdiutomo ; Dhedy Husada Fadjar Perdana ; Edwin Adi Wiguna ; Andan Sigit Purwoko ; Ayu Novitasari Saputri ; Destianingrum Ratna Prabawardani ; Wahyu Hendriyono ; Sapto Nugroho ; Widjo Kongko ;</t>
+  </si>
+  <si>
+    <t>EC002024244157</t>
+  </si>
+  <si>
+    <t>“eRiskA” (Electronic Information System For Risk Analysis Based On Fuzzy FMEA)</t>
+  </si>
+  <si>
+    <t>Tri Widianti ; Himma Firdaus ; Muhammad Azzumar ; Sik Sumaedi ; Adindra Vickar Ega ; R. Rudi Anggoro Samodro ; Mahmudi ; Meilinda Ayundyahrini ; Mauludin Hidayat ; Sih Damayanti ; Tri Rakhmawati ; Anggini Dinaseviani ; Nurfadlih Syahlani ; Agung Widyo Utomo ;</t>
+  </si>
+  <si>
+    <t>EC002024244178</t>
+  </si>
+  <si>
+    <t>AR-Deni: Aplikasi Interaktif Berbasis Mobile Dengan Teknologi Augmented Reality (AR) Dan Retrieval-augmented Generation (RAG) Untuk Pembelajaran Topik Pembangkit Listrik Tenaga Nuklir Di Indonesia</t>
+  </si>
+  <si>
+    <t>Rio Nurtantyana ; Halim Hamadi ; Sahara Eka Kencana Murni ;</t>
+  </si>
+  <si>
+    <t>EC002024244155</t>
+  </si>
+  <si>
+    <t>Dataset Interpretasi Citra Satelit Sentinel-2 Dengan 15 Indeks Berdasarkan Titik Pengamatan Lapang Secara Spasial</t>
+  </si>
+  <si>
+    <t>Fadhlullah Ramadhani ; Yudi Riadi Fanggidae ; Muhammad Iqbal Habibie ; Dede Dirgahayu Domiri ; Vicca Karolinoerita ; Robby Arifandri ; Dr. Swelandiah Endah Pratiwi ; Dr. Dharmayanti ; Widiastuti, S. Kom., MMSI ; Dr. Robby Kurniawan Harahap ;</t>
+  </si>
+  <si>
+    <t>EC002024244150</t>
+  </si>
+  <si>
+    <t>BRIN, Fakultas Ilmu Komputer, Universitas Handayani, Pusat Riset Geoinformatika</t>
+  </si>
+  <si>
+    <t>Aplikasi Terpadu Prediksi Bahan Pakan Ternak (PakanTernakTerpaduBrebes) Kab. Brebes, Prov. Jawa Tengah</t>
+  </si>
+  <si>
+    <t>Fadhlullah Ramadhani ; Yudi Adinata ; Alek Ibrahim ; Bayu Andri Atmoko ; Noor Hudhia Krishna ; Tanda Sahat Sastradarmaja Panjaitan ; Frediansyah Firdaus ; Retno Widiyawati ; Heri Kurnianto ; Ivan Mambaul Munir ; Destika Cahyana ; Suwarti ; Ir. Panjono, S.Pt., MP., Ph.D., IPM., ASEAN Eng ; drh. Agung Budiyanto, MP., Ph.D. ; drh. Ismu Subroto, M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002024244149</t>
+  </si>
+  <si>
+    <t>Document Reiew Information System (DORIS) ISO/IEC 17025</t>
+  </si>
+  <si>
+    <t>Juliansyah ; Teguh Muttaqie ; Muhammad Haekal Habibie ; Oman Zuas ; Nuryatini ; Priyo Wibowo ; Muhammad Azzumar ; Farham Harvianto ;</t>
+  </si>
+  <si>
+    <t>EC002024244175</t>
+  </si>
+  <si>
+    <t>Dataset Emisi Gas Metana (CH4) Di Lahan Sawah Alternate Wetting And Drying (AWD) Dan Continuous Flooding (CF) Kabupaten Subang</t>
+  </si>
+  <si>
+    <t>Hilda Ayu Pratikasiwi ; Khalifah Insan Nur Rahmi ; Rahmat Arief ; Parwati ; Dandy Aditya Novresiandi ; Destika Cahyana ; Terry Ayu Adriany ; Helena Lina Susilawati ; Wage Ratna Rohaeni ; Asmarhansyah ; Iman Muhardiono BR ; Vidya Nahdhiyatul Fikriyah ;</t>
+  </si>
+  <si>
+    <t>EC002024244173</t>
+  </si>
+  <si>
+    <t>Platform Komputasi Berkinerja Tinggi Untuk Pipeline Pemodelan Molekuler</t>
+  </si>
+  <si>
+    <t>Ihsan Nugraha ; Maulida Mazaya ; Ratna Surya Alwi ; Sahid Bismantoko ; Stevry Yushady CH Bissa ; Rifki Sadikin ;</t>
+  </si>
+  <si>
+    <t>EC002024244181</t>
+  </si>
+  <si>
+    <t>Aplikasi Estimasi Probabilitas Piksel Awan Satelit Optis</t>
+  </si>
+  <si>
+    <t>Ahmad Luthfi Hadiyanto ; Tri Muji Susantoro ; Dedi Irawadi ; Sukristiyanti ; Sitarani Safitri ; Kurdianto ; Jansen Sitorus ; Dr. Ir. Agung Budi Harto, M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC002024244167</t>
+  </si>
+  <si>
+    <t>IndoCia 6K - Dataset Korpus Paralel Bahasa Indonesia Dan Bahasa Cia-Cia</t>
+  </si>
+  <si>
+    <t>Kokoy Siti Komariah ; Yuyun ; M. Teduh Uliniansyah ; Dian Isnaeni Nurul Afra ; Yaniasih ; Radhiyatul Fajri ; Siska Pebiana ; Nasrullah ; Najirah Umar ; Abdul Latief Arda ; Abdul Jalil ; Muhammad Risal ; Sitti Zuhriyah ; Supriadi ; A. Edeth Fuari Anatasya ; M. Adnan Nur ; Billy Eden William Asrul ; Mirfan ; Pujianti Wahyuningsih ;</t>
+  </si>
+  <si>
+    <t>EC002024244147</t>
+  </si>
+  <si>
+    <t>BRIN, Fakultas Ilmu Komputer, Universitas Handayani, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Aplikasi Perhitungan Ketinggian Planetary Boundary Layer Berbasis Data Radiosonde Wyoming (PBLH – Calc)</t>
+  </si>
+  <si>
+    <t>Sumaryati ; Risyanto ; Lambang Nurdiansah ; Teguh Nugraha Pratama ; Atep Radiana ; Saipul Hamdi ; Nani Cholianawati ; Ridho Pratama ; Emmanuel Adetya ; Angga Yolanda Putra ; Syafridjon ;</t>
+  </si>
+  <si>
+    <t>EC002024244158</t>
+  </si>
+  <si>
+    <t>Aplikasi Sistem Observasi Terbang Roket Sonda - Ground Monitoring System For Sounding Rocket</t>
+  </si>
+  <si>
+    <t>Nurul Fahrizatul Rohmah ; Ikhwannuary Raditya Priyadana ; Ardian Wardhana ; Fikana Mahardika Cantri ; Faisa Lailiyul Mutho'Affifah ; Mirza Zulfikar Rahmat ; Anita Pascawati ; Herma Yudhi Irwanto ; Muh. Fakhri ; Sonny Dwi Harsono ; Kandi Rahardiyanti ; Yuniarto Wimbo Nugroho ;</t>
+  </si>
+  <si>
+    <t>EC002024244165</t>
   </si>
   <si>
     <t>IndoMakassar 9K - Dataset Kalimat Paralel Bahasa Indonesia Dan Bahasa Makassar</t>
   </si>
   <si>
     <t>Dian Isnaeni Nurul Afra ; M. Teduh Uliniansyah ; Andi Djalal Latief ; Yuyun ; Elvira Nurfadhilah ; Gunarso ; Tri Sampurno ; Nasrullah ; Najirah Umar ; Abdul Latief Arda ; Abdul Jalil ; Muhammad Risal ; Sitti Zuhriyah ;</t>
   </si>
   <si>
     <t>EC002024244148</t>
   </si>
   <si>
-    <t>BRIN, Fakultas Ilmu Komputer, Universitas Handayani, Pusat Riset Sains Data dan Informasi</t>
-[...53 lines deleted...]
-    <t>EC002024244162</t>
+    <t>Software Identifikasi Lahan Sawah Berbasis Data Citra Synthetic Aperture Radar (SAR) Dengan Metode Recurrent Neural Network (RNN)</t>
+  </si>
+  <si>
+    <t>Anugrah Indah Lestari ; Krisna Malik Sukarno ; Budhi Gustiandi ; Mukhoriyah ; Dony Kushardono ; Rahmat Arief ; Sanjiwana Arjasakusuma ;</t>
+  </si>
+  <si>
+    <t>EC002024244154</t>
   </si>
   <si>
     <t>SecureFile</t>
   </si>
   <si>
     <t>Rd. Angga Ferianda ; Heru Susanto ; Andri Saputra ; Budhi Riyanto ; Iwan Setiawan ; Rachmat Hidayat ; Arief Indriarto Haris ; Raden Muhammad Taufik Yuniantoro ; Taufik Iqbal Ramdhani ; Lakmi Makarti ;</t>
   </si>
   <si>
     <t>EC002024244164</t>
   </si>
   <si>
     <t>IndoBugis 10K - Dataset Kalimat Paralel Bahasa Indonesia Dan Bahasa Bugis</t>
   </si>
   <si>
     <t>M. Teduh Uliniansyah ; Yuyun ; Gunarso ; Andi Djalal Latief ; Tri Sampurno ; Elvira Nurfadhilah ; Nuraisa Novia Hidayati ; Siska Pebiana ; Dian Isnaeni Nurul Afra ; Gusnawaty ; Pammuda ; Mutahharah Nemin Kaharuddin ; Ita Rosvita ; Nurfaedah Jufri ; Zahrani ; Munawirah ; Hazriani ;</t>
   </si>
   <si>
     <t>EC002024244160</t>
   </si>
   <si>
     <t>BRIN, Fakultas Ilmu Budaya, Universitas Hasanuddin, Pusat Riset Sains Data dan Informasi</t>
   </si>
   <si>
-    <t>“eRiskA” (Electronic Information System For Risk Analysis Based On Fuzzy FMEA)</t>
-[...206 lines deleted...]
-    <t>EC002024244174</t>
+    <t>Electric Motorcycle Battery Swapping Management Application (EMoBSSM)</t>
+  </si>
+  <si>
+    <t>Dionysius Aldion Renata ; Eka Rakhman Priandana ; Yusuf Margowadi ; Heri Nugraha ; Dhea Amelia Rianjani ; Bayu Aji Putra Wibowo ; Rahmat Farhan Habibi ; Joko Sunardi, SST, M.Kom ;</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>EC002024233589</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Plastik Lembaran/Film PP</t>
+  </si>
+  <si>
+    <t>Maya Larasati Donna Wardani ; Arief Ameir Rahman Setiawan ; Francisca Maria Erny Septiarsi ; Riana Yenni Hartana Sinaga ; Mulyono ; Zulwelly M ; Hismiaty Bahua ; Geby Otivriyanti ; Nurus Sahari Laili ; Anita Yustisia I. Z. ; Vionita Lukitari Ari P. ; Dharmawan ; Adik Avianto Soedarsono ; Muhammad Sudiono ; Ni Luh Putu Ayu Ratri Utami ;</t>
+  </si>
+  <si>
+    <t>EC002024233577</t>
+  </si>
+  <si>
+    <t>BRIN, PT. SSN, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>Sistem Identifikasi Image Splicing (SiMaCi)</t>
+  </si>
+  <si>
+    <t>Uus Khusni ; Rachmat Hidayat ; Heru Susanto ; Asep Insani ; Taufik Iqbal Ramdhani ;</t>
+  </si>
+  <si>
+    <t>EC002024233566</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pada Sistem Tertanam Terdistribusi Untuk Akuisisi Data Pemantauan Hutan Gambut</t>
+  </si>
+  <si>
+    <t>Riski Fitriani ; Yudi Adityawarman ; Bernadus Herdi Sirenden ; Dimas Biwas Putra ; Fito Wigunanto Herminawan ; Khaula Nurul Hakim ; I Putu Ananta Yogiswara ; Yoga Prastiya Wibawa ; Moh. Alma Samudro ; Muhammad Shabran Syakur ;</t>
+  </si>
+  <si>
+    <t>EC002024233563</t>
+  </si>
+  <si>
+    <t>Pustaka Kelir Tanah: Pustaka PHP Untuk Perhitungan Warna Tanah Dengan Skala Munsell</t>
+  </si>
+  <si>
+    <t>EC002024233571</t>
+  </si>
+  <si>
+    <t>Planet NDVI System</t>
+  </si>
+  <si>
+    <t>Olivia Maftukhaturrizqoh ; Fauzan Al Ayyubi ; Karunika Diwyacitta ; Ika Siwi Supriyani ; Bayu Satya Adhitama ; Syarif Budhiman ; Dedi Irawadi ; Dony Kushardono ;</t>
+  </si>
+  <si>
+    <t>EC002024233583</t>
   </si>
   <si>
     <t>Aplikasi U-Calculator Penghitung Massa Dan Konsentrasi Uranium Dengan Data Spektrometri Gamma</t>
   </si>
   <si>
     <t>Mohamad Sukron Fajrin Husein ; Ahadi Damar Prasetya ; Denia Karlina Utami Putri ; Kesi Indriana ; Fajar Muhammad Ramadhan ; Arisya Julviana ; Susanto ;</t>
   </si>
   <si>
-    <t>2024-11-25</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024233562</t>
   </si>
   <si>
+    <t>Sistem Klasifikasi Kanker Paru-Paru Menggunakan Ensembel Deep Learning</t>
+  </si>
+  <si>
+    <t>Julfa Muhammad Amda ; Arya Adhyaksa Waskita ; Chevy Cahyana ; Edwin Yoga Pratama ; Helmi Fauzi Rahmatullah ; Hidayat ; Jahval Romiz Septrada ;</t>
+  </si>
+  <si>
+    <t>EC002024233561</t>
+  </si>
+  <si>
+    <t>Akuisisi Sinyal Satelit AQUA Berbasis GNU Radio Companion Menggunakan SDR Nuand BladeRF XA9</t>
+  </si>
+  <si>
+    <t>Farid Armin ; Supriyono ; Suhermanto ; Hidayat Gunawan ; Andy Indradjad ; Adi Aufarachman Putra Bambang Dwi ; Sutan Takdir Ali Munawar ; Nurmajid Setyasaputra ;</t>
+  </si>
+  <si>
+    <t>EC002024233573</t>
+  </si>
+  <si>
+    <t>IHoya, Aplikasi Identifikasi Spesies Tanaman Hoya Indonesia</t>
+  </si>
+  <si>
+    <t>Wawan Hendriawan Nur ; Shidiq Al Hakim ; Foni Agus Setiawan ; Lindung Parningotan Manik ; Al Hafiz Akbar Maulana Siagian ; Siti Kania Kushadiani ; Niken Fitria Apriani ; Sri Rahayu ; Gibtha Fitri Laxmi, M.Kom. ; Hurriyatul Fitriyah, S.T., M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC002024233564</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Lahan Dan Hutan (SILAH)</t>
+  </si>
+  <si>
+    <t>Nugraheni Setyaningrum ; Fadhlullah Ramadhani ; Edy Trihatmoko ; Joko Widodo ; Fahmi Amhar ; Rizatus Shofiyati ; Mochamad Irwan Hariyono ; Hastuadi Harsa ; Rendi Handika ; Bintang Aulia Pradnya Paramita ; Leili Muroffaah ; Khanna Itsnaini ; Sudarsono Sianipar ; I Gusti Agung Made Andika Wiratmaja ; Bimo Adi Satrio Pratama ;</t>
+  </si>
+  <si>
+    <t>EC002024233587</t>
+  </si>
+  <si>
+    <t>VolcaHeatTrack Indonesia</t>
+  </si>
+  <si>
+    <t>Rahmadi ; Imam Santoso ; Suwarsono ; Yenni Vetrita ; Arum Tjahyaningsih ; Farikhotul Chusnayah ; Rido Dwi Ismanto ; Donna Monica ; Deni Kartika ; Mamat Suhermat ;</t>
+  </si>
+  <si>
+    <t>EC002024233568</t>
+  </si>
+  <si>
+    <t>Program Otomatisasi Klasifikasi Area Bekas Terbakar Dengan Metode Pixel-Based</t>
+  </si>
+  <si>
+    <t>Steward Augusto ; Krisna Malik Sukarno ; Eduard Thomas Prakoso M ; Agnes Sondita Payani ; Siti Nadia Nurhidayah ; Silvan Anggia Bayu Setia Permana ; Anwar Annas ; Yenni Vetrita ; Indah Prasasti ; Imam Santoso ; Tatik Kartika ;</t>
+  </si>
+  <si>
+    <t>EC002024233565</t>
+  </si>
+  <si>
     <t>Sistem Monitoring Degradasi Lahan Gambut (MODE-G)</t>
   </si>
   <si>
     <t>Joko Widodo ; Nugraheni Setyaningrum ; Edy Trihatmoko ; Rendi Handika ; Gatot Nugroho ; Argo Galih Suhadha ; Parwati ; Awaluddin ;</t>
   </si>
   <si>
     <t>EC002024233578</t>
   </si>
   <si>
+    <t>Prediksi Bobot Badan Kambing (APLIBOKA)</t>
+  </si>
+  <si>
+    <t>Alfian Destomo ; Bess Tiesnamurti ; Endang Romjali ; Ismeth Inounu ; Eko Handiwirawan ; Simon Elieser ; Aryogi ; Peni Wahyu Prihandini ; Chalid Talib ; Alek Ibrahim ; ; Fajar Ariadi ;</t>
+  </si>
+  <si>
+    <t>EC002024233570</t>
+  </si>
+  <si>
+    <t>Transformasi Sinyal Medan Dekat Menjadi Sinyal Medan Jauh</t>
+  </si>
+  <si>
+    <t>Wahyudi ; Cahya Edi Santosa ; Donatina Miswati Hadiyanti ; Yomi Guno ; Mohammad Amanta Kumala Sakti ; Yanuar Prabowo ; Imas Tri Setyadewi ; Novelita Rahayu ; Ir. Novalio Daratha, S.T., M.Sc., Ph.D. ; Ir. Hendy Santosa, S.T., M.T., Ph.D. ; Jeri Harliangga ; Fergandito Bramasta ; Herian Perdana ; ; M. Khairul Insanny ;</t>
+  </si>
+  <si>
+    <t>EC002024233559</t>
+  </si>
+  <si>
+    <t>Piranti Lunak Progammable Logic Controller (PLC) Untuk Sistem Otomasi Pembangkit Listrik Panas Bumi 3 MW</t>
+  </si>
+  <si>
+    <t>Junanto Prihantoro ; Teddy Alhady Lubis ; Tsani Hendro Nugroho ; Heru Taufiqurrohman ; Suyanto ; Akhmad Sarif ; Cahyadi ; Agus Nurrohim ; Cuk Supriyadi Ali Nandar ; Erwin Nashrullah ; Eka Rakhman Priandana ; Mochamad Adityo Rachmadi ;</t>
+  </si>
+  <si>
+    <t>EC002024233575</t>
+  </si>
+  <si>
+    <t>Spot Ratio On Leaf (SROL)</t>
+  </si>
+  <si>
+    <t>Raden Putri Ayu Pramesti ; Aulia Haritsuddin Karisma Muhammad Subekti ; Muhamad Rodhi Supriyadi ; Josua Geovani Pinem ; Muhammad Reza Alfin ; Gilang Mantara Putra ; Mukti Wibowo ; Umi Chasanah ; Dewi Habsari Budiarti ; Jemie Muliadi ; Bambang Widiyatmoko ;</t>
+  </si>
+  <si>
+    <t>EC002024233586</t>
+  </si>
+  <si>
+    <t>ChainTracker: Aplikasi Perekam Dan Penampil Lokasi Kendaraan Berbasis Blockchain</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Didi Rosiyadi ; Arief Indriarto Haris ; Iwan Setiawan ; Taufik Ibnu Salim ; Taufik Iqbal Ramdhani ; Muhammad Fajar Sidiq ;</t>
+  </si>
+  <si>
+    <t>EC002024233574</t>
+  </si>
+  <si>
+    <t>Program Analisa Data Geomagnetik Berbasis Fast Fourier Transform (FFT) untuk Mengamati Anomali Sebelum Gempa</t>
+  </si>
+  <si>
+    <t>Cinantya Nirmala Dewi ; Febty Febriani ;</t>
+  </si>
+  <si>
+    <t>EC002024233567</t>
+  </si>
+  <si>
+    <t>Data Spektroradiometer Geobiofisik Obyek Lahan Gambut Di Kawasan Hidrologi Gambut (KHG) Kahayan Sebangau - Kalimantan Tengah</t>
+  </si>
+  <si>
+    <t>Babag Purbantoro ; Andie Setiyoko ; Joko Widodo ; Rahmat Arief ; Destika Cahyana ; Parwati ; Nugraheni Setyaningrum ; Edy Trihatmoko ; Rendi Handika ; Silvan Anggia Bayu Setia Permana ; Awaluddin ; Qori'atu Zahro ; Dandy Aditya Novresiandi ; Mohammad Ardha ; Galih Prasetya Dinanta ; Dr. Yulianto, S.Hut., M.T ; Agus Yasin, S.Hut., M.Si. ; Pricilia Chika Alexandra, S.Si ;</t>
+  </si>
+  <si>
+    <t>EC002024233582</t>
+  </si>
+  <si>
+    <t>Aplikasi Untuk Estimasi Emisi Gas Rumah Kaca (GRK) Dari Dekomposisi Gambut Akibat Perubahan Penggunaan Lahan Di Provinsi Jambi (E-GRK Gambut)</t>
+  </si>
+  <si>
+    <t>Fadhlullah Ramadhani ; Ai Dariah ; Neneng Laela Nurida ; Anny Mulyani ; Maswar ; Rahmah Dewi Yustika ; Muhammad Hikmat ; Vicca Karolinoerita ; Diah Puspita Hati ; Erwinda ; Mira Media Pratamaningsih ; Jon Hendri ;</t>
+  </si>
+  <si>
+    <t>EC002024233569</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Akuisisi Data Sistem Deteksi Gamma Density P2O5</t>
+  </si>
+  <si>
+    <t>Indarzah Masbatin Putra ; Rony Djokorayono ; Usep Setia Gunawan ; Ikhsan Shobari ; Fitri Surya Ningsih ; Haryo Seno ; Nur Khasan ; Tukiman ;</t>
+  </si>
+  <si>
+    <t>EC002024233572</t>
+  </si>
+  <si>
+    <t>Web Hubung Alat Monitor Pemantauan Aktifitas Fisik, Perilaku Sedentary, Dan Tidur Pada Anak : Go Motion Fit : Get In Motion 'n Get Fit</t>
+  </si>
+  <si>
+    <t>Kencana Sari ; Muhammad Azzumar ; Dwi Sisca Kumala Putri ; Irlina Raswanti Irawan ; Yonan Prihhapso ; Nur Handayani Utami ; Fadha Aditya Kautsar Murti ;</t>
+  </si>
+  <si>
+    <t>EC002024233576</t>
+  </si>
+  <si>
+    <t>Measuring Index For Enhancing And Stimulating Happiness (MIEShappy) V.2</t>
+  </si>
+  <si>
+    <t>Mieska Despitasari ; Nurhayati ; Muhammad Imaduddin Abdur Rohim ; Harimat Hendarwan ; Pesigrihastamadya Normakristagaluh ; Sundari Wirasmi ; Nova Hadi Lestriandoko ; Gembong Satrio Wibowanto ; Muhammad Nurkhoiri Hindratno ; Ahmad Erlan ; Auliati Nisa ; Armedy Ronny Hasugian ; Aris Yulianto ; Achmad Shidiq ;</t>
+  </si>
+  <si>
+    <t>EC002024233591</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Pemantauan Kualitas Air (SI PEKA)</t>
+  </si>
+  <si>
+    <t>Arianto Budi Santoso ; Vicky Zilvan ; Furqon Hensan Muttaqien ; Silvan Anggia Bayu Setia Permana ; Faiz Ivan Tama ; Nurul Hidayatullah ; Muhammad Ridwan Syah ; Rodiah ; Diana Tri Susetianingtias ;</t>
+  </si>
+  <si>
+    <t>EC002024233560</t>
+  </si>
+  <si>
+    <t>Aplikasi Antarmuka Stasiun Penukaran Baterai Kendaraan Listrik Umum Untuk Sepeda Motor Listrik Gesits</t>
+  </si>
+  <si>
+    <t>Yusuf Margowadi ; Eka Rakhman Priandana ; Dionysius Aldion Renata ; Tsani Hendro Nugroho ; Heri Nugraha ; Arief Kurniawan ; Dhea Amelia Rianjani ; Yelvia Deni ; Joko Sunardi ; Ahmad Taqiuddin ; Rahmat Farhan Habibi ; Bayu Aji Putrawibowo ;</t>
+  </si>
+  <si>
+    <t>EC002024233585</t>
+  </si>
+  <si>
+    <t>Program Otomatisasi Komposit Citra Satelit Sentinel-2 Untuk Interpretasi Visual</t>
+  </si>
+  <si>
+    <t>Steward Augusto ; Krisna Malik Sukarno ; Eduard Thomas Prakoso M ;</t>
+  </si>
+  <si>
+    <t>EC002024233584</t>
+  </si>
+  <si>
     <t>Kendali Adaptif Sistem Listrik Tenaga Surya Dengan Beban Induktif Berbasis Algoritma Fuzzy Logic</t>
   </si>
   <si>
     <t>Denny Hermawanto ; Chery Chaen Putri ; Ninuk Ragil Prasasti ; Bondan Dwisetyo ; Fajar Budi Utomo ; Miftahul Munir ; Muhammad Azzumar ; Gigin Ginanjar ; Marcellina Ayudha Kristanti Titasari ; Frandi Adi Kaharjito ;</t>
   </si>
   <si>
     <t>EC002024233588</t>
   </si>
   <si>
-    <t>Pustaka Kelir Tanah: Pustaka PHP Untuk Perhitungan Warna Tanah Dengan Skala Munsell</t>
-[...88 lines deleted...]
-  <si>
     <t>Dataset Pendeteksian Tumpahan Minyak Dengan Citra Satelit Sentinel-1 Menggunakan Google Earth Engine (GEE)</t>
   </si>
   <si>
     <t>Hariyanto ; Zulfa Qonita ; Muhammad Iqbal Habibie ; Noor Muhammad Ridha Fuadi ; Robby Arifandri ; Pronika Kricella ; Nurul Shabrina ; Nanda Itohasi Gutami ; Waluyo ; Kunto Ismoyo ; Farid Arif Binaruno ; Dewi Kartikasari ; Siti Sadiah ; Muh. Mulyadi Agus Widodo ; Muh Hisyam Khoirudin ;</t>
   </si>
   <si>
     <t>EC002024233579</t>
   </si>
   <si>
-    <t>Spot Ratio On Leaf (SROL)</t>
-[...148 lines deleted...]
-  <si>
     <t>Dataset Fatalitas Kecelakaan Di Jalan Tol Hasil Pengolahan Dengan Menggunakan Machine Learning</t>
   </si>
   <si>
     <t>Indra Kurniawan ; Novi Irawati ; Mutharuddin ; M. Rosyidi ; Hastiya Annisa Fitri ; Dwitya Harits Waskito ; Tris Handoyo ; Subaryata ;</t>
   </si>
   <si>
     <t>2024-11-12</t>
   </si>
   <si>
     <t>EC002024223568</t>
   </si>
   <si>
+    <t>Indonesian News Aggregator (INA)</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>EC002024223227</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi dan Penjejakan Objek Statis dan Bergerak</t>
+  </si>
+  <si>
+    <t>Dian Andriana ; Dwi Wahyu Indriani ; Siti Irma Rahmawati ;</t>
+  </si>
+  <si>
+    <t>EC002024223230</t>
+  </si>
+  <si>
+    <t>Program Komputer Visualisasi Diagram Termodinamika Profil GNSS Radio Occultation</t>
+  </si>
+  <si>
+    <t>Noersomadi ; Edy Maryadi ;</t>
+  </si>
+  <si>
+    <t>EC002024223228</t>
+  </si>
+  <si>
+    <t>SiDeProJa: Sistem Deteksi Problem Wajah Berbasis Machine Learning</t>
+  </si>
+  <si>
+    <t>Taufik Iqbal Ramdhani ; Imam Civi Cartealy ; Sahid Bismantoko ; Akbari Indra Basuki ; Didi Rosiyadi ; Heru Susanto ; Rachmat Hidayat ; Uus Khusni ; Raditya Panji Umbara ;</t>
+  </si>
+  <si>
+    <t>EC002024223233</t>
+  </si>
+  <si>
+    <t>Sistem Monitoring Mangrove Berbasis Google Earth Engine (Smanggee)</t>
+  </si>
+  <si>
+    <t>Ferman Setia Nugroho ; Kurnia Ulfa ; Randy Prima Brahmantara ; Fanny Aditya Putri ; Danang Surya Candra ; Marendra Eko Budiono ; D. Heri Yuli Sulyantara ;</t>
+  </si>
+  <si>
+    <t>EC002024223236</t>
+  </si>
+  <si>
+    <t>SIDEJAPU: Sistem Deteksi Wajah Palsu Berbasis InceptionV3 Menggunakan Fitur RGB Dan Depth Layer Berbasis Web</t>
+  </si>
+  <si>
+    <t>Taufik Iqbal Ramdhani ; Yuni Arti ; Ninon Nurul Faiza ; Akbari Indra Basuki ; Didi Rosiyadi ; Heru Susanto ; Rachmat Hidayat ; Uus Khusni ;</t>
+  </si>
+  <si>
+    <t>EC002024223235</t>
+  </si>
+  <si>
     <t>Aplikasi Webgis Peta Tanah Prediktif Di Kabupaten Bogor Berbasis Digital Soil Mapping</t>
   </si>
   <si>
     <t>Destika Cahyana ; Yiyi Sulaeman ; Fadhlullah Ramadhani ; Vicca Karolinoerita ; Sukarman ; Baba Barus ; Darmawan ; Budi Mulyanto ;</t>
   </si>
   <si>
-    <t>2024-11-11</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024223226</t>
   </si>
   <si>
+    <t>SIAGA (Sistem Informasi Monitoring Tinggi Muka Air Sungai Dan Gejala Alam)</t>
+  </si>
+  <si>
+    <t>Elenora Gita Alamanda Sapan ; Teguh Arif Pianto ; Bayu Sutejo ; Harun Idham Akbar ; Lena Sumargana ; Aninda Wisaksanti Rudiastuti ; Hari Priyadi ; Reni Sulistyowati ; Fanny Meliani ; Ilvi Fauziyah Cahyaningtiyas ; Bambang Winarno ; Dr. I Putu Santikayasa ; Muhammad Iqbal, M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002024223231</t>
+  </si>
+  <si>
+    <t>Aplikasi Monitoring Indeks Biodiversitas Laut Dangkal (Monitoring- IBLD), Kab. Kepulauan Seribu, Prov. DKI Jakarta</t>
+  </si>
+  <si>
+    <t>Fadhlullah Ramadhani ; Mulyanto Darmawan ; Bayu Sutejo ; Muhammad Ramdhan ; Sitarani Safitri ; Mohammad Ardha ; Arief Sartono ; M. Rokhis Khomarudin ; Aditya Nursyahbani ; Imam Fitrianto, S.TP., M.E.Sc. ; Dr. Fery Kurniawan, S.Kel., M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002024223224</t>
+  </si>
+  <si>
+    <t>TraLice: Aplikasi Manajemen Lisensi Data Lintasan Berkendara Berbasis Blockchain</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Taufik Ibnu Salim ; Arief Indriarto Haris ; Ibrahim Danial Bisulthon ;</t>
+  </si>
+  <si>
+    <t>EC002024223232</t>
+  </si>
+  <si>
+    <t>Aplikasi Potensi Kekeringan Berbasis Geo-AI (ApPiK Geo-AI)</t>
+  </si>
+  <si>
+    <t>Gatot Nugroho ; Parwati ; Nugraheni Setyaningrum ;</t>
+  </si>
+  <si>
+    <t>EC002024223225</t>
+  </si>
+  <si>
+    <t>PreLong-TabNet: Aplikasi Prediksi Longsor Menggunakan Machine Learning Dengan TabNet</t>
+  </si>
+  <si>
+    <t>Taufik Iqbal Ramdhani ; Dian Nuraini Melati ; Wisyanto ; Sukristiyanti ; Yukni Arifianti ; Astisiasari ; Raditya Panji Umbara ; Syakira Trisnafiah ; Trinugroho ;</t>
+  </si>
+  <si>
+    <t>EC002024223234</t>
+  </si>
+  <si>
+    <t>Dataset Diagram Garis Tunggal (single Line Diagram/ SLD) Sistem JAringan KetenaGAlisTrikan KAlimantan RAya (SiJAGAT KARA)</t>
+  </si>
+  <si>
+    <t>Abdul Wachid Syamroni ; Asih Kurniasari ; Akim Windaru ; Tisha Aditya Anggraini Jamaluddin ; Galih Prasetya Dinanta ; Moch Arief Albachrony ; Danang Yogisworo ;</t>
+  </si>
+  <si>
+    <t>EC002024223229</t>
+  </si>
+  <si>
     <t>Dataset Peta Habitat Kritis Cumi-cumi: Daerah Penempelan Telur Cumi-cumi Sebagai Area Pemijahan Cumi-cumi Jenis Uroteuthis Chinensis, Gray (1849)</t>
   </si>
   <si>
     <t>Reny Puspasari ; Arip Rahman ; Yayuk Sugianti ; Masayu Rahmia Anwar Putri ; Mujiyanto ; Khairul Amri ; Tirtadanu ; Indra Ambalika Syari ; Aditya Pamungkas ;</t>
   </si>
   <si>
     <t>EC002024223240</t>
   </si>
   <si>
-    <t>Aplikasi Deteksi dan Penjejakan Objek Statis dan Bergerak</t>
-[...70 lines deleted...]
-  <si>
     <t>Grid Integration Management Application (GRITMAPP)</t>
   </si>
   <si>
     <t>Dionysius Aldion Renata ; Khotimatul Fauziah ; Yusuf Margowadi ; Eka Rakhman Priandana ; Dhea Amelia Rianjani ; Hafsah Halidah ; Munadiyan Nurhuda ; Asih Kurniasari ; Kholid Akhmad ;</t>
   </si>
   <si>
     <t>EC002024223237</t>
   </si>
   <si>
-    <t>SIAGA (Sistem Informasi Monitoring Tinggi Muka Air Sungai Dan Gejala Alam)</t>
-[...25 lines deleted...]
-  <si>
     <t>AESSIMS TLE Generator</t>
   </si>
   <si>
     <t>Stevry Yushady CH Bissa ; Ibnu Nurul Huda ; Farahhati Mumtahana ; Timbul Manik ; Peberlin Parulian Sitompul ; Mario Batubara ; Musthofa Lathif ; Rizal Suryana ;</t>
   </si>
   <si>
     <t>EC002024223239</t>
   </si>
   <si>
-    <t>PreLong-TabNet: Aplikasi Prediksi Longsor Menggunakan Machine Learning Dengan TabNet</t>
-[...5 lines deleted...]
-    <t>EC002024223234</t>
+    <t>FLIGHTLINK TOOLKIT: Analisis Distribusi Komunikasi UAV</t>
+  </si>
+  <si>
+    <t>Yusuf Nur Wijayanto ; Fadjar Rahino Triputra ; Asyaraf Hidayat ; Irfansyah Yudhi Tanasa ; Frandi Adi Kaharjito ; Abriansyah Arisoni ; Yomi Guno ; Aris Surya Yunata ; Peni Laksmita Widati ; Rifki Firdaus ; Amalia Irma Nurwidya ; Fadilah Hasim ; Mohammad Amanta Kumala Sakti ; Agus Wiyono ; Cahya Edi Santosa ; Yanuar Prabowo ; Imas Tri Setyadewi ; Wahyudi ; Donatina Miswati Hadiyanti ; Novelita Rahayu ; Widyawasta ; Muhammad Fajar ; Teuku Mohd Ichwanul Hakim ; Karyawan ; Siti Vivi Octaviany ; Joko Suryana ; Trio Adiono ;</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>EC002024214036</t>
+  </si>
+  <si>
+    <t>Fotogrametri Udara Daerah Gudangkahuripan - Lembang, Kabupaten Bandung Barat</t>
+  </si>
+  <si>
+    <t>Khori Sugianti ; Mamat Suhermat ; Arifan Jaya Syahbana ; Adrin Tohari ; Wawan Hendriawan Nur ; Aang Gunawan S ; Okta Fajar Saputra ;</t>
+  </si>
+  <si>
+    <t>EC002024214034</t>
+  </si>
+  <si>
+    <t>Simulasi Dinamika Terbang Roket 3 Dimensi</t>
+  </si>
+  <si>
+    <t>Idris Eko Putro ; Ahmad Riyadl ; Hakiki ; Azizul Hanif ; Arif Nur Hakim ;</t>
+  </si>
+  <si>
+    <t>EC002024214041</t>
+  </si>
+  <si>
+    <t>Dataset Berita Palsu Bahasa Indonesia Dengan Penelusuran Fakta Berbasis LLM</t>
+  </si>
+  <si>
+    <t>Rini Wijayanti ; Iftitahu Ni'mah ; Agung Santosa ; Asril ; M. Teduh Uliniansyah ; Yuyun ; Purnomo Husnul Khotimah ; Ke Xu ;</t>
+  </si>
+  <si>
+    <t>EC002024214047</t>
+  </si>
+  <si>
+    <t>Step Towards Assembling The Superior Koi Fish</t>
+  </si>
+  <si>
+    <t>Bambang Widyo Prastowo ; Estu Nugroho ; Sawung Cindelaras ; Asep Ridwanudin ; Ibnu Sahidhir ; Akhmad Murtadho ; Arofah Lyla Nurhayati ; Rahma Aulia ; Nurhidayat ; Rahmat Hidayat ; Tutik Kadarini ; Dian Permana ; Asmanik ;</t>
+  </si>
+  <si>
+    <t>EC002024214048</t>
+  </si>
+  <si>
+    <t>Dataset VR Lab Komputer</t>
+  </si>
+  <si>
+    <t>Abdurrakhman Prasetyadi ; M. Yudhi Rezaldi ; Arafat Febriandirza ; Cahyo Trianggoro ; Aria Bisri ; Muhammad Mughni Nur Fayyadh ; Ayung Candra Padmasari, S.Pd., M.T. ;</t>
+  </si>
+  <si>
+    <t>EC002024214033</t>
+  </si>
+  <si>
+    <t>Aplikasi Data Acquisition System (DAS) Berbasis Internet Of Things (IoT) Untuk Monitoring Data Emisi</t>
+  </si>
+  <si>
+    <t>Tata Sutardi ; Yusuf Margowadi ; Dionysius Aldion Renata ; Heri Nugraha ; Nur Endah Eny Sulistyawati ; Taopik Hidayat ; Arief Surachman ; Yustika Agustin ; Asep Rachmat ; Indah Sakina Pansawati ; Rendi Januardi ;</t>
+  </si>
+  <si>
+    <t>EC002024214045</t>
+  </si>
+  <si>
+    <t>Program Analisis Spektrum Gelombang Terintegrasi Dengan Metode Butterworth, Welch, FFT, STFT, Dan PSD</t>
+  </si>
+  <si>
+    <t>Hanah Khoirunnisa ; Hamzah Haru Radityo Suharyanto ; Mardi Wibowo ; Aloysius Bagyo Widagdo ; Reno Arief Rachman ;</t>
+  </si>
+  <si>
+    <t>EC002024214032</t>
+  </si>
+  <si>
+    <t>Aplikasi Particulate Matter Predictor (PMP) Berbasis AI</t>
+  </si>
+  <si>
+    <t>Adindra Vickar Ega ; R. Rudi Anggoro Samodro ; M Rizky Mulyana ; Yosi Aristiawan ; Gigin Ginanjar ; Hafid ; Yonan Prihhapso ; Miftahul Munir ; Bernadus Herdi Sirenden ; Zuhdi Ismail ; Beni Adi Trisna ; Nathaniel Aba Roestandy ; Nidaa Fauziyyah ;</t>
+  </si>
+  <si>
+    <t>EC002024214040</t>
+  </si>
+  <si>
+    <t>BRIN, PT NAFAS APLIKASI INDONESIA, Pusat Riset Teknologi Pengujian dan Standar</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Tertanam Smart Personal Dosimeter V2</t>
+  </si>
+  <si>
+    <t>Adli Muhaimin ; Atang Susila ; Sukandar ; Gina Kusuma ; I Putu Susila ; Heru Prasetio ; Okky Agassy Firmansyah ; Agus Nur Rachman ;</t>
+  </si>
+  <si>
+    <t>EC002024214044</t>
+  </si>
+  <si>
+    <t>Software Antarmuka Modul Kontrol Elektronik Thruster Bipropellan Versi 2.0</t>
+  </si>
+  <si>
+    <t>Adi Farmasiantoro ; Hasan Mayditia ; Eriko Nasemudin Nasser ; Ery Fitrianingsih ; Sofian Rizal ; Unggul Satrio Yudhotomo ; Bustanul Arifin ; Nurrochman Ferdiansyah ;</t>
+  </si>
+  <si>
+    <t>EC002024214038</t>
+  </si>
+  <si>
+    <t>A VRKom</t>
+  </si>
+  <si>
+    <t>Abdurrakhman Prasetyadi ; M. Yudhi Rezaldi ; Arafat Febriandirza ; Cahyo Trianggoro ; Ridwan Suhud ; Aang Gunawan S ; Aria Bisri ; Muhammad Mughni Nur Fayyadh ; Ayung Candra Padmasari, S.Pd., M.T. ;</t>
+  </si>
+  <si>
+    <t>EC002024214042</t>
   </si>
   <si>
     <t>Perangkat Lunak Programmable Logic Controller HVAC Untuk Biosafety Laboraturium Level 2.</t>
   </si>
   <si>
     <t>Khairul Jauhari ; Tsani Hendro Nugroho ; Heru Taufiqurrohman ; Zaid Cahya Dinul Haq ; Mochamad Adityo Rachmadi ; Juliansyah ; Ahmad Musthofa ; Marsetiayu Ningsih ; Achmad Zaki Rahman ; Mahfudz Al Huda ; Teddy Alhady Lubis ;</t>
   </si>
   <si>
-    <t>2024-10-29</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024214037</t>
   </si>
   <si>
-    <t>Software Antarmuka Modul Kontrol Elektronik Thruster Bipropellan Versi 2.0</t>
-[...70 lines deleted...]
-  <si>
     <t>ImageSecuredID (Sistem Keamanan Inovatif Pada Data Gambar)</t>
   </si>
   <si>
     <t>Rachmat Hidayat ; Uus Khusni ; Heru Susanto ; Taufik Iqbal Ramdhani ; Iwan Setiawan ; Akbari Indra Basuki ; Didi Rosiyadi ; Aulia Hasan Widjaya ;</t>
   </si>
   <si>
     <t>EC002024214039</t>
   </si>
   <si>
-    <t>Perangkat Lunak Tertanam Smart Personal Dosimeter V2</t>
-[...37 lines deleted...]
-  <si>
     <t>BRIN50K Website Pengukuran Kesiapan Sertifikasi Sistem Management Energi Berbasis ISO 50001</t>
   </si>
   <si>
     <t>Rahmi Kartika Jati ; Meilinda Ayundyahrini ; Marlina Pandin ; Adindra Vickar Ega ; Agung Widyo Utomo ; Nurfadlih Syahlani ; Sik Sumaedi ; Nina Konitat Supriatna ; Endang Widayati ; Primaldi Anugrah Utama ;</t>
   </si>
   <si>
     <t>EC002024214043</t>
   </si>
   <si>
+    <t>Dataset Tinggi Gelombang Hasil Uji Model Laboratorium Tsunami Terhadap Desain Pelindung Pantai Untuk Skenario Tunggal Dan Bauran</t>
+  </si>
+  <si>
+    <t>Amalia Nurwijayanti ; Widjo Kongko ; Adnan Sandy Dwi Marta ; Teguh Budi Pratomo ; Hanah Khoirunnisa ; Favian Mafazi Giska Putra ;</t>
+  </si>
+  <si>
+    <t>2024-10-14</t>
+  </si>
+  <si>
+    <t>EC002024205587</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Kulit Sintetis Dari Miselium</t>
+  </si>
+  <si>
+    <t>Ari Kabul Paminto ; Hismiaty Bahua ; Sri Peni Wijayanti ; Nadia Rizki Ariyani ; Netty Widyastuti ; Ira Nurhayati Djarot ; Agusta Samodra Putra ; Febrian Isharyadi ; Nuha ; Titin Handayani ; Amita Indah Sitomurni ; Arief Ameir Rahman Setiawan ; Mulyono ;</t>
+  </si>
+  <si>
+    <t>EC002024205586</t>
+  </si>
+  <si>
+    <t>BRIN, PT Miko Bahtera Nusantara, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>Lora Satellite Terminal Configurator</t>
+  </si>
+  <si>
+    <t>Maulana Ali Arifin ; Nurrochman Ferdiansyah ; Rosza Madina ; Eriko Nasemudin Nasser ; Abdul Karim ; Chusnul Tri Judianto ; Aulia Haque Qonita ; Rifki Ardinal ; Anshari Akbar ;</t>
+  </si>
+  <si>
+    <t>EC002024205585</t>
+  </si>
+  <si>
     <t>Program Komputer Model Hybrid Deep Learning Berbasiskan Kombinasi Jaringan Deep Stem-inceptions Dan Mekanisme Atensi Channel-spatial Yang Tertanam Pada Jaringan Residual Untuk Klasifikasi Kondisi Pemesinan (chatter)</t>
   </si>
   <si>
     <t>Khairul Jauhari ; Achmad Zaki Rahman ; Mahfudz Al Huda ; Marsetiayu Ningsih ;</t>
   </si>
   <si>
-    <t>2024-10-14</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024205582</t>
   </si>
   <si>
-    <t>Dataset Tinggi Gelombang Hasil Uji Model Laboratorium Tsunami Terhadap Desain Pelindung Pantai Untuk Skenario Tunggal Dan Bauran</t>
-[...5 lines deleted...]
-    <t>EC002024205587</t>
+    <t>VIIRS DNB Automatic Downloader Versi 1.0</t>
+  </si>
+  <si>
+    <t>Ika Siwi Supriyani ; Rossi Hamzah ; Teguh Prayogo ; Syarif Budhiman ; Karunika Diwyacitta ; Rise Hapshary Surayuda ; Olivia Maftukhaturrizqoh ; Fauzan Al Ayyubi ; Andy Indradjad ; Muchammad Soleh ;</t>
+  </si>
+  <si>
+    <t>EC002024205584</t>
   </si>
   <si>
     <t>Perangkat Lunak Pengolah Citra Multispectral Satelit Lapan A3</t>
   </si>
   <si>
     <t>Agung Wahyudiono ; Patria Rachman Hakim ; Ega Asti Anggari ; Agus Herawan ; Elvira Rachim ; Bambang Sigit Pamadi ; Kamirul ; Satriya Utama ; A. Hadi Syafrudin ; Sartika Salaswati ;</t>
   </si>
   <si>
     <t>EC002024205583</t>
   </si>
   <si>
-    <t>Dataset LCI (Life Cycle Inventory) Produksi Kulit Sintetis Dari Miselium</t>
-[...28 lines deleted...]
-  <si>
     <t>Aplikasi Pemetaan Tutupan Lahan Cerdas: Memanfaatkan Data Landsat 8, Teknik Pembelajaran Mesin, Dan Pendekatan Suara Terbanyak Untuk Peningkatan Akurasi Berbasis Skrip Jupyter Python</t>
   </si>
   <si>
     <t>Fadhlullah Ramadhani ; Muhammad Ramdhan ; Destika Cahyana ; Vicca Karolinoerita ; Misnawati ; Dino Gunawan Pryambodo ;</t>
   </si>
   <si>
     <t>2024-09-30</t>
   </si>
   <si>
     <t>EC002024196810</t>
   </si>
   <si>
+    <t>LiDAR Data Processing For Tree Detection And Segmentation</t>
+  </si>
+  <si>
+    <t>Muhammad Rizki Nandika ; A. A. Md. Ananda Putra Suardana ;</t>
+  </si>
+  <si>
+    <t>EC002024196825</t>
+  </si>
+  <si>
+    <t>Dashboard OSL (Observatorium Sesar Lembang)</t>
+  </si>
+  <si>
+    <t>Aang Gunawan S ; Nuraini Rahma Hanifa ; Abdurrakhman Prasetyadi ; Achmad Fakhrus Shomim ; Aria Bisri ; Muhammad Daffa Ferdiansyah ; Dufha Arista ; Agastya Pandu Satriya Utama ; Cinta Armevia Armin ;</t>
+  </si>
+  <si>
+    <t>EC002024196836</t>
+  </si>
+  <si>
+    <t>Dataset Life Cycle Inventory (LCI) Produksi Tenaga Listrik Teknologi Co-Firing Biomassa Woodchip 12%</t>
+  </si>
+  <si>
+    <t>Adolf Leopold Sihol Marusaha Sihombing ; Nadirah ; Irhan Febijanto ; Nugroho Adi Sasongko ; Ahmad Ismed Yanuar ; Hismiaty Bahua ; Rudi Herdioso ; Bambang Rustianto ; Inna Zulfa Kurniawati ; Edy Syamsuddin ; Suheti Lusiana ; I Made Agus Dharma Susila ; Muhammad Amirullah Makmunsyah Oktaufik ; Yaya Suryana ; Taufik Iqbal Ramdhani ; Mochamad Soleh ;</t>
+  </si>
+  <si>
+    <t>EC002024196786</t>
+  </si>
+  <si>
+    <t>BRIN, PLN, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>Aplikasi Penilaian Tingkat Kesiapan Industri 4.0 Berbasis Web</t>
+  </si>
+  <si>
+    <t>Ari Gunawan ; R. Susalit Setya Wibowo ; Makmuri ; Suharto Ngudiwaluyo ; Kusumawati Dewi Budiarti ; Adhi Pramono ; Nasrul Baddu ; Asep Duduh Abdurahman ; Hartanto Kurniawan ; Cahyono Nugroho ; Darmawan ; Suyatmin ; Sigit Santosa ; Sunarto ; Satmintareja ;</t>
+  </si>
+  <si>
+    <t>EC002024196859</t>
+  </si>
+  <si>
+    <t>Dataset Life Cycle Inventory (LCI) Produksi Tenaga Listrik Teknologi Co-Firing Biomassa Rice Husk 12%</t>
+  </si>
+  <si>
+    <t>I Made Agus Dharma Susila ; Nadirah ; Irhan Febijanto ; Nugroho Adi Sasongko ; Ahmad Ismed Yanuar ; Hismiaty Bahua ; Adolf Leopold Sihol Marusaha Sihombing ; Rudi Herdioso ; Bambang Rustianto ; Suheti Lusiana ; Inna Zulfa Kurniawati ; Edy Syamsuddin ; Nizam Ghazali ; Aditiyawan ; Dadi Soedjati ; Mochamad Soleh ;</t>
+  </si>
+  <si>
+    <t>EC002024196781</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Pupuk Organik Cair Dari Biomassa Krisan</t>
+  </si>
+  <si>
+    <t>Nur Dewi Pusporini ; Tri Martini ; Taupik Rahman ; Meidaliyantisyah ; Tri Wahyuni ; Catur Oktivian Indri Hastuti ; Widodo Suwito ; Astriany Noer ;</t>
+  </si>
+  <si>
+    <t>EC002024196796</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Antarmuka Interpretasi ACS (Attitude Control System)</t>
+  </si>
+  <si>
+    <t>Gafur Hasan Zam Bahari ; Muhammad Taufik ; Rommy Hartono ; Dede Ardianto ; A. Hadi Syafrudin ; Deddy El Amin ; M. Arif Saifudin ;</t>
+  </si>
+  <si>
+    <t>EC002024196770</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Antarmuka Pada Sistem Pembangkit Listrik Tenaga Panas Bumi 3 MW</t>
+  </si>
+  <si>
+    <t>Junanto Prihantoro ; Tsani Hendro Nugroho ; Heru Taufiqurrohman ; Teddy Alhady Lubis ; Suyanto ; Akhmad Sarif ; Pradika Wahyu Dwi Putra ; Eka Rakhman Priandana ; Zaid Cahya Dinul Haq ;</t>
+  </si>
+  <si>
+    <t>EC002024196766</t>
+  </si>
+  <si>
+    <t>Slide-Map – Aplikasi Pemodelan Kerentanan Wilayah Terhadap Bahaya Longsor Berbasis Laman Interaktif Spasial</t>
+  </si>
+  <si>
+    <t>Astisiasari ; Taufik Iqbal Ramdhani ; Raditya Panji Umbara ; Dian Nuraini Melati ; Syakira Trisnafiah ; Trinugroho ; Wisyanto ; Yukni Arifianti ; Sukristiyanti ; Diyah Krisna Yuliana ; Ritha Riyandari ;</t>
+  </si>
+  <si>
+    <t>EC002024196930</t>
+  </si>
+  <si>
+    <t>Ricardo Hydra Single Cylinder Diesel Motoring Modeling</t>
+  </si>
+  <si>
+    <t>Yohanes Pringeten Dilianto Sembiring Depari ; Bagus Anang Nugroho ; Sigit Tri Atmaja ; Hari Sumartono ; Mokhtar ;</t>
+  </si>
+  <si>
+    <t>EC002024196772</t>
+  </si>
+  <si>
+    <t>Machine Learning Untuk Prediksi Waktu Dan Hasil Panen Bawang Merah Di Kabupaten Brebes</t>
+  </si>
+  <si>
+    <t>Bonnie Octivanus Benyamin ; Arief Arianto ; Mulyana Hadipernata ; Agung Hendriadi ; Noveria Sjafrina ; Huda Mohamad Elmatsani ; Yogi Purna Rahardjo ; Puji Astuti ; Helni M. Jumhur ; Maya Ariyanti ; Gadang Ramantoko ; Ratri Wahyuningtyas ; Tora Fakhrudin ;</t>
+  </si>
+  <si>
+    <t>EC002024196761</t>
+  </si>
+  <si>
+    <t>BRIN, Universitas Telkom, Pusat Riset Agroindustri</t>
+  </si>
+  <si>
+    <t>Batimetri Resolusi Tinggi Pantai Tiska, Bandar Lampung</t>
+  </si>
+  <si>
+    <t>EC002024196791</t>
+  </si>
+  <si>
     <t>Aplikasi COI Sebagai Alat Deteksi Beban Ekonomi Akibat Leptospirosis</t>
   </si>
   <si>
     <t>Robby Arifandri ; Wahyu Pudji Nugraheni ; Prabu Kresna Putra ; Azalea Eugenie ; Doni Fernando ; Sinta Dewi Lestyoningrum ; Indah Pawitaningtyas ; Syarifah Nuraini ; Linta Meyla Putri ;</t>
   </si>
   <si>
     <t>EC002024196777</t>
   </si>
   <si>
-    <t>Batimetri Resolusi Tinggi Pantai Tiska, Bandar Lampung</t>
-[...23 lines deleted...]
-    <t>BRIN, PLN, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+    <t>Aplikasi Deteksi Genangan Banjir Dari Citra Sentinel-2 Berbasis Google Earth Engine</t>
+  </si>
+  <si>
+    <t>Muhammad Priyatna ; Gatot Nugroho ; Galdita Aruba Chulafak ; M. Rokhis Khomarudin ; Ahmad Maryanto ; Drs. Sastra Kusuma Wijaya, Ph.D. ; Muhammad Arfin Hussein ;</t>
+  </si>
+  <si>
+    <t>EC002024196801</t>
+  </si>
+  <si>
+    <t>HMI-GCS FertiSense</t>
+  </si>
+  <si>
+    <t>Djohar Syamsi ; Oka Mahendra ; Hanif Fakhrurroja ;</t>
+  </si>
+  <si>
+    <t>EC002024196815</t>
   </si>
   <si>
     <t>DrowsyAlertData: Indonesian Truck Driver’s Face And Heart Rate Variability Dataset</t>
   </si>
   <si>
     <t>Siti Hidayanti Mutiara Kurnia ; Ludfi Pratiwi Bowo ; Sinung Nugroho ; Hastiya Annisa Fitri ; Dwitya Harits Waskito ; Nanda Yustina ; Muhammad Nurkhoiri Hindratno ; Yuki Istianto ;</t>
   </si>
   <si>
     <t>EC002024196820</t>
   </si>
   <si>
-    <t>Perangkat Lunak Antarmuka Interpretasi ACS (Attitude Control System)</t>
-[...100 lines deleted...]
-  <si>
     <t>AViRSinami</t>
   </si>
   <si>
     <t>M. Yudhi Rezaldi ; Ambar Yoganingrum ; Abdurrakhman Prasetyadi ; Ridwan Suhud ; Aria Bisri ; Nuraini Rahma Hanifa ; Eko Yulianto ; Achmad Fakhrus Shomim ; Wiwin Windupranata ; Sahla Hamidah ; Wahyu Zulya Syaputra ;</t>
   </si>
   <si>
     <t>EC002024196831</t>
   </si>
   <si>
+    <t>Program Ingest Berbasis Field Programmable Gate Array (FPGA) Untuk Penerimaan Data Satelit NOAA-18/19 Dan MetOp-B/C Melalui Interface Output Universal Serial Bus (USB)</t>
+  </si>
+  <si>
+    <t>Ali Syahputra Nasution ; Adi Aufarachman Putra Bambang Dwi ; Bayu Satya Adhitama ; Fadillah Halim Rasyidy ; Suhermanto ; Hidayat Gunawan ; Nugroho Widi Jatmiko ; Yuvita Dian Safitri ; A. Hadi Syafrudin ;</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>EC00202496186</t>
+  </si>
+  <si>
     <t>SoilPren-N Aplikasi Deteksi Nitrogen Untuk Unsur Hara Tanah</t>
   </si>
   <si>
     <t>Amrullah Kamaruddin ; Yaya Suryana ; Adnan ; Taufik Iqbal Ramdhani ; Abdul Aziz ; Wenny Oktaviani ; Arie Rakhman Hakim ; Fahrodji ; Laela Nuraini ; Anugerah Fitri Amalia ; Nizam Ghazali ; Solichah Vichy Budiwati ; Adim Hadi ; Taslim Rochmadi ;</t>
   </si>
   <si>
-    <t>2024-08-30</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202496177</t>
   </si>
   <si>
-    <t>Program Ingest Berbasis Field Programmable Gate Array (FPGA) Untuk Penerimaan Data Satelit NOAA-18/19 Dan MetOp-B/C Melalui Interface Output Universal Serial Bus (USB)</t>
-[...5 lines deleted...]
-    <t>EC00202496186</t>
+    <t>Dataset Life Cycle Inventory (LCI) Produksi Tenaga Listrik Teknologi Co-Firing Biomassa Sawdust 12%</t>
+  </si>
+  <si>
+    <t>Ahmad Ismed Yanuar ; Nadirah ; Irhan Febijanto ; Rosmeika ; Hismiaty Bahua ; Arif Dwi Santoso ; Adolf Leopold Sihol Marusaha Sihombing ; I Made Agus Dharma Susila ; Inna Zulfa Kurniawati ; Arief Barkah ; Suheti Lusiana ; Mochamad Soleh ;</t>
+  </si>
+  <si>
+    <t>EC00202496179</t>
+  </si>
+  <si>
+    <t>BRIN, PT PLN (Persero) Pusat Penelitian dan Pengembangan Ketenagalistrikan, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
   </si>
   <si>
     <t>GANA (Game Asset Nusantara)</t>
   </si>
   <si>
     <t>Niken Fitria Apriani ; Hayuning Titi Karsanti ; Budi Nugroho ; Esa Prakasa ; M. Yudhi Rezaldi ; Ridwan Suhud ; Dian Andriana ; Aang Gunawan S ; Hammam Ahmad Hanif ; Farhan Maulana Iqbal ; Ahmad Ghozali ; Imam Alhafizi ; Fri Ady Fadillah ; Aurelia Sandi Rahardjo ; Ida Ayu Adya Priti Karuni ; Nathania Felicia Gunadi ; Yolanda ; Drs. Agus Setiawan, Int., M.Sn. ; Dr.Sn. Yusup Sigit Martyastiadi, S.T., M.Inf.Tech. ; Lalitya Talitha Pinasthika, M.Ds. ;</t>
   </si>
   <si>
     <t>EC00202496180</t>
   </si>
   <si>
-    <t>Dataset Life Cycle Inventory (LCI) Produksi Tenaga Listrik Teknologi Co-Firing Biomassa Sawdust 12%</t>
-[...10 lines deleted...]
-  <si>
     <t>Program Estimasi Kandungan Klorofil Total</t>
   </si>
   <si>
     <t>Gatot Nugroho ; Tri Muji Susantoro ; Suliantara ; Herru Lastiadi Setiawan ; M. Rokhis Khomarudin ; Sayidah Sulma ; Danang Surya Candra ; Rahmat Arief ; Yohanes Fridolin Hestrio ; Ahmad Maryanto ; Kurdianto ; Adis Jayati ; Silvan Anggia Bayu Setia Permana ;</t>
   </si>
   <si>
     <t>EC00202496175</t>
   </si>
   <si>
+    <t>Program Komputer Visualisasi Data Atmosfer Berbasis Data Satelit Dengan Metode Kriging</t>
+  </si>
+  <si>
+    <t>Edy Maryadi ; Eddy Hermawan ; Teguh Harjana ; Haries Satyawardhana ; Risyanto ; Yudhie Andriyana, M.Sc., Ph.D. ; Dr. Annisa Nur Falah ;</t>
+  </si>
+  <si>
+    <t>2024-08-29</t>
+  </si>
+  <si>
+    <t>EC00202495436</t>
+  </si>
+  <si>
+    <t>Software Pembuatan Initial Sea Surface Height Untuk Perhitungan Model Numerik Tsunami Berbasis Python (Versi 1.0)</t>
+  </si>
+  <si>
+    <t>Yudhi Prabowo ; Widjo Kongko ; Imam Fachrudin ; Mardi Wibowo ; Fajar Yulianto ; Hanah Khoirunnisa ; Edwin Adi Wiguna ; Hilmi Aziz ; Marindah Yulia Iswari ; Nurkhalis Rahili ;</t>
+  </si>
+  <si>
+    <t>EC00202495434</t>
+  </si>
+  <si>
     <t>Sistem Pengolahan Data Sitasi Dalam Teks</t>
   </si>
   <si>
     <t>Yaniasih ; Gita Citra Puspita ; Hayuning Titi Karsanti ; Ambar Yoganingrum ; Ira Maryati ; Ekawati Marlina ;</t>
   </si>
   <si>
-    <t>2024-08-29</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202495435</t>
   </si>
   <si>
-    <t>Program Komputer Visualisasi Data Atmosfer Berbasis Data Satelit Dengan Metode Kriging</t>
-[...14 lines deleted...]
-    <t>EC00202495434</t>
+    <t>SADAR: SANS Data Reduction Software</t>
+  </si>
+  <si>
+    <t>Bharoto ; Nadi Suparno ; Arum Patriati ; Abarrul Ikram ; Iwan Sumirat ; Irfan Hafid ; Achmad Ramadhani ; Fahrurrozi Akbar ; Rissa Damayanti ;</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>EC00202490273</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Deteksi Radiasi dan Analisis Nuklir</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Dose Callibrator</t>
+  </si>
+  <si>
+    <t>Riswal Nafi Siregar ; Gina Kusuma ; Sukandar ; Amir Su`udi ; Lelly Andayasari ; Budi Santoso ; Yuyus Takhkik ; Anton Suryatma ; elfi fauziah ; Joko Sumanto ;</t>
+  </si>
+  <si>
+    <t>EC00202490264</t>
+  </si>
+  <si>
+    <t>SisMonEKG1L</t>
+  </si>
+  <si>
+    <t>I Made Astawa ; Rony Febryarto ; Pratondo Busono ; Syaeful Karim ; Riyanto ; Marlin Ramadhan Baidillah ; Dede Sumantri ; Arky Astasari ; I Putu Ananta Yogiswara ; Faizurrahman `allam Majid ; Armedy Ronny Hasugian ; Elrade Rofaani ; Imam Mudita ; Nuralih ; Chaerul Achmad ;</t>
+  </si>
+  <si>
+    <t>EC00202490270</t>
+  </si>
+  <si>
+    <t>Aplikasi BRIN Modis Processing Service V1.0</t>
+  </si>
+  <si>
+    <t>EC00202490268</t>
+  </si>
+  <si>
+    <t>Chatbot Lisa (Hemodialisa) Versi 1.0</t>
+  </si>
+  <si>
+    <t>Elvira Nurfadhilah ; Eneng Ulfifauziah ; Kakang Permana Saputra ;</t>
+  </si>
+  <si>
+    <t>EC00202490266</t>
+  </si>
+  <si>
+    <t>PortStationPro V01: Perangkat Lunak PLC &amp; SCADA Untuk Sistem Kendali Dan Pengawasan Stasiun Pengisian Bahan Bakar Di Pelabuhan</t>
+  </si>
+  <si>
+    <t>Maristya Rahmadiansyah ;</t>
+  </si>
+  <si>
+    <t>EC00202490262</t>
   </si>
   <si>
     <t>Aplikasi Pemodelan Topik Untuk Ekstraksi Informasi Menggunakan Parameter Bertopic Optimal</t>
   </si>
   <si>
     <t>Aang Gunawan S ; Nuraisa Novia Hidayati ; Siti Shaleha ;</t>
   </si>
   <si>
-    <t>2024-08-23</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202490269</t>
   </si>
   <si>
     <t>Perangkat Lunak Pengatur Kompensasi Doppler Pada Frekuensi Radio UHF/VHF</t>
   </si>
   <si>
     <t>Nur Salma Yusuf Hasanah ; Dicka Ariptian Rahayu ; Mohammad Mukhayadi ; Tri Meidiansyah ; Amrullah Abdul Qadir ; Muazam Nugroho ; Yuvita Dian Safitri ; Ega Asti Anggari ; Chusnul Tri Judianto ;</t>
   </si>
   <si>
     <t>EC00202490274</t>
   </si>
   <si>
-    <t>Perangkat Lunak Dose Callibrator</t>
-[...26 lines deleted...]
-    <t>BRIN, Pusat Riset Teknologi Deteksi Radiasi dan Analisis Nuklir</t>
+    <t>Dataset Pengujian Hidrodinamika Wahana Apung Pesawat Terbang Tipe 09x98</t>
+  </si>
+  <si>
+    <t>Sayuti Syamsuar ; Rizqon Fajar ; Sigit Tri Atmaja ; Annissa Roschyntawati ; Nanda Itohasi Gutami ; Feronika Sekar Puriningsih ; Muhammad ; Hendrato ; Sulistiya ; Irfan Ansori ; Beny Halfina ; Andik Dwi Kurniawan ; Guino Verma ; Yudiawan Fajar Kusuma ; Erwandi ; Daif Rahuna ; Andi Muhdiar Kadir ; Fithri Nur Purnamastuti ; Widyawasta ; Nurhadi Pramana ; Fadjar Rahino Triputra ; Yomi Guno ; Karyawan ; Gunawan Wijiatmoko ; Meedy Kooshartoyo ; Arief Setyawan ; Prof. Dr. Bagiyo Suwasono, S.T., M.T, FRINA. ; Sutiyo, S.T., M.T. ; Sinung Widiyanto, S.T., M.Eng. ;</t>
+  </si>
+  <si>
+    <t>EC00202490271</t>
+  </si>
+  <si>
+    <t>Charging Starter &amp; Payment V1.0</t>
+  </si>
+  <si>
+    <t>Eka Setianingsih ; Dwidharma Priyasta Tasurun ; Fito Wigunanto Herminawan ; Wahyu Cesar ; Sardjono Trihatmo ; Riza ; Prasetyo Aji ; Eka Rakhman Priandana ; Panca Kurniawan ; Supriono Agung Wibowo ; Prima Trie Wijaya ; Bernadus Herdi Sirenden ; Melyana ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>EC00202490267</t>
   </si>
   <si>
     <t>Program Multi Mode Auto Tracking Antena Telemetri 2,4 GHz</t>
   </si>
   <si>
     <t>Sonny Dwi Harsono ; Muh. Fakhri ; Anita Pascawati ; Kandi Rahardiyanti ; Mirza Zulfikar Rahmat ; Yuniarto Wimbo Nugroho ; Nurul Fahrizatul Rohmah ;</t>
   </si>
   <si>
     <t>EC00202490272</t>
   </si>
   <si>
-    <t>Charging Starter &amp; Payment V1.0</t>
-[...38 lines deleted...]
-    <t>EC00202490271</t>
+    <t>Dataset Pengujian Terowongan Angin Kereta Cepat Model A</t>
+  </si>
+  <si>
+    <t>Beny Halfina ; Irfan Ansori ; Hendrato ; Jean Mario Valentino ; Yohanes Pringeten Dilianto Sembiring Depari ; Muhammad ; Khoerul Anwar ; Andik Dwi Kurniawan ; Sulistiya ; Guino Verma ; Basir ; Barep Luhur Widodo ; Lukman Shalahuddin ; Dimas Bahtera Eskayudha ;</t>
+  </si>
+  <si>
+    <t>2024-08-12</t>
+  </si>
+  <si>
+    <t>EC00202481830</t>
+  </si>
+  <si>
+    <t>Sistem Deteksi Tsunami Pantai Selatan Jawa (SIDETSU PANSELA)</t>
+  </si>
+  <si>
+    <t>Wahyu Hendriyono ; Ayu Novitasari Saputri ; Andan Sigit Purwoko ; Amien Rusdiutomo ; Mardi Wibowo ; Widjo Kongko ;</t>
+  </si>
+  <si>
+    <t>EC00202481829</t>
   </si>
   <si>
     <t>YAWIS – Aplikasi Penentuan Waktu Penyinaran Radiasi Sinar Gamma Dalam Bidang Uji Tak Rusak – Radiografi</t>
   </si>
   <si>
     <t>Irvan Dwi Junianto ; Siswoto ; Mochammad Ari Rahmadani ; Yulaida Maya Sari ; Edwin Yoga Pratama ;</t>
   </si>
   <si>
-    <t>2024-08-12</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202481828</t>
   </si>
   <si>
-    <t>Dataset Pengujian Terowongan Angin Kereta Cepat Model A</t>
-[...16 lines deleted...]
-  <si>
     <t>Dataset LCI (Life Cycle Inventory) Produksi Feronikel</t>
   </si>
   <si>
     <t>Novy Ariyanto ; Yoyon Wahyono ; Nugroho Adi Sasongko ; Anisah ; Isnaeni Kumalasari ; Mutia Citrawati Lestari ; Virny Zasyana Eka Putri ; Muhammad Raihan Farras Hakim ; Endah Dwi Novianti ; Sundari ; Lambas Parlaungan Panggabean ; Rohmadi Ridlo ; Anissa Dewi Suryaningtyas ; Anggara Lomak Prihatin ; Hadiyanto ;</t>
   </si>
   <si>
     <t>2024-07-31</t>
   </si>
   <si>
     <t>EC00202475254</t>
   </si>
   <si>
+    <t>Program Preprocessing Data COVID-19</t>
+  </si>
+  <si>
+    <t>Sri Sulasmi ; Masdalina Pane ; Made Ayu Lely Suratri ; Sahid Bismantoko ; Asep Haryono ; Gilang Mantara Putra ; Umi Chasanah ; Muhammad Aulia Rahman ;</t>
+  </si>
+  <si>
+    <t>2024-07-30</t>
+  </si>
+  <si>
+    <t>EC00202474474</t>
+  </si>
+  <si>
     <t>Software Sea Surface Temperature (SST) Datacube Derived From OSTIA Multisensor Data</t>
   </si>
   <si>
     <t>Emiyati ; Sayidah Sulma ; Dony Kushardono ; Teguh Prayogo ; Sartono Marpaung ; Rossi Hamzah ; Hastuadi Harsa ; Hety Hartaty ; Lilis Sadiyah ; Fayakun Satria ; Aris Budiarto ; Achmad Fachruddin Syah ;</t>
   </si>
   <si>
-    <t>2024-07-30</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202474475</t>
   </si>
   <si>
+    <t>Sistem Informasi Realisasi Anggaran Tepat Waktu Sesuai Jadwal Kegiatan "SIRATU SEJAGAT"</t>
+  </si>
+  <si>
+    <t>Dewi Suci Rafianti ; Insan Ramadhan ; Faisol Ba'abdullah ; Agus Sutejo ; Triyono Susanto ; Rully Kusumajaya ; Kusnanda Supriatna ; Sri Saraswati Wisjnu Wardhani ; Ali Reza Syariati ; Andri Puji Prasetiyo ; Aan Khunaifi ; Karina Mayasita Handoyo ; Muhammad Rafi Juliansyah ; Fajaryan Wijananto ; Tanzi Mubaroq Santoso ; Muhammad Thufaili Imdad ; Topan Try Harmanda ; Yosi Sahreza ; Mohammad Hamdani ; Wenwen Ruswendi ; Agoeng Srimoeljanto ; Fara Ayuningtyas ; Monica Dwi Wahyu Sumunaringrum ; Linda Nuryanti ; Sofyan Mufti Prasetiyo ; Muhammad Hidayat, SE ; Ika Retno Wardati, S.Si ; Febri Vernando Parsaulin, SE, ME, MIDS ; Ir. R. Edi Santoso, M.Sc ;</t>
+  </si>
+  <si>
+    <t>EC00202474478</t>
+  </si>
+  <si>
     <t>Bat Identification</t>
   </si>
   <si>
     <t>Yulia Aris Kartika ; Deden Sumirat Hidayat ; Gono Semiadi ; Ni Luh Putu Rischa Phadmacanty ; Nanang Supriatna ; Dr. Imas Sukaesih Sitanggang, S.Si., M.Kom. ;</t>
   </si>
   <si>
     <t>EC00202474472</t>
   </si>
   <si>
     <t>FertControlPro V01 : Perangkat Lunak PLC &amp; SCADA Untuk Sistem Kendali Dan Pengawasan Handling System Untuk Komoditi Bahan/Produk Curah Kering</t>
   </si>
   <si>
     <t>EC00202474479</t>
   </si>
   <si>
+    <t>Aplikasi Pemodelan Zona Rawan Longsor Menggunakan Machine Learning</t>
+  </si>
+  <si>
+    <t>Dian Nuraini Melati ; Raditya Panji Umbara ; Astisiasari ; Syakira Trisnafiah ; Yukni Arifianti ; Trinugroho ; Wisyanto ; Firman Prawiradisastra ; Taufik Iqbal Ramdhani ; Sukristiyanti ; Dr. Samsul Arifin, S.Si., M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC00202474473</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Permukiman Kumuh Dari Citra SPOT-6/7 Berbasis Google Earth Engine</t>
+  </si>
+  <si>
+    <t>Galdita Aruba Chulafak ; Gatot Nugroho ; I Kadek Yoga Dwi Putra ; Silvan Anggia Bayu Setia Permana ; Orbita Roswintiarti ; M. Rokhis Khomarudin ; Kusumaning Ayu Dyah Sukowati ; Udhi Catur Nugroho ; Mohammad Ardha ;</t>
+  </si>
+  <si>
+    <t>EC00202474476</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produk Stasiun Pengisian Kendaraan Listrik Umum Tipe Hibrida (Hybrid Charging Station/HCS)</t>
+  </si>
+  <si>
+    <t>Ayu Erliza ; Rosmeika ; Muhammad Akbar Hipi ; Agam Wira Sani ; Aditiyawan ; Hermawan Febriansyah ; Annisa Indah Pratiwi ; Delfi Fatina Soraya ; Utari Ayuningtyas ; Marini Septiani ; Chintya Komala Sari ; Maya Larasati Donna Wardani ; Nofalia Andriyani ; Nugroho Adi Sasongko ;</t>
+  </si>
+  <si>
+    <t>EC00202474471</t>
+  </si>
+  <si>
     <t>Kompilasi Ciptaan: Digitalisasi Identitas Pohon (ID) Dan Penggunaan QR ID Code Di Taman Satwa Taru Jurug (TSTJ), Surakarta</t>
   </si>
   <si>
     <t>ILG Nurtjahjaningsih ; Harry Budi Santoso Sulistiadi ; Liliana Baskorowati ; Rina Laksmi Hendrati ; Mudji Susanto ; Mashudi ; Dedi Setiadi ; Sugeng Pudjiono ; Sumardi ; Drh. Siti Nuraini ; Iman ;</t>
   </si>
   <si>
     <t>EC00202474477</t>
   </si>
   <si>
     <t>BRIN, PEMUDA TSTJ, Pusat Riset Botani Terapan</t>
   </si>
   <si>
-    <t>Aplikasi Deteksi Permukiman Kumuh Dari Citra SPOT-6/7 Berbasis Google Earth Engine</t>
-[...41 lines deleted...]
-    <t>EC00202474474</t>
+    <t>TSS Chamber Dashboard Monitoring V1</t>
+  </si>
+  <si>
+    <t>Rifki Firdaus ; Fajar Adi Marianto ; Azrizal Akbar ; Bondan Suwandi ; Eka Nurhangga ; Winda Nawfetrias ; Irna Surya Bidara ; Dwi Pangesti Handayani ; Ahmad Suhendra ; Delvi Maretta ; Darwin Taulabi ; Djatmiko Pinardi ; Mathias Prathama ; Nazly Aswani ;</t>
+  </si>
+  <si>
+    <t>2024-06-27</t>
+  </si>
+  <si>
+    <t>EC00202455895</t>
+  </si>
+  <si>
+    <t>Web Aplikasi Berbasis Machine Learning Untuk Prediksi Hasil Uji Emisi, ELV Dan Rating Koefisien Pajak</t>
+  </si>
+  <si>
+    <t>Fitra Hidiyanto ; Rizqon Fajar ; Kurnia Fajar Adhi Sukra ; Nilam Sari Octaviani ; Dhani Avianto Sugeng ;</t>
+  </si>
+  <si>
+    <t>EC00202455905</t>
   </si>
   <si>
     <t>Perangkat Lunak Diagnosa Fungsi Kelenjar Gondok</t>
   </si>
   <si>
     <t>Riswal Nafi Siregar ; Gina Kusuma ; Sukandar ; Atang Susila ; Mukhlissul Faatih ; Achmad Shidiq ; Romadhon ; Hari Nurcahyadi ; Sundari Wirasmi ; Joko Sumanto ;</t>
   </si>
   <si>
-    <t>2024-06-27</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202455900</t>
   </si>
   <si>
+    <t>Mobile Smart Farm Monitoring</t>
+  </si>
+  <si>
+    <t>I Putu Ananta Yogiswara ; Arfan Ridwan Hartawan ; Arief Rufiyanto ; Yoga Prastiya Wibawa ; Bondan Suwandi ; Widar Dwi Gustian ; Hanifah Dwiyanti ; Fajar Adi Marianto ; Azrizal Akbar ; Bagus Bhakti Irawan ; Reza Septiawan ; Nashrullah Taufik ; Ryan Prasetya Utama ; Rizky Hanifa ; Sakinah Puspa Anggraeni ; Budi Sulistya ; Toto Bachtiar Palokoto ; Riky Alam Ma'arif ; Moh. Alma Samudro ; Christian Wisnu Purnaadi ; Lukita Devy ; Widyanti ; Arif Rahmat Ardiansyah ; Yuki Istianto ; Rizky Rahmatullah ;</t>
+  </si>
+  <si>
+    <t>EC00202455902</t>
+  </si>
+  <si>
+    <t>BRIN, Organisasi Riset Elektronika dan Informatika</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Bahan Bakar Cair Dari Sampah Plastik</t>
+  </si>
+  <si>
+    <t>Ratna Etie Puspita Dewi ; Heru Susanto ; Tri Martini ; Tri Wahyuni ; Tri Cahyono ; Hano Hanafi ; Rahadian Mawardi ; Helena Lina Susilawati ; Sudarwaji Edi Yuwono Trihadi ; Priyambodo Rahardjo ; Budi Trisno Aji ; Muhamad Oky Saputro ; Eyda Firdausi ;</t>
+  </si>
+  <si>
+    <t>EC00202455896</t>
+  </si>
+  <si>
+    <t>BRIN, Bank Sampah Banjarnegara, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
     <t>MaintainHub Aplikasi Manajemen Pemeliharaan Berbasis Reliability Centered Maintenance (RCM)</t>
   </si>
   <si>
     <t>Rahmi Kartika Jati ; Jimmy Abdel Kadar ; Anggini Dinaseviani ; Amelia Febri Ariani ;</t>
   </si>
   <si>
     <t>EC00202455891</t>
   </si>
   <si>
+    <t>DICOM AUTOMATION RECOVERY MANAGER</t>
+  </si>
+  <si>
+    <t>Rifqi Fajar Giyana ; Michael Andreas Purwoadi ; Sasono Rahardjo ; Fadjar Rahino Triputra ; Lesti Setianingrum ; Maratul Hamidah ; Muhammad Iqbal ; Mery Diana ; Dio Randa Damara ; Arfan Ridwan Hartawan ; Christian Wisnu Purnaadi ; Sakinah Puspa Anggraeni ; Dedy Irawan ; Anak Agung Ngurah Ananda Kusuma ; Muhammad Yusha Firdaus ; Nur Aulia Rachmadini ;</t>
+  </si>
+  <si>
+    <t>EC00202455897</t>
+  </si>
+  <si>
+    <t>Program Komputer Pendeteksi Getaran Tak Terkendali (Chatter) Secara Online Untuk Proses Pemesinan Milling.</t>
+  </si>
+  <si>
+    <t>EC00202455892</t>
+  </si>
+  <si>
+    <t>Software Pembuatan Dataset Awan dan Bayangan Awan untuk Deep Learning</t>
+  </si>
+  <si>
+    <t>Fadillah Halim Rasyidy ; Yudhi Prabowo ; Danang Surya Candra ; Yohanes Fridolin Hestrio ; Kurnia Ulfa ; Mulia Inda Rahayu ;</t>
+  </si>
+  <si>
+    <t>EC00202455894</t>
+  </si>
+  <si>
+    <t>Software Chlorophyll-a Datacube Generated Based on Copernicus-Globcolour Multisensor Data</t>
+  </si>
+  <si>
+    <t>EC00202455893</t>
+  </si>
+  <si>
     <t>DCPC: Drug Candidates For The Prevention Of COVID-19</t>
   </si>
   <si>
     <t>Raden Sandra Yuwana ; Hilman Ferdinandus Pardede ; Vicky Zilvan ; Andria Arisal ; Ana Heryana ; Jimmy Abdel Kadar ; Candra Nur Ihsan ; Asri Rizki Yuliani ; Ade Ramdan ; Endang Suryawati ; Dikdik Krisnandi ; Ns. Heni Dwi Windarwati ;</t>
   </si>
   <si>
     <t>EC00202455899</t>
   </si>
   <si>
-    <t>DICOM AUTOMATION RECOVERY MANAGER</t>
-[...20 lines deleted...]
-    <t>EC00202455892</t>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Tamanu Oil (Minyak Nyamplung) untuk Bahan Baku Biofuel dan Biofarmaka</t>
+  </si>
+  <si>
+    <t>Astriany Noer ; Tri Martini ; Tri Cahyono ; Hano Hanafi ; Tri Wahyuni ; Heru Susanto ; Rahadian Mawardi ; Helena Lina Susilawati ; Ratna Etie Puspita Dewi ; Edi Supriyanto ; dr. Sofyan Suri Susilo Hadi, Sp.THT ; Dr. dr. Hermawan Udiyanto, SpOG.K-Onk ;</t>
+  </si>
+  <si>
+    <t>EC00202455903</t>
   </si>
   <si>
     <t>Aplikasi TekenID</t>
   </si>
   <si>
     <t>Rahmat Irfan ; Marini Wulandari ; Wawan Hermawan ; Dionysius Aldion Renata ; Ridha Radhitya ; Elfrin Erawan ; Almuchlisin ; Darius Alexander Go Reinnamah ; Dhika Rizki Anbiya ; Satyo Yudanto ; Sri Agustiningtyas ; Wahyu Juniardi ; Arti Dian Nastiti ; Yuni Arti ; Ninon Nurul Faiza ; Intan Permatasari ; Irfani Ahmad ;</t>
   </si>
   <si>
     <t>EC00202455898</t>
   </si>
   <si>
-    <t>Dataset LCI (Life Cycle Inventory) Produksi Tamanu Oil (Minyak Nyamplung) untuk Bahan Baku Biofuel dan Biofarmaka</t>
-[...53 lines deleted...]
-    <t>EC00202455894</t>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Bunga Potong Krisan Di Dataran Rendah</t>
+  </si>
+  <si>
+    <t>Ratna Etie Puspita Dewi ; Tri Martini ; Tri Wahyuni ; Taupik Rahman ; Meidaliyantisyah ; Heru Susanto ; Catur Oktivian Indri Hastuti ; Araz Meilin ; Widodo Suwito ;</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>EC00202442777</t>
+  </si>
+  <si>
+    <t>PAWANGBot: Pengamatan Awan Menggunakan TelegramTM ChatBot”</t>
+  </si>
+  <si>
+    <t>Halda Aditya Belgaman ; Purwadi ; Sholehhudin Al Ayubi ; Muhamad Fadhlan Thalib ; Bayu Ihsanul Hak ; Muhamad Djazim Syaifullah ; Findy Renggono ; Rahmawati Syahdiza ;</t>
+  </si>
+  <si>
+    <t>EC00202442776</t>
+  </si>
+  <si>
+    <t>Aplikasi E-recording Untuk Wilayah Sumber Bibit Ternak Berbasis Android</t>
+  </si>
+  <si>
+    <t>Hartati ; Widya Pintaka Bayu Putra ; Mariyono ; Lukman Affandhy S ; Dewi Khosiya Robba ; Sulistiyoningtiyas Irmawanti ; Ferry Irawan ; Aprisal ;</t>
+  </si>
+  <si>
+    <t>EC00202442775</t>
+  </si>
+  <si>
+    <t>BRIN, PT. Bina Bersama Niaga Digital, Pusat Riset Peternakan</t>
+  </si>
+  <si>
+    <t>Bi-Project: Aplikasi Penerjemahan Bahasa Isyarat Indonesia (BISINDO) Berbasis Web</t>
+  </si>
+  <si>
+    <t>Edy Maryadi ; Syahrul ; Dea Maulidya ; Muh. Hafizh Izzaturrahim ; Esa Prakasa ; Risnandar ; Dian Andriana ;</t>
+  </si>
+  <si>
+    <t>EC00202442772</t>
   </si>
   <si>
     <t>Perangkat Lunak Programmable Logic Controller Untuk Mesin Computer Numerical Control (CNC) Milling 8 KW</t>
   </si>
   <si>
     <t>Mochamad Adityo Rachmadi ; Ahmad Musthofa ; Galuh Prihantoro ; Nasril ; Teddy Alhady Lubis ; Robby Marlon Brando ; Sari Andarwati Kunharyanto ; Ratna Mayasari ; Ismail Saleh ; Arwidya Tantri Agtusia ; Eko Agus Nugroho ; Ardani Cesario Zuhri ; Abudin ; Mario Ardhany ; Albertus Rianto Suryaningrat ; Tsani Hendro Nugroho ; Dito Eka Cahya ; Heru Taufiqurrohman ; Zaid Cahya Dinul Haq ; Nuril Aditya Dewi ; Hens Saputra ; Furkan Jadid ;</t>
   </si>
   <si>
-    <t>2024-05-29</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202442771</t>
   </si>
   <si>
-    <t>Dataset LCI (Life Cycle Inventory) Produksi Bunga Potong Krisan Di Dataran Rendah</t>
-[...37 lines deleted...]
-  <si>
     <t>RAMSIS: Reliability, Availability, Maintainability, And Safety Information System</t>
   </si>
   <si>
     <t>Asep Haryono ; Tri Widodo ; Sofwan Hidayat ; Sahid Bismantoko ; M. Rosyidi ; Umi Chasanah ; Gilang Mantara Putra ;</t>
   </si>
   <si>
     <t>2024-04-26</t>
   </si>
   <si>
     <t>EC00202433304</t>
   </si>
   <si>
+    <t>Dataset Area Rawan Genangan Akibat Kenaikan Muka Air Laut (Sea Level Rise) Desa Baru, Desa Lalang Dan Desa Bukulimau</t>
+  </si>
+  <si>
+    <t>Yulius ; Hadiwijaya Lesmana Salim ; Taslim Arifin ; Muhammad Ramdhan ;</t>
+  </si>
+  <si>
+    <t>EC00202433303</t>
+  </si>
+  <si>
     <t>Aplikasi Penapisan Keluarga Berisiko Stunting</t>
   </si>
   <si>
     <t>Yekti Widodo ; Rika Rachmalina ; Salimar ; Nuzuliyati Nurhidayati ; Anissa Rizkianti ; Sri Lilestina Nasution ; Sari Kistiana ; Margareth Maya Parulianta Naibaho ; Budi Setyawati ;</t>
   </si>
   <si>
     <t>EC00202433302</t>
   </si>
   <si>
-    <t>Dataset Area Rawan Genangan Akibat Kenaikan Muka Air Laut (Sea Level Rise) Desa Baru, Desa Lalang Dan Desa Bukulimau</t>
-[...5 lines deleted...]
-    <t>EC00202433303</t>
+    <t>Aplikasi Electronic Nose Sebagai Alat Pendeteksi Pencampuran Daging Sapi Dan Babi</t>
+  </si>
+  <si>
+    <t>Ratna Mayasari ; Danny Mokhammad Gandana ; Nasril ; Agus Widodo ; Albertus Rianto Suryaningrat ; Ahmad Musthofa ; Ardani Cesario Zuhri ; Mario Ardhany ; Galuh Prihantoro ; Galang Ilman Islami ; Robby Marlon Brando ; Sari Andarwati Kunharyanto ; Cecep Sujana ; Atih Suprihati ; Amalina Ratih Puspa, S.P., M.Si ; Maryam Jameelah, S.Si., M.Si. ; Nadya Mara Adelina, S.T.P., M. Agr. ;</t>
+  </si>
+  <si>
+    <t>2024-04-02</t>
+  </si>
+  <si>
+    <t>EC00202429278</t>
+  </si>
+  <si>
+    <t>BRIN, Universitas Al Azhar Indonesia, Pusat Riset Teknologi Industri Proses dan Manufaktur</t>
+  </si>
+  <si>
+    <t>ARDV – MIT BIH Arrhythmia Database Visualization</t>
+  </si>
+  <si>
+    <t>Aris Munandar ; Muhammad Ilham Rizqyawan ; Jony Winaryo Wibowo ; Dwi Esti Kusumandari ; M Faizal Amri ; Dika Setiawan ; Taufik Ibnu Salim ; Artha Ivonita Simbolon ; Ulfah Nadiya ; Edi Triono Nuryatno ;</t>
+  </si>
+  <si>
+    <t>EC00202429277</t>
+  </si>
+  <si>
+    <t>GSS – (Gripper Sensor Simulator) Aplikasi Untuk Mengontrol Gripper Lengan Robot Dan Visualisasi Tactile Sensor</t>
+  </si>
+  <si>
+    <t>Aris Munandar ; Muhammad Arifin ; Rian Putra Pratama ; Catur Hilman Adritya Haryo Bhakti Baskoro ; Oka Mahendra ; Veny Rachmawati ; Lista Eka Yulianti ; Taufik Ibnu Salim ;</t>
+  </si>
+  <si>
+    <t>EC00202429279</t>
   </si>
   <si>
     <t>Dataset LCI (Life Cycle Inventory) Produksi Spirulina Pangan Fungsional</t>
   </si>
   <si>
     <t>Ari Kabul Paminto ; Titin Handayani ; Ira Nurhayati Djarot ; Netty Widyastuti ; Agusta Samodra Putra ; Muhamad Maulana Azimatun Nur ; Amak Muhamad Ya’qoub ;</t>
   </si>
   <si>
-    <t>2024-04-02</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202429281</t>
   </si>
   <si>
     <t>BRIN, PT Spiralife Bioteknologi Indonesia, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
   </si>
   <si>
-    <t>ARDV – MIT BIH Arrhythmia Database Visualization</t>
-[...7 lines deleted...]
-  <si>
     <t>Aplikasi Mobile Berbasis Android Teen ‘n Fit</t>
   </si>
   <si>
     <t>Dwi Sisca Kumala Putri ; Muhammad Azzumar ; Kencana Sari ; Adindra Vickar Ega ; Nur Handayani Utami ; Nazarina ; Nadira Yuthie Salwa ; Tiara Amelia ;</t>
   </si>
   <si>
     <t>EC00202429280</t>
   </si>
   <si>
-    <t>Aplikasi Electronic Nose Sebagai Alat Pendeteksi Pencampuran Daging Sapi Dan Babi</t>
-[...19 lines deleted...]
-  <si>
     <t>Software Kompresi Citra Satelit Resolusi Sangat Tinggi Dengan JP2</t>
   </si>
   <si>
     <t>Fadillah Halim Rasyidy ; Danang Surya Candra ; Yohanes Fridolin Hestrio ; Yudhi Prabowo ; Kurnia Ulfa ; Mulia Inda Rahayu ;</t>
   </si>
   <si>
     <t>2023-12-20</t>
   </si>
   <si>
     <t>EC002023136259</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Penginderaan Jauh</t>
   </si>
   <si>
+    <t>Volcanic Thermal Activity Monitoring System (VoTAMS V-1.0).</t>
+  </si>
+  <si>
+    <t>Rahmadi ; Imam Santoso ; Yenni Vetrita ; Suwarsono ; Arum Tjahyaningsih ; Jansen Sitorus ; Rido Dwi Ismanto ; Deni Kartika ; Farikhotul Chusnayah ; Mamat Suhermat ; Andy Indradjad ;</t>
+  </si>
+  <si>
+    <t>2023-12-19</t>
+  </si>
+  <si>
+    <t>EC002023135385</t>
+  </si>
+  <si>
     <t>Dataset Pemodelan Bangunan Dan Lingkungan Virtual KST Samaun Samadikun BRIN</t>
   </si>
   <si>
     <t>Abdurrakhman Prasetyadi ; M. Yudhi Rezaldi ; Ridwan Suhud ; Cahyo Trianggoro ; Arafat Febriandirza ;</t>
   </si>
   <si>
-    <t>2023-12-19</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002023135391</t>
   </si>
   <si>
-    <t>BRIN, Pusat Data dan Informasi</t>
+    <t>Software Deteksi Pohon Kelapa Sawit Pada Citra Satelit Resolusi Sangat Tinggi Dengan Menggunakan Deep Learning (Versi 1.0)</t>
+  </si>
+  <si>
+    <t>Yohanes Fridolin Hestrio ; Yudhi Prabowo ; Danang Surya Candra ; Andie Setiyoko ; Kuncoro Adi Pradono ; Fadillah Halim Rasyidy ; Musyarofah ; Kurnia Ulfa ; Qonita Amriyah ;</t>
+  </si>
+  <si>
+    <t>EC002023135386</t>
   </si>
   <si>
     <t>Aplikasi Klasifikasi Fase Tumbuh Padi Menggunakan Deep Learning</t>
   </si>
   <si>
     <t>Robby Arifandri ; Dian Andriana ; Agustan ; Heri Sadmono ; Lena Sumargana ; Fauziah Alhasanah ; Muhammad Iqbal Habibie ; Hari Prayogi ; Dionysius Bryan Sencaki ; Prabu Kresna Putra ; Tiara Grace Franzisca L ; Ir. Swasetyo Yulianto ;</t>
   </si>
   <si>
     <t>EC002023135380</t>
   </si>
   <si>
-    <t>Software Deteksi Pohon Kelapa Sawit Pada Citra Satelit Resolusi Sangat Tinggi Dengan Menggunakan Deep Learning (Versi 1.0)</t>
-[...16 lines deleted...]
-  <si>
     <t>Aplikasi Mobile Berbasis Android Untuk Pencarian Lokasi Dan Penukaran Baterai Kendaraan Listrik Umum Roda 2</t>
   </si>
   <si>
     <t>Monica Dwi Wahyu Sumunaringrum ; Rachmawan Atmaji Perdana ; Friyogi Resvy Mahda ; Muhammad Nurkhoiri Hindratno ; Tanzi Mubaroq Santoso ; Topan Try Harmanda ; Rully Kusumajaya ; Meidy Layooari ; Nunik Sofiyati ; Kusnanda Supriatna ; Eka Wibowo ; Prasetyo Aji ; Riza ; Eka Rakhman Priandana ; Made Gunawan ; Yusuf Margowadi ; Mohammad Hamdani ; Yahya Andreas Lapian ;</t>
   </si>
   <si>
     <t>2023-12-18</t>
   </si>
   <si>
     <t>EC002023134462</t>
   </si>
   <si>
     <t>Terdaftar</t>
   </si>
   <si>
+    <t>Indonesian Nucleotide Archives (InNA), Platform Repository Dan Discovery Untuk Sekuen Nucleotide Versi 1.0</t>
+  </si>
+  <si>
+    <t>Inna Syafarina ; Rifki Sadikin ; Sahid Bismantoko ; Stevry Yushady CH Bissa ; Syam Budi Iryanto ; Maulida Mazaya ; Ariani Indrawati ; Anis Kamilah Hayati ; Imam Civi Cartealy ; Ihsan Nugraha ; Wisnu Ananta Kusuma ;</t>
+  </si>
+  <si>
+    <t>EC002023134470</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Daur Ulang Masker Non Medis Berbahan Polipropilen Menjadi Pelet</t>
+  </si>
+  <si>
+    <t>Zulwelly M ; Francisca Maria Erny Septiarsi ; Riana Yenni Hartana Sinaga ; Mulyono ; Hismiaty Bahua ; Vionita Lukitari Ari P. ; Muhammad Sudiono ; Nurus Sahari Laili ; Anita Yustisia I. Z. ; Geby Otivriyanti ; Maya Larasati Donna Wardani ; Adik Avianto Soedarsono ;</t>
+  </si>
+  <si>
+    <t>EC002023134467</t>
+  </si>
+  <si>
+    <t>BRIN, BRIND, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>Basis Data Photogrammetri Untuk 3D Orthomosaic Sebagai Support Kontent Virtual Reality, Pantai Wisata Teluk Penyu-Cilacap</t>
+  </si>
+  <si>
+    <t>Nuraini Rahma Hanifa ; M. Yudhi Rezaldi ; Ambar Yoganingrum ; Abdurrakhman Prasetyadi ; Ridwan Suhud ; Eko Yulianto ; Achmad Fakhrus Shomim ; Dr. rer. nat. Wiwin Windupranata, S.T, M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002023134468</t>
+  </si>
+  <si>
+    <t>Chatsicum</t>
+  </si>
+  <si>
+    <t>Ariani Indrawati ; Lindung Parningotan Manik ; Zaenal Akbar ; Dwi Setyo Rini ; Tutie Djarwaningsih ; Agusdin Dharma Fefirenta ; Priyanti ; Hani Febri Mustika ;</t>
+  </si>
+  <si>
+    <t>EC002023134458</t>
+  </si>
+  <si>
     <t>Foto Udara Daerah Gunung Batu - Lembang, Kabupaten Bandung Barat</t>
   </si>
   <si>
     <t>Khori Sugianti ; Antonina Pri Martireni ; Koko Hermawan ; Arifan Jaya Syahbana ; Adrin Tohari ; Anggraini Rizkita Puji ;</t>
   </si>
   <si>
     <t>EC002023134466</t>
   </si>
   <si>
+    <t>Deteksi Tumpahan Minyak Dari Data Sentinel-2 Menggunakan Oil Spill Index (OSI) Berbasis Google Earth Engine (GEE)</t>
+  </si>
+  <si>
+    <t>Agung Dwi Wijaya ; Sayidah Sulma ; Fajar Bahari Kusuma ; Maryani Hartuti ; Chatra Herdanis ; Teguh Prayogo ; Ety Parwati ; Tri Muji Susantoro ; Rizky Faristyawan ; Andi Ibrahim ; Pingkan Mayestika Afgatiani ;</t>
+  </si>
+  <si>
+    <t>EC002023134469</t>
+  </si>
+  <si>
     <t>Dashboard Analisis Real-Time Filter Lanczos, Spektrogram, Dan Periodogram Data InaCBT</t>
   </si>
   <si>
     <t>Amalia Irma Nurwidya ; Sakinah Puspa Anggraeni ; Michael Andreas Purwoadi ; Wahyu Widodo Pandoe ; Alfi Rusdiansyah ; Zulfa Qonita ; Imam Fachrudin ; Eko Pradjoko ;</t>
   </si>
   <si>
     <t>EC002023134465</t>
   </si>
   <si>
+    <t>Dataset: Sumberdaya Penyimpanan CO2 Indonesia Pada Lapangan Minyak Dan Gas Bumi Di Cekungan Sedimen Produksi</t>
+  </si>
+  <si>
+    <t>Mohamad Romli ; Usman ; Bambang Widarsono ; Djoko Sunarjanto ; Sugihardjo ; Panca Wahyudi S ; Rudi Suhartono Wijayako ; Suliantara ; Tri Muji Susantoro ; Herru Lastiadi Setiawan ; Nurkamelia ; Sunting Kepies ; Diana Dwiyanarti ; Edy Widjanarko ; Garindia Gandhi ; Jatmianto Jayeng Sugiantoro ; Johannes Doi Wangge ; Febry Yorda Leksmana ; Yosua Pandapotan ; Muhammad Ghazian Rahman Aziz ;</t>
+  </si>
+  <si>
+    <t>EC002023134463</t>
+  </si>
+  <si>
+    <t>BRIN, LEMIGAS, Pusat Riset Teknologi Industri Proses dan Manufaktur</t>
+  </si>
+  <si>
     <t>Data Set Kerentanan Erosi Daerah Cilacap Dan Sekitarnya</t>
   </si>
   <si>
     <t>Eko Widi Santoso ; Suharsono ;</t>
   </si>
   <si>
     <t>EC002023134464</t>
   </si>
   <si>
-    <t>Dataset: Sumberdaya Penyimpanan CO2 Indonesia Pada Lapangan Minyak Dan Gas Bumi Di Cekungan Sedimen Produksi</t>
-[...56 lines deleted...]
-    <t>EC002023134469</t>
+    <t>Pilot in the Loop</t>
+  </si>
+  <si>
+    <t>Abriansyah Arisoni ; Fadjar Rahino Triputra ; Irfansyah Yudhi Tanasa ; Fuad Surastyo Pranoto ; Adi Wirawan ; Annisa Sarah ; Yomi Guno ; Agus Wiyono ; Frandi Adi Kaharjito ; Muhammad Fajar ; Prasetyo Ardi Probo Suseno ; Peni Laksmita Widati ; Teuku Mohd Ichwanul Hakim ; Asyaraf Hidayat ; Rifki Firdaus ; Sayr Bahri ; Amalia Irma Nurwidya ; Widyawasta ; Lalu Aan Sasaka Akbar ; Aris Surya Yunata ; Karyawan ; Eko Syamsuddin Hasrito ; Mohamad Dahsyat ;</t>
+  </si>
+  <si>
+    <t>2023-12-15</t>
+  </si>
+  <si>
+    <t>EC002023133148</t>
+  </si>
+  <si>
+    <t>Data Spasial Kerentanan Dan Risiko Tsunami Desa Batukaras</t>
+  </si>
+  <si>
+    <t>Ahmad Pratama Putra ; Nuraini Rahma Hanifa ; Achmad Fakhrus Shomim ; Aulia Oktaviani ; Azelia Maudine Khadijah Fahira ;</t>
+  </si>
+  <si>
+    <t>EC002023133153</t>
+  </si>
+  <si>
+    <t>MyHealthy Versi 1.0</t>
+  </si>
+  <si>
+    <t>Faizurrahman `allam Majid ; Pratondo Busono ; I Made Astawa ; Rony Febryarto ; Amrullah Kamaruddin ; Riyanto ; Syaeful Karim ; Marlin Ramadhan Baidillah ; Arky Astasari ; Irfansyah Yudhi Tanasa ; Dede Sumantri ; I Putu Ananta Yogiswara ; Riky Alam Ma'arif ; Dimas Sangaji ;</t>
+  </si>
+  <si>
+    <t>EC002023133155</t>
+  </si>
+  <si>
+    <t>Dataset Citra Digital Benih Padi Inpari Digdaya</t>
+  </si>
+  <si>
+    <t>Seri Intan Kuala ; Eko Kuncoro Pramono ; Yusnan Hasani Siregar ; Ignatius Fajar Apriyanto ; Mira Landep Widiastuti ; Ramlah Arief ; Sri Wahyuni ;</t>
+  </si>
+  <si>
+    <t>EC002023133157</t>
+  </si>
+  <si>
+    <t>Dataset Gambar Untuk Penghitungan Orang Di Luar Ruangan Pada Area Publik</t>
+  </si>
+  <si>
+    <t>Pradika Wahyu Dwi Putra ; Junanto Prihantoro ; Erwin Nashrullah ; Heru Taufiqurrohman ; Kornelis Kopong Ola ; Fandy Rizqi Azhari Harahap ; Toha Zaky ; Hariyanto ;</t>
+  </si>
+  <si>
+    <t>EC002023133145</t>
+  </si>
+  <si>
+    <t>Heroic Unity</t>
+  </si>
+  <si>
+    <t>Akhmad Junaidi ; Syahrir Ika ; Aditama Setyo Moekti ; Adi Suryo Hutomo ; Agung Sutoto ; Dr. Irma Himmatul Aliyyah, M.Psi.Psikolog ; Laila Meiliyandrie Indah Wardani, Ph.D ; Abdurrazak Syakir Muharam ;</t>
+  </si>
+  <si>
+    <t>EC002023133154</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Koperasi, Korporasi dan Ekonomi Kerakyatan</t>
+  </si>
+  <si>
+    <t>Dataset Pemodelan Machine Learning Koefisien Pajak Berbasis Data Emisi Kendaraan Bermotor Berbahan Bakar Diesel</t>
+  </si>
+  <si>
+    <t>Nilam Sari Octaviani ; Rizqon Fajar ; Kurnia Fajar Adhi Sukra ; Fitra Hidiyanto ; Hari Setiapraja ; Siti Yubaidah ; Noor Rachmaniah ; Ratna Kartikasari ; Isa Ansyori ; Reza Irvano Wirawan ;</t>
+  </si>
+  <si>
+    <t>EC002023133146</t>
+  </si>
+  <si>
+    <t>BRIN, KLHK, Pusat Riset Teknologi Transportasi</t>
+  </si>
+  <si>
+    <t>K'Mis Siraman: Sistem Klasifikasi Mikro-plastik Dengan Spektrum Raman</t>
+  </si>
+  <si>
+    <t>Rini Khamimatul Ula ; Risnandar ; Bambang Widiyatmoko ; Dwi Hanto ; Deliyo Rival ; Vinsensius Mustoyo ; Julius Dias Dwiatmoko W ; Nafisah Nur Laila ;</t>
+  </si>
+  <si>
+    <t>EC002023133152</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Fotonik</t>
+  </si>
+  <si>
+    <t>WASMON (Waste Monitoring System)</t>
+  </si>
+  <si>
+    <t>Muhammad Haqqiyuddin Robbani ; Wiharja ; Muhammad Agus Salim ; Naufal Riadhi Yusuf ; Wahyu Purwanta ; Muhammad Hanif ; Prihartanto ; Manis Yuliani ; Dian Purwitasari Dewanti ; Khalda Afifah Haris ; Muhammad Miranda ;</t>
+  </si>
+  <si>
+    <t>EC002023133150</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Lingkungan dan Teknologi Bersih</t>
+  </si>
+  <si>
+    <t>Data Set Sebaran Habitat Keong Inang Perantara Schistosomiasis</t>
+  </si>
+  <si>
+    <t>Junus Widjaja ; Gunawan ; Meiske Elisabeth Koraag ; Afi Nursafingi ;</t>
+  </si>
+  <si>
+    <t>EC002023133144</t>
+  </si>
+  <si>
+    <t>MatPisDuk: Perangkat Lunak Detektor Kematangan Pisang Tanduk</t>
+  </si>
+  <si>
+    <t>Risnandar ; Edy Maryadi ; Syahrul ; Dea Maulidya ; Eko Kuncoro Pramono ; Bedy Purnama ;</t>
+  </si>
+  <si>
+    <t>EC002023133156</t>
+  </si>
+  <si>
+    <t>Pengendali Adaptif Pada Sistem Listrik Tenaga Surya Dengan Beban Induktif</t>
+  </si>
+  <si>
+    <t>Denny Hermawanto ; Ninuk Ragil Prasasti ; Miftahul Munir ; Fajar Budi Utomo ; Marcellinus Mandira Budi Utomo ; Frandi Adi Kaharjito ; Bondan Dwisetyo ; Chery Chaen Putri ; I Wayan Sutaya ; I Putu Suka Arsa ;</t>
+  </si>
+  <si>
+    <t>EC002023133149</t>
+  </si>
+  <si>
+    <t>Aplikasi BRIN Landsat Processing Machine V1.0 Untuk Produksi Data Landsat Level L0Rp (Level 0 Reformatted Product)</t>
+  </si>
+  <si>
+    <t>Panji Rachman Ramadhan ; Dinari Nikken Sulastrie Sirin ; Suhermanto ; Hidayat Gunawan ; Ali Syahputra Nasution ; Bayu Satya Adhitama ; B Pratiknyo Adi Mahatmanto ; Yohanes Fridolin Hestrio ; Patria Rachman Hakim ;</t>
+  </si>
+  <si>
+    <t>EC002023133147</t>
   </si>
   <si>
     <t>Program Perhitungan Dispersi Atmosfir “Dispersia-BRIN”</t>
   </si>
   <si>
     <t>Anik Purwaningsih ; Jupiter Sitorus Pane ; Theo Alvin Ryanto ; Fahmi Alfa Muslimu ; Muhammad Septyawan Aulia ; Muhammad Budi Setiawan ; Arif Yuniarto ; Subiharto ; R. Mohammad Subekti ; Ihda Husnayani ; Mohammad Dhandhang Purwadi ; Moh. Cecep Cepi Hikmat ; Heni Susiati ; Rakhmat Saleh ; Seto Baruno ; Danang Eko Nuryanto ;</t>
   </si>
   <si>
-    <t>2023-12-15</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002023133151</t>
   </si>
   <si>
-    <t>Dataset Citra Digital Benih Padi Inpari Digdaya</t>
-[...125 lines deleted...]
-    <t>EC002023133149</t>
+    <t>Software Deteksi Awan Untuk Citra Satelit Resolusi Sangat Tinggi Menggunakan Tilebased CNN (Versi 1.0)</t>
+  </si>
+  <si>
+    <t>Kurnia Ulfa ; Randy Prima Brahmantara ; D. Heri Yuli Sulyantara ; Kiki Winda Veronica ; Marendra Eko Budiono ; Kuncoro Adi Pradono ;</t>
+  </si>
+  <si>
+    <t>2023-12-14</t>
+  </si>
+  <si>
+    <t>EC002023132246</t>
+  </si>
+  <si>
+    <t>NetFIG: Penghasil Dataset Graf Interaksi Berbasis Network Flow</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Iwan Setiawan ; Didi Rosiyadi ; Muhammad Hilya Surya Dilaga Yasin ; Husnul Ulfa ;</t>
+  </si>
+  <si>
+    <t>EC002023132248</t>
+  </si>
+  <si>
+    <t>Program Otomatisasi Segmentasi Area Terbakar Berbasis OBIA Dengan Ambang Batas Tunggal</t>
+  </si>
+  <si>
+    <t>Steward Augusto ; Krisna Malik Sukarno ; Eduard Thomas Prakoso M ; Rubini Jusuf ; Yenni Vetrita ; Indah Prasasti ;</t>
+  </si>
+  <si>
+    <t>EC002023132249</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Tertanam Smart Personal Dosimeter V1</t>
+  </si>
+  <si>
+    <t>Fitrah Azizah ; Gina Kusuma ; Atang Susila ; I Putu Susila ; Wiranto Budi Santoso ; Sukandar ; Adli Muhaimin ; Heru Prasetio ; Fanisa Zidna Taqia ; Okky Agassy Firmansyah ; Leli Yuniarsari ;</t>
+  </si>
+  <si>
+    <t>EC002023132247</t>
+  </si>
+  <si>
+    <t>Delivery Tracking Inovatif Era Blockchain (DELIVERA)</t>
+  </si>
+  <si>
+    <t>Heru Susanto ; Uus Khusni ; Rachmat Hidayat ; Alifya Kayla Shafa ; Desi Setiana ;</t>
+  </si>
+  <si>
+    <t>EC002023132256</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pengolah Data Muatan Magnetometer Ilmiah LAPAN-A3</t>
+  </si>
+  <si>
+    <t>Agung Wahyudiono ; Satriya Utama ; Muhamad Riza Fakhlevi ; Rise Hapshary Surayuda ; Nova Maras Nurul Khamsah ; Patria Rachman Hakim ; Amrullah Abdul Qadir ; Dede Ardianto ; Ahmedi Asraf ;</t>
+  </si>
+  <si>
+    <t>EC002023132250</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Untuk Pemantauan Kondisi Pesawat Pada Pesawat Tanpa Awak (SIPeKA)</t>
+  </si>
+  <si>
+    <t>Abdul Rohman ; Abdul Aziz ; Danartomo Kusumoaji ; Irma Rismayanti ; Ildefonsa Anna Fransiska Nahak ; Fuad Surastyo Pranoto ; Ari Sugeng Budiyanta ; Fadilah Hasim ; Gunawan Setyo Prabowo ; Fajar Ari Wandono ; Try Kusuma Wardana ;</t>
+  </si>
+  <si>
+    <t>EC002023132268</t>
+  </si>
+  <si>
+    <t>Kalkulator Fuzzy-RPN</t>
+  </si>
+  <si>
+    <t>Himma Firdaus ; Sik Sumaedi ; Muhammad Azzumar ; Tri Widianti ; R. Rudi Anggoro Samodro ; Adindra Vickar Ega ; Mahmudi ; Meilinda Ayundyahrini ; Mauludin Hidayat ; Sih Damayanti ; Tri Rakhmawati ; Anggini Dinaseviani ;</t>
+  </si>
+  <si>
+    <t>EC002023132267</t>
+  </si>
+  <si>
+    <t>SEL SURYA BERBASIS PEWARNA DENGAN STRUKTUR MONOLITIK BESERTA PROSES PEMBUATANNYA</t>
+  </si>
+  <si>
+    <t>Achmad Fatchuttamam Abka ;</t>
+  </si>
+  <si>
+    <t>EC002023132254</t>
+  </si>
+  <si>
+    <t>Aplikasi IDF Engine Splitter Untuk Membagi Proses Produksi Data Landsat-8/9 Per Data Misi</t>
+  </si>
+  <si>
+    <t>Panji Rachman Ramadhan ; Dinari Nikken Sulastrie Sirin ; Suhermanto ; Hidayat Gunawan ; Ali Syahputra Nasution ; Taufik Syam ; Bayu Satya Adhitama ; B Pratiknyo Adi Mahatmanto ; Yohanes Fridolin Hestrio ;</t>
+  </si>
+  <si>
+    <t>EC002023132255</t>
   </si>
   <si>
     <t>Perangkat Lunak Data Akuisisi Kecepatan Tinggi Dan Kontrol Robot Synthetic Aperture Radar (SAR)</t>
   </si>
   <si>
     <t>Abdul Rohman ; Agus Wiyono ; Jefri Abner Hamonangan ; Farohaji Kurniawan ; Bambang Setiadi ; Wahyu Widada ; Satria Arief Aditya ; Agus Hendra Wahyudi ; Nurul Chasanah ; Abdurrasyid Ruhiyat ; Muksin ; Novelita Rahayu ; Nurul Lailatul Muzayadah ; Dewi Anggraeni ; Bina Pratomo ; Sri Kliwati ; Iman Firmansyah ; Andria Arisal ; Benni F. Ramadhoni ; Agus Subekti ; Effendi Dodi Arisandi ; Peberlin Parulian Sitompul ; Fadilah Hasim ; Dwiyanto ; Joko Widodo ; formulir identifikasi ; Muhammad Fauzan Edy Purnomo, S.T., M.T. ;</t>
   </si>
   <si>
-    <t>2023-12-14</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002023132259</t>
   </si>
   <si>
-    <t>Delivery Tracking Inovatif Era Blockchain (DELIVERA)</t>
-[...23 lines deleted...]
-    <t>EC002023132247</t>
+    <t>SisMonAWS</t>
+  </si>
+  <si>
+    <t>I Putu Ananta Yogiswara ; Dimas Biwas Putra ; Fito Wigunanto Herminawan ; Yoga Prastiya Wibawa ; Moh. Alma Samudro ; Riski Fitriani ; Bondan Suwandi ; Yusuf Nur Wijayanto ; Yudi Adityawarman ; Achmad Wibisono ;</t>
+  </si>
+  <si>
+    <t>EC002023132252</t>
   </si>
   <si>
     <t>FaCoSwap: Aplikasi Penukar Komponen Wajah</t>
   </si>
   <si>
     <t>Nova Hadi Lestriandoko ;</t>
   </si>
   <si>
     <t>EC002023132253</t>
   </si>
   <si>
-    <t>SisMonAWS</t>
-[...68 lines deleted...]
-    <t>EC002023132255</t>
+    <t>(Near) Realtime Data Analysis On The InaCBT</t>
+  </si>
+  <si>
+    <t>Wahyu Widodo Pandoe ; Michael Andreas Purwoadi ; Alfi Rusdiansyah ; Zulfa Qonita ; Aris Suwarjono ; Amalia Irma Nurwidya ; Sakinah Puspa Anggraeni ; Karina Mayasita Handoyo ;</t>
+  </si>
+  <si>
+    <t>2023-12-13</t>
+  </si>
+  <si>
+    <t>EC002023131549</t>
+  </si>
+  <si>
+    <t>Py-CPT</t>
+  </si>
+  <si>
+    <t>Arifan Jaya Syahbana ; Firman Prawiradisastra ; Ahmad Pratama Putra ; Ahmad Fauzi Yunus ; Achmad Fakhrus Shomim ; Syakira Trisnafiah ; Shafira Rahmadilla Hape ; Aji Febri Atmoko ;</t>
+  </si>
+  <si>
+    <t>EC002023131557</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pemantauan Perilaku Pengemudi</t>
+  </si>
+  <si>
+    <t>Jimmy Abdel Kadar ; Ana Heryana ; Endang Suryawati ; Candra Nur Ihsan ; Hilman Ferdinandus Pardede ; R. Budiarianto Suryo Kusumo ; Raden Sandra Yuwana ; Vicky Zilvan ; Ade Ramdan ; Asri Rizki Yuliani ;</t>
+  </si>
+  <si>
+    <t>EC002023131551</t>
+  </si>
+  <si>
+    <t>L-UV: Landsat Ul-tra Vision Database</t>
+  </si>
+  <si>
+    <t>Rido Dwi Ismanto ; Arie Vatresia ; Ferzha Putra Utama ;</t>
+  </si>
+  <si>
+    <t>EC002023131555</t>
+  </si>
+  <si>
+    <t>Sistem Indexing Data Penginderaan Jauh Dengan Implementasi Spesifikasi STAC</t>
+  </si>
+  <si>
+    <t>Ika Siwi Supriyani ; Fauzan Al Ayyubi ; Eduard Thomas Prakoso M ; Rubini Jusuf ; Yohanes Fridolin Hestrio ; Babag Purbantoro ;</t>
+  </si>
+  <si>
+    <t>EC002023131553</t>
+  </si>
+  <si>
+    <t>DISCHEV (Discharge Evaluation)</t>
+  </si>
+  <si>
+    <t>Adinda Tisha Desviana ; Edwin Yoga Pratama ; Chevy Cahyana ; Arya Pramana Sembiring ; Muhamad Aminudin ; Egnes Ekaranti ; Syarifatul Ulya ; Arya Adhyaksa Waskita ; Julfa Muhammad Amda ;</t>
+  </si>
+  <si>
+    <t>EC002023131554</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Keselamatan, Metrologi dan Mutu Nuklir</t>
+  </si>
+  <si>
+    <t>Sistem Pengaturan Hak Akses Informasi Untuk Berbagi Data Geospasial Pada Aplikasi SPBN</t>
+  </si>
+  <si>
+    <t>Siti Nadia Nurhidayah ; Krisna Malik Sukarno ; Ahmad Sutanto ; Muhammad Priyatna ; Taufik Hidayat ; Anwar Annas ; Aby Al Khudri ; Silvan Anggia Bayu Setia Permana ; Reno Ogestro ; Adis Jayati ; Bayulodie Vallianto ; Irham Febrieka PH ; Masita Dwi Mandini Manessa ;</t>
+  </si>
+  <si>
+    <t>EC002023131550</t>
+  </si>
+  <si>
+    <t>Dataset Citra Kereta Api Penumpang Dengan Penggerak Indonesia (KAPPI)</t>
+  </si>
+  <si>
+    <t>Okghi Adam Qowiy ; Hilda Luthfiyah ; Ratna Nurmayni ; Arwidya Tantri Agtusia ; Siti Vivi Octaviany ; Teddy Anugrah Ramanel ; Gilang Mantara Putra ; Eko Syamsuddin Hasrito ; Tri Widodo ; Sofwan Hidayat ; Syamsul Kamar ; Meiyanne Lestari ; Vebriyanti Hayoto ;</t>
+  </si>
+  <si>
+    <t>EC002023131556</t>
+  </si>
+  <si>
+    <t>INNAlysis: Platform Analysis Data Sekuen Pada Indonesia Nucleotide Archive (INNA) Versi 1.0</t>
+  </si>
+  <si>
+    <t>Ihsan Nugraha ; Rifki Sadikin ; Imam Civi Cartealy ; Sahid Bismantoko ; Stevry Yushady CH Bissa ; Syam Budi Iryanto ;</t>
+  </si>
+  <si>
+    <t>EC002023131560</t>
+  </si>
+  <si>
+    <t>Climate Data Tools For Python (cdtPy) V 1.0.0</t>
+  </si>
+  <si>
+    <t>Rahaden Bagas Hatmaja ;</t>
+  </si>
+  <si>
+    <t>EC002023131559</t>
   </si>
   <si>
     <t>MATTER (Multi Account Table Top Exercise For Responders)</t>
   </si>
   <si>
     <t>Adinda Tisha Desviana ; Muhamad Aminudin ; Chevy Cahyana ; Egnes Ekaranti ; Arya Pramana Sembiring ; Edwin Yoga Pratama ; Syarifatul Ulya ; Arya Adhyaksa Waskita ; Julfa Muhammad Amda ;</t>
   </si>
   <si>
-    <t>2023-12-13</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002023131558</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Teknologi Keselamatan, Metrologi dan Mutu Nuklir</t>
-[...46 lines deleted...]
-  <si>
     <t>Perangkat Lunak Tertanam Remote Terminal Unit Untuk Pemantauan Radiasi Lingkungan</t>
   </si>
   <si>
     <t>Fitrah Azizah ; Joko Triyanto ; Istofa ; Leli Yuniarsari ; I Putu Susila ; Gina Kusuma ; Sukandar ; Hasriyasti Saptowati ; Budi Santoso ; Romadhon ;</t>
   </si>
   <si>
     <t>EC002023131552</t>
   </si>
   <si>
-    <t>Perangkat Lunak Pemantauan Perilaku Pengemudi</t>
-[...43 lines deleted...]
-  <si>
     <t>Dataset Citra Tanaman Hoya Indonesia</t>
   </si>
   <si>
     <t>Wawan Hendriawan Nur ; Shidiq Al Hakim ; Foni Agus Setiawan ; Lindung Parningotan Manik ; Slamet Riyanto ; Al Hafiz Akbar Maulana Siagian ; Siti Kania Kushadiani ; Niken Fitria Apriani ; Sri Rahayu ; Gibtha Fitri Laxmi, M.Kom ; Hurriyatul Fitriyah, S.T., M.Sc. ;</t>
   </si>
   <si>
     <t>2023-12-11</t>
   </si>
   <si>
     <t>EC002023129180</t>
   </si>
   <si>
+    <t>Perangkat Lunak Smart Sensor</t>
+  </si>
+  <si>
+    <t>Ratna Mayasari ; Nasril ; Danny Mokhammad Gandana ; Agus Widodo ; Albertus Rianto Suryaningrat ; Ahmad Musthofa ; Ardani Cesario Zuhri ; Mario Ardhany ; Galang Ilman Islami ; Robby Marlon Brando ; Sari Andarwati Kunharyanto ; Natalia Tumba Bine' ; Atih Suprihati ; Marlin Wijaya ; Cecep Sujana ; Bayu Sumarno Putro ; Robi Sulaiman ;</t>
+  </si>
+  <si>
+    <t>EC002023129182</t>
+  </si>
+  <si>
+    <t>Inventory Management System</t>
+  </si>
+  <si>
+    <t>Ragil Yoga Edi ; Bahtiar Rifai ; M. Soekarni ; Erla Mychelisda ; Pihri ; Rusno Haji ; I Ketut Enriko ; Hedi Krishna ; Rahmat Hardian Putra ; Fitriansyah ;</t>
+  </si>
+  <si>
+    <t>EC002023129181</t>
+  </si>
+  <si>
+    <t>BRIN, Telkom Indonesia Tbk, Pusat Riset Ekonomi Makro dan Keuangan</t>
+  </si>
+  <si>
     <t>Indeks Digital UMKM</t>
   </si>
   <si>
     <t>Ragil Yoga Edi ; Bahtiar Rifai ; M. Soekarni ; Erla Mychelisda ; Pihri ; Rusno Haji ; I Ketut Enriko ; Hedi Krishna ; Rahmat Hardian Putra ; Muhammad Jumari ;</t>
   </si>
   <si>
     <t>EC002023129178</t>
   </si>
   <si>
-    <t>BRIN, Telkom Indonesia Tbk, Pusat Riset Ekonomi Makro dan Keuangan</t>
+    <t>Sobat Gizi</t>
+  </si>
+  <si>
+    <t>Siti Kania Kushadiani ; Al Hafiz Akbar Maulana Siagian ; Slamet Riyanto ; Shidiq Al Hakim ; Niken Fitria Apriani ; Lestari Octavia ; Fitrianingsih ; Chandra Wijaya ; Devi Ayu Lestari ; Konstan Damai Telaumbanua ; Muhammad Arya Nurarif ;</t>
+  </si>
+  <si>
+    <t>EC002023129179</t>
   </si>
   <si>
     <t>Sistem Database Mask Image Untuk Dataset Segmentasi Citra Mikroorganisme Kapang</t>
   </si>
   <si>
     <t>Bayu Rizky Maulana ; Mukti Wibowo ; Muhamad Rodhi Supriyadi ; Aulia Haritsuddin Karisma Muhammad Subekti ; Josua Geovani Pinem ; Gilang Mantara Putra ; Umi Chasanah ; Raden Putri Ayu Pramesti ; Muhammad Reza Alfin ; Dewi Habsari Budiarti ; Jemie Muliadi ; Anto Satriyo Nugroho ; Dyah Noor Hidayati ; Danang Waluyo ; Ariza Yandwiputra Besari ;</t>
   </si>
   <si>
     <t>EC002023129183</t>
   </si>
   <si>
-    <t>Inventory Management System</t>
-[...23 lines deleted...]
-    <t>EC002023129182</t>
+    <t>Batimetri Resolusi Tinggi Perairan Anyer</t>
+  </si>
+  <si>
+    <t>Rido Dwi Ismanto ; Arnida L. Latifah ; Novan Tofany ; Ayu Shabrina ; Wiko Setyonegoro ; Subiyanto ; Didit Aditya ; Andreas Parama Wijaya ; Fauzi ; Henokh Lugo Hariyanto ; Amandha Affa Auliya ; Mochammad Raja Jaefant Alphalevy ;</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>EC002023123716</t>
+  </si>
+  <si>
+    <t>SiMaFor (Sistem Identifikasi Image Forgery)</t>
+  </si>
+  <si>
+    <t>Uus Khusni ; Heru Susanto ; Rachmat Hidayat ; Budhi Riyanto ; Taufik Iqbal Ramdhani ; Iwan Setiawan ; Aulia Hasan Widjaya ; Wisnu Handoyo Ardi ; Inggit Puji Astuti ;</t>
+  </si>
+  <si>
+    <t>EC002023123731</t>
+  </si>
+  <si>
+    <t>APLIKASI PEMETAAN PRAKIRAAN KONDISI LAHAN KOMODITAS BAWANG MERAH DI KEC. RUBARU, KAB. SUMENEP, PROVINSI JAWA TIMUR DENGAN CITRA SATELIT VERSI 1.0</t>
+  </si>
+  <si>
+    <t>Fadhlullah Ramadhani ; Woro Estiningtyas ; Ai Dariah ; Yayan Apriyana ; Misnawati ;</t>
+  </si>
+  <si>
+    <t>EC002023123733</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Geospasial</t>
+  </si>
+  <si>
+    <t>GPSLOGGER Aplikasi Pengamatan TEC Dan Sintillasi</t>
+  </si>
+  <si>
+    <t>EC002023123721</t>
+  </si>
+  <si>
+    <t>Software Ingest Data Satelit Orbit Polar Pita-L V2.0</t>
+  </si>
+  <si>
+    <t>Ali Syahputra Nasution ; Adi Aufarachman Putra Bambang Dwi ; Suhermanto ; Fadillah Halim Rasyidy ; Bayu Satya Adhitama ; Hidayat Gunawan ; Nugroho Widi Jatmiko ;</t>
+  </si>
+  <si>
+    <t>EC002023123732</t>
+  </si>
+  <si>
+    <t>Fish Mobile (FiMo)</t>
+  </si>
+  <si>
+    <t>Yulia Aris Kartika ; Lindung Parningotan Manik ; Haryono ; Pesigrihastamadya Normakristagaluh ;</t>
+  </si>
+  <si>
+    <t>EC002023123724</t>
+  </si>
+  <si>
+    <t>SiDEWI (Sistem Deteksi Wajah Dengan Indikator Tertentu Untuk Keamanan)</t>
+  </si>
+  <si>
+    <t>Rachmat Hidayat ; Heru Susanto ;</t>
+  </si>
+  <si>
+    <t>EC002023123727</t>
+  </si>
+  <si>
+    <t>Aplikasi Peramalan Iradiasi Matahari Berbasis Deep Learning Model</t>
+  </si>
+  <si>
+    <t>Muhammad Very Nugroho ; Andhika Prastawa ; Dwie Vannia Dianti ; Zakariya Arif Fikriyadi ; Fajril Mardiansah ; Nur Aryanto Aryono ;</t>
+  </si>
+  <si>
+    <t>EC002023123730</t>
+  </si>
+  <si>
+    <t>Dataset Karakteristik Spektrum Cahaya Pada Daging Menggunakan Metode Reflektansi</t>
+  </si>
+  <si>
+    <t>Faizurrahman `allam Majid ; Lesti Setianingrum ; Maratul Hamidah ; Sasono Rahardjo ; Amalia Irma Nurwidya ; Yonan Prihhapso ; Tinova Pramudya ; Muhammad Yusha Firdaus ; Leli Lailatul Jannah ; Mustika Fitriana Dewi ;</t>
+  </si>
+  <si>
+    <t>EC002023123723</t>
   </si>
   <si>
     <t>Python PUNA Motion</t>
   </si>
   <si>
     <t>Akhmad Farid Widodo ;</t>
   </si>
   <si>
-    <t>2023-12-04</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002023123719</t>
   </si>
   <si>
+    <t>PERANGKAT LUNAK PLC &amp; SCADA UNTUK SISTEM KENDALI DAN PENGAWASAN BOILER BERBAHAN BAKAR AMPAS TEBU</t>
+  </si>
+  <si>
+    <t>Maristya Rahmadiansyah ; Guntur Prastya Dhiarta ;</t>
+  </si>
+  <si>
+    <t>EC002023123722</t>
+  </si>
+  <si>
+    <t>PERANGKAT LUNAK PLC &amp; SCADA UNTUK SISTEM KENDALI DAN PENGAWASAN VACUUM PAN</t>
+  </si>
+  <si>
+    <t>EC002023123729</t>
+  </si>
+  <si>
+    <t>Weather Station Monitoring Application For Microgrid</t>
+  </si>
+  <si>
+    <t>Dhea Amelia Rianjani ; Kholid Akhmad ; Yuli Astriani ; Khotimatul Fauziah ; Asih Kurniasari ; Hafsah Halidah ; Eka Nurdiana ; Yusuf Margowadi ; Prasetyo Aji ; Moch Arief Albachrony ; Ifanda ; Vetri Nurliyanti ; Nurry Widya Hesty ; Adinda Prawitasari ; Dannya Maharani Putri Utami ; Dionysius Aldion Renata ; Suhraeni Syafei ; Ahmad Gusyairi ; Munadiyan Nurhuda ;</t>
+  </si>
+  <si>
+    <t>EC002023123717</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Goba (Lagoon) Terumbu Berbasis Open Source Software Di Indonesia</t>
+  </si>
+  <si>
+    <t>Ahmad Sutanto ; Wikanti Asriningrum ; Kholifatul Aziz ; Azura Ulfa ; Kuncoro Teguh Setiawan ; Hastuadi Harsa ; Muhammad Sulaiman Nur Ubay ;</t>
+  </si>
+  <si>
+    <t>EC002023123720</t>
+  </si>
+  <si>
+    <t>Sistem Novelty Berbasis Unauthorized Detection Untuk Kesiapan Keamanan Informasi (SiNobu)</t>
+  </si>
+  <si>
+    <t>Heru Susanto ; Iwan Setiawan ; Akbari Indra Basuki ; Rachmat Hidayat ; Uus Khusni ; Didi Rosiyadi ; Rd. Angga Ferianda ; Taufik Iqbal Ramdhani ; Raden Muhammad Taufik Yuniantoro ; Budhi Riyanto ; Arief Indriarto Haris ; Desi Setiana ; Alifya Kayla Shafa ;</t>
+  </si>
+  <si>
+    <t>EC002023123718</t>
+  </si>
+  <si>
     <t>Dataset Wilayah Kumuh Dan Non Kumuh Berbasis Tile Based Mosaic Citra Satelit SPOT-6/7 Kota Makassar Tahun 2019</t>
   </si>
   <si>
     <t>Yohanes Fridolin Hestrio ; Siti Desty Wahyuningsih ; Destri Yanti Hutapea ; Niko Cendiana ; Kiki Winda Veronica ; Ika Siwi Supriyani ; Eduard Thomas Prakoso M ; Rubini Jusuf ; Orbita Roswintiarti ;</t>
   </si>
   <si>
     <t>EC002023123728</t>
   </si>
   <si>
-    <t>Fish Mobile (FiMo)</t>
-[...35 lines deleted...]
-    <t>EC002023123731</t>
+    <t>Program Pembuatan Batimetri Ideal-Artifisial Untuk Area Estuari</t>
+  </si>
+  <si>
+    <t>Hamzah Haru Radityo Suharyanto ; Hanah Khoirunnisa ; Gumilang Ramadhan Pasma ; Mardi Wibowo ; Aloysius Bagyo Widagdo ; Reno Arief Rachman ;</t>
+  </si>
+  <si>
+    <t>EC002023123734</t>
   </si>
   <si>
     <t>Aplikasi Sistem Screening Suspect TB (SINDEN-TB)</t>
   </si>
   <si>
     <t>Mirna Widiyanti ; Doni Lasut ; Made Agus Nurjana ; Asep Hermawan ; Kristina ; Fitriana ; Ignatius Praptoraharjo ; Hanna S.I.Kawulur ; Mustika Pramestiyani ; Gaby Gabriela Langi ;</t>
   </si>
   <si>
     <t>EC002023123725</t>
   </si>
   <si>
-    <t>PERANGKAT LUNAK PLC &amp; SCADA UNTUK SISTEM KENDALI DAN PENGAWASAN VACUUM PAN</t>
-[...92 lines deleted...]
-    <t>METODE EKSTRAKSI FITUR UNTUK AUTOMATIC SPEECH RECOGNITION TAHAN TERHADAP DERAU</t>
+    <t>Aplikasi Android Untuk Single-passenger Electric Autonomous TransportER (SEATER)</t>
+  </si>
+  <si>
+    <t>Dayat Kurniawan ; Roni Permana Saputra ; Eko Joni Pristianto ; Budi Prawara ; Yanuandri Putrasari ;</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>EC002023112259</t>
+  </si>
+  <si>
+    <t>InaCOVED (Indonesian Corpus For COVID-19 Event Detection) On Online News</t>
+  </si>
+  <si>
+    <t>Purnomo Husnul Khotimah ; Andri Fachrur Rozie ; Andria Arisal ; Ekasari Nugraheni ; Dianadewi Riswantini ; Wiwin Suwarningsih ;</t>
+  </si>
+  <si>
+    <t>EC002023112261</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak SCADA (Supervisory Control And Data Acquisition) Untuk Monitoring Parameter Permesinan Kapal</t>
+  </si>
+  <si>
+    <t>Afif Widaryanto ; Tsani Hendro Nugroho ; Tris Handoyo ; Teddy Alhady Lubis ; Heru Taufiqurrohman ; Zaid Cahya Dinul Haq ; Junanto Prihantoro ; Dito Eka Cahya ; Galuh Prihantoro ; Iwan Istanto ; Mochamad Adityo Rachmadi ; Marsetiayu Ningsih ; Abudin ; Abdulah ; Trimono ; Jajang Hidayat ; Dhimas Widhi Handani ;</t>
+  </si>
+  <si>
+    <t>EC002023112260</t>
+  </si>
+  <si>
+    <t>InaFoodSec - Dataset Sentimen Twitter 50K Mengenai Layanan Publik Pada Bidang Ketahanan Pangan</t>
   </si>
   <si>
     <t>Siska Pebiana ; M. Teduh Uliniansyah ; Agung Santosa ; Asril ; Elvira Nurfadhilah ; Nuraisa Novia Hidayati ; Radhiyatul Fajri ; Andi Djalal Latief ; Dian Isnaeni Nurul Afra ; Gunarso ; Siti Shaleha ; Tri Sampurno ; Yuyun ; Hammam Riza ; Indra Budi ; Meganingrum Arista Jiwanggi ; Ryan Randy Suryono ; Tosan Wiar Ramadhani ; Muhammad Irfan Raif ; Tri Nanda ;</t>
   </si>
   <si>
-    <t>2023-11-15</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002023112268</t>
   </si>
   <si>
     <t>BRIN, Ilmu Komputer Universitas Indonesia, Pusat Riset Sains Data dan Informasi</t>
   </si>
   <si>
-    <t>Perangkat Lunak SCADA (Supervisory Control And Data Acquisition) Untuk Monitoring Parameter Permesinan Kapal</t>
-[...5 lines deleted...]
-    <t>EC002023112260</t>
+    <t>Program Aplikasi Sistem XY-T Recorder Untuk Pengujian Statis</t>
+  </si>
+  <si>
+    <t>Muchamad Gozali ; Makmuri ; Bambang Purnomo Yanuarso ; Yudi Irawadi ; Mahfudz Al Huda ; Djoko Wahyu Karmiadji ; Anwar ; Budi Prasetiyo ; Yana Heryana ; Indra Hardiman Mulyowardono ; Wahyu Sulistiyo ; Budi Haryanto ; Mustasyar Perkasa ; Muhammad Awwaluddin ; Wahyu Purnawirawan ;</t>
+  </si>
+  <si>
+    <t>EC002023112262</t>
+  </si>
+  <si>
+    <t>InaEnviMag - Dataset Sentimen Twitter 50K Mengenai Layanan Publik Pada Bidang Pengelolaan Lingkungan</t>
+  </si>
+  <si>
+    <t>Radhiyatul Fajri ; M. Teduh Uliniansyah ; Elvira Nurfadhilah ; Siska Pebiana ; Agung Santosa ; Nuraisa Novia Hidayati ; Hammam Riza ; Gunarso ; Andi Djalal Latief ; Dian Isnaeni Nurul Afra ; Siti Shaleha ; Tri Sampurno ; Yuyun ; Asril ; Indra Budi ; Meganingrum Arista Jiwanggi ; Ryan Randy Suryono ; Tosan Wiar Ramdhani ; M Irfan Raif ; Tri Nanda ;</t>
+  </si>
+  <si>
+    <t>EC002023112269</t>
+  </si>
+  <si>
+    <t>BRIN, Fakultas Ilmu Komputer Universitas Indonesia, Pusat Riset Sains Data dan Informasi</t>
   </si>
   <si>
     <t>Fish Occurence Records Indonesia (forlDN)</t>
   </si>
   <si>
     <t>Yulia Aris Kartika ; Pesigrihastamadya Normakristagaluh ; Arif Wibowo ; Haryono ; Hadi Dahruddin ; Kurniawan ; Vitas Atmadi Prakoso ; Indah Lestari ;</t>
   </si>
   <si>
     <t>EC002023112266</t>
   </si>
   <si>
+    <t>Cida-Cabai (Citra Daun Cabai Varietas Balitsa)</t>
+  </si>
+  <si>
+    <t>Wiwin Suwarningsih ; Rinda Kirana ; Purnomo Husnul Khotimah ; Andria Arisal ; Andri Fachrur Rozie ; Dianadewi Riswantini ; Ekasari Nugraheni ; Noor Roufiq Ahmadi ; Fauzi Haidar ; Pepen Ependi ;</t>
+  </si>
+  <si>
+    <t>EC002023112264</t>
+  </si>
+  <si>
+    <t>BRIN, BALAI PENENELITIAN TANAMAN SAYURAN KEMENTRIAN PERTANIAN, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>EvoShipData</t>
+  </si>
+  <si>
+    <t>Nanda Yustina ; Ade R. Ispandiari ; Iskendar ; Zulfa Qonita ; Nurul Shabrina ; Nanda Itohasi Gutami ; Siti Sadiah ; Zaid Cahya Dinul Haq ; Mochamad Adityo Rachmadi ; Annissa Roschyntawati ; Noor Muhammad Ridha Fuadi ; Waluyo ; Abdul Kadir ;</t>
+  </si>
+  <si>
+    <t>EC002023112265</t>
+  </si>
+  <si>
+    <t>Measuring Index For Enhancing And Stimulating Happiness (MIEShappy)</t>
+  </si>
+  <si>
+    <t>Mieska Despitasari ; Nurhayati ; Achmad Shidiq ; Ika Saptarini ; Ahmad Erlan ; Pesigrihastamadya Normakristagaluh ; Harimat Hendarwan ; Rikawarastuti ;</t>
+  </si>
+  <si>
+    <t>EC002023112267</t>
+  </si>
+  <si>
     <t>Perangkat Lunak Gamma Counter Single Detektor Multi Diagnosis</t>
   </si>
   <si>
     <t>Riswal Nafi Siregar ; Gina Kusuma ; Sukandar ; Atang Susila ; Nurhayati ; Budi Santoso ; Yuyus Takhkik ;</t>
   </si>
   <si>
     <t>EC002023112263</t>
   </si>
   <si>
-    <t>InaEnviMag - Dataset Sentimen Twitter 50K Mengenai Layanan Publik Pada Bidang Pengelolaan Lingkungan</t>
-[...67 lines deleted...]
-  <si>
     <t>Program Analisis Data Uji Statis Motor Roket Padat Berdasarkan SNI 8938:2020</t>
   </si>
   <si>
     <t>Ikhwannuary Raditya Priyadana ; Bagus Hayatul Jihad ; Bagus Wicaksono ; Yudha Budiman ; Ahmad Riyadl ; Antonius Apriyanto ; Amor Dewanto ;</t>
   </si>
   <si>
     <t>EC002023112270</t>
   </si>
   <si>
+    <t>Sapintara 1: Beef Cattle Bioprediction, Prediksi Bobot Badan, Bobot Karkas, Bobot Daging Dan Harga Sapi</t>
+  </si>
+  <si>
+    <t>Frediansyah Firdaus ; Bayu Andri Atmoko ; Fajar Ariadi ; Panjono ; Tristianto Nugroho ; Hamdani Maulana ; Lusia Komala Widiastuti ; Anang Habibi ;</t>
+  </si>
+  <si>
+    <t>2023-10-31</t>
+  </si>
+  <si>
+    <t>EC002023102562</t>
+  </si>
+  <si>
+    <t>BiMolP : Biolubricant Molecule Properties Analyzer</t>
+  </si>
+  <si>
+    <t>Muhammad Ma'ruf ; Rizqon Fajar ; Siti Yubaidah ; Arky Astasari ; Sri Peni Wijayanti ; M. Rosyidi ; Ika Maria Ulfah ; Respatya Teguh Soewono ; Mohammad Khotib ;</t>
+  </si>
+  <si>
+    <t>EC002023102566</t>
+  </si>
+  <si>
+    <t>BALADEVA: BRIN’s Lake Model Visualizer</t>
+  </si>
+  <si>
+    <t>Astried Sunaryani ; Arianto Budi Santoso ; Furqon Hensan Muttaqien ; Farham Harvianto ; Hadiid Agita Rustini ; Dewi Nilawati ; Endra Triwisesa ; Ni Luh Kartini ;</t>
+  </si>
+  <si>
+    <t>EC002023102563</t>
+  </si>
+  <si>
+    <t>Dataset Spasial 2D Kandungan Uap Air Terintegrasi Dan Katalog Profil GNSS Radio Occultation</t>
+  </si>
+  <si>
+    <t>Noersomadi ; Edy Maryadi ; Nani Cholianawati ; Nurjanna Joko Trilaksono ;</t>
+  </si>
+  <si>
+    <t>EC002023102572</t>
+  </si>
+  <si>
+    <t>Dataset Topografi Dan Batimetri Di Koridor Teluk Penyu Cilacap</t>
+  </si>
+  <si>
+    <t>Favian Mafazi Giska Putra ; Hilmi Aziz ; Bondan Fiqi Riyalda ; Amalia Nurwijayanti ; Widjo Kongko ; Dhedy Husada Fadjar Perdana ;</t>
+  </si>
+  <si>
+    <t>EC002023102558</t>
+  </si>
+  <si>
+    <t>Dataset Wilayah Kumuh Dan Non-kumuh Berbasis Scene SPOT-6 Dan SPOT-7 Serta Data Pendukung Parameter Pemukiman Kumuh Kota Makassar Tahun 2022</t>
+  </si>
+  <si>
+    <t>Ika Siwi Supriyani ; Yohanes Fridolin Hestrio ; Eduard Thomas Prakoso M ; Kiki Winda Veronica ; Orbita Roswintiarti ; Rubini Jusuf ; Siti Desty Wahyuningsih ; Destri Yanti Hutapea ; Niko Cendiana ;</t>
+  </si>
+  <si>
+    <t>EC002023102560</t>
+  </si>
+  <si>
+    <t>Dataset Pemodelan Machine Learning Koefisien Pajak Berbasis Data Emisi Kendaraan Bermotor Berbahan Bakar Bensin</t>
+  </si>
+  <si>
+    <t>Kurnia Fajar Adhi Sukra ; Fitra Hidiyanto ; Rizqon Fajar ; Nilam Sari Octaviani ; Hari Setiapraja ; Siti Yubaidah ; Noor Rohamaniah ; Ratna Kartikasari ; Isa Ansyori ; Reza Irvano Irawan ;</t>
+  </si>
+  <si>
+    <t>EC002023102571</t>
+  </si>
+  <si>
+    <t>CDC-Detect</t>
+  </si>
+  <si>
+    <t>Raden Putri Ayu Pramesti ; Muhammad Reza Alfin ; Muhamad Rodhi Supriyadi ; Rita Noveriza ; Dono Wahyuno ; Dyah Manohara ; Melati ; Riki Warman ; Siti Hardiyanti ; Asnawi ;</t>
+  </si>
+  <si>
+    <t>EC002023102573</t>
+  </si>
+  <si>
+    <t>Aplikasi Pemodelan Zona Rawan Longsor Berbasis Python</t>
+  </si>
+  <si>
+    <t>Raditya Panji Umbara ; Dian Nuraini Melati ; Astisiasari ; Wisyanto ; Trinugroho ; Firman Prawiradisastra ; Syakira Trisnafiah ; Yukni Arifianti ; Taufik Iqbal Ramdhani ; Ahmad Pratama Putra ; Ritha Riyandari ; Samsul Arifin ; Maria Susan Anggreainy ;</t>
+  </si>
+  <si>
+    <t>EC002023102569</t>
+  </si>
+  <si>
+    <t>Aplikasi Web Sistem Monitoring Sidat (SIMOSAT)</t>
+  </si>
+  <si>
+    <t>Foni Agus Setiawan ; Triyanto ; Endra Triwisesa ; Angga Dwinovantyo ; Gadis Sri Haryani ; Fauzan A. ; Lukman ; Hidayat ; Fachmijany Sulawesty ; Hendro Wibowo ; Octavianto Samir ; Eva Nafisyah ;</t>
+  </si>
+  <si>
+    <t>EC002023102567</t>
+  </si>
+  <si>
+    <t>VIIRS Converter Plus</t>
+  </si>
+  <si>
+    <t>Farikhotul Chusnayah ; Imam Santoso ; Deni Kartika ; Rido Dwi Ismanto ; Arum Tjahyaningsih ; Yenni Vetrita ; Rahmadi ; Andy Indradjad ; Jansen Sitorus ; Mamat Suhermat ;</t>
+  </si>
+  <si>
+    <t>EC002023102559</t>
+  </si>
+  <si>
     <t>Pendeteksian Kata Tidak Baku Dan Optimalisasi Pra-Proses Untuk Peningkatan Perforrna Analisis Sentimen Pada Data Tweet Bahasa Indonesia Dengan Inset Dan Vader</t>
   </si>
   <si>
     <t>Nuraisa Novia Hidayati ; M. Teduh Uliniansyah ; M Irfan Raif ; Tri Nanda ;</t>
   </si>
   <si>
-    <t>2023-10-31</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002023102556</t>
   </si>
   <si>
-    <t>Dataset Pemodelan Machine Learning Koefisien Pajak Berbasis Data Emisi Kendaraan Bermotor Berbahan Bakar Bensin</t>
-[...5 lines deleted...]
-    <t>EC002023102571</t>
+    <t>Fungus: Aplikasi Klasifikasi 5 Genus Kapang Jamur</t>
+  </si>
+  <si>
+    <t>Raden Putri Ayu Pramesti ; Josua Geovani Pinem ; Muhammad Reza Alfin ; Gilang Mantara Putra ; Umi Chasanah ; Muhamad Rodhi Supriyadi ; Aulia Haritsuddin Karisma Muhammad Subekti ; Bayu Rizky Maulana ; Mukti Wibowo ; Dewi Habsari Budiarti ; Jemie Muliadi ; Anto Satriyo Nugroho ; Dyah Noor Hidayati ; Danang Waluyo ; Ariza Yandwiputra Besari ;</t>
+  </si>
+  <si>
+    <t>EC002023102568</t>
+  </si>
+  <si>
+    <t>BRIN Fire Hotspot: Sistem Penyajian Produk Informasi Titik Panas (Hotspot) Versi 2.0</t>
+  </si>
+  <si>
+    <t>Olivia Maftukhaturrizqoh ; Andy Indradjad ; Rahmat Arief ; Wismu Sunarmodo ;</t>
+  </si>
+  <si>
+    <t>EC002023102575</t>
+  </si>
+  <si>
+    <t>Aplikasi Pemilu Elektronik (e-Voting)</t>
+  </si>
+  <si>
+    <t>Harnum Annisa Prafitia ; Andrari Grahitandaru ; Hammam Riza ; Michael Andreas Purwoadi ; Faisol Ba'abdullah ; Zain Saifullah ; Kusnanda Supriatna ; Sri Saraswati Wisjnu Wardhani ; Gunarso ; Anto Satriyo Nugroho ; Agus Sutejo ; Miranti Jatnika Riski ; Zulwelly M ; Pita Larasati Fauziah Nur ; Made Gunawan ; Wenwen Ruswendi ; Vitria Pragesjvara ; Rachmawan Atmaji Perdana ; Insan Ramadhan ; Monica Dwi Wahyu Sumunaringrum ; Yuki Istianto ; Fara Ayuningtyas ; Eka Wibowo ; Triyono Susanto ; Agoeng Srimoeljanto ; Yahya Andreas Lapian ; Budhy Prayitno Soemargono ; Yahya Andreas Lapian ; Bowo Prasetyo ; Edi Santoso ; Budhy Prayitno Soemargono ; Samargi ; Dina Farida Basuni ;</t>
+  </si>
+  <si>
+    <t>EC002023102555</t>
   </si>
   <si>
     <t>Aplikasi Antarmuka Stasiun Penukaran Baterai Kendaraan Listrik Umum Untuk Sepeda Motor Listrik Viar Q1</t>
   </si>
   <si>
     <t>Yusuf Margowadi ; Eka Rakhman Priandana ; Riza ; Prasetyo Aji ; Dionysius Aldion Renata ; Rachmawan Atmaji Perdana ; Tsani Hendro Nugroho ; Winarni ; Sutopo ;</t>
   </si>
   <si>
     <t>EC002023102565</t>
   </si>
   <si>
     <t>Aplikasi Analysis Ready Data Terra/Aqua MODIS Menggunakan Metode Principle Component Analysis</t>
   </si>
   <si>
     <t>Fadillah Halim Rasyidy ; Orbita Roswintiarti ; Kustiyo ; Novie Indriasari ; Inggit Lolita Sari ; Babag Purbantoro ; Andy Indradjad ; Hengki Muradi ; Mokhamad Subehi, S. P. ;</t>
   </si>
   <si>
     <t>EC002023102574</t>
   </si>
   <si>
-    <t>Dataset Topografi Dan Batimetri Di Koridor Teluk Penyu Cilacap</t>
-[...43 lines deleted...]
-  <si>
     <t>Software Antarmuka Modul Kontrol Elektronik Thruster Bipropellan</t>
   </si>
   <si>
     <t>Adi Farmasiantoro ; Hasan Mayditia ; Ery Fitrianingsih ; Eriko Nasemudin Nasser ; Dewi Anggraeni ; Elvira Rachim ; Bina Pratomo ;</t>
   </si>
   <si>
     <t>EC002023102557</t>
   </si>
   <si>
-    <t>BRIN Fire Hotspot: Sistem Penyajian Produk Informasi Titik Panas (Hotspot) Versi 2.0</t>
-[...70 lines deleted...]
-  <si>
     <t>Aplikasi Deteksi Kapal Menggunakan Data DNB VIIRS Di Wilayah Perairan Laut Jawa Indonesia Versi 1.0</t>
   </si>
   <si>
     <t>Tri Astuti Pandansari ; Fauzan Al Ayyubi ; Olivia Maftukhaturrizqoh ; Karunika Diwyacitta ; Andy Indradjad ; Rise Hapshary Surayuda ; Muchammad Soleh ; Hidayat Gunawan ;</t>
   </si>
   <si>
     <t>EC002023102561</t>
   </si>
   <si>
     <t>Dataset Wilayah Kumuh Dan Non Kumuh Berbasis Data Mosaik SPOT-6/7 Dan Data Pendukung Parameter Pemukiman Kumuh Kota Makassar Tahun 2019</t>
   </si>
   <si>
     <t>Kiki Winda Veronica ; Ika Siwi Supriyani ; Siti Desty Wahyuningsih ; Yohanes Fridolin Hestrio ; Eduard Thomas Prakoso M ; Niko Cendiana ; Destri Yanti Hutapea ; Orbita Roswintiarti ; Rubini Jusuf ;</t>
   </si>
   <si>
     <t>EC002023102564</t>
   </si>
   <si>
     <t>Program Komputer Penilaian Kerentanan Pesisir Dengan Metode Machine Learning Berbasis Algoritma Decision Tree</t>
   </si>
   <si>
     <t>Andan Sigit Purwoko ; Dhedy Husada Fadjar Perdana ; Edwin Adi Wiguna ; Imam Fachrudin ; Mardi Wibowo ; Fajar Yulianto ; Ardila Yananto ; Yudhi Prabowo ; Nurkhalis Rahili ; Amalia Nurwijayanti ; Marindah Yulia Iswari ; Esti Ratnasari ; Amien Rusdiutomo ; Sapto Nugroho ; Hilmi Aziz ; Ayu Novitasari Saputri ; Wahyu Hendriyono ;</t>
   </si>
   <si>
     <t>EC002023102570</t>
   </si>
   <si>
+    <t>TriOS-RAMSES Data Extractor</t>
+  </si>
+  <si>
+    <t>Rahmadi ; Chatra Herdanis ; Pingkan Mayestika Afgatiani ; Kholifatul Aziz ; Fajar Bahari Kusuma ; Agung Dwi Wijaya ; Azura Ulfa ; Syifa Wismayati Adawiah ; Esthi Kurnia Dewi ; Maryani Hartuti ; Fanny Meliani ; Nanin Anggraini ; Kuncoro Teguh Setiawan ; Syarif Budhiman ; Ety Parwati ;</t>
+  </si>
+  <si>
+    <t>2023-10-10</t>
+  </si>
+  <si>
+    <t>EC00202391403</t>
+  </si>
+  <si>
+    <t>Pemodelan Topik Berita Kendaraan Listrik</t>
+  </si>
+  <si>
+    <t>Nuraisa Novia Hidayati ; Anne Parlina ;</t>
+  </si>
+  <si>
+    <t>EC00202391409</t>
+  </si>
+  <si>
+    <t>MotipSim Versi 1.0</t>
+  </si>
+  <si>
+    <t>Bagus Bhakti Irawan ; I Made Astawa ; Reza Septiawan ; Sardjono Trihatmo ; Dedy Irawan ; Syaeful Karim ; Yanti Susanti ; Yoga Prastiya Wibawa ; Arky Astasari ; Arief Rufiyanto ; Bondan Suwandi ; Nashrullah Taufik ; Budi Sulistya ; Aditya Inzani Wahdiyat ; Marcellina Ayudha Kristanti Titasari ; Ryan Prasetya Utama ; I Putu Ananta Yogiswara ;</t>
+  </si>
+  <si>
+    <t>EC00202391399</t>
+  </si>
+  <si>
     <t>Tesmata</t>
   </si>
   <si>
     <t>Anton Suryatma ; Ika Saptarini ; Delima ; Pramita Andarwati ; Dr. dr. Rosy Aldina, Sp.M(K) ; dr. Ovi Sofia, Sp.M(K) ; dr. Hera Dwi Novita, Sp.M(K) ; Dr.Eng. Wisnu Ananta Kusuma, ST, MT ; Muhammad Asyhar Agmalaro, SSi, MKom ; dr. Herwindo Dicky, Sp.M(K) ; Zahroh Nishful Lailiyah, S.Kom ; dr. Ariyoga Kun Laksono ; Dr. Eng. Wisnu Ananta Kusuma, ST, MT ; Dr. dr. Rosy Aldina, Sp.M(K) ;</t>
   </si>
   <si>
-    <t>2023-10-10</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202391398</t>
   </si>
   <si>
+    <t>Perangkat Lunak Dekompresi Citra Multispektral Realtime LAPAN- A3</t>
+  </si>
+  <si>
+    <t>Khairunnisa ; Patria Rachman Hakim ; Kamirul ; Mukhamad Fajar Amiludin ; Suryo Prakoso Putra ; Bambang Sigit Pamadi ; Sartika Salaswati ; Widya Roza ; Tri Meidiansyah ; Elvira Rachim ;</t>
+  </si>
+  <si>
+    <t>EC00202391408</t>
+  </si>
+  <si>
     <t>Sistem Ingest Berbasis Field Programmable Gate Array (FPGA) Untuk Penerimaan Data Satelit NOAA-19 Melalui Interface Output Universal Asynchronous Receiver Transmitter (UART)</t>
   </si>
   <si>
     <t>Ali Syahputra Nasution ; Fadillah Halim Rasyidy ; Bayu Satya Adhitama ; Adi Aufarachman Putra Bambang Dwi ; A. Hadi Syafrudin ; Hidayat Gunawan ; Suhermanto ; Nugroho Widi Jatmiko ; Denny Darlis, S.Si., M.T. ;</t>
   </si>
   <si>
     <t>EC00202391404</t>
   </si>
   <si>
+    <t>Aplikasi Identifikasi Spesies Mangrove Berbasis Spektrometri</t>
+  </si>
+  <si>
+    <t>Kuncoro Teguh Setiawan ; Hastuadi Harsa ; Gathot Winarso ; Wikanti Asriningrum ;</t>
+  </si>
+  <si>
+    <t>EC00202391402</t>
+  </si>
+  <si>
+    <t>Mata Api: Model Automata Seluler Untuk Simulasi Penyebaran Api</t>
+  </si>
+  <si>
+    <t>Rido Dwi Ismanto ; Intan Nuni Wahyuni ; Arnida L. Latifah ; Agus Yodi Gunawan ; ;</t>
+  </si>
+  <si>
+    <t>EC00202391400</t>
+  </si>
+  <si>
+    <t>Program Antarmuka Pembangkit Koordinat Bumi Untuk Citra Penginderaan Jauh Udara Format Kecil</t>
+  </si>
+  <si>
+    <t>Deni Kartika ; Farikhotul Chusnayah ; Dinari Nikken Sulastrie Sirin ; Olivia Maftukhaturrizqoh ; Rise Hapshary Surayuda ; Hanna Afida ; Ahmad Maryanto ;</t>
+  </si>
+  <si>
+    <t>EC00202391406</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pengolah Data Muatan Magnetometer Ilmiah LAPAN-A3 Berbasis Linux</t>
+  </si>
+  <si>
+    <t>Khairunnisa ; Satriya Utama ; Suraduita Mupasanta ; Nur Salma Yusuf Hasanah ; Mukhamad Fajar Amiludin ; Wakhid Abdurrokhman ; Mohammad Sutarto ; Ahmad Zammir Ribah ; Muazam Nugroho ; M. Arif Saifudin ;</t>
+  </si>
+  <si>
+    <t>EC00202391407</t>
+  </si>
+  <si>
+    <t>Aplikasi Tews Mobile Sebagai Setting Parameter Dan Monitoring Inabuoy Menggunakan Komunikasi Bluetooth Low Energy</t>
+  </si>
+  <si>
+    <t>Ryan Prasetya Utama ; Faizurrahman `allam Majid ; Wayan Wira Yogantara ; Achmad Witjaksono ; Michael Andreas Purwoadi ; Sasono Rahardjo ; Edhi Purnomo ; Nashrullah Taufik ; Fachri Renaldy ; Bondan Suwandi ; Bagus Bhakti Irawan ; Widar Dwi Gustian ; Azrizal Akbar ; Fajar Adi Marianto ; Lesti Setianingrum ; Maratul Hamidah ; Muhammad Ihsan Al Hafiz ; Abhimata Ar Rasyiid ; Andi Kurnianto ; Ario Fitrianto ; Tri Miyarno ; Ario Fitrianto Nurtjahjo ;</t>
+  </si>
+  <si>
+    <t>EC00202391405</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Antarmuka Sensor Giroskop</t>
+  </si>
+  <si>
+    <t>Muhammad Taufik ; Deddy El Amin ; Aditya Bayu Erwindu ; Adelia Revani Sastaviyana ; Wahyu Akbar Megah ; M. Arif Saifudin ;</t>
+  </si>
+  <si>
+    <t>EC00202391397</t>
+  </si>
+  <si>
     <t>RedinaCBT</t>
   </si>
   <si>
     <t>Himawan Indra Bayu ; I Putu Ananta Yogiswara ; I Made Astawa ; Maratul Hamidah ; Michael Andreas Purwoadi ; Sasono Rahardjo ; Lesti Setianingrum ; Amalia Irma Nurwidya ; Sakinah Puspa Anggraeni ; Rifki Firdaus ; Leli Lailatul Jannah ; Rizky Hanifa ; Azrizal Akbar ; Tinova Pramudya ;</t>
   </si>
   <si>
     <t>EC00202391401</t>
   </si>
   <si>
-    <t>Aplikasi Identifikasi Spesies Mangrove Berbasis Spektrometri</t>
-[...86 lines deleted...]
-    <t>EC00202391403</t>
+    <t>METODE PENGOLAHAN AIR BERBASIS SISTEM MIKOFILTRASI</t>
+  </si>
+  <si>
+    <t>Zaid Cahya Dinul Haq ; Teddy Alhady Lubis ; Tsani Hendro Nugroho ; Heru Taufiqurrohman ; Akhmad Sarif ; Abudin ; Trimono ; Jajang Hidayat ; Aryo Satrio Nugroho ;</t>
+  </si>
+  <si>
+    <t>2023-09-27</t>
+  </si>
+  <si>
+    <t>EC00202386466</t>
   </si>
   <si>
     <t>Software Otomatisasi Pengolahan Data Standar HRPT NOAA-19 (Versi 1.0)</t>
   </si>
   <si>
     <t>B Pratiknyo Adi Mahatmanto ; Andy Indradjad ; Roni Hendian ; Suhermanto ;</t>
   </si>
   <si>
-    <t>2023-09-27</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202386468</t>
   </si>
   <si>
+    <t>SisMonSBNP versi 1.0</t>
+  </si>
+  <si>
+    <t>Azrizal Akbar ; I Made Astawa ; Wayan Wira Yogantara ; I Putu Ananta Yogiswara ; Edhi Purnomo ; Yoga Prastiya Wibawa ; Bondan Suwandi ; Xerandy ; Widrianto Sih Pinastiko ; Moh. Alma Samudro ; Riky Alam Ma'arif ; Fachri Renaldy ; Leli Lailatul Jannah ; Faizurrahman `allam Majid ; Dimas Biwas Putra ; Riski Fitriani ; Yusuf Nur Wijayanto ; Siswayudi Azhari ; Nashrullah Taufik ; Achmad Wibisono ;</t>
+  </si>
+  <si>
+    <t>EC00202386469</t>
+  </si>
+  <si>
+    <t>BRIN, Distrik Navigasi Kelas II Tanjung Emas, Pusat Riset Elektronika</t>
+  </si>
+  <si>
     <t>Dataset LCI (Life Cycle Inventory) Produksi Biodiesel Dari Minyak Sawit</t>
   </si>
   <si>
     <t>Ari Kabul Paminto ;</t>
   </si>
   <si>
     <t>EC00202386467</t>
   </si>
   <si>
-    <t>METODE PENGOLAHAN AIR BERBASIS SISTEM MIKOFILTRASI</t>
-[...17 lines deleted...]
-    <t>BRIN, Distrik Navigasi Kelas II Tanjung Emas, Pusat Riset Elektronika</t>
+    <t>Perangkat Lunak Human To Machine Interface Untuk Sistem Otomasi Kapal Hisap</t>
+  </si>
+  <si>
+    <t>2023-08-31</t>
+  </si>
+  <si>
+    <t>EC00202374395</t>
+  </si>
+  <si>
+    <t>SaLFIA: Semi-Automatic Live Feeds Image Annotation</t>
+  </si>
+  <si>
+    <t>Gilang Mantara Putra ; Umi Chasanah ; Sahid Bismantoko ; Tri Widodo ; M. Rosyidi ;</t>
+  </si>
+  <si>
+    <t>EC00202374397</t>
+  </si>
+  <si>
+    <t>Space Battery and Solar Cell Characterization Test Software.</t>
+  </si>
+  <si>
+    <t>Rifki Ardinal ; Eriko Nasemudin Nasser ; Ery Fitrianingsih ; Abdul Karim ; Desti Ika Suryanti ; Dewi Anggraeni ; Aditya Bayu Erwindu ; Mukhamad Fajar Amiludin ; Poki Agung Budiantoro ; Sri Ramayanti ; Ahmad Fauzi ;</t>
+  </si>
+  <si>
+    <t>EC00202374394</t>
+  </si>
+  <si>
+    <t>SMARK UMKM- Aplikasi Marketing Audit</t>
+  </si>
+  <si>
+    <t>Syahyuti ; Irwanda Wisnu Wardhana ; Puput Dani Prasetyo Adi ; Dr. Resanti Lestari, S.Pd.,MM ; Kukuh Yudhistiro, S.Kom, M.Kom ; Fatmasari Endayani., S.AB., S.Akun., M.AB ; Dyah Setyawati SE.,MM ;</t>
+  </si>
+  <si>
+    <t>EC00202374407</t>
+  </si>
+  <si>
+    <t>Dataset Tinggi Maksimum Tsunami Berdasarkan Hasil Pemodelan Numerik</t>
+  </si>
+  <si>
+    <t>Mardi Wibowo ; Wahyu Hendriyono ; Hanah Khoirunnisa ; Widjo Kongko ; Reno Arief Rachman ; Shofia Karima ; Reni Wijayanti ; Gumilang Ramadhan Pasma ; Dhedy Husada Fadjar Perdana ; Edwin Adi Wiguna ; Destianingrum Ratna Prabawardani ; Eko Kustiyanto ; Amalia Nurwijayanti ;</t>
+  </si>
+  <si>
+    <t>EC00202374396</t>
+  </si>
+  <si>
+    <t>Proses Dekolorisasi Limbah Lindi Hitam Dari Produksi Bioetanol Menggunakan Polialuminium Klorida Dan/Atau Reagen Fenton</t>
+  </si>
+  <si>
+    <t>Edwin Adi Wiguna ; Fajar Yulianto ; Mardi Wibowo ; Ardila Yananto ; Dhedy Husada Fadjar Perdana ; Yudhi Prabowo ; Nurkhalis Rahili ; Amalia Nurwijayanti ; Marindah Yulia Iswari ; Esti Ratnasari ; Amien Rusdiutomo ; Sapto Nugroho ; Andan Sigit Purwoko ; Hilmi Aziz ; Imam Fachrudin ;</t>
+  </si>
+  <si>
+    <t>EC00202374400</t>
+  </si>
+  <si>
+    <t>Take-Off Performance Estimation Tools For Propeller Aircraft</t>
+  </si>
+  <si>
+    <t>Agus Suprianto ; Nurhadi Pramana ; Asyaraf Hidayat ; Lalu Aan Sasaka Akbar ; Wahyu Cesar ; Fadilah Hasim ; Mohammad Amanta Kumala Sakti ; Suherman Mukti ; Aditya Inzani Wahdiyat ; Abid Paripurna Fuadi ; Deasy Tresnoningrum ; Dana Herdiana ;</t>
+  </si>
+  <si>
+    <t>EC00202374405</t>
+  </si>
+  <si>
+    <t>Delay Packet Tester</t>
+  </si>
+  <si>
+    <t>Rifqi Fajar Giyana ; Nasrullah Armi ; Anak Agung Ngurah Ananda Kusuma ; Tahar Agastani ; Widrianto Sih Pinastiko ; Xerandy ; Dedy Irawan ; Mohammad Hamdani ; Muhammad Iqbal ; Arfan Ridwan Hartawan ; Toto Bachtiar Palokoto ; Sakinah Puspa Anggraeni ;</t>
+  </si>
+  <si>
+    <t>EC00202374398</t>
+  </si>
+  <si>
+    <t>OFF-Gen: Penghasil Dataset Network Flow Berbasis Protokol OpenFlow</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Iwan Setiawan ; Rd. Angga Ferianda ; Taufik Iqbal Ramdhani ; Arief Indriarto Haris ; Uus Khusni ; Rachmat Hidayat ; Heru Susanto ; Muhammad Fajar sidiq ; Bita Parga zen ;</t>
+  </si>
+  <si>
+    <t>EC00202374399</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pembuat Jadwal Semi Otomatis Misi Satelit LAPAN-A3</t>
+  </si>
+  <si>
+    <t>Dicka Ariptian Rahayu ; Khairunnisa ; Nur Salma Yusuf Hasanah ; Suraduita Mupasanta ; Muazam Nugroho ; Satriya Utama ; Ega Asti Anggari ; Annisa Sarah ; Muhammad Taufik ; Mohammad Mukhayadi ;</t>
+  </si>
+  <si>
+    <t>EC00202374401</t>
   </si>
   <si>
     <t>Sistem Informasi Pemantauan Kebisingan Lingkungan (SIPKL)</t>
   </si>
   <si>
     <t>Heru Dwi Wahjono ; Satmoko Yudo ; Kemal Maulana Alhasa ; Dodi Rusjadi Tatang Endi ; Warto ;</t>
   </si>
   <si>
-    <t>2023-08-31</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202374408</t>
   </si>
   <si>
-    <t>Take-Off Performance Estimation Tools For Propeller Aircraft</t>
-[...14 lines deleted...]
-    <t>EC00202374400</t>
+    <t>Perangkat Lunak Antarmuka Modul Sistem Pengendali Data Muatan Satelit LAPAN (Payload Data Handling System [PDHS])</t>
+  </si>
+  <si>
+    <t>Rommy Hartono ; Dede Ardianto ; Nova Maras Nurul Khamsah ; Widya Roza ; A. Hadi Syafrudin ; M. Arif Saifudin ; Rendy Kurniawan ; Gafur Hasan Zam Bahari ; Puji Rianto ;</t>
+  </si>
+  <si>
+    <t>EC00202374409</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Akuisisi Data Detektor Radiasi Gamma BDBG-15S-23</t>
+  </si>
+  <si>
+    <t>Fanisa Zidna Taqia ; Fitri Surya Ningsih ; Dian Fitri Atmoko ; Ryan Tirta Saputra ; Adli Muhaimin ; Rissa Damayanti ; Devina Chandra Dewi ; Rhakamerta Hijazi ; Fitri Lucyana ; Demon Handoyo ; Khairul Handono ; Nur Khasan ; Fitrah Azizah ; Gideon Rendy Natanael ; Jos Budi Sulistyo ; Ismet Isnaini ; Ausatha Rabbanny Yanto ; Indarzah Masbatin Putra ; Ikhsan Shobari ; Indry Nikitasary Purba ; Usep Setia Gunawan ; Romadhon ; Dimas Aryo Rahadi ;</t>
+  </si>
+  <si>
+    <t>EC00202374402</t>
   </si>
   <si>
     <t>TTE Integrator</t>
   </si>
   <si>
     <t>Dewi Suci Rafianti ; Faisol Ba'abdullah ; Agus Sutejo ; Kusnanda Supriatna ; Triyono Susanto ; Insan Ramadhan ; Rully Kusumajaya ; Sri Saraswati Wisjnu Wardhani ; Ali Reza Syariati ; Andri Puji Prasetiyo ; Lindri Setyaningrum ; Ir. R. Edi Santoso, M.Sc ;</t>
   </si>
   <si>
     <t>EC00202374406</t>
   </si>
   <si>
-    <t>SMARK UMKM- Aplikasi Marketing Audit</t>
-[...83 lines deleted...]
-    <t>EC00202374402</t>
+    <t>Visualizer Data APRS</t>
+  </si>
+  <si>
+    <t>Anshari Akbar ; Rifki Ardinal ; Kamirul ; Sonny Dwi Harsono ; Reyza Pratama ; Rosza Madina ; Nurul Muhtadin ; Nayla Najati ; Nurul Fadilah ; Aulia Haque Qonita ; Nova Maras Nurul Khamsah ; Maulana Ali Arifin ;</t>
+  </si>
+  <si>
+    <t>2023-08-08</t>
+  </si>
+  <si>
+    <t>EC00202364731</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Antarmuka Pengoperasian Mesin Fermenter Skala Laboratorium</t>
+  </si>
+  <si>
+    <t>Heru Taufiqurrohman ; Tsani Hendro Nugroho ; Mochamad Adityo Rachmadi ; Marsetiayu Ningsih ; Junanto Prihantoro ; Zaid Cahya Dinul Haq ; Danang Waluyo ;</t>
+  </si>
+  <si>
+    <t>EC00202364732</t>
   </si>
   <si>
     <t>Sistem Monitoring Kejadian Hujan Menggunakan GsMAP, Untuk Masukan Informasi Data Curah Hujan Dalam Rangka Mendukung Program Flood Early Warning System Di Indonesia</t>
   </si>
   <si>
     <t>Sunu Tikno ; Muhamad Djazim Syaifullah ; Satyo Nuryanto ; Sutrisno ; Dwipa Wirawan ; Purwadi ; Lina ; Iwan Muhamad Syarifudin ; Lina Agustini ;</t>
   </si>
   <si>
-    <t>2023-08-08</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202364730</t>
   </si>
   <si>
+    <t>Aplikasi Sistem Informasi Manajemen Energi Berbasis IoT Pada Bangunan</t>
+  </si>
+  <si>
+    <t>Cahyadi ; Yusuf Margowadi ; Enny Rosmawar Purba ; Sarwo Turinno ; Zulramadhanie ; Wiwie Chaeruni ; Rendi Januardi ; Yusuf Ahda ; Desy Kurniawati ; Anita Dewi Limbong ; Topan Frans Saputra ; Bayu Samodra ; Mihadi ; Riko Ardiana Nugraha ; Ilham Arnif ; Taopik Hidayat ; Tata Sutardi ;</t>
+  </si>
+  <si>
+    <t>EC00202364737</t>
+  </si>
+  <si>
     <t>SAVITRI : Simulation Tool For Visualizing Interactively</t>
   </si>
   <si>
     <t>Furqon Hensan Muttaqien ; Taufiq Wirahman ; Ayu Shabrina ; Arnida L. Latifah ;</t>
   </si>
   <si>
     <t>EC00202364735</t>
   </si>
   <si>
+    <t>Dashboard Power Monitoring InaCBT V1</t>
+  </si>
+  <si>
+    <t>Amalia Irma Nurwidya ; Rifki Firdaus ; I Putu Ananta Yogiswara ; Fachri Renaldy ; I Made Astawa ; Himawan Indra Bayu ; Leli Lailatul Jannah ; Sakinah Puspa Anggraeni ; Toto Bachtiar Palokoto ; Fajar Adi Marianto ; Riky Alam Ma'arif ; Peni Laksmita Widati ; Rizky Hanifa ; Tinova Pramudya ;</t>
+  </si>
+  <si>
+    <t>EC00202364729</t>
+  </si>
+  <si>
+    <t>MikSec-Auto: Automasi Pengamanan Router MikroTik Berbasis IaC</t>
+  </si>
+  <si>
+    <t>Arief Indriarto Haris ; Rd. Angga Ferianda ;</t>
+  </si>
+  <si>
+    <t>EC00202364736</t>
+  </si>
+  <si>
     <t>Aplikasi Simulator OCPP V1.6 Charging Station Tester</t>
   </si>
   <si>
     <t>Fito Wigunanto Herminawan ; Himawan Indra Bayu ; Dwidharma Priyasta Tasurun ; Riza ; Prasetyo Aji ; Eka Rakhman Priandana ; Panca Kurniawan ; Wahyu Cesar ; Beti Tuntari ; Melyana ; Yanti Susanti ; Firson Satriasta ;</t>
   </si>
   <si>
     <t>EC00202364738</t>
   </si>
   <si>
-    <t>Aplikasi Sistem Informasi Manajemen Energi Berbasis IoT Pada Bangunan</t>
-[...43 lines deleted...]
-  <si>
     <t>Sistem Monitoring InaCBT</t>
   </si>
   <si>
     <t>Auliati Nisa ; Anto Satriyo Nugroho ; Aris Suwarjono ; Kusnanda Supriatna ; Muhammad Arief ; Tri Sampurno ; Yudi Adityawarman ; Ihsan Nugraha ; Yuki Istianto ; Rachmawan Atmaji Perdana ; Muhammad Rafi Juliansyah ; Andri Puji Prasetiyo ; Karina Mayasita Handoyo ; Mohammad Hamdani ; Agung Nugroho ; Topan Try Harmanda ; Aan Khunaifi ; Yosi Sahreza ; Mochammad Fikri ; Muhamad Rodhi Supriyadi ; Ari Nugroho ;</t>
   </si>
   <si>
     <t>2023-05-25</t>
   </si>
   <si>
     <t>EC00202338289</t>
   </si>
   <si>
     <t>Software Kalkulator Yield Esterifikasi/Trans-esterifikasi Biodiesel Berbasis Graphical User Interface (GUI)</t>
   </si>
   <si>
     <t>Muhammad Ihsan Sofyan ; Sigit Tri Atmaja ; Fajar Al Afghani ;</t>
   </si>
   <si>
     <t>EC00202338288</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Kimia Maju</t>
   </si>
   <si>
     <t>Piranti Lunak Programmable Logic Controller (PLC) Mesin Fermenter Skala Laboratorium</t>
@@ -4490,2972 +6407,2978 @@
   <si>
     <t>Aris Munandar ; Oka Mahendra ; Muhammad Ilham Rizqyawan ; Jony Winaryo Wibowo ; Ulfah Nadiya ; Irfan Asfy Fakhry Anto ;</t>
   </si>
   <si>
     <t>EC00202332241</t>
   </si>
   <si>
     <t>Otomatisasi Pengolahan Tingkat Kehijauan Vegetasi Berdasarkan Penggunaan Lahan Di Wilayah Indonesia</t>
   </si>
   <si>
     <t>Jalu Tejo Nugroho ; Sayidah Sulma ; Sri Harini ;</t>
   </si>
   <si>
     <t>EC00202332242</t>
   </si>
   <si>
     <t>Perangkat Lunak Image Stitcher</t>
   </si>
   <si>
     <t>Kamirul ; Wakhid Abdurrokhman ; Bambang Sigit Pamadi ; Khairunnisa ; Agus Herawan ; Rommy Hartono ; Patria Rachman Hakim ; Mohammad Mukhayadi ; Wahyudi Hasbi ;</t>
   </si>
   <si>
     <t>EC00202332239</t>
   </si>
   <si>
+    <t>Sistem Unduh Otomatis dan Notifikasi Penyediaan Data Citra Untuk Produksi Informasi Tumpahan Minyak</t>
+  </si>
+  <si>
+    <t>Fajar Bahari Kusuma ; Maryani Hartuti ; Chatra Herdanis ; Agung Dwi Wijaya ; Pingkan Mayestika Afgatiani ; Andi Ibrahim ; Ety Parwati ; Teguh Prayogo ; Sayidah Sulma ;</t>
+  </si>
+  <si>
+    <t>2022-12-15</t>
+  </si>
+  <si>
+    <t>EC002022107227</t>
+  </si>
+  <si>
+    <t>Software Image Registration Untuk Tile Data Citra Satelit Multitemporal</t>
+  </si>
+  <si>
+    <t>Anis Kamilah Hayati ; Wismu Sunarmodo ; Fadillah Halim Rasyidy ;</t>
+  </si>
+  <si>
+    <t>EC002022107222</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak SCADA untuk Monitoring dan Kontrol Kapal Hisap</t>
+  </si>
+  <si>
+    <t>Zaid Cahya Dinul Haq ; Heru Taufiqurrohman ; Tsani Hendro Nugroho ;</t>
+  </si>
+  <si>
+    <t>EC002022107179</t>
+  </si>
+  <si>
+    <t>BRIN, PUSAT RISET ELEKTRONIKA</t>
+  </si>
+  <si>
+    <t>SecureHi</t>
+  </si>
+  <si>
+    <t>Rd. Angga Ferianda ;</t>
+  </si>
+  <si>
+    <t>EC002022107203</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Goba (Lagoon) Terumbu Paparan Pada Area Paparan Benua dan Busur Belakang Berbasis Google Earth Engine</t>
+  </si>
+  <si>
+    <t>Wikanti Asriningrum ; Kholifatul Aziz ; Andi Ibrahim ; Azura Ulfa ; Kuncoro Teguh Setiawan ; Muhammad Hafizt ;</t>
+  </si>
+  <si>
+    <t>EC002022107192</t>
+  </si>
+  <si>
+    <t>Basis Data Fotogrametri Pantai Wisata Teluk Penyu-Cilacap, untuk Pemodelan Tsunami 3D Animasi Studi Kasus Cilacap</t>
+  </si>
+  <si>
+    <t>M. Yudhi Rezaldi ; Ambar Yoganingrum ; Widjo Kongko ; Nuraini Rahma Hanifa ; Abdurrakhman Prasetyadi ;</t>
+  </si>
+  <si>
+    <t>EC002022107231</t>
+  </si>
+  <si>
+    <t>ALGIES: Algae Identification Expert System</t>
+  </si>
+  <si>
+    <t>Foni Agus Setiawan ; RENY PUSPASARI ; Lindung Parningotan Manik ; Zaenal Akbar ; HATIM ALBASRI ; Yulia Aris Kartika ; Ika Atman Satya ; Dadan Ridwan Saleh ; Ariani Indrawati ; PUPUT FITRI RACHMAWATI ;</t>
+  </si>
+  <si>
+    <t>EC002022107201</t>
+  </si>
+  <si>
+    <t>Sistem Cepat Deteksi Mangrove Mangrove (SPATIO) v1.2</t>
+  </si>
+  <si>
+    <t>Muhammad Rizki Nandika ; Kholifatul Aziz ; Agung Dwi Wijaya ; Wiji Prasetio ; Azura Ulfa ; A. A. Md. Ananda Putra Suardana ; Nanin Anggraini ; Gathot Winarso ; Ratih Dewanti ; Abd. Rahman As-syakur ;</t>
+  </si>
+  <si>
+    <t>EC002022107197</t>
+  </si>
+  <si>
+    <t>Kode Python Cruise Aero 1.0</t>
+  </si>
+  <si>
+    <t>Akhmad Farid Widodo ; Fadilah Hasim ;</t>
+  </si>
+  <si>
+    <t>EC002022107191</t>
+  </si>
+  <si>
+    <t>Piranti Lunak Programmable Logi Controller (PLC) Laboratorium Biosafety Level 2 Enhanced tipe Kontainer</t>
+  </si>
+  <si>
+    <t>Zaid Cahya Dinul Haq ; Tsani Hendro Nugroho ; Heru Taufiqurrohman ;</t>
+  </si>
+  <si>
+    <t>EC002022107178</t>
+  </si>
+  <si>
+    <t>Aplikasi Mobile SONIKApp berbasis Android untuk Pencarian Lokasi SPKLU</t>
+  </si>
+  <si>
+    <t>Rachmawan Atmaji Perdana ; Yahya Andreas Lapian ; Muhammad Nurkhoiri Hindratno ; Friyogi Resvy Mahda ; Tanzi Mubaroq Santoso ; Topan Try Harmanda ; Rully Kusumajaya ; Monica Dwi Wahyu Sumunaringrum ; Meidy Layooari ; Nunik Sofiyati ; Kusnanda Supriatna ; Eka Wibowo ; Dionysius Aldion Renata ; Prasetyo Aji ; Riza ; Eka Rakhman Priandana ; Made Gunawan ;</t>
+  </si>
+  <si>
+    <t>EC002022107172</t>
+  </si>
+  <si>
+    <t>Aplikasi System Produk-Engine Penghasil Info PPR/IDF/MRC Untuk Pre-Processing data Landsat-9</t>
+  </si>
+  <si>
+    <t>Panji Rachman Ramadhan ; Taufik Syam ; Sutan Takdir Ali Munawar ; Hidayat Gunawan ; Andy Indradjad ; B Pratiknyo Adi Mahatmanto ; Suhermanto ; Yohanes Fridolin Hestrio ;</t>
+  </si>
+  <si>
+    <t>EC002022107208</t>
+  </si>
+  <si>
+    <t>EGSE (Electrical Ground Support Equipment) APRS</t>
+  </si>
+  <si>
+    <t>Eriko Nasemudin Nasser ; Anshari Akbar ; Rifki Ardinal ; Rizki Permala ;</t>
+  </si>
+  <si>
+    <t>EC002022107173</t>
+  </si>
+  <si>
+    <t>SONIK DC Charging Proxy</t>
+  </si>
+  <si>
+    <t>Khotimatul Fauziah ; Beti Tuntari ; Eka Rakhman Priandana ; Afrias Sarotama ; Faizurrahman `allam Majid ; Amalia Irma Nurwidya ; Peni Laksmita Widati ; Dena Karunianto Wibowo ; Tinova Pramudya ; Dio Randa Damara ; Yuli Astriani ; Dhea Amelia Rianjani ; Hafsah Halidah ; Riza ;</t>
+  </si>
+  <si>
+    <t>EC002022107221</t>
+  </si>
+  <si>
+    <t>TDA-inaCBT V1.0</t>
+  </si>
+  <si>
+    <t>Rifki Firdaus ; I Made Astawa ; Sasono Rahardjo ; Wayan Wira Yogantara ; I Putu Ananta Yogiswara ; Michael Andreas Purwoadi ; Leli Lailatul Jannah ; Fachri Renaldy ; Peni Laksmita Widati ; Arfan Ridwan Hartawan ; Siswayudi Azhari ; Reza Septiawan ; Edhi Purnomo ; Amalia Irma Nurwidya ; Tinova Pramudya ; Sakinah Puspa Anggraeni ; Bondan Suwandi ; Himawan Indra Bayu ; Toto Bachtiar Palokoto ; Maratul Hamidah ; Lesti Setianingrum ; Rizky Hanifa ;</t>
+  </si>
+  <si>
+    <t>EC002022107188</t>
+  </si>
+  <si>
+    <t>Sistem Pengolahan Data Satelit Seri NOAA-20 Untuk Menghasilkan Produk Raster Day/Night Band (DNB) Otomatis</t>
+  </si>
+  <si>
+    <t>Karunika Diwyacitta ; Andy Indradjad ; Budhi Gustiandi ; Olivia Maftukhaturrizqoh ; Tri Astuti Pandansari ; Hidayat Gunawan ;</t>
+  </si>
+  <si>
+    <t>EC002022107200</t>
+  </si>
+  <si>
+    <t>Sediaan Inokulum Silase</t>
+  </si>
+  <si>
+    <t>I Putu Ananta Yogiswara ; Fajar Adi Marianto ; Bondan Suwandi ; Nashrullah Taufik ; Bagus Bhakti Irawan ; Muhammad Iqbal ; Arfan Ridwan Hartawan ; Arief Rufiyanto ; Riky Alam Ma'arif ; Toto Bachtiar Palokoto ; Reza Septiawan ; Sakinah Puspa Anggraeni ; Rizky Hanifa ; Widyanti ; Yoga Prastiya Wibawa ; Budi Sulistya ; Rizky Rahmatullah ; Muhamad Kholik Firmansyah ; Iding Chaidir ; Yohanes Pamungkas Bawono ; Dedy Yaniharto ; Lukita Devy ; Nur Alfi Saryanah ; Ahmad Suhendra ; Siti Himawati ; I Putu Ananta Yogiswara S. Kom., M.T.I. ;</t>
+  </si>
+  <si>
+    <t>EC002022107193</t>
+  </si>
+  <si>
+    <t>Dataset Citra Kendaraan Berdasar Klasifikasi Tarif Tol Indonesia</t>
+  </si>
+  <si>
+    <t>Umi Chasanah ; Gilang Mantara Putra ; Sahid Bismantoko ; Tri Widodo ; M. Rosyidi ;</t>
+  </si>
+  <si>
+    <t>EC002022107182</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak SAR Match Filter Data Processing</t>
+  </si>
+  <si>
+    <t>Nurul Chasanah ; Jefri Abner Hamonangan ; Fadilah Hasim ; Gunawan Setyo Prabowo ; Farohaji Kurniawan ; Satria Arief Aditya ; Agus Wiyono ; Dewi Anggraeni ; Nurul Lailatul Muzayadah ; Abdurrasyid Ruhiyat ; Abdul Rohman ; Muksin ;</t>
+  </si>
+  <si>
+    <t>EC002022107211</t>
+  </si>
+  <si>
+    <t>Modul Klasifikasi Area Kumuh Versi 1.0</t>
+  </si>
+  <si>
+    <t>Ika Siwi Supriyani ; Yohanes Fridolin Hestrio ; Eduard Thomas Prakoso M ; Kiki Winda Veronica ; Rubini Jusuf ; Destri Yanti Hutapea ; Niko Cendiana ; Siti Desty Wahyuningsih ;</t>
+  </si>
+  <si>
+    <t>EC002022107225</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Hujan Spasial Versi 2 (Web SANTANU)</t>
+  </si>
+  <si>
+    <t>Syukri Darmawan ; Candra Nur Ihsan ; Edy Maryadi ; Asif Awaludin ; Tiin Sinatra ; Annida Rahmawati ; Papat Hidayatulloh ; B. Berlian Surya Wicaksana ; Syahrul ;</t>
+  </si>
+  <si>
+    <t>EC002022107217</t>
+  </si>
+  <si>
+    <t>Firmware Sipaku – Sistem Pemantauan Kualitas Udara</t>
+  </si>
+  <si>
+    <t>Heru Dwi Wahjono ; Muhammad Agus Salim ; Muhammad Agus Salim ;</t>
+  </si>
+  <si>
+    <t>EC002022107196</t>
+  </si>
+  <si>
+    <t>Desain Programmable Logic Controller Sistem Parkir Vertikal</t>
+  </si>
+  <si>
+    <t>Ahmad Musthofa ; Mochamad Adityo Rachmadi ; Marsetiayu Ningsih ; Abudin ;</t>
+  </si>
+  <si>
+    <t>EC002022107170</t>
+  </si>
+  <si>
+    <t>BRIN, PUSAT RISET TEKNOLOGI INDUSTRI PROSES DAN MANUFAKTUR</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Untuk Tampilan Integrasi Vital Sign Monitor dan Ventilator Mekanis</t>
+  </si>
+  <si>
+    <t>Amrullah Kamaruddin ; Pratondo Busono ; Rony Febryarto ; Riyanto ; Riky Alam Ma'arif ; I Putu Ananta Yogiswara ; Syaeful Karim ; Arky Astasari ; Dede Sumantri ; Dimas Sangaji ; Yaya Suryana ; Yanyan Nurhidayat ; Yusuf Nur Wijayanto ;</t>
+  </si>
+  <si>
+    <t>EC002022107220</t>
+  </si>
+  <si>
+    <t>Software Deteksi Awan untuk Citra Satelit Resolusi Tinggi dengan menggunakan U-Net (Versi 1.0)</t>
+  </si>
+  <si>
+    <t>Yohanes Fridolin Hestrio ; Sartika ; Kurnia Ulfa ; Yudhi Prabowo ; Mulia Inda Rahayu ; Randy Prima Brahmantara ; Danang Surya Candra ; Dandy Aditya Novresiandi ;</t>
+  </si>
+  <si>
+    <t>EC002022107212</t>
+  </si>
+  <si>
+    <t>Software otomatisasi mosaik data ARD Sentinel-1</t>
+  </si>
+  <si>
+    <t>Qonita Amriyah ; Marendra Eko Budiono ; Haris Suka Dyatmika ; Andie Setiyoko ; Novie Indriasari ;</t>
+  </si>
+  <si>
+    <t>EC002022107207</t>
+  </si>
+  <si>
+    <t>Aplikasi Sistem Pembebanan Spektrum dan Sistem Monitoring Crack Propagation untuk Pengujian Komponen Pesawat Terbang</t>
+  </si>
+  <si>
+    <t>Harris Zenal ; Andi Muhdiar Kadir ; Muchamad Gozali ; Nofrijadi N. ; Moch. Hasanuddin Aziz ; Yudi Irawadi ; Bambang Purnomo Yanuarso ; - ;</t>
+  </si>
+  <si>
+    <t>EC002022107194</t>
+  </si>
+  <si>
+    <t>BRIN, PUSAT RISET TEKNOLOGI KEKUATAN STRUKTUR</t>
+  </si>
+  <si>
+    <t>Software Ingest Data Satelit Orbit Polar Pita-L</t>
+  </si>
+  <si>
+    <t>Fadillah Halim Rasyidy ; Suhermanto ; Ali Syahputra Nasution ; Hidayat Gunawan ; Rahmat Arief ; Bayu Satya Adhitama ; Adi Aufarachman Putra Bambang Dwi ; Muhammad Thufaili Imdad ; Nugroho Widi Jatmiko ;</t>
+  </si>
+  <si>
+    <t>EC002022107213</t>
+  </si>
+  <si>
+    <t>Human Machine Interface Untuk Vital Sign Monitor</t>
+  </si>
+  <si>
+    <t>Amrullah Kamaruddin ; Rony Febryarto ; Pratondo Busono ; Riyanto ; Riky Alam Ma'arif ; I Putu Ananta Yogiswara ; Syaeful Karim ; Arky Astasari ; Dede Sumantri ; Dimas Sangaji ; Dena Karunianto Wibowo ; Marlin Ramadhan Baidillah ; Yaya Suryana ; Yanyan Nurhidayat ; Yusuf Nur Wijayanto ;</t>
+  </si>
+  <si>
+    <t>EC002022107223</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Sistem Data Akuisisi Synthetic Aperture Radar</t>
+  </si>
+  <si>
+    <t>Jefri Abner Hamonangan ; Bambang Setiadi ; Harry Septanto ; Fadilah Hasim ; Agus Bayu Utama ; Nurul Chasanah ; Andria Arisal ;</t>
+  </si>
+  <si>
+    <t>EC002022107215</t>
+  </si>
+  <si>
+    <t>P4NE: Visual Editor untuk Jaringan P4 SDN</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Iwan Setiawan ; Didi Rosiyadi ; Muhammad Fajar Sidiq ;</t>
+  </si>
+  <si>
+    <t>EC002022107199</t>
+  </si>
+  <si>
+    <t>AUT APP - Aplikasi android untuk mengontrol AUT (Automated UVC Trolley)</t>
+  </si>
+  <si>
+    <t>Aris Munandar ; Taufik Ibnu Salim ; Novan Agung Mahardiono ; Irwan Purnama ;</t>
+  </si>
+  <si>
+    <t>EC002022107204</t>
+  </si>
+  <si>
+    <t>BRIN, PUSAT RISET MEKATRONIKA CERDAS</t>
+  </si>
+  <si>
+    <t>Deteksi Batimetri Laut Dangkal dari Landsat 8 berbasis Google Earth Engine</t>
+  </si>
+  <si>
+    <t>Kholifatul Aziz ; Emiyati ; Maryani Hartuti ; Fajar Bahari Kusuma ; Kuncoro Teguh Setiawan ; Wikanti Asriningrum ; Dyah Pangastuti ;</t>
+  </si>
+  <si>
+    <t>EC002022107180</t>
+  </si>
+  <si>
+    <t>Ide-Cabe: Sistem Identifikasi Varietas Cabai berbasis bentuk Daun</t>
+  </si>
+  <si>
+    <t>Wiwin Suwarningsih ; RINDA KIRANA ; Purnomo Husnul Khotimah ; Andria Arisal ; Andri Fachrur Rozie ; Dianadewi Riswantini ; Ekasari Nugraheni ; Devi Munandar ; Noor Roufiq Ahmadi ; Fauzi Haidar ;</t>
+  </si>
+  <si>
+    <t>EC002022107175</t>
+  </si>
+  <si>
+    <t>- Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Wireless Remote Vital Sign Monitor For Homecare</t>
+  </si>
+  <si>
+    <t>Amrullah Kamaruddin ; Pratondo Busono ; Rony Febryarto ; Syaeful Karim ; Riyanto ; Arky Astasari ; Riky Alam Ma'arif ; I Putu Ananta Yogiswara ; Dede Sumantri ; Dimas Sangaji ; Marlin Ramadhan Baidillah ; Yaya Suryana ; Yanyan Nurhidayat ; Dena Karunianto Wibowo ; Yusuf Nur Wijayanto ;</t>
+  </si>
+  <si>
+    <t>EC002022107189</t>
+  </si>
+  <si>
+    <t>VISCANA: Visualisasi Riset Kebencanaan BRIN</t>
+  </si>
+  <si>
+    <t>Abdurrakhman Prasetyadi ; Dwiyanto Wahyu Ari Nugroho ; Ridwan Suhud ; Dwi Untari ; Nurida Maulidia Rahma ; Didik Prata Wijaya ; Agastya Pandu Satriya Utama ;</t>
+  </si>
+  <si>
+    <t>EC002022107205</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Manajemen Pengetahuan (SIMP@N) SPBE</t>
+  </si>
+  <si>
+    <t>Fara Ayuningtyas ; Michael Andreas Purwoadi ; Sri Saraswati Wisjnu Wardhani ; Faisol Ba'abdullah ; Wenwen Ruswendi ; Yuki Istianto ; Kusnanda Supriatna ; Vitria Pragesjvara ; Meidy Layooari ; Monica Dwi Wahyu Sumunaringrum ; Muhammad Rafi Juliansyah ; Sopian Amir ; Lindri Setyaningrum ; Retno Anggreini Dyah Ayuningtias ; Wardatul Hanifah ; Insan Ramadhan ; Triyono Susanto ; Agus Sutejo ; Agoeng Srimoeljanto ; Agung Santosa ; Mohammad Hamdani ; Pita Larasati Fauziah Nur ; Agung Nugroho ; Dian Isnaeni Nurul Afra ; Muhammad Nurkhoiri Hindratno ; Dewi Suci Rafianti ; Ali Reza Syariati ; Andri Puji Prasetiyo ; Robertus Dri Kurniawan ; Supriana Suwanda ; Eka Wibowo ; Desiani ; Salman Al-Fath ; Frans Indroyono ; Edi Santoso ;</t>
+  </si>
+  <si>
+    <t>EC002022107228</t>
+  </si>
+  <si>
+    <t>Software Pre-Processing Data Penginderaan Jauh Versi 1.0</t>
+  </si>
+  <si>
+    <t>Eduard Thomas Prakoso M ; Yohanes Fridolin Hestrio ; Ika Siwi Supriyani ; Kiki Winda Veronica ; Destri Yanti Hutapea ; Siti Desty Wahyuningsih ; Niko Cendiana ; Rubini Jusuf ;</t>
+  </si>
+  <si>
+    <t>EC002022107230</t>
+  </si>
+  <si>
     <t>Fabiola Next Generation: Sistem Presensi Pintar Berbasis Pengenalan Wajah</t>
   </si>
   <si>
     <t>Siska Pebiana ; Anto Satriyo Nugroho ; Insan Ramadhan ; Michael Andreas Purwoadi ; Agung Santosa ; Asril ; Andi Djalal Latief ; Agus Sutejo ; Yuki Istianto ; Rully Kusumajaya ; Mohammad Hamdani ; Dewi Suci Rafianti ; Rachmawan Atmaji Perdana ; Nurdianti Rizki Hapsari ;</t>
   </si>
   <si>
-    <t>2022-12-15</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002022107240</t>
   </si>
   <si>
-    <t>Perangkat Lunak SCADA untuk Monitoring dan Kontrol Kapal Hisap</t>
-[...17 lines deleted...]
-    <t>EC002022107192</t>
+    <t>BRIN Road: Dataset Vision Kendaraan Otonom</t>
+  </si>
+  <si>
+    <t>Esa Prakasa ; Iwan Muhammad Erwin ; Dicky Rianto Prajitno ; Elli A. Gojali ; Risnandar ; Dian Andriana ; Bambang Sugiarto ;</t>
+  </si>
+  <si>
+    <t>EC002022107185</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Tertanam Small Bench for Personal Dosimeter Characterization</t>
+  </si>
+  <si>
+    <t>Gina Kusuma ; Fitrah Azizah ; Atang Susila ; I Putu Susila ; Wiranto Budi Santoso ; Sukandar ; Adli Muhaimin ; Heru Prasetio ; Yuyus Takhkik ; Bimo Saputro ; Arief Ganang Saputra ; Joko Sumanto ; Ahmad Haerudin ; Ismanto Jumadi ;</t>
+  </si>
+  <si>
+    <t>EC002022107214</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Robot Loading Unloading Benda Kerja</t>
+  </si>
+  <si>
+    <t>Ahmad Musthofa ; Nasril ; Ahmad Taufiqur Rohman ; Robby Marlon Brando ; Ari Widiarto ; Agus Wibowo ;</t>
+  </si>
+  <si>
+    <t>EC002022107216</t>
+  </si>
+  <si>
+    <t>Dataset Sentimen dari Twitter Mengenai Ibu Kota Negara (IKN)</t>
+  </si>
+  <si>
+    <t>Nuraisa Novia Hidayati ; Hammam Riza ; Gunarso ; Andi Djalal Latief ; M. Teduh Uliniansyah ; Elvira Nurfadhilah ; Siska Pebiana ; Dian Isnaeni Nurul Afra ; Radhiyatul Fajri ; Harnum Annisa Prafitia ; Junanto Prihantoro ; Agung Santosa ; Lyla Ruslana Aini ; Yosi Sahreza ; Asril ; Gembong Satrio Wibowanto ; Josua Geovani Pinem ; Aulia Haritsuddin Karisma Muhammad Subekti ; Muhammad Reza Alfin ; Agung Septiadi ; Siti Shaleha ; Jemie Muliadi ;</t>
+  </si>
+  <si>
+    <t>EC002022107224</t>
+  </si>
+  <si>
+    <t>Artificial Earth Simulation Software (AESSIMS)</t>
+  </si>
+  <si>
+    <t>Stevry Yushady CH Bissa ; Ibnu Nurul Huda ; Muhammad Bayu Saputra ; Sofian Rizal ; Farahhati Mumtahana ; Suisbiyanto Prasetya ; Wellem Obed Sineri ; Yohanes Yunus Rumbewas ;</t>
+  </si>
+  <si>
+    <t>EC002022107226</t>
+  </si>
+  <si>
+    <t>SONIK AC Charging Proxy</t>
+  </si>
+  <si>
+    <t>Eka Rakhman Priandana ; Afrias Sarotama ; Beti Tuntari ; Khotimatul Fauziah ; Eka Rakhman Priandana S.T., M.T. ;</t>
+  </si>
+  <si>
+    <t>EC002022107171</t>
+  </si>
+  <si>
+    <t>BRIN, PUSAT RISET KONVERSI DAN KONSERVASI ENERGI</t>
+  </si>
+  <si>
+    <t>Terdaftar - Formalitas Terpenuhi</t>
+  </si>
+  <si>
+    <t>ALBOOM: Algal Bloom Monitoring System</t>
+  </si>
+  <si>
+    <t>Lindung Parningotan Manik ; HATIM ALBASRI ; RENY PUSPASARI ; Foni Agus Setiawan ; Zaenal Akbar ; Dadan Ridwan Saleh ; Yulia Aris Kartika ; Ariani Indrawati ; Ika Atman Satya ; PUPUT FITRI RACHMAWATI ; LOLITA THESIANA ;</t>
+  </si>
+  <si>
+    <t>EC002022107195</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Online Monitoring Kualitas Air Limbah Industri Tekstil</t>
+  </si>
+  <si>
+    <t>Satmoko Yudo ; Heru Dwi Wahjono ; Kemal Maulana Alhasa ; DODI RUSJADI TATANG ENDI ;</t>
+  </si>
+  <si>
+    <t>EC002022107202</t>
+  </si>
+  <si>
+    <t>Dataset Citra Perilaku Pengemudi Kendaraan Roda Empat</t>
+  </si>
+  <si>
+    <t>Jimmy Abdel Kadar ; R. Budiarianto Suryo Kusumo ; Endang Suryawati ; Ana Heryana ; Raden Sandra Yuwana ; Ade Ramdan ; Asri Rizki Yuliani ; Hilman Ferdinandus Pardede ;</t>
+  </si>
+  <si>
+    <t>EC002022107183</t>
+  </si>
+  <si>
+    <t>Bangkit-TS (Pembangkit Teks Berbasis Sinonim untuk Pembelajaran CNN dan LSTM)</t>
+  </si>
+  <si>
+    <t>Purnomo Husnul Khotimah ; Andri Fachrur Rozie ; Andria Arisal ; Febi Siti Sutria Ningsih ; Dian Kurniasari ; Warsono ;</t>
+  </si>
+  <si>
+    <t>EC002022107186</t>
+  </si>
+  <si>
+    <t>Sistem Pengolahan Data Satelit Seri NOAA-20 Untuk Menghasilkan Produk Aerosol, Snow/Ice, Cloud, dan Volcanic Ash Imagery (ASCI) Secara Otomatis</t>
+  </si>
+  <si>
+    <t>Olivia Maftukhaturrizqoh ; Andy Indradjad ; Tri Astuti Pandansari ; Karunika Diwyacitta ; Hidayat Gunawan ;</t>
+  </si>
+  <si>
+    <t>EC002022107187</t>
+  </si>
+  <si>
+    <t>Software Pengolahan Reflektan Landsat-9</t>
+  </si>
+  <si>
+    <t>Kiki Winda Veronica ; Kuncoro Adi Pradono ; Fadila Muchsin ; Kurnia Ulfa ; Dianovita ; Dandy Aditya Novresiandi ;</t>
+  </si>
+  <si>
+    <t>EC002022107177</t>
+  </si>
+  <si>
+    <t>BRIn, Pusat Riset Penginderaan Jauh</t>
+  </si>
+  <si>
+    <t>Portal Pengetahuan Tanaman Obat Indonesia</t>
+  </si>
+  <si>
+    <t>Inna Syafarina ; DWINITA WIKAN UTAMI ; NURLIANI BERMAWIE ; OTIH ROSTIANA ; RINDA KIRANA ; NUR KHOLILATUL IZZAH ; ELI KORLINA EDISAPUTRA ; RUBI HERYANTO ; MARIANA SUSILOWATI ; YULI WIDIYASTUTI ; SLAMET WAHYONO ; ROHMAT MUJAHID ; Yulia Aris Kartika ; Zaenal Akbar ; Rifki Sadikin ; Dadan Ridwan Saleh ; Ariani Indrawati ; Aris Yaman ;</t>
+  </si>
+  <si>
+    <t>EC002022107218</t>
+  </si>
+  <si>
+    <t>Applikasi Pemodelan Tsunami 3D Animasi, Pantai Wisata Teluk Penyu-Cilacap</t>
+  </si>
+  <si>
+    <t>Nuraini Rahma Hanifa ; M. Yudhi Rezaldi ; Ambar Yoganingrum ; Abdurrakhman Prasetyadi ; Widjo Kongko ;</t>
+  </si>
+  <si>
+    <t>EC002022107219</t>
+  </si>
+  <si>
+    <t>Aplikasi Manajemen Aset Tak Berwujud</t>
+  </si>
+  <si>
+    <t>Adi Setiya Dwi Grahito ;</t>
+  </si>
+  <si>
+    <t>EC002022107184</t>
+  </si>
+  <si>
+    <t>BRIN, Direktorat Manajemen Kekayaan Intelektual</t>
+  </si>
+  <si>
+    <t>Program Segmentasi Citra Kapang Aspergillus, Trichoderma dan Cladosporium dengan Adaptive Thresholding, Otsu Thresholding dan K-Means Clustering</t>
+  </si>
+  <si>
+    <t>Bayu Rizky Maulana ; Gilang Mantara Putra ; Umi Chasanah ; Raden Putri Ayu Pramesti ; Muhamad Rodhi Supriyadi ; Aulia Haritsuddin Karisma Muhammad Subekti ; Muhammad Reza Alfin ; Dewi Habsari Budiarti ; Jemie Muliadi ; Anto Satriyo Nugroho ; Josua Geovani Pinem ; Mukti Wibowo ;</t>
+  </si>
+  <si>
+    <t>EC002022107190</t>
+  </si>
+  <si>
+    <t>Website SMART-DDR (Direct Digital Radiography) untuk MengklasifikasiI Tulang dan Keretakan Tulang</t>
+  </si>
+  <si>
+    <t>Faizurrahman `allam Majid ; Amalia Irma Nurwidya ; Riyanto ; Rifki Firdaus ; Peni Laksmita Widati ; Rony Febryarto ; Afrias Sarotama ; Arky Astasari ;</t>
+  </si>
+  <si>
+    <t>EC002022107176</t>
+  </si>
+  <si>
+    <t>- Pusat Riset Elektronika</t>
+  </si>
+  <si>
+    <t>Software Pengolahan Analysis Ready Data (ARD) MODIS 8 Harian (Versi 2.0)</t>
+  </si>
+  <si>
+    <t>Novie Indriasari ; Kustiyo ; Orbita Roswintiarti ; Ratih Dewanti ; Fadillah Halim Rasyidy ; Andy Indradjad ; Babag Purbantoro ; Anisa Rarasati ; Tatik Kartika ;</t>
+  </si>
+  <si>
+    <t>EC002022107198</t>
   </si>
   <si>
     <t>PV Performance Ratio Data Monitoring</t>
   </si>
   <si>
     <t>Dhea Amelia Rianjani ; Kholid Akhmad ; Yuli Astriani ; Dionysius Aldion Renata ; Asih Kurniasari ; Khotimatul Fauziah ; Prasetyo Aji ; Eka Nurdiana ; Riza ; Hafsah Halidah ; Physikalisch-Technische Bundesanstalt 4,6 65 ulasan Google Institut riset di Braunschweig, Jerman ; Physikalisch-Technische Bundesanstalt ;</t>
   </si>
   <si>
     <t>EC002022107210</t>
   </si>
   <si>
-    <t>Basis Data Fotogrametri Pantai Wisata Teluk Penyu-Cilacap, untuk Pemodelan Tsunami 3D Animasi Studi Kasus Cilacap</t>
-[...511 lines deleted...]
-  <si>
     <t>Detektor Penggunaan Masker BRIN (DeMasBRIN)</t>
   </si>
   <si>
     <t>Risnandar ; Dian Andriana ; Esa Prakasa ; Dicky Rianto Prajitno ; Iwan Muhammad Erwin ;</t>
   </si>
   <si>
     <t>2022-12-14</t>
   </si>
   <si>
     <t>EC002022107174</t>
   </si>
   <si>
+    <t>Korpus Wicara ASR Medis BRIN247HARKIT</t>
+  </si>
+  <si>
+    <t>Siska Pebiana ; Asril ; M. Teduh Uliniansyah ; Gunarso ; Agung Santosa ; Elvira Nurfadhilah ; Lyla Ruslana Aini ; Dian Isnaeni Nurul Afra ; Desiani ; Eduward Butarbutar ; Muhammad Nauval ; Oktanto Dedi Winarko ; Iip Ahmad Syarip ; Dr. dr. Pribadi Wiranda Busro, Sp.BTKV (K) ;</t>
+  </si>
+  <si>
     <t>2022-10-28</t>
   </si>
   <si>
+    <t>EC00202280522</t>
+  </si>
+  <si>
+    <t>BRIN, PUSAT RISET KECERDASAN ARTIFISIAL DAN KEAMANAN SIBER</t>
+  </si>
+  <si>
     <t>EC00202280521</t>
   </si>
   <si>
+    <t>Simulator Pembangkit Listrik Tenaga Nuklir Berdaya 10 MWth</t>
+  </si>
+  <si>
+    <t>Kiswanta ; R. Mohammad Subekti ; Syaiful Bakhri ; Topan Setiadipura ; Geni Rina Sunaryo ; Sudarno ; Sigit Santoso ; Arif Adtyas Budiman ; Muksin Aji Setiawan ; Muhammad Yunus ; Mohammad Dhandhang Purwadi ;</t>
+  </si>
+  <si>
+    <t>EC00202280520</t>
+  </si>
+  <si>
     <t>Tools Evaluasi ASR Berbasis Kaldi</t>
   </si>
   <si>
     <t>Siska Pebiana ; Asril ; M. Teduh Uliniansyah ; Gunarso ; Agung Santosa ; Elvira Nurfadhilah ; Lyla Ruslana Aini ; Dian Isnaeni Nurul Afra ; Desiani ;</t>
   </si>
   <si>
     <t>EC00202280523</t>
   </si>
   <si>
-    <t>BRIN, PUSAT RISET KECERDASAN ARTIFISIAL DAN KEAMANAN SIBER</t>
-[...8 lines deleted...]
-    <t>EC00202280520</t>
+    <t>Aplikasi Simulator OCPP v1.6 CSMS Tester</t>
+  </si>
+  <si>
+    <t>Fito Wigunanto Herminawan ; Dwidharma Priyasta Tasurun ; Riza ; Prasetyo Aji ; Himawan Indra Bayu ; Wahyu Cesar ; Beti Tuntari ; Eka Setianingsih ; Melyana ; Yanti Susanti ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>EC00202280518</t>
   </si>
   <si>
     <t>Perangkat Lunak Pengolah Data Telemetri Satelit LAPAN-A3 Berbasis Logfile Server</t>
   </si>
   <si>
     <t>Wakhid Abdurrokhman S.T. ; Wakhid Abdurrokhman ; Tri Meidiansyah ; Satriya Utama ; Nurrochman Ferdiansyah ; Dicka Ariptian Rahayu ; Muazam Nugroho ; Mohammad Mukhayadi ;</t>
   </si>
   <si>
     <t>EC00202280519</t>
   </si>
   <si>
-    <t>Aplikasi Simulator OCPP v1.6 CSMS Tester</t>
-[...16 lines deleted...]
-  <si>
     <t>Aplikasi AUDIT TOOLS</t>
   </si>
   <si>
     <t>Retno Anggreini Dyah Ayuningtias ; Hammam Riza ; Andrari Grahitandaru ; Andi Djalal Latief ; Zain Saifullah ; Harnum Annisa Prafitia ; Zulwelly M ; Wardatul Hanifah ; Miranti Jatnika Riski ; Pita Larasati Fauziah Nur ; Friyogi Resvy Mahda ; Radhiyatul Fajri ; Sopian Amir ; Nimas Ayu Untariyati ; Mochammad Fikri ;</t>
   </si>
   <si>
     <t>2022-09-29</t>
   </si>
   <si>
     <t>EC00202270213</t>
   </si>
   <si>
+    <t>SONIK R2 Charging Proxy</t>
+  </si>
+  <si>
+    <t>Eka Rakhman Priandana ; Afrias Sarotama ; Beti Tuntari ; Yusuf Margowadi ; Bayu Samodra ;</t>
+  </si>
+  <si>
+    <t>EC00202270212</t>
+  </si>
+  <si>
     <t>Perangkat lunak antarmuka Modul Pengendali Roda Reaksi Satelit LAPAN (wheel drive electronics [WDE])</t>
   </si>
   <si>
     <t>Muhammad Taufik ; Deddy El Amin ; M. Arif Saifudin ; Mohammad Mukhayadi ; Moh. Farid Huzain ; Wahyu Akbar Megah ; Adelia Revani Sastaviyana ; Aditya Bayu Erwindu ;</t>
   </si>
   <si>
     <t>EC00202270211</t>
   </si>
   <si>
+    <t>Aplikasi Radar Sistem Inovasi Daerah (R-SIDa) Berbasis Web</t>
+  </si>
+  <si>
+    <t>Zulfika Satria Kusharsanto ; Nimas Maninggar ; Dea Maulidya ; Suhandojo ; Nur Fitriana ;</t>
+  </si>
+  <si>
+    <t>EC00202270209</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Pelayanan Teknologi</t>
+  </si>
+  <si>
     <t>Simulator OBU (Ocean Bottom Unit) Untuk Pengujian Fungsi Sistem Pendeteksi Tsunami Ina-Buoy</t>
   </si>
   <si>
     <t>Bagus Bhakti Irawan ; Fachri Renaldy ; Wayan Wira Yogantara ; Achmad Witjaksono ; Michael Andreas Purwoadi ; Sasono Rahardjo ; Edhi Purnomo ; Nashrullah Taufik ; Bondan Suwandi ; Muhammad Ihsan Al Hafiz ; Widar Dwi Gustian ; Faizurrahman `allam Majid ; Ryan Prasetya Utama ; Azrizal Akbar ; Fajar Adi Marianto ; Lesti Setianingrum ; Maratul Hamidah ; Abhimata Ar Rasyiid ; Andi Kurnianto ; Ario Fitrianto Nurtjahjo, ; Tri Miyarno, ;</t>
   </si>
   <si>
     <t>EC00202270217</t>
   </si>
   <si>
     <t>Program Aplikasi Sistem Pembebanan Uji Struktur Bogie Lokomotif Kereta Api Berdasarkan Standar UIC 515-4</t>
   </si>
   <si>
     <t>Muchamad Gozali ; Makmuri ; Mahfudz Al Huda ; Djoko Wahyu Karmiadji ; Anwar ; Jeppy Jajang Jayasasmita ; Budi Prasetiyo ; Yudi Irawadi ; Yana Heryana ; Indra Hardiman Mulyowardono ; Wahyu Sulistiyo ; Budi Haryanto ; Nur Azimah Salehah ; Muhammad Masrur ; Wahyu Purnawirawan ; Harris Zenal ;</t>
   </si>
   <si>
     <t>EC00202270210</t>
   </si>
   <si>
-    <t>Aplikasi Radar Sistem Inovasi Daerah (R-SIDa) Berbasis Web</t>
-[...19 lines deleted...]
-  <si>
     <t>Model Aplikasi Deep Learning Pedestrian Detection untuk Autonomous Vehicle (SiPeDAL)</t>
   </si>
   <si>
     <t>Uus Khusni ; Heru Susanto ;</t>
   </si>
   <si>
     <t>2022-09-05</t>
   </si>
   <si>
     <t>EC002022107181</t>
   </si>
   <si>
     <t>Sistem Informasi GNSS for Atmospheric Observations and Tracking Climate Change (GATOTKACA)</t>
   </si>
   <si>
     <t>2022-08-30</t>
   </si>
   <si>
     <t>EC00202259194</t>
   </si>
   <si>
     <t>Akuisisi Raw Data V 1.0</t>
   </si>
   <si>
     <t>Sakinah Puspa Anggraeni ; Tahar Agastani ; Bondan Suwandi ; Wayan Wira Yogantara ; Sasono Rahardjo ; Edhi Purnomo ; I Made Astawa ; Rifqi Fajar Giyana ; Muhammad Iqbal ; Triawan Nugroho ; Widrianto Sih Pinastiko ; Dedy Irawan ; Arfan Ridwan Hartawan ; Riky Alam Ma'arif ; Tinova Pramudya ;</t>
   </si>
   <si>
     <t>EC00202259195</t>
   </si>
   <si>
     <t>Sistem Otomatisasi Pengunduhan dan Pengolahan Data Atmosfer dan laut dari Sumber Terbuka (MATSWAPATI - Marine and Atmospheric Data Download and Processing Automation System)</t>
   </si>
   <si>
     <t>Rahaden Bagas Hatmaja S.Si., M.Si. ; Rahaden Bagas Hatmaja ; Suaydhi ;</t>
   </si>
   <si>
     <t>2022-06-21</t>
   </si>
   <si>
     <t>EC00202238353</t>
   </si>
   <si>
+    <t>Software Pengolah Data Satelit untuk Estimasi Land Surface Temperature</t>
+  </si>
+  <si>
+    <t>RR. Laras Toersilowati M.Si. ; RR. Laras Toersilowati ; Bambang Siswanto ; Edy Maryadi ; Indah Susanti ; Adi Witono ; Erwin Hermawan ;</t>
+  </si>
+  <si>
+    <t>EC00202238352</t>
+  </si>
+  <si>
+    <t>Program Semi Otomatisasi Informasi MPT Perairan Indonesia Empat Musim Menggunakan Data Sentinel 2</t>
+  </si>
+  <si>
+    <t>Chatra Herdanis ; Pingkan Mayestika Afgatiani ; Syarif Budhiman ; Ety Parwati ;</t>
+  </si>
+  <si>
+    <t>EC00202238341</t>
+  </si>
+  <si>
+    <t>Program Interpolasi Linier Data Radiosonde di dalam Open Watcom Fortran 77 Versi 1.9 (InPro)</t>
+  </si>
+  <si>
+    <t>Karima Fadla S.T. ; Ina Junaeni ;</t>
+  </si>
+  <si>
+    <t>EC00202238351</t>
+  </si>
+  <si>
+    <t>2023-01-09</t>
+  </si>
+  <si>
+    <t>Sistem Pengiriman Gambar pada Pesawat Tanpa Awak dengan Metode Slicing</t>
+  </si>
+  <si>
+    <t>Yanuar Firmansyah ; Agus Hendra Wahyudi ; Yanuar Prabowo ; Iwan Nofi Yono Putro ; Abdul Aziz ; Aries Asrianto Ramadian ; Abdul Rohman ; Abdurrasyid Ruhiyat ; Irma Rismayanti ; Rudi Choirul Anwar ; Hidayati Mardikasari ; Nurul Chasanah ; Farohaji Kurniawan ; Gunawan Setyo Prabowo ; Agus Bayu Utama ; Agus Aribowo ;</t>
+  </si>
+  <si>
+    <t>EC00202238358</t>
+  </si>
+  <si>
+    <t>Aplikasi GCS Pesawat Tanpa Awak</t>
+  </si>
+  <si>
+    <t>Abdul Aziz ; Agus Hendra Wahyudi ; Yanuar Prabowo ; Iwan Nofi Yono Putro ; Yanuar Firmansyah ; Aries Asrianto Ramadian ; Abdul Rohman ; Abdurrasyid Ruhiyat ; Irma Rismayanti ; Rudi Choirul Anwar ; Hidayati Mardikasari ; Nurul Chasanah ; Farohaji Kurniawan ; Gunawan Setyo Prabowo ; Agus Bayu Utama ; Agus Aribowo ;</t>
+  </si>
+  <si>
+    <t>EC00202238355</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Automatic Weather Station (AWS) View 4</t>
+  </si>
+  <si>
+    <t>Asif Awaludin M.T. ; Asif Awaludin ; Tiin Sinatra ; Afif Budiyono ; Halimurrahman ;</t>
+  </si>
+  <si>
+    <t>EC00202238347</t>
+  </si>
+  <si>
+    <t>Aplikasi Satellite-based Disaster Early Warning System (SADEWA) Mobile Versi Android</t>
+  </si>
+  <si>
+    <t>Farid Lasmono ; Risyanto ; Teguh Harjana ; Didi Satiadi ; Ibnu Fathrio ; Aisya Nafiisyanti ; Wendi Harjupa ; Agung Febrian Putra ; Acep Catur Nugraha ; Anton Siswo Raharjo ; Bey Arief Budiman ; Cepi Supratman ; Jaka Karang Tunggal ;</t>
+  </si>
+  <si>
+    <t>EC00202238349</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Pembelajaran Kegiatan Penelitian dan Pengembangan</t>
+  </si>
+  <si>
+    <t>Abdul Aziz ; Aries Asrianto Ramadian ; Danartomo Kusumoaji ; Hartono ; Ildefonsa Anna Fransiska Nahak ; Abdul Rohman ; Irma Rismayanti ; Ari Sugeng Budiyanta ; Rudi Choirul Anwar ; Gunawan Setyo Prabowo ; Encung Sumarna ;</t>
+  </si>
+  <si>
+    <t>EC00202238356</t>
+  </si>
+  <si>
+    <t>Aplikasi Satellite-based Disaster Early Warning System (SADEWA) Reborn</t>
+  </si>
+  <si>
+    <t>Farid Lasmono ; Risyanto ; Teguh Harjana ; Didi Satiadi ; Ibnu Fathrio ; Aisya Nafiisyanti ; Wendi Harjupa ; Agung Febrian Putra ; Acep Catur Nugraha ; Anton Siswo Raharjo ; Bey Arief Budiman ; Cepi Supratman ;</t>
+  </si>
+  <si>
+    <t>EC00202238350</t>
+  </si>
+  <si>
+    <t>Sistem Pendukung Keputusan Kajian Awal Musim Wilayah Indonesia Jangka Madya (KAMAJAYA)</t>
+  </si>
+  <si>
+    <t>Candra Nur Ihsan S.Kom. ; Candra Nur Ihsan ; Haries Satyawardhana ; Muh. Hafizh Izzaturrahim ; Gammamerdianti ; Eka Putri Wulandari ;</t>
+  </si>
+  <si>
+    <t>EC00202238348</t>
+  </si>
+  <si>
+    <t>Program Komputer Pengujian dan Akuisisi Data Alat Penentu Posisi Satelit di Orbit VGPS-51</t>
+  </si>
+  <si>
+    <t>Hasan Mayditia S.Si., M.T. ; Hasan Mayditia ; Ery Fitrianingsih ; Desti Ika Suryanti ; Adi Farmasiantoro ;</t>
+  </si>
+  <si>
+    <t>EC00202238354</t>
+  </si>
+  <si>
     <t>Aplikasi Decision Support System Jaringan Transportasi Udara (JATAYU)</t>
   </si>
   <si>
     <t>Aisya Nafiisyanti ; Teguh Harjana ; Farid Lasmono ; Wendi Harjupa ; Didi Satiadi ; Risyanto ; Ibnu Fathrio ; Acep Catur Nugraha ; Agung Febrian Putra ; Anton Siswo Raharjo ; Bey Arief Budiman ; Cepi Supratman ; Jaka Karang Tunggal ;</t>
   </si>
   <si>
     <t>EC00202238345</t>
   </si>
   <si>
-    <t>Program Semi Otomatisasi Informasi MPT Perairan Indonesia Empat Musim Menggunakan Data Sentinel 2</t>
-[...35 lines deleted...]
-    <t>2023-01-09</t>
+    <t>Aplikasi Olah Data Quality of Service</t>
+  </si>
+  <si>
+    <t>Iwan Nofi Yono Putro ; Agus Hendra Wahyudi ; Yanuar Prabowo ; Yanuar Firmansyah ; Abdul Aziz ; Aries Asrianto Ramadian ; Abdul Rohman ; Abdurrasyid Ruhiyat ; Irma Rismayanti ; Rudi Choirul Anwar ; Hidayati Mardikasari ; Nurul Chasanah ; Farohaji Kurniawan ; Gunawan Setyo Prabowo ; Agus Bayu Utama ; Agus Aribowo ;</t>
+  </si>
+  <si>
+    <t>EC00202238357</t>
   </si>
   <si>
     <t>Software Registrasi dan Migrasi Data Penginderaan Jauh untuk Penyimpanan Bank Data Penginderaan Jauh Versi 2.2</t>
   </si>
   <si>
     <t>Niko Cendiana ; Yohanes Fridolin Hestrio ; Eduard Thomas Prakoso M ; Rubini Jusuf ;</t>
   </si>
   <si>
     <t>EC00202238343</t>
   </si>
   <si>
-    <t>Perangkat Lunak Automatic Weather Station (AWS) View 4</t>
-[...70 lines deleted...]
-  <si>
     <t>Sistem Akun Terintegrasi Single Sign On</t>
   </si>
   <si>
     <t>Amir Dahlan ; Kelik Budiana ; Supriono Agung Wibowo ; Ardhiyan Aulia ; Malik Purwoko ; Wahyu Juniardi ; Rizqi Budi Satriyo ; Noviyanah Farhanah ; Wasis Ananto ; Ibnu Abdullah ; Agung Septiadi ; Taslim Rochmadi ; Elfrin Erawan ; Dany Pambudi ; Josua Geovani Pinem ;</t>
   </si>
   <si>
     <t>2022-06-13</t>
   </si>
   <si>
     <t>EC00202235830</t>
   </si>
   <si>
     <t>Sistem Monitoring Pengadaan Barang dan Jasa (SIMONBAJA)</t>
   </si>
   <si>
     <t>Kelik Budiana ; Yufan Amri ; Riri Kusumarani ; Kemas Mohammad Naufal ; Rinaldi Febryatna Duriat Putra ; Ahmad Mundhofa ; Makmuri ; Ario Dipoyono ; Ditya Gumilar ; Fakhrina Amalia ; Nurlinda Dewi Kusumah ; Riski Suprana ; Hjalmar Sihombing ;</t>
   </si>
   <si>
     <t>EC00202235831</t>
   </si>
   <si>
+    <t>InaSiMaK : InaTOC Sistem Manajemen Konten</t>
+  </si>
+  <si>
+    <t>Sri Saraswati Wisjnu Wardhani M.Kom ; Sri Saraswati Wisjnu Wardhani ; Aris Suwarjono ; Kusnanda Supriatna ; Muhammad Arief ; Achmad Witjaksono ; Tri Sampurno ; Ihsan Nugraha ; Muhammad Rafi Juliansyah ; Karina Mayasita Handoyo ; Agung Nugroho ; Mochammad Fikri ; Topan Try Harmanda ; Andri Puji Prasetiyo ; Auliati Nisa ; Aan Khunaifi ; Yosi Sahreza ; Misno ; Yudi Pratama ; Diki Dwi Hermawan ; Sita Rachmah Puteri ;</t>
+  </si>
+  <si>
+    <t>2022-04-19</t>
+  </si>
+  <si>
+    <t>EC00202226017</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Monitoring Teknologi Informasi dan Komunikasi (SIMONTIK)</t>
+  </si>
+  <si>
+    <t>Andri Saputra S. Kom., M.Kom ; Andri Saputra ; Cahyono Nugroho ; Novi Turniawati ; Dani Ramdani ; Ronal ; Hartanto Kurniawan ; Aditya Nursyahbani ; Annisa Andarrachmi ; Samsudiat ; Nungki Dian Sulistyo Darmayanti ; Sri Ayu Alfiani ; Joko Syahrianto ; Andika Dian Nugraha ; Arif Cahyono Dwi Nugroho ; Frederik Raimond ; Maman Firmansyah ; Rahmat Nur Azzis ; Ilham Rahmat Kurnia ; Maria Regina Karunia ; Sri Widayati ; Tarsono ; Nurma Anissa Zulva ; Budiono ; Agus Nursidik ;</t>
+  </si>
+  <si>
+    <t>EC00202226021</t>
+  </si>
+  <si>
+    <t>Aplikasi Pemadanan Wajah berbasis KTP Elektronik</t>
+  </si>
+  <si>
+    <t>Anto Satriyo Nugroho ; Rully Kusumajaya ; Rachmawan Atmaji Perdana ; Nurdianti Rizki Hapsari ; Gembong Satrio Wibowanto ; Mohammad Hamdani ; Aan Khunaifi ; Ahmad Syafiq Kamil ; Auliati Nisa ; Radhiyatul Fajri ;</t>
+  </si>
+  <si>
+    <t>EC00202226018</t>
+  </si>
+  <si>
+    <t>Aplikasi Pengelolaan Sertifikat Elektronik RAIN</t>
+  </si>
+  <si>
+    <t>Wawan Hermawan ; Novi Turniawati ; Sri Agustiningtyas ; Marini Wulandari ; Arti Dian Nastiti ; Annisa Andarrachmi ; Ridha Radhitya ; Darius Alexander Go Reinnamah ; Dhika Rizki Anbiya ; Dani Ramdani ; Sri Ayu Alfiani ; Cahyono Nugroho ; Irfani Ahmad ; Rachmawan Atmaji Perdana ; Elfrin Erawan ; Sri Widayati ; Almuchlisin ; Dina Sa`diyyah Fathimah Umar ; Intan Permatasari ; Ilham Faturrokhman ; Dimas Kusuma Adi Saputra ; Yuni Arti ; Aditya Nursyahbani ; Agung Septiadi ; Frederik Raimond ;</t>
+  </si>
+  <si>
+    <t>EC00202226020</t>
+  </si>
+  <si>
     <t>Firmware ADS-B Transmitter untuk Kendaraan Darat Runway Bandara</t>
   </si>
   <si>
     <t>Fadjar Rahino Triputra M. Eng. ; Fadjar Rahino Triputra ; Widrianto Sih Pinastiko ; Peni Laksmita Widati ; Abriansyah Arisoni ; Rifqi Fajar Giyana ; Siswayudi Azhari ;</t>
   </si>
   <si>
-    <t>2022-04-19</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202226019</t>
   </si>
   <si>
-    <t>Sistem Informasi Monitoring Teknologi Informasi dan Komunikasi (SIMONTIK)</t>
-[...34 lines deleted...]
-  <si>
     <t>Pembuatan Papan Partikel Pelepah Sawit Dengan Perekat Alami</t>
   </si>
   <si>
     <t>B Pratiknyo Adi Mahatmanto ; Suhermanto ; Hidayat Gunawan ; Andy Indradjad ; Sugiyanto ; Wismu Sunarmodo ; Panji Rachman Ramadhan ;</t>
   </si>
   <si>
     <t>2022-04-08</t>
   </si>
   <si>
     <t>EC00202223426</t>
   </si>
   <si>
+    <t>Software Koreksi Topografi Untuk Citra Satelit SPOT-6/7 Versi 1.0</t>
+  </si>
+  <si>
+    <t>Umar Abdul Azis S.T. ; Umar Abdul Azis ; Athar Abdurrahman Bayanuddin ; Mulia Inda Rahayu ; Ferman Setia Nugroho ; Zylshal ; Sukentyas Estuti Siwi ; Danang Surya Candra ;</t>
+  </si>
+  <si>
+    <t>EC00202223466</t>
+  </si>
+  <si>
+    <t>Software Pengolahan Analysis Ready Data (ARD) MODIS 8 Harian Versi 1.0</t>
+  </si>
+  <si>
+    <t>Kustiyo ; Andy Indradjad ; Babag Purbantoro ; Novie Indriasari ; Fadillah Halim Rasyidy ; Roni Hendian ;</t>
+  </si>
+  <si>
+    <t>EC00202223427</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pengolahan Data (Scaling) Manual Ionosonda CADI</t>
+  </si>
+  <si>
+    <t>Rizal Suryana ;</t>
+  </si>
+  <si>
+    <t>EC00202223429</t>
+  </si>
+  <si>
+    <t>Penguji Transmisi untuk Aplikasi Update Konfigurasi Software Defined Radio (SDR) on the Air (OTA)</t>
+  </si>
+  <si>
+    <t>Bina Pratomo S.T., M.Si. ; Bina Pratomo ; Dwiyanto ; Iwan Faizal ; Maulana Ali Arifin ; Aulia Haque Qonita ;</t>
+  </si>
+  <si>
+    <t>EC00202223458</t>
+  </si>
+  <si>
+    <t>Software Otomatisasi Penyalin Data Citra Berdasarkan Tile Index Provinsi Berbasis Desktop</t>
+  </si>
+  <si>
+    <t>Steward Augusto ; Gusti Darma Yudha ; Agnes Sondita Payani ; Niko Cendiana ; Abdul Asyiri ; Siti Desty Wahyuningsih ; Hanna Afida ; Eduard Thomas Prakoso M ; Rubini Jusuf ;</t>
+  </si>
+  <si>
+    <t>EC00202223465</t>
+  </si>
+  <si>
+    <t>Satelitku</t>
+  </si>
+  <si>
+    <t>Stevry Yushady CH Bissa S.Kom ; Stevry Yushady CH Bissa ; Kamirul ; Astriany Noer ; Wahyudi Hasbi ; Janne Anna Christa Wejai ; Rumadi ;</t>
+  </si>
+  <si>
+    <t>EC00202223457</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Untuk Ekstraksi Indeks dari Data Citra Multitemporal</t>
+  </si>
+  <si>
+    <t>Anis Kamilah Hayati S.T., M.Sc. ; Anis Kamilah Hayati ; Yohanes Fridolin Hestrio ; Agnes Sondita Payani ; Muhammad Thufaili Imdad ; Niko Cendiana ;</t>
+  </si>
+  <si>
+    <t>EC00202223464</t>
+  </si>
+  <si>
+    <t>Sistem Pelacakan Pelayanan (SICAKAP)</t>
+  </si>
+  <si>
+    <t>Ratna Pertiwi ; Gusti Darma Yudha ; Umar Abdul Azis ; Eduard Thomas Prakoso M ; Rubini Jusuf ;</t>
+  </si>
+  <si>
+    <t>EC00202223456</t>
+  </si>
+  <si>
     <t>Program Antarmuka Informasi Potensi Banjir Harian Berbasis Data Himawari 8</t>
   </si>
   <si>
     <t>Deni Kartika ; Virgilius Rivan Seran ; Siti Nadia Nurhidayah ; Krisna Malik Sukarno ; Taufik Hidayat ;</t>
   </si>
   <si>
     <t>EC00202223470</t>
   </si>
   <si>
     <t>Software Pengolahan Analysis Ready Data (ARD) Citra Landsat-8 Wilayah Indonesia</t>
   </si>
   <si>
     <t>Kustiyo ; Fadila Muchsin ; Hendayani ; Kuncoro Adi Pradono ; Kurnia Ulfa ; Dianovita ; Kiki Winda Veronica ;</t>
   </si>
   <si>
     <t>EC00202223463</t>
   </si>
   <si>
     <t>Sistem Otomatisasi Pengecekan Data Citra Mosaik Terbaru Untuk Publikasi Data di Portal SPACEMAP</t>
   </si>
   <si>
     <t>Eduard Thomas Prakoso M ST ; Eduard Thomas Prakoso M ; Gusti Darma Yudha ; Agnes Sondita Payani ; Niko Cendiana ; Abdul Asyiri ; Siti Desty Wahyuningsih ; Hanna Afida ; Steward Augusto ; Rubini Jusuf ;</t>
   </si>
   <si>
     <t>EC00202223455</t>
   </si>
   <si>
     <t>Software Klasifikasi Lahan Terbakar Menggunakan Metode U-Net Untuk Citra Satelit Landsat-8 Versi 1.0</t>
   </si>
   <si>
     <t>Musyarofah ; Yudhi Prabowo ; Yohanes Fridolin Hestrio ; Muhammad Thufaili Imdad ; Steward Augusto ; Andie Setiyoko ; Danang Surya Candra ;</t>
   </si>
   <si>
     <t>EC00202223469</t>
   </si>
   <si>
     <t>Software Perbaikan Warna Pada Batas Antar Perekaman Citra SPOT 6/7 Versi 1.0</t>
   </si>
   <si>
     <t>Kustiyo ; D. Heri Yuli Sulyantara ; Yudhi Prabowo ; Danang Surya Candra ; Kurnia Ulfa ; Choirun Nisaa Rangkuti ; Sukentyas Estuti Siwi ; Randy Prima Brahmantara ;</t>
   </si>
   <si>
     <t>EC00202223462</t>
   </si>
   <si>
-    <t>Sistem Pelacakan Pelayanan (SICAKAP)</t>
-[...16 lines deleted...]
-  <si>
     <t>Software Otomatisasi Pengolahan Data Standar Satelit Penginderaan Jauh Metop-A Versi 1.0</t>
   </si>
   <si>
     <t>B Pratiknyo Adi Mahatmanto S.T., M.T ; B Pratiknyo Adi Mahatmanto ; Andy Indradjad ; Sugiyanto ; Suhermanto ;</t>
   </si>
   <si>
     <t>EC00202223468</t>
   </si>
   <si>
     <t>Software Color Balancing Citra SPOT 6/7 Berbasis Tile Versi 1.0</t>
   </si>
   <si>
     <t>Kustiyo ; Yudhi Prabowo ; D. Heri Yuli Sulyantara ;</t>
   </si>
   <si>
     <t>EC00202223428</t>
   </si>
   <si>
     <t>Software Fusion+ Untuk Fusi Citra Satelit Resolusi Tinggi dan Sangat Tinggi</t>
   </si>
   <si>
     <t>Danang Surya Candra S.Si., M.Sc., Ph.D. ; Danang Surya Candra ; Randy Prima Brahmantara ; Mulia Inda Rahayu ; Masnita Indriani Oktavia ; Liana Fibriawati ; Kurnia Ulfa ; Choirun Nisaa Rangkuti ;</t>
   </si>
   <si>
     <t>EC00202223467</t>
   </si>
   <si>
-    <t>Satelitku</t>
-[...16 lines deleted...]
-  <si>
     <t>Sistem Analisis Pengolahan dan Pengujian Kualitas Data Survey Kepuasan Masyarakat Terhadap Pelayanan Data Secara Komputerisasi</t>
   </si>
   <si>
     <t>Gusti Darma Yudha ;</t>
   </si>
   <si>
     <t>EC00202223459</t>
   </si>
   <si>
     <t>SOFTWARE DOWNLOAD OTOMATIS DAN AKSELERASI DATA LANDSAT</t>
   </si>
   <si>
     <t>Kuncoro Adi Pradono ; Yuvita Dian Safitri ; Bayu Satya Adhitama ; Yohanes Fridolin Hestrio ; Hidayat Gunawan ;</t>
   </si>
   <si>
     <t>EC00202223471</t>
   </si>
   <si>
-    <t>Penguji Transmisi untuk Aplikasi Update Konfigurasi Software Defined Radio (SDR) on the Air (OTA)</t>
-[...32 lines deleted...]
-    <t>EC00202223466</t>
+    <t>DATASET CITRA PENYAKIT DAUN TEH</t>
+  </si>
+  <si>
+    <t>Ade Ramdan ; Ana Heryana ; Dikdik Krisnandi ; Endang Suryawati ; Hilman Ferdinandus Pardede ; Oka Mahendra ; Raden Sandra Yuwana ; R. Budiarianto Suryo Kusumo ; Rico Dahlan ; Vitria Puspitasari Rahadi ; Fani Fauziah ; Heri Syahrian Khomaeni ; Dadan Rohdiana ; Vicky Zilvan S.Kom., M.T. ;</t>
+  </si>
+  <si>
+    <t>Lembaga Ilmu Pengetahuan Indonesia</t>
+  </si>
+  <si>
+    <t>2021-12-13</t>
+  </si>
+  <si>
+    <t>EC00202178031</t>
+  </si>
+  <si>
+    <t>- Pusat Penelitian Informatika</t>
   </si>
   <si>
     <t>SRIKANDI</t>
   </si>
   <si>
     <t>Furqon Hensan Muttaqien ; Rifki Sadikin ; Syam Budi Iryanto ; Wahyu Setyo Prabowo ; Yan Rianto ; Farham Harvianto ; Ariani Indrawati ; Prof. dr. Ali Ghufron Mukti, M.Sc., Ph.D. ; Ahmad Hidayat ; Hani Febri Mustika M.Cs. ; Farham Harvianto ; Ariani Indrawati, M.TI ;</t>
   </si>
   <si>
-    <t>Lembaga Ilmu Pengetahuan Indonesia</t>
-[...4 lines deleted...]
-  <si>
     <t>EC00202178028</t>
   </si>
   <si>
-    <t>- Pusat Penelitian Informatika</t>
-[...1 lines deleted...]
-  <si>
     <t>DATASET CITRA KLON DAUN TEH</t>
   </si>
   <si>
-    <t>Ade Ramdan ; Ana Heryana ; Dikdik Krisnandi ; Endang Suryawati ; Hilman Ferdinandus Pardede ; Oka Mahendra ; Raden Sandra Yuwana ; R. Budiarianto Suryo Kusumo ; Rico Dahlan ; Vitria Puspitasari Rahadi ; Fani Fauziah ; Heri Syahrian Khomaeni ; Dadan Rohdiana ; Vicky Zilvan S.Kom., M.T. ;</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202178029</t>
   </si>
   <si>
-    <t>DATASET CITRA PENYAKIT DAUN TEH</t>
-[...2 lines deleted...]
-    <t>EC00202178031</t>
+    <t>Monitoring Suhu Ruangan Antena dan Server Stasiun Bumi Menggunakan Perangkat IoT Berbasis Android</t>
+  </si>
+  <si>
+    <t>Arif Hidayat, Zainuddin, Muhammad Ihsan Azis, M. Sukron Kurniawan, Sutan Takdir Ali Munawar, Dedi Irawadi, Hidayat Gunawan, Ali Syahputra Nasution ;</t>
+  </si>
+  <si>
+    <t>Lembaga Penerbangan dan Antariksa Nasional (LAPAN)</t>
+  </si>
+  <si>
+    <t>2021-10-21</t>
+  </si>
+  <si>
+    <t>EC00202156600</t>
+  </si>
+  <si>
+    <t>- Stasiun Bumi Penginderaan Jauh Parepare</t>
   </si>
   <si>
     <t>Modul Perangkat Lunak Simulasi Pengkodean Konvolusi Rate 1/2 K = 7 Data Muatan Satelit LAPAN sesuai Standard CCSDS</t>
   </si>
   <si>
     <t>Widya Roza, Deddy El Amin, Ade Putri Septi Jayani, Eriko Nasemudin Nasser ;</t>
   </si>
   <si>
-    <t>Lembaga Penerbangan dan Antariksa Nasional (LAPAN)</t>
-[...4 lines deleted...]
-  <si>
     <t>EC00202156612</t>
   </si>
   <si>
     <t>- Pusat Teknologi Satelit</t>
   </si>
   <si>
+    <t>Modul Perangkat Lunak Simulasi Pengkodean Reed-Solomon (255,223) Data Muatan Satelit LAPAN sesuai Standard CCSDS</t>
+  </si>
+  <si>
+    <t>Eriko Nasemudin Nasser, Tri Mediansyah, Widya Roza, Rosza Madina ;</t>
+  </si>
+  <si>
+    <t>EC00202156613</t>
+  </si>
+  <si>
+    <t>Software Cloud Identification untuk Datacube Citra Landsat 8</t>
+  </si>
+  <si>
+    <t>Anis Kamilah Hayati, Wismu Sunarmodo ;</t>
+  </si>
+  <si>
+    <t>EC00202156603</t>
+  </si>
+  <si>
+    <t>- Pusat Teknologi dan Data Penginderaan Jauh</t>
+  </si>
+  <si>
     <t>Sistem Pengolahan Data Satelit Seri NOAA JPSS untuk Menghasilkan Produk Raster RGB secara Otomatis</t>
   </si>
   <si>
     <t>Karunika Diwyacitta, Andy Indradjad, Budhi Gustiandi ;</t>
   </si>
   <si>
     <t>EC00202156609</t>
   </si>
   <si>
-    <t>- Pusat Teknologi dan Data Penginderaan Jauh</t>
+    <t>Software Sistem Pengolahan Fusi Data Berbasis STARFM untuk Citra Very Hi-Resolution dengan Medium-Resolution Versi 1.0</t>
+  </si>
+  <si>
+    <t>Yohanes Fridolin Hestrio, Donna Monica, Yuvita Dian Safitri, Ayom Widipaminto ;</t>
+  </si>
+  <si>
+    <t>EC00202156604</t>
   </si>
   <si>
     <t>Software Download Data Sentinel-1 Otomatis (Versi 1.0)</t>
   </si>
   <si>
     <t>Haris Suka Dyatmika, Rahmat Arief, Andie Setiyoko, Novie Indriasari, Marendra Eko Budiono, Choirun Nisaa Rangkuti ;</t>
   </si>
   <si>
     <t>EC00202156605</t>
   </si>
   <si>
+    <t>Modul Konversi Produk Deteksi Banjir Hasil Pengolahan Data Satelit Seri NOAA JPSS</t>
+  </si>
+  <si>
+    <t>Olivia Maftukhaturrizqoh, Andy Indradjad, Budhi Gustiandi ;</t>
+  </si>
+  <si>
+    <t>EC00202156608</t>
+  </si>
+  <si>
     <t>Software Pengolahan ARD SAR Sentinel-1</t>
   </si>
   <si>
     <t>Rahmat Arief, Andie Setiyoko, Haris Suka Dyatmika, Rachmat Maulana, Marendra Eko Budiono, Qonita Amriyah, Steward Augusto ;</t>
   </si>
   <si>
     <t>EC00202156606</t>
   </si>
   <si>
-    <t>Modul Perangkat Lunak Simulasi Pengkodean Reed-Solomon (255,223) Data Muatan Satelit LAPAN sesuai Standard CCSDS</t>
-[...26 lines deleted...]
-    <t>- Stasiun Bumi Penginderaan Jauh Parepare</t>
+    <t>Modul Perhitungan SLA Pengolahan Data Satelit Suomi-NPP Berbasis Bash Shell</t>
+  </si>
+  <si>
+    <t>Budhi Gustiandi, Ahmad Maryanto ;</t>
+  </si>
+  <si>
+    <t>EC00202156602</t>
   </si>
   <si>
     <t>Sistem Embaran Maritim Berbasis Pengamatan dan Prediksi Model</t>
   </si>
   <si>
     <t>Candra Nur Ihsan, Suaydhi, Didi Satiadi ;</t>
   </si>
   <si>
     <t>EC00202156601</t>
   </si>
   <si>
     <t>- Pusat Sains dan Teknologi Atmosfer</t>
   </si>
   <si>
-    <t>Modul Perhitungan SLA Pengolahan Data Satelit Suomi-NPP Berbasis Bash Shell</t>
-[...23 lines deleted...]
-    <t>EC00202156604</t>
+    <t>Palm vein Recognition with DVHLBP algorithms</t>
+  </si>
+  <si>
+    <t>Dr. Dini Fronitasari, ST., M.T. ; Prof. Dr. Ir. Dadang Gunawan, M.Eng ; Kelik Budiana, S.Si., M.Kom., IPU ; Prof. Dr. Ir. Dadang Gunawan, M.Eng ; Kelik Budiana, S.Si., M.Kom., IPU ;</t>
+  </si>
+  <si>
+    <t>Badan Pengkajian dan Penerapan Teknologi (BPPT)</t>
+  </si>
+  <si>
+    <t>2021-08-18</t>
+  </si>
+  <si>
+    <t>EC00202139416</t>
+  </si>
+  <si>
+    <t>- Pusat Manajemen Informasi</t>
+  </si>
+  <si>
+    <t>Pengukuran Kapasitas Inovatif Daerah (Radar Inovasi Daerah)</t>
+  </si>
+  <si>
+    <t>Dr. Nimas Maninggar, ST, MT ; Dr. Ir. Iwan Sudrajat, MSEE ; Ir. Suhandojo, M.Si ; Zulfika Satria Kusharsanto, ST., M.Sc ; Dea Maulidya, S.Si ; Dr. Ir. Iwan Sudrajat, MSEE ; Ir. Suhandojo, M.Si ; Zulfika Satria Kusharsanto, ST., M.Sc ; Dea Maulidya, S.Si ;</t>
+  </si>
+  <si>
+    <t>EC00202139414</t>
+  </si>
+  <si>
+    <t>- Pusat Teknologi Kawasan Spesifik dan Sistem Inovasi</t>
   </si>
   <si>
     <t>Korpus Wicara ASR Medis</t>
   </si>
   <si>
     <t>Dr. Dipl. Ing. (FH) Asril Jarin, M.Sc ; Agung Santosa, BSEE., M.Kom ; Dr. M. Teduh Uliniansyah, B.Eng., M.Sc ; Ir. Gunarso ; Elvira Nurfadhilah, S.Kom., M.Kom ; Lyla Ruslana Aini, S.Kom ; Siska Pebiana, S.Kom ; Desiani, S.E ; Yuliawati ; Eduward Butarbutar ; Mohammad Nauval ; Sigit Prasetyo ; Lip Ahmad Syarip ; Dr. dr. Pribadi Wiranda Busro, Sp.BTKV (K) ; Agung Santosa, BSEE., M.Kom ; Dr. M. Teduh Uliniansyah, B.Eng., M.Sc ; Ir. Gunarso ; Elvira Nurfadhilah, S.Kom., M.Kom ; Lyla Ruslana Aini, S.Kom ; Siska Pebiana, S.Kom ; Desiani, S.E ; Yuliawati ; Eduward Butarbutar ; Mohammad Nauval ; Sigit Prasetyo ; Lip Ahmad Syarip ; Dr. dr. Pribadi Wiranda Busro, Sp.BTKV (K) ;</t>
   </si>
   <si>
-    <t>Badan Pengkajian dan Penerapan Teknologi (BPPT)</t>
-[...4 lines deleted...]
-  <si>
     <t>EC00202139415</t>
   </si>
   <si>
     <t>- Pusat Teknologi Informasi dan Komunikasi</t>
   </si>
   <si>
-    <t>Palm vein Recognition with DVHLBP algorithms</t>
-[...22 lines deleted...]
-  <si>
     <t>SONIK - Sistem Operasi Pengisian Kendaraan Listrik</t>
   </si>
   <si>
     <t>Prasetyo Aji, S.Si, M.Inf. ; Ir. Riza, M.Eng ; Dionysius Aldion Renata, S.Kom, M.Sc. ; Adisa Larasati, ST. ; Hafsah Halidah, ST, M.Sc. ; Ir. Ganesha Tri Chandrasa, M.Sc. ; Dr. Mohammad M. Sarinanto ; Dr. Khotimatul Fauziah, ST, MT ; Asih Kurniasari, ST, MT ; Yuli Astriani, ST, M.Phil ; Ir. Riza, M.Eng ; Dionysius Aldion Renata, S.Kom, M.Sc. ; Adisa Larasati, ST. ; Hafsah Halidah, ST, M.Sc. ; Ir. Ganesha Tri Chandrasa, M.Sc. ; Dr. Mohammad M. Sarinanto ; Dr. Khotimatul Fauziah, ST, MT ; Asih Kurniasari, ST, MT ; Yuli Astriani, ST, M.Phil ;</t>
   </si>
   <si>
     <t>2021-08-16</t>
   </si>
   <si>
     <t>EC00202139042</t>
   </si>
   <si>
     <t>- Balai Besar Teknologi Konversi Energi</t>
   </si>
   <si>
     <t>Firmware Onlimo OSS - Online Monitoring Kualitas Air</t>
   </si>
   <si>
-    <t>Heru Dwi Wahyono, B.Eng, M.Kom ; Muhammad Agus Salim, S.Si ; Muhammad Agus Salim, S.Si ;</t>
+    <t>Heru Dwi Wahjono ; Muhammad Agus Salim ; Heru Dwi Wahyono, B.Eng, M.Kom ; Muhammad Agus Salim, S.Si ; Muhammad Agus Salim, S.Si ;</t>
   </si>
   <si>
     <t>2021-08-12</t>
   </si>
   <si>
     <t>EC00202138297</t>
   </si>
   <si>
+    <t>BPPT, Pusat Teknologi Lingkungan</t>
+  </si>
+  <si>
+    <t>Tsunami Detection v1.0</t>
+  </si>
+  <si>
+    <t>Willy Dharmawan, ST., M.Eng ; Beti Tuntari, S.Kom ; Dr. Dipl. Ing. Michael Andreas Purwoadi, DEA ; Dipl. Ing. Wayan Wira Yogantara ; Dr. Sasono Rahardjo, B.Eng, M.Eng ; Ir. I Made Astawa, M.Kom ; Dipl. Ing. Fachri Renaldy ; Himawan Indra Bayu, S.Kom ; Sakinah Puspa Anggraeni, S.Tr.T ; Rifki Firdaus, S.T ; Amalia Irma Nurwidya, S.T ; Leli Lailatul Jannah, S.ST ; Toto Bachtiar Palokoto, S.S.T ; Teguh Handoyo, S.Si., M.Si ; Abriansyah Arisoni, S.Si. ; Beti Tuntari, S.Kom ; Dr. Dipl. Ing. Michael Andreas Purwoadi, DEA ; Dipl. Ing. Wayan Wira Yogantara ; Dr. Sasono Rahardjo, B.Eng, M.Eng ; Ir. I Made Astawa, M.Kom ; Dipl. Ing. Fachri Renaldy ; Himawan Indra Bayu, S.Kom ; Sakinah Puspa Anggraeni, S.Tr.T ; Rifki Firdaus, S.T ; Amalia Irma Nurwidya, S.T ; Leli Lailatul Jannah, S.ST ; Toto Bachtiar Palokoto, S.S.T ; Teguh Handoyo, S.Si., M.Si ; Abriansyah Arisoni, S.Si. ;</t>
+  </si>
+  <si>
+    <t>2021-06-02</t>
+  </si>
+  <si>
+    <t>EC00202125714</t>
+  </si>
+  <si>
+    <t>- Pusat Teknologi Elektronika</t>
+  </si>
+  <si>
+    <t>Software Sistem Otomatisasi Pengolahan Cloud Mask, Haze Removal, Orthorektifikasi dengan Metadata dan Koreksi Atmosfer untuk Citra Very Hi-Resolution dan Medium Resolution Versi 1.0</t>
+  </si>
+  <si>
+    <t>2021-04-26</t>
+  </si>
+  <si>
+    <t>EC00202121269</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Antarmuka Star Sensor Satelit LAPAN-A4 (STELLAR)</t>
+  </si>
+  <si>
+    <t>Muhammad Taufik, Deddy El Amin, Muhammad Arif Saifudin, Mohammad Farid Huzain, Mochamad Riva'i, Puji Rianto ;</t>
+  </si>
+  <si>
+    <t>EC00202121276</t>
+  </si>
+  <si>
+    <t>Modul Pengelolaan Data Rawdata Satelit NOAA-20 Berbasis Bash Shell</t>
+  </si>
+  <si>
+    <t>EC00202121332</t>
+  </si>
+  <si>
+    <t>Program Otomatisasi Informasi Potensi Banjir Harian Berbasis Data Himawari 8</t>
+  </si>
+  <si>
+    <t>Anwar Annas, Mohammad Ardha, Ahmad Sutanto, Aby Al Khudri, Rahmadi ;</t>
+  </si>
+  <si>
+    <t>EC00202121301</t>
+  </si>
+  <si>
+    <t>- Pusat Pemanfaatan Penginderaan Jauh</t>
+  </si>
+  <si>
+    <t>Software Sistem Informasi Kinerja TTC Stasiun Bumi dan Pendukung Operasi Satelit LAPAN</t>
+  </si>
+  <si>
+    <t>Dicka Ariptian Rahayu, Nurrochman Ferdiansyah, Muazam Nugroho, Nova Maras Nurul Khamsah, Ahmad Zammir Ribah, Ahmedi Asraf, Sony DwI Harsono ;</t>
+  </si>
+  <si>
+    <t>EC00202121342</t>
+  </si>
+  <si>
+    <t>Program Modul Semi Otomatis Informasi Potensi Banjir Harian Berbasis Data Himawari 8 Menggunakan QGIS Processing Modeler</t>
+  </si>
+  <si>
+    <t>Ahmad Sutanto, Mohammad Ardha, Anwar Annas, Aby Al Khudri, Rahmadi ;</t>
+  </si>
+  <si>
+    <t>EC00202121296</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Antarmuka Digital Sun Sensor</t>
+  </si>
+  <si>
+    <t>Muhammad Taufik, Deddy El Amin, Muhammad Arif Saifudin, Mohammad Farid Huzain, Mochamad Riva'i ;</t>
+  </si>
+  <si>
+    <t>EC00202121277</t>
+  </si>
+  <si>
+    <t>Program Aplikasi "Platform Digital Service Kebencanaan Berbasis Web"</t>
+  </si>
+  <si>
+    <t>Muhammad Priyatna, Silvan Anggia Bayu Setia Permana, Taufik Hidayat, M. Rokhis Khomarudin, Bayulodie Vallianto, Reno Ogestro ;</t>
+  </si>
+  <si>
+    <t>EC00202121337</t>
+  </si>
+  <si>
+    <t>Aplikasi SISKONAWAS</t>
+  </si>
+  <si>
+    <t>Aditya Nursyahbani, S.SI. ; Novi Turniawati, S.Kom., M.M. ; Supriana Suwanda S.Kom., M.Kom.Ph.D ; Hayuning Titi Karsanti, S.Kom.,M.Eng. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Dhika Rizki Anbiya, S.Kom, M.T ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Cahyono Nugroho, S.Kom. ; Arif Cahyono Dwi Nugroho, S.Si. ; Ronal, S.T. ; Ilham Rahmat Kurnia, S.T. ; Andri Saputra, S.Kom. ; Dani Ramdani, S.Kom., M.T. ; Sri Ayu Alfiani, S.E., M.Ak. ; Tarsono ; Ir. Jojo Syahrianto, MM ; Kelik Budiana, S.Si, M. Kom ; Ir. Makmuri, M.M. ; Ditya Gumilar, S. Kom ; Ario Dipoyono, S.E, MM ; Novi Turniawati, S.Kom., M.M. ; Supriana Suwanda S.Kom., M.Kom.Ph.D ; Hayuning Titi Karsanti, S.Kom.,M.Eng. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Dhika Rizki Anbiya, S.Kom, M.T ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Cahyono Nugroho, S.Kom. ; Arif Cahyono Dwi Nugroho, S.Si. ; Ronal, S.T. ; Ilham Rahmat Kurnia, S.T. ; Andri Saputra, S.Kom. ; Dani Ramdani, S.Kom., M.T. ; Sri Ayu Alfiani, S.E., M.Ak. ; Tarsono ; Ir. Jojo Syahrianto, MM ; Kelik Budiana, S.Si, M. Kom ; Ir. Makmuri, M.M. ; Ditya Gumilar, S. Kom ; Ario Dipoyono, S.E, MM ;</t>
+  </si>
+  <si>
+    <t>2021-03-09</t>
+  </si>
+  <si>
+    <t>EC00202114881</t>
+  </si>
+  <si>
+    <t>- Balai Jaringan Informasi dan Komunikasi</t>
+  </si>
+  <si>
+    <t>Aplikasi SIMBSL2</t>
+  </si>
+  <si>
+    <t>Novi Turniawati, S.Kom., M.M. ; Arief Sartono, B.Sc., M.M. ; Aditya Nursyahbani, S.SI. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Hayuning Titi Karsanti, S.Kom., M.Eng. ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Samsudiat, S.T. ; Rahmat Nur Azzis, S.Kom. ; Maman Firmansyah, S.E. ; Tarsono. ; Frederik Raimond R, S.E. ; Sri Ayu Alfiani, S.E., M.Ak. ; Dani Ramdani, S.Kom., M.T. ; Andika Dian Nugraha, S.T. ; Almuchlisin, S.T. ; Sri Widayati ; Arief Sartono, B.Sc., M.M. ; Aditya Nursyahbani, S.SI. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Hayuning Titi Karsanti, S.Kom., M.Eng. ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Samsudiat, S.T. ; Rahmat Nur Azzis, S.Kom. ; Maman Firmansyah, S.E. ; Tarsono. ; Frederik Raimond R, S.E. ; Sri Ayu Alfiani, S.E., M.Ak. ; Dani Ramdani, S.Kom., M.T. ; Andika Dian Nugraha, S.T. ; Almuchlisin, S.T. ; Sri Widayati ;</t>
+  </si>
+  <si>
+    <t>2021-02-25</t>
+  </si>
+  <si>
+    <t>EC00202113076</t>
+  </si>
+  <si>
+    <t>Aplikasi Charging Proxy v1.0</t>
+  </si>
+  <si>
+    <t>Ing. Afrias Sarotama, M.Sc. ; Dwidharma Priyasta, B.Eng., M.Sc. ; Dr. Dipl-Ing. Michael Andreas Purwoadi, DEA. ; Dr. Yudi Purwantoro. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Beti Tuntari, S.Kom. ; Fito Wigunanto, M.Eng. ; Wahyu Cesar, S.Si ; Eka Setianingsih, S.T. ; Ir. Yanti Susanthi, M.Sc. ; Widyanti, S.P. ; Edhi Purnomo, B.Eng. ; Firson Satriasta ; Dwidharma Priyasta, B.Eng., M.Sc. ; Dr. Dipl-Ing. Michael Andreas Purwoadi, DEA. ; Dr. Yudi Purwantoro. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Beti Tuntari, S.Kom. ; Fito Wigunanto, M.Eng. ; Wahyu Cesar, S.Si ; Eka Setianingsih, S.T. ; Ir. Yanti Susanthi, M.Sc. ; Widyanti, S.P. ; Edhi Purnomo, B.Eng. ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>2021-02-22</t>
+  </si>
+  <si>
+    <t>EC00202112407</t>
+  </si>
+  <si>
+    <t>Aplikasi Sistem Manajemen Surat-menyurat (SMS)</t>
+  </si>
+  <si>
+    <t>Natalia Tumba Bine ; Juliansyah ; Sudarmadi ; Juliansyah ; Hendrarto Hermanoe ; Hendrarto Hermanoe ; Natalia Tumba Bine ;</t>
+  </si>
+  <si>
+    <t>2021-02-18</t>
+  </si>
+  <si>
+    <t>EC00202111957</t>
+  </si>
+  <si>
+    <t>- Balai Besar Teknologi Kekuatan Struktur</t>
+  </si>
+  <si>
+    <t>Aplikasi Sistem Informasi Layanan Teknologi (Siyanti)</t>
+  </si>
+  <si>
+    <t>Sudarmadi ; Juliansyah ; Rohadi ; Natalia Tumba Bine ; Juliansyah ; Rohadi ; Natalia Tumba Bine ;</t>
+  </si>
+  <si>
+    <t>EC00202111962</t>
+  </si>
+  <si>
+    <t>Desain Programmable Logic Controller Mesin Bubut CNC 5,5 kW</t>
+  </si>
+  <si>
+    <t>Ir. Nasril, M.T ; Ahmad Musthofa, S.T., M.T ; Dr. Ir. Barman Tambunan, M.Sc ; Ir. Teddy Alhady Lubis, M.Eng ; Ir. Rudias Harmadi, M.T ; Dr. Cuk Supriyadi Ali Nandar, S.T., M.Eng ; Galuh Prihantoro, S.T., M.T ; Mochamad Adityo Rachmadi, S.T ; Nuril Aditya Dewi, S.T ; Fuad Muhammad Ibrahim. S.T ; Ahmad Musthofa, S.T., M.T ; Dr. Ir. Barman Tambunan, M.Sc ; Ir. Teddy Alhady Lubis, M.Eng ; Ir. Rudias Harmadi, M.T ; Dr. Cuk Supriyadi Ali Nandar, S.T., M.Eng ; Galuh Prihantoro, S.T., M.T ; Mochamad Adityo Rachmadi, S.T ; Nuril Aditya Dewi, S.T ; Fuad Muhammad Ibrahim. S.T ;</t>
+  </si>
+  <si>
+    <t>2021-02-06</t>
+  </si>
+  <si>
+    <t>EC00202125713</t>
+  </si>
+  <si>
+    <t>- Balai Teknologi Mesin Perkakas, Produksi, dan Otomasi</t>
+  </si>
+  <si>
+    <t>Sistem Edukasi Penerbangan dan Antariksa Berbasis Android (Edu Hub LAPAN)</t>
+  </si>
+  <si>
+    <t>Unggul Satrio Yudhotomo, Bina Pratomo ;</t>
+  </si>
+  <si>
+    <t>2020-12-24</t>
+  </si>
+  <si>
+    <t>EC00202072791</t>
+  </si>
+  <si>
+    <t>- Balai Uji Teknologi dan Pengamatan Antariksa dan Atmosfer Garut</t>
+  </si>
+  <si>
+    <t>Peta Rekomendasi Alokasi Karamba Jaring Apung di Danau Toba</t>
+  </si>
+  <si>
+    <t>Arianto Budi Santoso ; Hadiid Agita Rustini ; Iwan Ridwansyah ; Astried Sunaryani ; Eko Harsono ;</t>
+  </si>
+  <si>
+    <t>2020-12-21</t>
+  </si>
+  <si>
+    <t>EC00202064771</t>
+  </si>
+  <si>
+    <t>- Pusat Penelitian Limnologi</t>
+  </si>
+  <si>
+    <t>Aplikasi Android untuk Smart Innovated Ventilator Indonesia (SI-Venesia)</t>
+  </si>
+  <si>
+    <t>Budi Prawara ; Dadin Mahmudin ; Dayat Kurniawan ; Deni Permana Kurniadi ; Eko Joni Pristianto ; Erry Dwi Kurniawan ; Hana Arisesa ; Pamungkas Daud ; Hery Soepriyadi ;</t>
+  </si>
+  <si>
+    <t>EC00202064772</t>
+  </si>
+  <si>
+    <t>- Pusat Penelitian Elektronika dan Telekomunikasi</t>
+  </si>
+  <si>
+    <t>Otomatisasi Perhitungan Luas Tingkat Kehijauan Vegetasi untuk Informasi Kekeringan per Kabupaten/Kota Wilayah Indonesia</t>
+  </si>
+  <si>
+    <t>Khalifah Insan Nur Rahmi, Jalu Tejo Nugroho, Indah Prasasti, Sri Harini, Johannes Manalu ;</t>
+  </si>
+  <si>
+    <t>2020-12-14</t>
+  </si>
+  <si>
+    <t>EC00202059306</t>
+  </si>
+  <si>
+    <t>Otomatisasi Pengolahan Standardized Precipitation Index (SPI) untuk Deteksi Kekeringan di Wilayah Indonesia</t>
+  </si>
+  <si>
+    <t>Jalu Tejo Nugroho, Galdita Aruba Chulafak, Atriyon Julzarika, Suwarsono, Argo Galih Suhadha, Rudi Budi Agung ;</t>
+  </si>
+  <si>
+    <t>EC00202059305</t>
+  </si>
+  <si>
+    <t>Software Registrasi Data Penginderaan Jauh untuk Penyimpanan Bank Data Penginderaan Jauh Versi 1.0</t>
+  </si>
+  <si>
+    <t>Yohanes Fridolin Hestrio, Destriyanti Hutapea, Anis Kamilah Hayati, Muchamad Muchlis, Ayom Widipaminto ;</t>
+  </si>
+  <si>
+    <t>EC00202059287</t>
+  </si>
+  <si>
+    <t>Software Deteksi Awan dengan Menggunakan K-Means yang Dimodifikasi dan Convolution Neural Network untuk Citra Satelit SPOT 6/7 (Versi 1.0)</t>
+  </si>
+  <si>
+    <t>Yudhi Prabowo, Danang Surya Candra, Budhi Gustiandi, Randy Prima Brahmantara, Haris Suka Dyatmika ;</t>
+  </si>
+  <si>
+    <t>EC00202059375</t>
+  </si>
+  <si>
+    <t>Software Pansharpen dengan Menggunakan Invers Fungsi Sebaran Titik (Versi 1.0)</t>
+  </si>
+  <si>
+    <t>Danang Surya Candra, Randy Prima Brahmantara, Yudhi Prabowo, Liana Fibriawati, Sukentyas Estuti Siwi, Hendayani, Dianovita, Choirun Nisaa Rangkuti, D. Heri Yuli Sulyantara, Yohanes Fridolin Hestrio, Andie Setiyoko ;</t>
+  </si>
+  <si>
+    <t>EC00202059374</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Command Telemetry Line Scanner Imager Satelit LAPAN-A4</t>
+  </si>
+  <si>
+    <t>Gafur Hasan Zam Bahari, A. Hadi Syafrudin, Rommy Hartono, Dede Ardianto, M. Arif Saifudin, Rakhmad Yatim ;</t>
+  </si>
+  <si>
+    <t>2020-12-12</t>
+  </si>
+  <si>
+    <t>EC00202058953</t>
+  </si>
+  <si>
+    <t>Program Android "Konfigurator dan Akuisisi Data Housekeeping User Terminal"</t>
+  </si>
+  <si>
+    <t>Bina Pratomo, Dwiyanto, Iwan Faizal, Ade Putri Septi Jayani, Aulia Haque Qonita, ;</t>
+  </si>
+  <si>
+    <t>EC00202058951</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Command Telemetry Transmitter Satelit LAPAN A4</t>
+  </si>
+  <si>
+    <t>Gafur Hasan Zam Bahari, A. Hadi Syafrudin, Widya Rosza ;</t>
+  </si>
+  <si>
+    <t>EC00202058952</t>
+  </si>
+  <si>
+    <t>Software Peletus Balon Atmosfer</t>
+  </si>
+  <si>
+    <t>Rachmat Sunarya, Soni Aulia Rahayu, Edy Maryadi, Listi Restu Triani ;</t>
+  </si>
+  <si>
+    <t>2020-12-11</t>
+  </si>
+  <si>
+    <t>EC002020058475</t>
+  </si>
+  <si>
+    <t>Software Pemutus Tali Balon Atmosfer</t>
+  </si>
+  <si>
+    <t>Rachmat Sunarya, Soni Aulia Rahayu, Edy Maryadi, Christine Cecylia Munthe ;</t>
+  </si>
+  <si>
+    <t>EC00202058474</t>
+  </si>
+  <si>
+    <t>Charge Point Payment v1.0</t>
+  </si>
+  <si>
+    <t>Dwidharma Priyasta, B.Eng., M.Sc. ; Beti Tuntari, S.Kom. ; Dr. Dipl-Ing. Michael Andreas Purwoadi, DEA. ; Dr. Yudi Purwantoro ; Wahyu Cesar, S.Si. ; Eka Setianingsih, S.T. ; Fito Wigunanto, M.Eng. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Widyanti, S.P. ; Ir. Yanti Susanthi, M.Sc. ; Edhi Purnomo, B.Eng. ; Firson Satriasta ; Beti Tuntari, S.Kom. ; Dr. Dipl-Ing. Michael Andreas Purwoadi, DEA. ; Dr. Yudi Purwantoro ; Wahyu Cesar, S.Si. ; Eka Setianingsih, S.T. ; Fito Wigunanto, M.Eng. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Widyanti, S.P. ; Ir. Yanti Susanthi, M.Sc. ; Edhi Purnomo, B.Eng. ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>2020-11-10</t>
+  </si>
+  <si>
+    <t>EC00202047916</t>
+  </si>
+  <si>
+    <t>Aplikasi SIMAL (Sistem Manajemen Aset Laboratorium) BBTA3</t>
+  </si>
+  <si>
+    <t>Arizal Akbar Zikri, S.T. ; Syariefatunnisa, S.T. ; Shabrina Leksono, S.T. ; Dimas Sangaji, S.T. ; Ilham Akbar Adi Satriya, S.T. ; Ir. Muhammad Taufiq ; Hetty Novianti, S.Si ; Syariefatunnisa, S.T. ; Shabrina Leksono, S.T. ; Dimas Sangaji, S.T. ; Ilham Akbar Adi Satriya, S.T. ; Ir. Muhammad Taufiq ; Hetty Novianti, S.Si ;</t>
+  </si>
+  <si>
+    <t>EC00202047913</t>
+  </si>
+  <si>
+    <t>- Balai Besar Teknologi Aerodinamika, Aeroelastika, dan Aeroakustika</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Kalibrasi Terowongan Angin Subsonik</t>
+  </si>
+  <si>
+    <t>Jefri Abner Hamonangan, Muhammad Fajar, Sinung Tirtha Pinindriya, Arfan Fajrin ;</t>
+  </si>
+  <si>
+    <t>2020-11-04</t>
+  </si>
+  <si>
+    <t>EC00202046466</t>
+  </si>
+  <si>
+    <t>- Pusat Teknologi Penerbangan</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Command dan Penyimpanan Data Inertial Measurement Unit 6 Axis</t>
+  </si>
+  <si>
+    <t>Gafur Hasan Zam Bahari, A. Hadi Syafrudin, Eriko Nasemudin Nasser, Rise Hapshary Surayuda ;</t>
+  </si>
+  <si>
+    <t>EC00202046473</t>
+  </si>
+  <si>
+    <t>Sistem Ekstraksi dan Plotting Hasil DATCOM Berbasis Octave</t>
+  </si>
+  <si>
+    <t>Ardian Rizaldi ;</t>
+  </si>
+  <si>
+    <t>EC00202046470</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Sistem Pemantauan Maritim</t>
+  </si>
+  <si>
+    <t>Prasetyo Ardi Probo Suseno, Seno Sahisnu, Try Kusuma Wardana, Adi Wirawan, Gunawan Setyo Prabowo ;</t>
+  </si>
+  <si>
+    <t>EC00202046468</t>
+  </si>
+  <si>
+    <t>Sistem Status Kelaikudaraan Pesawat Udara</t>
+  </si>
+  <si>
+    <t>Abdul Aziz, Danartomo Kusumoaji, Hartono, Ildefonsa Anna Fransiska Nahak, Abdul Rohman, Irma Rismayanti, Aries Asrianto Ramadian, Ari Sugeng Budiyanta, Rudi Choirul Anwar, Gunawan Setyo Prabowo, Agus Bayu Utama ;</t>
+  </si>
+  <si>
+    <t>EC00202046467</t>
+  </si>
+  <si>
+    <t>Software Pengolahan Data Citra Multitemporal Landsat-8 Versi 2.0: Pembuatan Citra Tile Based Mosaic (TBM)</t>
+  </si>
+  <si>
+    <t>Ratih Dewanti, Kustiyo, Kuncoro Adi Pradono, Hendayani, Danang Surya Candra, Fadilla Muchsin, Dianovita, Kurnia Ulfa, Kiki Winda V., Liana Fibriawati, Masnita Indria ;</t>
+  </si>
+  <si>
+    <t>2020-11-02</t>
+  </si>
+  <si>
+    <t>EC00202045661</t>
+  </si>
+  <si>
+    <t>Software Registrasi Data Citra Inderaja ke Sistem Bank Data Penginderaan Jauh Nasional (BDPJN) Versi 2.0</t>
+  </si>
+  <si>
+    <t>Riyan Mahendra Saputra, Randy Prima Brahmantara, Kartika Eka Yanindra, Emalia Efendi ;</t>
+  </si>
+  <si>
+    <t>EC00202045724</t>
+  </si>
+  <si>
+    <t>Software Mosaik Citra SPOT 6 dan 7 Segmentbase Versi 2.0</t>
+  </si>
+  <si>
+    <t>Randy Prima Brahmantara, D. Heri Yuli Sulyantara, Kustiyo, Kurnia Ulfa ;</t>
+  </si>
+  <si>
+    <t>EC00202045721</t>
+  </si>
+  <si>
+    <t>e-Layanan Sains COVID-19</t>
+  </si>
+  <si>
+    <t>Furqon Hensan Muttaqien ; Rifki Sadikin ; Syam Budi Iryanto ; Wahyu Setyo Prabowo ;</t>
+  </si>
+  <si>
+    <t>2020-10-15</t>
+  </si>
+  <si>
+    <t>EC00202040684</t>
+  </si>
+  <si>
+    <t>2020-11-15</t>
+  </si>
+  <si>
+    <t>Aplikasi Pendaftaran Himperindo</t>
+  </si>
+  <si>
+    <t>Amrullah Kamaruddin ; Yudha Wahyu Prasetia ; Yufan Amri ; Firnas Nadirman ; Achmad Kamil ; Adi Suryanto ; I Nyoman Jujur ; Ramatun Anggraini Kiemas ; Amita Indah Sitomurni ; Puji Astuti ; Budi Setiadi Sadikin ; Suhendar Indrakusmaya ; Yudha Wahyu Prasetia ; Yufan Amri ; Firnas Nadirman ; Achmad Kamil ; Adi Suryanto ; I Nyoman Jujur ; Ramatun Anggraini Kiemas ; Amita Indah Sitomurni ; Puji Astuti ; Budi Setiadi Sadikin ; Suhendar Indrakusmaya ;</t>
+  </si>
+  <si>
+    <t>2020-10-14</t>
+  </si>
+  <si>
+    <t>EC00202040001</t>
+  </si>
+  <si>
+    <t>- Pusat Pembinaan, Pendidikan dan Pelatihan</t>
+  </si>
+  <si>
+    <t>Simple OCPP v1.6 Charge Point Simulator</t>
+  </si>
+  <si>
+    <t>Dwidharma Priyasta, B.Eng., M.Sc. ; Fito Wigunanto, M.Eng. ; Dr. Yudi Purwantoro ; Ing. Afrias Sarotama, M.Sc. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Widyanti, S.P., Wahyu Cesar, S.Si. ; Beti Tuntari, S.Kom. ; Eka Setianingsih, S.T. ; Ir. Yanti Susanthi, M.Sc. ; Edhi Purnomo, B.Eng. ; Firson Satriasta ; Fito Wigunanto, M.Eng. ; Dr. Yudi Purwantoro ; Ing. Afrias Sarotama, M.Sc. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Widyanti, S.P., Wahyu Cesar, S.Si. ; Beti Tuntari, S.Kom. ; Eka Setianingsih, S.T. ; Ir. Yanti Susanthi, M.Sc. ; Edhi Purnomo, B.Eng. ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>EC00202040008</t>
+  </si>
+  <si>
+    <t>Charge Point Payment Kiosk v1.0</t>
+  </si>
+  <si>
+    <t>Dwidharma Priyasta, B.Eng., M.Sc. ; Beti Tuntari, S.Kom. ; Dr. Yudi Purwantoro ; Wahyu Cesar, S.Si. ; Eka Setianingsih, S.T. ; Fito Wigunanto, M.Eng. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Widyanti, S.P. ; Ir. Yanti Susanthi, M.Sc. ; Edhi Purnomo, B.Eng. ; Firson Satriasta ; Beti Tuntari, S.Kom. ; Dr. Yudi Purwantoro ; Wahyu Cesar, S.Si. ; Eka Setianingsih, S.T. ; Fito Wigunanto, M.Eng. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Widyanti, S.P. ; Ir. Yanti Susanthi, M.Sc. ; Edhi Purnomo, B.Eng. ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>EC00202040038</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pengendali Antena Penjejak Satelit Orbit Rendah</t>
+  </si>
+  <si>
+    <t>Agus Herawan, Mohammad Mukhayadi, Rinto Andri Wiendiarto, Rifki Ardinal, Supia ;</t>
+  </si>
+  <si>
+    <t>2020-10-09</t>
+  </si>
+  <si>
+    <t>EC00202038917</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Interface Motor Stepper Satelit LAPAN-A4</t>
+  </si>
+  <si>
+    <t>Adelia Revani Sastaviyana, Deddy El Amin, Rommy Hartono, A. Hadi Syafrudin, Dede Ardianto, Mohammad Farid Huzain, Muhammad Arif Saifudin ;</t>
+  </si>
+  <si>
+    <t>EC00202038933</t>
+  </si>
+  <si>
+    <t>Software Pemantau Muatan Balon Atmosfer</t>
+  </si>
+  <si>
+    <t>Asif Awaludin, Ginaldi Ari Nugroho, Tiin Sinatra, Atep Radiana ;</t>
+  </si>
+  <si>
+    <t>2020-09-30</t>
+  </si>
+  <si>
+    <t>EC00202036764</t>
+  </si>
+  <si>
+    <t>Aplikasi Satellite-based Disaster Early Warning System (SADEWA)</t>
+  </si>
+  <si>
+    <t>Didi Satiadi, Teguh Harjana, Farid Lasmono. Ibnu Fathrio, Risyanto, Aisya Nafiisyanti, Edy Maryadi ;</t>
+  </si>
+  <si>
+    <t>EC00202036770</t>
+  </si>
+  <si>
+    <t>Software Pemantau Konsentrasi CO2 Permukaan</t>
+  </si>
+  <si>
+    <t>Asif Awaludin, Ginaldi Ari Nugroho, Tiin Sinatra, Afif Budiyono ;</t>
+  </si>
+  <si>
+    <t>EC00202036766</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Hujan Spasial Berbasis Radar X-Band</t>
+  </si>
+  <si>
+    <t>Candra Nur Ihsan, Ginaldi Ari Nugroho, Tiin Sinatra, Asif Awaludin ;</t>
+  </si>
+  <si>
+    <t>EC00202036769</t>
+  </si>
+  <si>
+    <t>Program Modul Semi Otomatis Informasi Potensi Longsor Harian Berbasis Data Himawari 8 Menggunakan QGIS Processing Modeler</t>
+  </si>
+  <si>
+    <t>Ahmad Sutanto, Mohammad Ardha, Anwar Annas, Aby Alkhudri, Rahmadi ;</t>
+  </si>
+  <si>
+    <t>2020-08-29</t>
+  </si>
+  <si>
+    <t>EC00202029979</t>
+  </si>
+  <si>
+    <t>Sistem Pengolahan Data Satelit Seri NOAA JPSS untuk Menghasilkan Produk Deteksi Banjir Secara Otomatis</t>
+  </si>
+  <si>
+    <t>Budhi Gustiandi, Andy Indradjad ;</t>
+  </si>
+  <si>
+    <t>2020-08-28</t>
+  </si>
+  <si>
+    <t>EC00202029821</t>
+  </si>
+  <si>
+    <t>Sistem Pencari Data Citra Satelit LAPAN</t>
+  </si>
+  <si>
+    <t>Agus Herawan, Patria Rachman Hakim, Sartika Salas, Agung Wahyudiono, Ega Asti Anggari, Muhammad Riza Fakhlevi, Bambang Sigit Pamadi ;</t>
+  </si>
+  <si>
+    <t>EC00202029852</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pengolah Raw Data SpaceCam LAPAN-A2</t>
+  </si>
+  <si>
+    <t>Kamirul, Sartika Salaswati, Astriany Noer, Bambang Sigit Pamadi, Rosza Madina, A. Hadi Syafrudin, Wahyudi Hasbi ;</t>
+  </si>
+  <si>
+    <t>EC00202029887</t>
+  </si>
+  <si>
+    <t>Program Otomatisasi Informasi Potensi Longsor Harian Berbasis Data Himawari 8</t>
+  </si>
+  <si>
+    <t>Anwar Annas, Mohammad Ardha, Ahmad Sutanto, Aby Alkhudri, Rahmadi ;</t>
+  </si>
+  <si>
+    <t>EC00202029899</t>
+  </si>
+  <si>
+    <t>BPPT Charge Point Configuration Settings v1.0</t>
+  </si>
+  <si>
+    <t>Dwidharma Priyasta, B.Eng., M.Sc. ; Fito Wigunanto, M.Eng. ; Dr. Yudi Purwantoro ; Ing. Afrias Sarotama, M.Sc. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Widyanti, S.P. ; Wahyu Cesar, S.Si. ; Beti Tuntari, S.Kom. ; Eka Setianingsih, S.T. ; Ir. Yanti Susanthi, M.Sc. ; Edhi Purnomo, B.Eng. ; Firson Satriasta. ; Fito Wigunanto, M.Eng. ; Dr. Yudi Purwantoro ; Ing. Afrias Sarotama, M.Sc. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Widyanti, S.P. ; Wahyu Cesar, S.Si. ; Beti Tuntari, S.Kom. ; Eka Setianingsih, S.T. ; Ir. Yanti Susanthi, M.Sc. ; Edhi Purnomo, B.Eng. ; Firson Satriasta. ;</t>
+  </si>
+  <si>
+    <t>2020-08-27</t>
+  </si>
+  <si>
+    <t>EC00202029615</t>
+  </si>
+  <si>
+    <t>BPPT Minutiae Viewer : program pembaca minutiae sidik jari berdasarkan ISO/IEC 19794-2:2005</t>
+  </si>
+  <si>
+    <t>Dr. Dipl. Ing. Michael Andreas Purwoadi, DEA ; Dr. Anto Satriyo Nugroho, B.Eng, M.Eng. ; Rully Kusumajaya, S.Kom ; Yuki Istianto, S.Kom., M.Sc. ; Rachmawan Atmaji Perdana, S.Kom. ; Elvira Nurfadhilah, S.Komp, M.Kom. ; Nurdianti Rizki Hapsari, S.Si., M.Sc. ; Ir. Eka Wibowo ; Miranti Jatnika Riski, S.Kom ; Gembong Satrio Wibowanto, M.Sc. ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom. ; Ir. Vitria Pragesjvara ; Dipl. Ing. Meidy Layooari ; Maratul Hamidah, S.T., M.T ; Mohammad Hamdani, S.T., M.TI ; Firson Satriasta. ; Dr. Anto Satriyo Nugroho, B.Eng, M.Eng. ; Rully Kusumajaya, S.Kom ; Yuki Istianto, S.Kom., M.Sc. ; Rachmawan Atmaji Perdana, S.Kom. ; Elvira Nurfadhilah, S.Komp, M.Kom. ; Nurdianti Rizki Hapsari, S.Si., M.Sc. ; Ir. Eka Wibowo ; Miranti Jatnika Riski, S.Kom ; Gembong Satrio Wibowanto, M.Sc. ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom. ; Ir. Vitria Pragesjvara ; Dipl. Ing. Meidy Layooari ; Maratul Hamidah, S.T., M.T ; Mohammad Hamdani, S.T., M.TI ; Firson Satriasta. ;</t>
+  </si>
+  <si>
+    <t>EC00202029616</t>
+  </si>
+  <si>
+    <t>Aplikasi Android Untuk Smart Low Cost UV-C Sanitizer Dengan Nama Si-SUSan</t>
+  </si>
+  <si>
+    <t>Budi Prawara ; Dayat Kurniawan ; Eko Joni Pristianto ; Yusuf Nur Wijayanto ;</t>
+  </si>
+  <si>
+    <t>2020-08-25</t>
+  </si>
+  <si>
+    <t>EC00202029169</t>
+  </si>
+  <si>
+    <t>Portal Elektronik Udang Vaname</t>
+  </si>
+  <si>
+    <t>Dadan Ridwan Saleh ; Dr.Tr. Lindung Parningotan Manik ; Zaenal Akbar ; Tenny Apriliani ; Lathifatul Rosyidah ; Rismutia Hayu Deswati ; Bayu Vita Indah Yanti ; Asnawi Saman ; Risna Yusuf ; Achmad Zamroni ; Hani Febri Mustika M.Cs. ;</t>
+  </si>
+  <si>
+    <t>2020-08-12</t>
+  </si>
+  <si>
+    <t>EC00202027539</t>
+  </si>
+  <si>
+    <t>Pantau Covid 19 : "Sistem Aplikasi Mobile Pemantauan dan Pencegahan Penyebaran Covid-19"</t>
+  </si>
+  <si>
+    <t>Dr. Dipl. Ing. Michael Andreas Purwoadi, DEA ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom. ; Dr. Dipl. Ing (FH) Asril, M.Sc. ; Agung Santosa, BSEE, M.Kom. ; Yuki Istianto, S.Kom., M.Sc. ; Rully Kusumajaya, S.Kom. ; Insan Ramadhan, S.T. ; Dewi Suci Rafianti, S.Kom. ; Mohammad Hamdani, S.T., M.TI ; Agung Nugroho, S.Kom. ; Nurdianti Rizki Hapsari, S.Si., M.Sc. ; Siska Pebiana, S.Kom. ; Karina Mayasita Handoyo, S.Kom., M.T. ; Muhammad Rafi Juliansyah, S.T. ; Maesa Maziah Sya'bani, S.T. ; Ihsan Nugraha, S.T. ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom. ; Dr. Dipl. Ing (FH) Asril, M.Sc. ; Agung Santosa, BSEE, M.Kom. ; Yuki Istianto, S.Kom., M.Sc. ; Rully Kusumajaya, S.Kom. ; Insan Ramadhan, S.T. ; Dewi Suci Rafianti, S.Kom. ; Mohammad Hamdani, S.T., M.TI ; Agung Nugroho, S.Kom. ; Nurdianti Rizki Hapsari, S.Si., M.Sc. ; Siska Pebiana, S.Kom. ; Karina Mayasita Handoyo, S.Kom., M.T. ; Muhammad Rafi Juliansyah, S.T. ; Maesa Maziah Sya'bani, S.T. ; Ihsan Nugraha, S.T. ;</t>
+  </si>
+  <si>
+    <t>2020-08-07</t>
+  </si>
+  <si>
+    <t>EC00202026649</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Manajemen Perencanaan, Penganggaran, Dan Pelaporan (SIMR@L) Berbasis Web</t>
+  </si>
+  <si>
+    <t>Dr. Dipl. Ing. Michael Andreas Purwoadi, DEA ; Faisol Baabdullah, M.Eng ; Dipl. Ing. Agus Sutejo ; Triyono Susanto, M.Eng ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom ; Dipl. Ing. Agoeng Srimoeljanto ; Agung Santosa, BSEE., M.Kom ; Drs. Wenwen Ruswendi, M.Si ; Dipl. Ing. Yahya Andreas Lapian ; Ir. Kusnanda Supriatna, B.Eng ; Drs. Zain Saifullah, M.Sc ; Achmad Wibisono, S.T. ; Fara Ayuningtyas, S.Kom ; Ir. Samargi ; Ir. R. Edy Santoso, M.Sc. ; Faisol Baabdullah, M.Eng ; Dipl. Ing. Agus Sutejo ; Triyono Susanto, M.Eng ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom ; Dipl. Ing. Agoeng Srimoeljanto ; Agung Santosa, BSEE., M.Kom ; Drs. Wenwen Ruswendi, M.Si ; Dipl. Ing. Yahya Andreas Lapian ; Ir. Kusnanda Supriatna, B.Eng ; Drs. Zain Saifullah, M.Sc ; Achmad Wibisono, S.T. ; Fara Ayuningtyas, S.Kom ; Ir. Samargi ; Ir. R. Edy Santoso, M.Sc. ;</t>
+  </si>
+  <si>
+    <t>2020-07-09</t>
+  </si>
+  <si>
+    <t>EC00202021972</t>
+  </si>
+  <si>
+    <t>AKSA � Sistem Informasi Pemantauan Kualitas Lingkungan Terintegrasi</t>
+  </si>
+  <si>
+    <t>Heru Dwi Wahjono ; Muhammad Agus Salim ; Dhedy Husada Fadjar Perdana ; Heru Dwi Wahyono, B.Eng, M.Kom ; Muhammad Agus Salim, S.Si ; Tri Nugraha Aji Pamungkas, S.Kom ; Dhedy Husada Fadjar, S.Kom ; Muhammad Agus Salim, S.Si ; Tri Nugraha Aji Pamungkas, S.Kom ; Dhedy Husada Fadjar, S.Kom ;</t>
+  </si>
+  <si>
+    <t>EC00202021969</t>
+  </si>
+  <si>
+    <t>E-Komtek</t>
+  </si>
+  <si>
+    <t>Tri Nugraha Aji Pamungkas, S.Kom ; Ir. Ahmad Ismed Yanuar, M.Eng ; Ulfa Ning Thiyas, S.Si ; Ir. Yanti Rayana Dewi, M.Eng ; Dian Agustina, S.Ikom ; Muhamad Haris Padillah, S.Komp ; S. Imam Setyawan, S.Sos., M.Si ; Yosa Permata Shafira, S.T ; Ir. Ahmad Ismed Yanuar, M.Eng ; Ulfa Ning Thiyas, S.Si ; Ir. Yanti Rayana Dewi, M.Eng ; Dian Agustina, S.Ikom ; Muhamad Haris Padillah, S.Komp ; S. Imam Setyawan, S.Sos., M.Si ; Yosa Permata Shafira, S.T ;</t>
+  </si>
+  <si>
+    <t>2020-06-26</t>
+  </si>
+  <si>
+    <t>EC00202019832</t>
+  </si>
+  <si>
+    <t>Otomatisasi Monitoring Capaian Service Level Agreement (SLA) Satelit Landsat-8 Stasiun Bumi Penginderaan Jauh LAPAN, Rumpin Versi 1.0</t>
+  </si>
+  <si>
+    <t>Yuvita Dian Safitri ; Ali Syahputra Nasution ; Wismu Sunarmodo ; Hidayat Gunawan ;</t>
+  </si>
+  <si>
+    <t>2020-06-22</t>
+  </si>
+  <si>
+    <t>EC00202019107</t>
+  </si>
+  <si>
+    <t>Modul Pengelolaan Data Rawdata Satelit Suomi-NPP Berbasis Bash Shell</t>
+  </si>
+  <si>
+    <t>Budhi Gustiandi ;</t>
+  </si>
+  <si>
+    <t>EC00202019108</t>
+  </si>
+  <si>
+    <t>Pass Predictor Satelit LAPAN</t>
+  </si>
+  <si>
+    <t>Kamirul ; Suisbiyanto Prasetya ; Farid Amin ; Astrianty Noer ; Rumadi ; Rizki Permala ;</t>
+  </si>
+  <si>
+    <t>2020-04-29</t>
+  </si>
+  <si>
+    <t>EC00202013926</t>
+  </si>
+  <si>
+    <t>- Balai Kendali Satelit, Pengamatan Antariksa dan Atmosfer, dan Penginderaan Jauh Biak</t>
+  </si>
+  <si>
+    <t>Sistem Monitoring Status Akuisisi Data Satelit Terra</t>
+  </si>
+  <si>
+    <t>Fadillah Halim Rasyidy ; Yuvita Dian Safitri ; B. Pratiknyo Adi Mahatmanto ; Ayom Widipaminto ; Budhi Gustiandi ;</t>
+  </si>
+  <si>
+    <t>EC00202013927</t>
+  </si>
+  <si>
+    <t>Otomatisasi Sistem Peringkat Bahaya Kebakaran</t>
+  </si>
+  <si>
+    <t>Nur Febrianti ; Wismu Sunarmodo ; Khalifah Insan Nur Rahmi ; Orbita Roswintiarti ;</t>
+  </si>
+  <si>
+    <t>EC00202013928</t>
+  </si>
+  <si>
+    <t>Sistem Monitoring Ketersediaan Data Satelit Suomi NPP Secara Otomatis</t>
+  </si>
+  <si>
+    <t>Kurnia Robiansyah ; Andy Indradjad ; Budhi Gustiandi ;</t>
+  </si>
+  <si>
+    <t>EC00202013929</t>
+  </si>
+  <si>
+    <t>APLIKASI SIJEMPOL</t>
+  </si>
+  <si>
+    <t>Aditya Nursyahbani, S.SI. ; Novi Turniawati, S.Kom.,M.M. ; Hayuning Titi Karsanti, S.Kom., M.Eng. ; Nungki Dian Sulistyo Darmayanti, S.T. ; Hartanto Kurniawan, S.Kom., M.Sc ; Andika Dian Nugraha, S.T. ; Cahyono Nugroho, S.Kom. ; Arif Cahyono Dwi Nugroho, S.Si. ; Maman Firmansyah, S.E. ; Tarsono, Agustini Candra Sari, S.E. ; Frederik Raimond, S.E. ; Ronal, S.T. ; Maria Regina Karunia, S.Kom. ; Nursodik, S.Kom. ; Satyo Yudanto, S.Kom. ; Muhammad Haris Padillah, S.Kom. ; Prawata, S.Kom. ; Ir. Guntur Haryanto, M.M. ; Yanti Permatasari, S.H. ; dr. Udani Sari Ratih ; drg. Jenifer Florence ; drg. Citra Adien Aprilina ; dr. Theresia Veronika ; Arief Sartono, B.Sc.,M.M. ; Novi Turniawati, S.Kom.,M.M. ; Hayuning Titi Karsanti, S.Kom., M.Eng. ; Nungki Dian Sulistyo Darmayanti, S.T. ; Hartanto Kurniawan, S.Kom., M.Sc ; Andika Dian Nugraha, S.T. ; Cahyono Nugroho, S.Kom. ; Arif Cahyono Dwi Nugroho, S.Si. ; Maman Firmansyah, S.E. ; Tarsono, Agustini Candra Sari, S.E. ; Frederik Raimond, S.E. ; Ronal, S.T. ; Maria Regina Karunia, S.Kom. ; Nursodik, S.Kom. ; Satyo Yudanto, S.Kom. ; Muhammad Haris Padillah, S.Kom. ; Prawata, S.Kom. ; Ir. Guntur Haryanto, M.M. ; Yanti Permatasari, S.H. ; dr. Udani Sari Ratih ; drg. Jenifer Florence ; drg. Citra Adien Aprilina ; dr. Theresia Veronika ; Arief Sartono, B.Sc.,M.M. ;</t>
+  </si>
+  <si>
+    <t>2020-03-24</t>
+  </si>
+  <si>
+    <t>EC00202011158</t>
+  </si>
+  <si>
+    <t>BPPT Speech To Speech Translator For Mobile Conversation</t>
+  </si>
+  <si>
+    <t>Dr. Dipl. Ing. Michael Andreas Purwoadi, DEA ; Agung Santosa, BSEE., M.Kom ; Dr. Dipl. Ing (FH) ; Asril, M.Sc ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom ; Ir. Gunarso ; Ir. Made Gunawan M. Eng ; Dr. M. Teduh Uliniansyah B. Eng. M.Sc ; Ir. Andi Djalal Latief, M.S. ; Lyla Ruslana Aini, S.Kom ; Elvira Nurfadhilah, S.Komp., M.Kom ; Fara Ayuningtyas, S.Kom ; Harnum Annisa Prafitia, S.Si ; Siska Pebiana, S.Kom, M.Kom ; Gita Citra Puspita, S.Kom ; Agung Santosa, BSEE., M.Kom ; Dr. Dipl. Ing (FH) ; Asril, M.Sc ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom ; Ir. Gunarso ; Ir. Made Gunawan M. Eng ; Dr. M. Teduh Uliniansyah B. Eng. M.Sc ; Ir. Andi Djalal Latief, M.S. ; Lyla Ruslana Aini, S.Kom ; Elvira Nurfadhilah, S.Komp., M.Kom ; Fara Ayuningtyas, S.Kom ; Harnum Annisa Prafitia, S.Si ; Siska Pebiana, S.Kom, M.Kom ; Gita Citra Puspita, S.Kom ;</t>
+  </si>
+  <si>
+    <t>2020-03-17</t>
+  </si>
+  <si>
+    <t>EC00202010657</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Manajemen Kepegawaian Pemerintah Kota Tangerang Selatan (SIMPEG TANGSEL)</t>
+  </si>
+  <si>
+    <t>Dani Ramdani, S.Kom., M.T. ; Taufik Iqbal Ramdhani, S.Kom ; Yuni Arti, S.Kom. ; Ninon Nurul Faiza, S.Kom. ; Novi Turniawati, S.Kom.,M.M. ; Sri Ayu Alfiani, S.E., M.Ak. ; Sri Agustiningtyas, S.T., M.T.I ; Taufik Iqbal Ramdhani, S.Kom ; Yuni Arti, S.Kom. ; Ninon Nurul Faiza, S.Kom. ; Novi Turniawati, S.Kom.,M.M. ; Sri Ayu Alfiani, S.E., M.Ak. ; Sri Agustiningtyas, S.T., M.T.I ;</t>
+  </si>
+  <si>
+    <t>EC00202010658</t>
+  </si>
+  <si>
+    <t>Aplikasi Teken</t>
+  </si>
+  <si>
+    <t>Dhika Rizki Anbiya, S.Kom., M.T. ; Wawan Hermawan, S.Kom. M.T. ; Yuni Arti, S.Kom. ; Marini Wulandari, S.T., M.T. ; Sri Agustiningtyas, S.T., M.T.I ; Arti Dian Nastiti, S.Kom., M.T. ; Darius Alexander Go Reinnamah, S.Kom. ; Rachmawan Atmaji Perdana, S.Kom. ; Ninon Nurul Faiza, S.Kom. ; Annisa Andarrachmi, S.Kom., M.T.I ; Ridha Radhitya, S.T. ; Aditya Nursyahbani, S.SI. ; Agung Septiadi, S.T.,M.Sc ; Elfrin Erawan, S.Kom. ; Taufik Iqbal Ramdhani, S.Kom ; Wawan Hermawan, S.Kom. M.T. ; Yuni Arti, S.Kom. ; Marini Wulandari, S.T., M.T. ; Sri Agustiningtyas, S.T., M.T.I ; Arti Dian Nastiti, S.Kom., M.T. ; Darius Alexander Go Reinnamah, S.Kom. ; Rachmawan Atmaji Perdana, S.Kom. ; Ninon Nurul Faiza, S.Kom. ; Annisa Andarrachmi, S.Kom., M.T.I ; Ridha Radhitya, S.T. ; Aditya Nursyahbani, S.SI. ; Agung Septiadi, S.T.,M.Sc ; Elfrin Erawan, S.Kom. ; Taufik Iqbal Ramdhani, S.Kom ;</t>
+  </si>
+  <si>
+    <t>EC00202010660</t>
+  </si>
+  <si>
+    <t>Aplikasi pembibitan ternak sapi terpadu berbasis android dengan nama iBreeding Versi 1.0</t>
+  </si>
+  <si>
+    <t>Indriawati ; Nina Herlina ; Slamet Diah Volkandari, M.Sc ; Tulus Maulana ; Dr. Ir. Syahruddin said, M.Agr.Sc. ; Ari Sulistyo Wulandari ; drh. Mukh Fajar Nasrulloh ; Saiful Anwar ;</t>
+  </si>
+  <si>
+    <t>2020-03-09</t>
+  </si>
+  <si>
+    <t>EC00202009267</t>
+  </si>
+  <si>
+    <t>- Pusat Penelitian Bioteknologi</t>
+  </si>
+  <si>
+    <t>BPPT Biometrics Performance Testing: Perangkat Lunak Pengujian terhadap Kinerja Sistem Biometrik Berdasarkan Permendagri Nomor 34 Tahun 2014</t>
+  </si>
+  <si>
+    <t>Dr. Dipl. Ing. Michael Andreas Purwoadi, DEA ; Dr. Anto Satriyo Nugroho, B.Eng., M.Eng ; Rachmawan Atmaji Perdana, S.Kom ; Yuki Istianto, S.Kom., M.Sc ; Elvira Nurfadhilah, S.Komp., M.Kom ; Nurdianti Rizki Hapsari, S.Si., M.Sc ; Ir. Eka Wibowo ; Miranti Jatnika Riski, S.Kom ; Rully Kusumajaya, S.Kom ; Gembong Satrio Wibowanto, M.Sc ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom ; Ir. Vitria Pragesjvara ; Dipl.-Ing. Meidy Layooari ; Dr. Anto Satriyo Nugroho, B.Eng., M.Eng ; Rachmawan Atmaji Perdana, S.Kom ; Yuki Istianto, S.Kom., M.Sc ; Elvira Nurfadhilah, S.Komp., M.Kom ; Nurdianti Rizki Hapsari, S.Si., M.Sc ; Ir. Eka Wibowo ; Miranti Jatnika Riski, S.Kom ; Rully Kusumajaya, S.Kom ; Gembong Satrio Wibowanto, M.Sc ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom ; Ir. Vitria Pragesjvara ; Dipl.-Ing. Meidy Layooari ;</t>
+  </si>
+  <si>
+    <t>EC00202009269</t>
+  </si>
+  <si>
+    <t>Program Aplikasi WebGIS "Sistem Pemantauan Bumi Nasional (SPBN) Geospatial Web Services"</t>
+  </si>
+  <si>
+    <t>Ahmad Sutanto, M.Kom. ; Taufik Hidayat, S.Si. ; Aby Al Khudri, M.Si. ; Muhammad Priyatna, S.Si., M.TI. ;</t>
+  </si>
+  <si>
+    <t>2020-03-02</t>
+  </si>
+  <si>
+    <t>EC00202008350</t>
+  </si>
+  <si>
+    <t>Program Aplikasi "Sistem Pemantauan Bumi Berbasis Android (SIPANDORA)"</t>
+  </si>
+  <si>
+    <t>Dr. M. Rokhis Khomarudin, M.Si. ; Mohammad Ardha, S.Si. ; Silvan Anggia Bayu Setia Permana, S.Kom. ; Ahmad Sutanto, M.Kom. ; Muhammad Priyatna, S.Si., M.TI. ;</t>
+  </si>
+  <si>
+    <t>EC00202008346</t>
+  </si>
+  <si>
+    <t>Website Tanggap Darurat Bencana Berbasis Penginderaan Jauh</t>
+  </si>
+  <si>
+    <t>Rahmadi, S.T. ; Dr. M. Rokhis Khomarudin, M.Si. ; Suwarsono, M.Si. ; Fajar Yulianto, M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC00202008347</t>
+  </si>
+  <si>
+    <t>Otomatisasi Perhitungan Luas Tingkat Kehijauan Vegetasi untuk Informasi Kekeringan v.02</t>
+  </si>
+  <si>
+    <t>Dr. Jalu Tejo Nugroho, S.Si., M.T. ; Dr. Ir. Indah Prasasti, M.Si. ; Khalifah Insan Nur Rahmi, S.Si. ; Galdita Aruba Chulafak, S.T. ;</t>
+  </si>
+  <si>
+    <t>EC00202008348</t>
+  </si>
+  <si>
+    <t>Otomatisasi Informasi Daerah Bekas Terbakar</t>
+  </si>
+  <si>
+    <t>Rahmadi, S.T. ; Suwarsono, M.Si. ; Muhammad Priyatna, S.Si., M.TI. ;</t>
+  </si>
+  <si>
+    <t>EC00202008351</t>
+  </si>
+  <si>
+    <t>Otomatisasi Informasi Potensi Banjir</t>
+  </si>
+  <si>
+    <t>Nur Febrianti, M.Si. ; Wismu Sunarmodo, S.T. ; Mohammad Ardha, S.Si. ; Dr. Ir. Indah Prasasti, M.Si. ; Silvan Anggia Bayu Setia Permana, S.Kom. ;</t>
+  </si>
+  <si>
+    <t>EC00202008352</t>
+  </si>
+  <si>
+    <t>Modul Monitoring dan Control (M&amp;C) Antena Orbital 3.0</t>
+  </si>
+  <si>
+    <t>Rizki Permala, S.T. ; Nur Salma Yusuf Hasanah, S.Si. ; Nurrochman Ferdiansyah, S.Kom. ;</t>
+  </si>
+  <si>
+    <t>EC00202008334</t>
+  </si>
+  <si>
+    <t>Modul Komputasi Performansi Stasiun Bumi TTC LAPAN Menggunakan Algoritme Association Rule Mining</t>
+  </si>
+  <si>
+    <t>Rizki Permala, S.T. ; Abdul Karim, M.T. ; Ir. Andi Mukhtar Tahir, M.T. ; Nur Salma Yusuf Hasanah, S.Si. ;</t>
+  </si>
+  <si>
+    <t>EC00202008335</t>
+  </si>
+  <si>
+    <t>Metode Kerangka Sampel Area untuk Estimasi dan Peramalan Luas Panen Padi (Nasional)</t>
+  </si>
+  <si>
+    <t>Ir. Heri Sadmono, M.Sc. ; Ir. Yudi Anantasena, M.Sc. ; Ir. Lena Sumargana, MT. ; Ir. Swasetyo Yulianto ; Laju Gandharum, S.Si., M. Sc. ; Ir. Meuthia Djoharin, M.M. ; Fauziah Alhasanah, S.Pd., M.Si. ; Winarno, S.T., M.Sc. ; Hermanto, S.Si, M.M. ; Dr. Kadarmanto, M.A. ; Hariyanto, S.ST, M.Si ; Widyo Pura Buana, S.Si, MMG, M.T ; Dena Drajat, S.ST, SE, M.Si. ; Ir. Yudi Anantasena, M.Sc. ; Ir. Lena Sumargana, MT. ; Ir. Swasetyo Yulianto ; Laju Gandharum, S.Si., M. Sc. ; Ir. Meuthia Djoharin, M.M. ; Fauziah Alhasanah, S.Pd., M.Si. ; Winarno, S.T., M.Sc. ; Hermanto, S.Si, M.M. ; Dr. Kadarmanto, M.A. ; Hariyanto, S.ST, M.Si ; Widyo Pura Buana, S.Si, MMG, M.T ; Dena Drajat, S.ST, SE, M.Si. ;</t>
+  </si>
+  <si>
+    <t>2019-12-26</t>
+  </si>
+  <si>
+    <t>EC00201992370</t>
+  </si>
+  <si>
+    <t>- PTSA-BPS</t>
+  </si>
+  <si>
+    <t>Automatic Identification System (AIS) Transceiver Class B</t>
+  </si>
+  <si>
+    <t>I Wayan Wira Yogantara ; Widrianto Sih Pinastiko ; Andi Kurnianto ; Muhammad Ihsan Al Hafiz ; Abhimata Ar Rasyiid ; Mery Diana ; Christian Wisnu Purnaadi ; Widar Dwi Gustian ; Rifqi Fajar Giyana ; Faizurrahman 'allam Majid ; Tri Miyarno ; Widrianto Sih Pinastiko ; Andi Kurnianto ; Muhammad Ihsan Al Hafiz ; Abhimata Ar Rasyiid ; Mery Diana ; Christian Wisnu Purnaadi ; Widar Dwi Gustian ; Rifqi Fajar Giyana ; Faizurrahman 'allam Majid ; Tri Miyarno ;</t>
+  </si>
+  <si>
+    <t>EC00201992373</t>
+  </si>
+  <si>
+    <t>Sistem Katalog Data Modis (Versi 1.0)</t>
+  </si>
+  <si>
+    <t>Andy Indrajad, S.Si., M.Eng. ; Dr. Danang Surya Candra, M.Sc. ; Kurnia Robiansyah, A.Md. ;</t>
+  </si>
+  <si>
+    <t>2019-12-18</t>
+  </si>
+  <si>
+    <t>EC00201990913</t>
+  </si>
+  <si>
+    <t>LEAFO - Aplikasi Identifikasi Penyakit Tanaman Otomatis</t>
+  </si>
+  <si>
+    <t>EC00201990323</t>
+  </si>
+  <si>
+    <t>Software Pengolahan Sinyal Pendeteksi Kematangan Buah Mangga Berbasis Elektromagnetik</t>
+  </si>
+  <si>
+    <t>Sulistyaningsih ; Topik Teguh Estu ; Yudi Yuliyus Maulana ; Soecipto, S.T., M.H. ; Dr. Ricky Yoseptry, S.T., M.M.Pd ; M.Syafaruddin Mahaputra, S.T., M.T. ; Yussi Perdana Saputera, ST ;</t>
+  </si>
+  <si>
+    <t>EC00201990321</t>
+  </si>
+  <si>
+    <t>Ensiklopedi Dapur Rakyat (Indonesian Culinary Database) - www.ensiklopedi.dapurrakyat.id</t>
+  </si>
+  <si>
+    <t>Gustaf Wijaya, S.S. ; Jalu Lintang Yogiswara Anuraga, S.Ant. ; Luis Feneteruma, SH ; M. Alie Humaedi ; Muhammad Luthfi Khair A., S.Hum. ; Rusydan Fathy, S.Sos. ; Sri Sunarti Purwaningsih ; Farham Harvianto ;</t>
+  </si>
+  <si>
+    <t>EC00201990320</t>
+  </si>
+  <si>
+    <t>- Pusat Penelitian Kemasyarakatan dan Kebudayaan</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Pemantauan Kapal Laut Berbasis AIS Satelit LAPAN</t>
+  </si>
+  <si>
+    <t>Nurrochman Ferdiansyah, S.Kom. ; Abdul Karim, M.T. ; Wahyudi Hasbi, S.Si., M.Kom. ; Rizki Permala, S.T. ; Satriya Utama, M.T. ; Muazam Nugroho, S.T. ; Aditya Bayu Erwindu, S.T. ;</t>
+  </si>
+  <si>
+    <t>EC00201990273</t>
+  </si>
+  <si>
+    <t>KlonTi - Aplikasi Identifikasi Klon Teh Otomatis</t>
+  </si>
+  <si>
+    <t>EC00201990322</t>
+  </si>
+  <si>
+    <t>Modul Layanan HPC LIPI Pada Platform E-Layanan Sains (ELSA)</t>
+  </si>
+  <si>
+    <t>Furqon Hensan Muttaqien ;</t>
+  </si>
+  <si>
+    <t>2019-12-12</t>
+  </si>
+  <si>
+    <t>EC00201988949</t>
+  </si>
+  <si>
+    <t>GPU-Accelerated Multiple Pairwise Protein Aligner (MPSW)</t>
+  </si>
+  <si>
+    <t>Furqon Hensan Muttaqien ; I Wayan Aditya Swardiana M.Kom. ; Syam Budi Iryanto ; Dr.Wisnu Ananta Kusuma, S.T., M.T. ;</t>
+  </si>
+  <si>
+    <t>EC00201988952</t>
+  </si>
+  <si>
+    <t>Kognitif Media</t>
+  </si>
+  <si>
+    <t>Arida Ferti Syafiandini M.Kom. ; Dr.Tr. Lindung Parningotan Manik ; Yan Rianto ; Zaenal Akbar ; Hani Febri Mustika M.Cs. ;</t>
+  </si>
+  <si>
+    <t>2019-12-11</t>
+  </si>
+  <si>
+    <t>EC00201988517</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Aplikasi Tampilan Radar Navigasi</t>
+  </si>
+  <si>
+    <t>Arief Nur Rahman ; Dayat Kurniawan ; Eko Joni Pristianto ; Octa Heriana ; Purwoko Adhi ;</t>
+  </si>
+  <si>
+    <t>EC00201988511</t>
+  </si>
+  <si>
+    <t>Portal Pengumpul Citra Spesimen Digital</t>
+  </si>
+  <si>
+    <t>Bambang Sugiarto ; Deden Sumirat Hidayat ; Esa Prakasa ; Dr.Tr. Lindung Parningotan Manik ; Yan Rianto ; Yulia Aris Kartika ; Listya Mustika Dewi, S.Hut., M.FES. ; Krisdianto, S.Hut., M.Sc., Ph.D. ; Ratih Damayanti, S.Hut., M.Si., Ph.D. ;</t>
+  </si>
+  <si>
+    <t>EC00201988527</t>
+  </si>
+  <si>
+    <t>Image Collector For N Object</t>
+  </si>
+  <si>
+    <t>Bambang Sugiarto ; Deden Sumirat Hidayat ; Esa Prakasa ; Dr.Tr. Lindung Parningotan Manik ; Yan Rianto ; Yulia Aris Kartika ;</t>
+  </si>
+  <si>
+    <t>EC00201988521</t>
+  </si>
+  <si>
+    <t>Sistem Data Akuisisi Terowongan Angin Supersonik</t>
+  </si>
+  <si>
+    <t>Muhammad Fajar, S.T., M.T. ; Jefri Abner Hamonangan, S.T. ; Ir. Agus Aribowo, M.Eng. ; Sayr Bahri, S.T., M.T. ;</t>
+  </si>
+  <si>
+    <t>2019-11-28</t>
+  </si>
+  <si>
+    <t>EC00201984853</t>
+  </si>
+  <si>
+    <t>Sistem Kontrol Sliding Block dan Angle of AttackTerowongan Angin Supersonik</t>
+  </si>
+  <si>
+    <t>Ir. Agus Aribowo, M.Eng. ; Jefri Abner Hamonangan, S.T. ; Muhammad Fajar, S.T., M.T. ;</t>
+  </si>
+  <si>
+    <t>EC00201984856</t>
+  </si>
+  <si>
+    <t>Mosaik Otomatis Berbasis Tiles per Provinsi untuk Citra Satelit TerraSAR-X/TanDEM-X LAPAN Versi 1.0</t>
+  </si>
+  <si>
+    <t>Marendra Eko Budiono, S.Si., M.Sc. ; Haris Suka Dyatmika, S.Si. ;</t>
+  </si>
+  <si>
+    <t>EC00201984880</t>
+  </si>
+  <si>
+    <t>Software Deteksi Awan dan Bayangannya untuk Citra Sentinel-2 Versi 1.0</t>
+  </si>
+  <si>
+    <t>Dr. Danang Surya Candra, S.Si., M.Sc. ; Yudhi Prabowo, S.T., M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC00201984834</t>
+  </si>
+  <si>
+    <t>Sistem Pengolahan Data Penginderaan Jauh Satelit Suomi-NPP untuk Produksi Informasi Gas Rumah Kaca Secara Otomatis</t>
+  </si>
+  <si>
+    <t>Ir. Muchamad Muchlis, M.Si. ; Andy Indradjad, S.Si., M.Eng. ; Budhi Gustiandi, S.T., M.S.I.S. ; Noriandini Dewi Salyasari, S.Kom. ; Haris Suka Dyatmika, S.Si. ; Donna Monica, S.Mat. ;</t>
+  </si>
+  <si>
+    <t>EC00201984832</t>
+  </si>
+  <si>
+    <t>DRAMATIS 1.0: Sistem Download Data Satelit Aura Secara Otomatis</t>
+  </si>
+  <si>
+    <t>Olivia Maftukhaturrizqoh, S.Si. ; Budhi Gustiandi, S.T., M.S.I.S. ;</t>
+  </si>
+  <si>
+    <t>EC00201985160</t>
+  </si>
+  <si>
+    <t>Sistem Pengolahan Data Satelit Seri NOAA JPSS untuk Produksi Informasi Titik Panas Secara Otomatis</t>
+  </si>
+  <si>
+    <t>Budhi Gustiandi, S.T., M.S.I.S. ; Donna Monica, S.Mat. ; Andy Indradjad, S.Si., M.Eng. ;</t>
+  </si>
+  <si>
+    <t>EC00201985158</t>
+  </si>
+  <si>
+    <t>Software Penghitung Index Awan dan Haze per Segmen Citra SPOT 6 dan 7 Versi 1.0</t>
+  </si>
+  <si>
+    <t>Drs. Kustiyo, M.Si. ; Randy Prima Brahmantara, S.T. ;</t>
+  </si>
+  <si>
+    <t>EC00201985154</t>
+  </si>
+  <si>
+    <t>Software Mosaik Citra SPOT 6 dan 7 Segmentbase Versi 1.0</t>
+  </si>
+  <si>
+    <t>D. Heri Yuli Sulyantara, S.Si., M.Sc. ; Randy Prima Brahmantara, S.T. ; Sukentyas Estuti Siwi, M.Si. ; Kurnia Ulfa, S.Si. ;</t>
+  </si>
+  <si>
+    <t>EC00201985153</t>
+  </si>
+  <si>
+    <t>Software Penghapusan Awan dan Bayangannya untuk Citra Sentinel-2 Versi 1.0</t>
+  </si>
+  <si>
+    <t>EC00201984837</t>
+  </si>
+  <si>
+    <t>Software Pengolahan Citra Satelit NOAA 20 untuk Ekstraksi Informasi Gas Rumah Kaca (LAPAN_GRK-NOAA20 VERSI 1.0)</t>
+  </si>
+  <si>
+    <t>Ir. Muchamad Muchlis, M.Si. ; Haris Suka Dyatmika, S.Si. ; Andy Indradjad, S.Si., M.Eng. ; Dr. Danang Surya Candra, S.Si., M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC00201984849</t>
+  </si>
+  <si>
+    <t>Software Tiling Data Citra Landsat 8 untuk Penyimpanan di Database Versi 1.0</t>
+  </si>
+  <si>
+    <t>Wismu Sunarmodo, S.T. ; Yuvita Dian Safitri, S.S.T. ; Anis Kamilah Hayati, S.T. ; Ayom Widipaminto, M.T. ;</t>
+  </si>
+  <si>
+    <t>EC00201985159</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Sistem Kontrol dan Akuisisi Data Untuk Unit Pengolah Air Siap Minum (Arsinum) Lite 4.0</t>
+  </si>
+  <si>
+    <t>Muhammad Agus Salim ; Karina Anggraeni ; Priska Alfatri Hendrayanto ; Irwan Kustianto ; Muhammad Haqqiyuddin Robbani ; Muhammad Agus Salim, S.Si. ; Karina Anggraeni, S.T. ; Priska Alfatri Hendrayanto, S.T. ; Irwan Kustianto, S.T. ; Muhammad Haqqiyuddin Robbani, S.T. ; Karina Anggraeni, S.T. ; Priska Alfatri Hendrayanto, S.T. ; Irwan Kustianto, S.T. ; Muhammad Haqqiyuddin Robbani, S.T. ;</t>
+  </si>
+  <si>
+    <t>2019-11-20</t>
+  </si>
+  <si>
+    <t>EC00201983072</t>
+  </si>
+  <si>
+    <t>Java Simple Speech Recorder : Tool Perekaman Korpus Wicara BPPT untuk Pemodelan Pengenal Wicara Otomatis dan Pembangkit Wicara</t>
+  </si>
+  <si>
+    <t>Dr. Dipl. Ing. Michael Andreas Purwoadi, DEA ; Agung Santosa, BSEE., M.Kom ; Dr. Dipl. Ing (FH) Asril, M.Sc ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom ; Ir. Gunarso ; Ir. Made Gunawan, M.Eng ; Dr. M. Teduh Uliniansyah, B.Eng., M.Sc ; Ir. Andi Djalal Latief, M.S ; Lyla Ruslana Aini, S.Kom ; Elvira Nurfadhilah, S.Komp., M.Kom ; Fara Ayuningtyas, S.Kom ; Harnum Annisa Prafitia, S.Si ; Siska Pebiana, S.Kom, M.Kom ; Gita Citra Puspita, S.Kom ; Agung Santosa, BSEE., M.Kom ; Dr. Dipl. Ing (FH) Asril, M.Sc ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom ; Ir. Gunarso ; Ir. Made Gunawan, M.Eng ; Dr. M. Teduh Uliniansyah, B.Eng., M.Sc ; Ir. Andi Djalal Latief, M.S ; Lyla Ruslana Aini, S.Kom ; Elvira Nurfadhilah, S.Komp., M.Kom ; Fara Ayuningtyas, S.Kom ; Harnum Annisa Prafitia, S.Si ; Siska Pebiana, S.Kom, M.Kom ; Gita Citra Puspita, S.Kom ;</t>
+  </si>
+  <si>
+    <t>2019-11-15</t>
+  </si>
+  <si>
+    <t>EC00201982169</t>
+  </si>
+  <si>
+    <t>Program Aplikasi Uji Kesesuaian Perilaku KTP Elektronik</t>
+  </si>
+  <si>
+    <t>Dwidharma Priyasta, B.Eng., M.Sc ; Wahyu Cesar, S.Si ; Rully Kusumajaya, S.Kom. ; Ir. Yanti Susanthi, M. Sc. ; Eka Setianingsih, S.T. ; Widyanti, S.P. ; Melyana, S.Kom ; Firson Satriasta ; Wahyu Cesar, S.Si ; Rully Kusumajaya, S.Kom. ; Ir. Yanti Susanthi, M. Sc. ; Eka Setianingsih, S.T. ; Widyanti, S.P. ; Melyana, S.Kom ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>2019-09-19</t>
+  </si>
+  <si>
+    <t>EC00201971934</t>
+  </si>
+  <si>
+    <t>Software Antarmuka Ground Station Untuk Pesawat Tanpa Awak</t>
+  </si>
+  <si>
+    <t>Wahyu Cesar, S.Si. ; Ade Purwanto, S.T., M.Sc. ; Dr. Ir. Jemie Muliadi, M. T. ; Yomi Guno, S. Si., M. T. ; Dr. Ir. Adhi Dharma Permana, M. Sc. ; Jimmy Maulana, S. T., M. T. ; Ade Purwanto, S.T., M.Sc. ; Dr. Ir. Jemie Muliadi, M. T. ; Yomi Guno, S. Si., M. T. ; Dr. Ir. Adhi Dharma Permana, M. Sc. ; Jimmy Maulana, S. T., M. T. ;</t>
+  </si>
+  <si>
+    <t>EC00201971932</t>
+  </si>
+  <si>
+    <t>- Pusat Teknologi Industri Pertahanan dan Keamanan</t>
+  </si>
+  <si>
+    <t>SISTEM INFORMASI LOKASI POTENSI IKAN (SILPI)</t>
+  </si>
+  <si>
+    <t>I Wayan Wira Yogantara ; Widrianto Sih Pinastiko ; Andi Kurnianto ; Abhimata Ar Rasyiid ; Christian Wisnu Purnaadi ; Muhammad Ihsan Al Hafiz ; Widar Dwi Gustian ; Rifqi Fajar Giyana ; Fachri Renaldy ; Faizurrahman 'allam Majid ; Tri Miyarno ; Widrianto Sih Pinastiko ; Andi Kurnianto ; Abhimata Ar Rasyiid ; Christian Wisnu Purnaadi ; Muhammad Ihsan Al Hafiz ; Widar Dwi Gustian ; Rifqi Fajar Giyana ; Fachri Renaldy ; Faizurrahman 'allam Majid ; Tri Miyarno ;</t>
+  </si>
+  <si>
+    <t>2019-09-13</t>
+  </si>
+  <si>
+    <t>EC00201971082</t>
+  </si>
+  <si>
+    <t>Software Sistem Kendali Kendaraan Taktis Water Canon</t>
+  </si>
+  <si>
+    <t>Wahyu Cesar, S.Si ; Ade Purwanto,S.T., M.Sc ; Dede Santoso, S.T ; Dr. Ir. Adhi Dharma Permana, M.Sc ; Jimmy Maulana, S.T., M.T ; Dr.Ir.Eko Syamsudin, M.Sc. ; Ade Purwanto,S.T., M.Sc ; Dede Santoso, S.T ; Dr. Ir. Adhi Dharma Permana, M.Sc ; Jimmy Maulana, S.T., M.T ; Dr.Ir.Eko Syamsudin, M.Sc. ;</t>
+  </si>
+  <si>
+    <t>2019-09-05</t>
+  </si>
+  <si>
+    <t>EC00201953774</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Karyasiswa (SIK) BPPT</t>
+  </si>
+  <si>
+    <t>AMRULLAH KAMARUDDIN ; FIRNAS NADIRMAN ; SADONO SRIHARJO ; ACHMAD KAMIL ; ADI SURYANTO ; SATMINTAREJA ; PRAFITRI DIMARMAYASARI ; INDRA HARTATI ; SAKINA RAHMANIA ; SUHENDAR I.SACHOEMAR ; FIRNAS NADIRMAN ; SADONO SRIHARJO ; ACHMAD KAMIL ; ADI SURYANTO ; SATMINTAREJA ; PRAFITRI DIMARMAYASARI ; INDRA HARTATI ; SAKINA RAHMANIA ; SUHENDAR I.SACHOEMAR ;</t>
+  </si>
+  <si>
+    <t>EC00201953756</t>
+  </si>
+  <si>
+    <t>e-Evaluasi diklat Pusbindiklat</t>
+  </si>
+  <si>
+    <t>AMRULLAH KAMARUDDIN ; FIRNAS NADIRMAN ; AGUS DWIONO ; SATMINTAREJA ; PUJI ASTUTI ; ACHMAD KAMIL ; ARI WIJAYA ; ANDRIAN DESTA PRATAMA ; RUDI HERDIOSO ; SURATNO ; ARIS DARMAWANTO ; SUHENDAR I.SACHOEMAR ; FIRNAS NADIRMAN ; AGUS DWIONO ; SATMINTAREJA ; PUJI ASTUTI ; ACHMAD KAMIL ; ARI WIJAYA ; ANDRIAN DESTA PRATAMA ; RUDI HERDIOSO ; SURATNO ; ARIS DARMAWANTO ; SUHENDAR I.SACHOEMAR ;</t>
+  </si>
+  <si>
+    <t>EC00201953757</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Inpassing Jabatan Fungsional Perekayasa &amp; Teknisi Litkayasa</t>
+  </si>
+  <si>
+    <t>AMRULLAH KAMARUDDIN ; FIRNAS NADIRMAN ; RAMATUN ANGGRAINI KIEMAS ; SATMINTAREJA ; RUDI HERDIOSO ; JOKO DWIHERIYANTO ; SUBEKTI ; S EDI YUWONO T ; HARYANTI ; JOKO ARIYUDONO ; SUMBADI ; HESTU WIYOGO ; SUDARTO ; DADUN ABDURRAHMAN ; SUHENDAR I.SACHOEMAR ; FIRNAS NADIRMAN ; RAMATUN ANGGRAINI KIEMAS ; SATMINTAREJA ; RUDI HERDIOSO ; JOKO DWIHERIYANTO ; SUBEKTI ; S EDI YUWONO T ; HARYANTI ; JOKO ARIYUDONO ; SUMBADI ; HESTU WIYOGO ; SUDARTO ; DADUN ABDURRAHMAN ; SUHENDAR I.SACHOEMAR ;</t>
+  </si>
+  <si>
+    <t>EC00201953579</t>
+  </si>
+  <si>
+    <t>Sistem Basis data Jabatan Fungsional Perekayasa &amp; Teknisi Litkayasa</t>
+  </si>
+  <si>
+    <t>AMRULLAH KAMARUDDIN ; FIRNAS NADIRMAN ; FIRNAS NADIRMAN ; SATMINTAREJA ; SUHENDAR I.SACHOEMAR ; FIRNAS NADIRMAN ; FIRNAS NADIRMAN ; SATMINTAREJA ; SUHENDAR I.SACHOEMAR ;</t>
+  </si>
+  <si>
+    <t>EC00201953779</t>
+  </si>
+  <si>
+    <t>Aplikasi Penkin Go+</t>
+  </si>
+  <si>
+    <t>Wawan Hermawan, S.Kom ; Ninon Nurul Faiza, S.Kom ; Yuni Arti, S.Kom ; Taufik Iqbal Ramdhani, S.Kom ; Marini Wulandari, ST., MT ; Sri Agustiningtyas, ST., MTI ; Dhika Rizki Anbiya, S.Kom., MT ; Arti Dian Nastiti, S.Kom., MT ; Darius Alexander Go Reinnamah, S.Kom ; Rachmawan Atmaji Perdana, S.Kom ; Agung Septiadi, ST., M.Sc ; Elfrin Erawan, S.Kom ; Ninon Nurul Faiza, S.Kom ; Yuni Arti, S.Kom ; Taufik Iqbal Ramdhani, S.Kom ; Marini Wulandari, ST., MT ; Sri Agustiningtyas, ST., MTI ; Dhika Rizki Anbiya, S.Kom., MT ; Arti Dian Nastiti, S.Kom., MT ; Darius Alexander Go Reinnamah, S.Kom ; Rachmawan Atmaji Perdana, S.Kom ; Agung Septiadi, ST., M.Sc ; Elfrin Erawan, S.Kom ;</t>
+  </si>
+  <si>
+    <t>2019-08-09</t>
+  </si>
+  <si>
+    <t>EC00201950037</t>
+  </si>
+  <si>
+    <t>Sistem Diversifikasi Kunci untuk Applet Java Card KTP Elektronik</t>
+  </si>
+  <si>
+    <t>Dwidharma Priyasta, B.Eng., M.Sc ; Wahyu Cesar, S.Si ; Eka Setianingsih, S.T ; Gembong Wibowanto, M.Sc ; Rully Kusumajaya, S.Kom ; Firson Satriasta ; Wahyu Cesar, S.Si ; Eka Setianingsih, S.T ; Gembong Wibowanto, M.Sc ; Rully Kusumajaya, S.Kom ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>2019-07-31</t>
+  </si>
+  <si>
+    <t>EC00201948382</t>
+  </si>
+  <si>
+    <t>Software Deteksi Awan dan Bayangannya untuk Citra Landsat 8 Versi 1.0</t>
+  </si>
+  <si>
+    <t>Danang Surya Candra S.Si., M.Sc., Yudhi Prabowo, S.T., M.Sc., ;</t>
+  </si>
+  <si>
+    <t>2019-07-25</t>
+  </si>
+  <si>
+    <t>EC00201947639</t>
+  </si>
+  <si>
+    <t>Software Penghapusan Awan dan Bayangannya untuk Citra Landsat 8 Versi 1.0</t>
+  </si>
+  <si>
+    <t>EC00201947526</t>
+  </si>
+  <si>
+    <t>SMART CARD TOOL</t>
+  </si>
+  <si>
+    <t>Dwidharma Priyasta, B.Eng., M.Sc ; Wahyu Cesar, S.Si ; Gembong Wibowanto, M.Sc ; Rully Kusumajaya, S.Kom ; Firson Satriasta ; Wahyu Cesar, S.Si ; Gembong Wibowanto, M.Sc ; Rully Kusumajaya, S.Kom ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>2019-07-18</t>
+  </si>
+  <si>
+    <t>EC00201946524</t>
+  </si>
+  <si>
+    <t>APLIKASI INSTALASI APPLET JAVA CARD KTP ELEKTRONIK</t>
+  </si>
+  <si>
+    <t>Dwidharma Priyasta, B.Eng., M.Sc ; Wahyu Cesar, S.Si ; Gembong Wibowanto, M.Sc. ; Rully Kusumajaya, S.Kom. ; Firson Satriasta ; Wahyu Cesar, S.Si ; Gembong Wibowanto, M.Sc. ; Rully Kusumajaya, S.Kom. ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>2019-06-26</t>
+  </si>
+  <si>
+    <t>EC00201944792</t>
+  </si>
+  <si>
+    <t>Decoder Satelit LAPAN-A3</t>
+  </si>
+  <si>
+    <t>Rizki Permala, S.T. ; Wahyudi Hasbi, S.Si., M.Kom., ; dkk ;</t>
+  </si>
+  <si>
+    <t>2019-06-17</t>
+  </si>
+  <si>
+    <t>EC00201942572</t>
+  </si>
+  <si>
+    <t>S-band Receiver Satelit LAPAN-A2</t>
+  </si>
+  <si>
+    <t>Rizki Permala, S.T. ; Mohammad Mukhayadi, S.T., M.Kom., ; dkk ;</t>
+  </si>
+  <si>
+    <t>EC00201942569</t>
+  </si>
+  <si>
+    <t>Sistem Simulasi Posisi Satelit Orbit Rendah 2 Dimensi</t>
+  </si>
+  <si>
+    <t>Bina Pratomo, S.T., M.Si. ; Hasan Mayditia, S.Si., M.T. ;</t>
+  </si>
+  <si>
+    <t>EC00201942570</t>
+  </si>
+  <si>
+    <t>LAPAN Satellites Schedule Viewer</t>
+  </si>
+  <si>
+    <t>EC00201942573</t>
+  </si>
+  <si>
+    <t>Sistem Dokumentasi Rancang Bangun Pesawat Udara</t>
+  </si>
+  <si>
+    <t>Abdul Aziz, S.T. ; Danartomo Kusumoaji, M.T., ; dkk ;</t>
+  </si>
+  <si>
+    <t>EC00201942565</t>
+  </si>
+  <si>
+    <t>Logger Satelit LAPAN-A2</t>
+  </si>
+  <si>
+    <t>Rizki Permala, S.T. ; Tri Mediansyah, S.T., ; dkk ;</t>
+  </si>
+  <si>
+    <t>EC00201942566</t>
+  </si>
+  <si>
+    <t>Logger Satelit LAPAN-A3</t>
+  </si>
+  <si>
+    <t>EC00201942567</t>
+  </si>
+  <si>
+    <t>Program Komputer Program Manual Online (PROGRAMMA)</t>
+  </si>
+  <si>
+    <t>Huda Muhamad Elmatsani. ;</t>
+  </si>
+  <si>
+    <t>2019-04-05</t>
+  </si>
+  <si>
+    <t>EC00201937139</t>
+  </si>
+  <si>
+    <t>Program Komputer Dupak Perekayasa Online (DUPER)</t>
+  </si>
+  <si>
+    <t>Huda Muhamad Elmatsani ; Sudarwaji Edi Yuwono Trihadi ; Rmatun Anggraini Kiemas ; Firnas Nadirman ; Rudi Herdiyoso ; Suhendar Indrakoesmaya. ; Sudarwaji Edi Yuwono Trihadi ; Rmatun Anggraini Kiemas ; Firnas Nadirman ; Rudi Herdiyoso ; Suhendar Indrakoesmaya. ;</t>
+  </si>
+  <si>
+    <t>EC 00201937141</t>
+  </si>
+  <si>
+    <t>Program Komputer Sistem Administrasi Penetapan Angka Kredit Perekayasa Pusat (SAPPP)</t>
+  </si>
+  <si>
+    <t>Huda Muhamad Elmatsani ; Sudarwaji Edi Yuwono Trihadi ; Joko Dwi Heriyanto ; Joko Ariyudono ; Sumbadi. ; Sudarwaji Edi Yuwono Trihadi ; Joko Dwi Heriyanto ; Joko Ariyudono ; Sumbadi. ;</t>
+  </si>
+  <si>
+    <t>EC00201937142</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Pemantauan Gas Rumah Kaca (SIPEGARUK)</t>
+  </si>
+  <si>
+    <t>Heru Dwi Wahjono, B.Eng, M.Kom ; Tri Nugraha Aji Pamungkas, S.Kom ; Tri Nugraha Aji Pamungkas, S.Kom ;</t>
+  </si>
+  <si>
+    <t>EC00201937140</t>
+  </si>
+  <si>
     <t>- Pusat Teknologi Lingkungan</t>
   </si>
   <si>
-    <t>Tsunami Detection v1.0</t>
-[...1342 lines deleted...]
-  <si>
     <t>Sistem Informasi Dokumen Arsip Bahan Berbahaya Beracun (B3) � (SIARSIPB3)</t>
   </si>
   <si>
     <t>Heru Dwi Wahjono, B.Eng, M.Kom ;</t>
   </si>
   <si>
-    <t>2019-04-05</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00201937135</t>
   </si>
   <si>
+    <t>Sistem Informasi Online Monitoring (Onlimo) Kualitas Air Berbasis Web</t>
+  </si>
+  <si>
+    <t>EC00201937144</t>
+  </si>
+  <si>
+    <t>2021-09-30</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Basis Data Untuk Mutisite Online dan Realtima Monitoring Kualitas Air / Limbah Cair</t>
+  </si>
+  <si>
+    <t>EC00201937143</t>
+  </si>
+  <si>
     <t>E-Pelaporan Impor B3 dan Penggunaannya Berbasi Web</t>
   </si>
   <si>
     <t>Heru Dwi Wahjono, B.Eng, M.Kom ; Dhedy Husada Fadjar, S.Kom ; Tri Nugraha Aji Pamungkas, S.Kom ; Dhedy Husada Fadjar, S.Kom ; Tri Nugraha Aji Pamungkas, S.Kom ;</t>
   </si>
   <si>
     <t>EC00201937136</t>
   </si>
   <si>
     <t>Sistem Informasi B3 &amp; POPs (Bahan Berbahaya Beracun &amp; Pencemar Organik Yang Persisten) � SIB3POP</t>
   </si>
   <si>
-    <t>Heru Dwi Wahjono, B.Eng, M.Kom ; Tri Nugraha Aji Pamungkas, S.Kom ; Tri Nugraha Aji Pamungkas, S.Kom ;</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00201937138</t>
   </si>
   <si>
-    <t>Program Komputer Dupak Perekayasa Online (DUPER)</t>
-[...43 lines deleted...]
-  <si>
     <t>AIKO (Alat Identifikasi Kayu Otomatis)</t>
   </si>
   <si>
     <t>Bambang Sugiarto ; Esa Prakasa ; Riyo Wardoyo ; Yan Rianto ; Yazid Hilman Maulana ; Septian D. Indradi ; Listya Mustika Dewi, S.Hut., M.FES. ; Krisdianto, S.Hut., M.Sc., Ph.D. ; Ratih Damayanti, S.Hut., M.Si., Ph.D. ;</t>
   </si>
   <si>
     <t>2018-12-14</t>
   </si>
   <si>
     <t>EC00201859483</t>
   </si>
   <si>
+    <t>Pengolahan Data SPOT 6/7</t>
+  </si>
+  <si>
+    <t>Yudhi Prabowo, S.T., M.Sc ; Drs Kustiyo M.Si. ; D. Heri Yuli Sulyantara, S.Si.,M.Sc. ; Randy Prima Brahmantara, S.T ;</t>
+  </si>
+  <si>
+    <t>2018-12-05</t>
+  </si>
+  <si>
+    <t>EC00201857289</t>
+  </si>
+  <si>
+    <t>Aplikasi Sistem Kalibrasi Jarak Jauh (SKJJ)</t>
+  </si>
+  <si>
+    <t>Arida Ferti Syafiandini M.Kom. ; Rifki Sadikin ; Zaenal Akbar ; Swivano Agmal, S.Si. ; Yulita Ika Pawestri, S.T. ; Windi Kurnia Perangin-angin ; Asep Hapiddin ; A. Mohamad Boynawan ; Ratnaningsih ; Arnida Lailatul Latifah ; Hani Febri Mustika M.Cs. ;</t>
+  </si>
+  <si>
+    <t>EC00201857349</t>
+  </si>
+  <si>
     <t>Sistem Informasi Administrasi Pegawai (SIAP) Pusat Inovasi LIPI</t>
   </si>
   <si>
     <t>Andis Priswantoro ; Karno ; Prio Adi Ramadhani ;</t>
   </si>
   <si>
-    <t>2018-12-05</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00201857350</t>
   </si>
   <si>
     <t>- Pusat Pemanfaatan dan Inovasi IPTEK</t>
   </si>
   <si>
-    <t>Aplikasi Sistem Kalibrasi Jarak Jauh (SKJJ)</t>
-[...5 lines deleted...]
-    <t>EC00201857349</t>
+    <t>EVABI-POS (Evaluator Urun Daya Part-of-Speech Tagger Bahasa Indonesia)</t>
+  </si>
+  <si>
+    <t>Andria Arisal ; Andri Fachrur Rozie ; Devi Munandar ; Dianadewi Riswantini ; Endang Suryawati ; Hilman Ferdinandus Pardede ; Raden Sandra Yuwana ; Rini Wijayanti ; Achmad Fatchuttamam Abka ;</t>
+  </si>
+  <si>
+    <t>EC00201857355</t>
   </si>
   <si>
     <t>Poisson Solver 3D</t>
   </si>
   <si>
     <t>I Wayan Aditya Swardiana M.Kom. ; Rifki Sadikin ; Taufiq Wirahman ; Arnida Lailatul Latifah ;</t>
   </si>
   <si>
     <t>EC00201857351</t>
   </si>
   <si>
-    <t>Pengolahan Data SPOT 6/7</t>
-[...14 lines deleted...]
-    <t>EC00201857355</t>
+    <t>Decoder Automatic Identification System LAPAN-A2dan LAPAN-A3</t>
+  </si>
+  <si>
+    <t>Rizki Permala, ST ; Tri Meidiansyah, ST ; M Mukhayadi, ST, M.Kom ; Wahyudi Hasbi, S.Si, M.Kom. ;</t>
+  </si>
+  <si>
+    <t>2018-11-14</t>
+  </si>
+  <si>
+    <t>EC00201854129</t>
+  </si>
+  <si>
+    <t>Scheduler Misi Operasi Satelit LAPAN-A3</t>
+  </si>
+  <si>
+    <t>M. Taufik, ST, MT ; Wahyudi Hasbi, S.Si, M.Kom ; Nayla Najati, ST, MT ; Patria Rachman Hakim, ST, MT ; Desti Ika Suryanti, S.Si. ;</t>
+  </si>
+  <si>
+    <t>EC00201854102</t>
+  </si>
+  <si>
+    <t>Client Tracking Satelit LAPAN-A2</t>
+  </si>
+  <si>
+    <t>Tri Meidiansyah, ST ; M Mukhayadi, ST, M.Kom ; M. Arif Saifudin, ST, M.Kom ; Moh Farid Huzain, ST, M.Eng. ;</t>
+  </si>
+  <si>
+    <t>EC00201854076</t>
+  </si>
+  <si>
+    <t>Client Tracking Satelit LAPAN-A3</t>
+  </si>
+  <si>
+    <t>Tri Meidiansyah, ST ; M Mukhayadi, ST, M.Kom ; Wahyudi Hasbi, S.Si, M.Kom ; M. Arif Saifudin, ST, M.Kom ; Moh Farid Huzain, ST, M.Eng ;</t>
+  </si>
+  <si>
+    <t>EC00201854077</t>
   </si>
   <si>
     <t>Pengolahan Data Citra Satelit LAPAN-A3 Level-L0</t>
   </si>
   <si>
     <t>A. Hadi Syafrudin, ST, MSc ; Patria Rachman Hakim, ST, MT ; Satriya Utama, ST, MT ; Sartika Salaswati, S.Si ; Ade Putri Septi Jayani, ST. ;</t>
   </si>
   <si>
-    <t>2018-11-14</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00201854078</t>
   </si>
   <si>
-    <t>Scheduler Misi Operasi Satelit LAPAN-A3</t>
-[...34 lines deleted...]
-  <si>
     <t>Program Komputer ELANG Flight Tracker</t>
   </si>
   <si>
     <t>Achmad Witjaksono ; Sardjono Trihatmo ; Wayan Wira Yogantara ; Dedy Irawan ; Gita Citra Puspita ; Richmond Yahya ; Sardjono Trihatmo ; Wayan Wira Yogantara ; Dedy Irawan ; Gita Citra Puspita ; Richmond Yahya ;</t>
   </si>
   <si>
     <t>2018-11-02</t>
   </si>
   <si>
     <t>EC00201852432</t>
   </si>
   <si>
     <t>Program Komputer ADS-B Report Assembly-KASUARI</t>
   </si>
   <si>
     <t>Sardjono Trihatmo ; Achmad Witjaksono ; Wayan Wira Yogantara ; Dedy Irawan ; Siswayudi Azhari ; Gita Citra Puspita ; Achmad Witjaksono ; Wayan Wira Yogantara ; Dedy Irawan ; Siswayudi Azhari ; Gita Citra Puspita ;</t>
   </si>
   <si>
     <t>EC00201852438</t>
   </si>
   <si>
     <t>Sistem Informasi E-Kinerja LIPI</t>
   </si>
   <si>
     <t>Furqon Hensan Muttaqien ; Imam Muhajirin ; Karno ;</t>
   </si>
   <si>
     <t>2018-10-12</t>
   </si>
   <si>
     <t>EC00201849215</t>
   </si>
   <si>
     <t>- Biro Umum</t>
   </si>
   <si>
     <t>Sistem Informasi Manajemen – Penerimaan Negara Bukan Pajak (SIMa-PNBP)</t>
   </si>
   <si>
     <t>Karno ; Mahardhika Berliandaldo ;</t>
   </si>
   <si>
     <t>EC00201849190</t>
   </si>
   <si>
+    <t>Perangkat Lunak Pengolah Sinyal untuk Aplikasi Radar Navigasi</t>
+  </si>
+  <si>
+    <t>Arief Nur Rahman ; Dayat Kurniawan ; Eko Joni Pristianto ; Octa Heriana ; Purwoko Adhi ; Ratna Indrawijaya ; Winy Desvasari ; M Tajul Miftahushudur ; Chaeriah Bin Ali Wael ST, MT ;</t>
+  </si>
+  <si>
+    <t>2018-09-07</t>
+  </si>
+  <si>
+    <t>EC00201826679</t>
+  </si>
+  <si>
+    <t>Pohon Kata Bahasa Alami (PoKaBi)</t>
+  </si>
+  <si>
+    <t>Wiwin Suwarningsih ;</t>
+  </si>
+  <si>
+    <t>EC00201826677</t>
+  </si>
+  <si>
     <t>Sistem Prediksi Banjir (SimBar)</t>
   </si>
   <si>
     <t>Endang Suryawati ; Wiwin Suwarningsih ;</t>
   </si>
   <si>
-    <t>2018-09-07</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00201826678</t>
   </si>
   <si>
-    <t>Pohon Kata Bahasa Alami (PoKaBi)</t>
-[...16 lines deleted...]
-  <si>
     <t>Perangkat Lunak Online Monitoring Tambak Udang menggunakan Raspberry Pi Board</t>
   </si>
   <si>
     <t>Briliant Adhi Prabowo ; Dayat Kurniawan ; Gandi Sugandi ; Goib Wiranto ; I Dewa Putu Hermida ; Robeth Viktoria Manurung ; Slamet Widodo ; Teguh Praludi ; Yaya Sulaeman ; Yudi Yuliyus Maulana ;</t>
   </si>
   <si>
     <t>EC00201826682</t>
   </si>
   <si>
     <t>Sistem Aplikasi Web GIS untuk Pemantauan Sumber Daya Alam dan Lingkungan di Provinsi Kepulauan Riau</t>
   </si>
   <si>
     <t>Ir. Rubini Jusuf, M.Si. ; Sukentyas Estuti Siwi, M.Si. ; Gusti Darma Yudha, S.Kom., M.Eng. ; ;</t>
   </si>
   <si>
     <t>2018-08-30</t>
   </si>
   <si>
     <t>EC00201825874</t>
   </si>
   <si>
     <t>Software Pengolahan Lanjut Citra Landsat 8</t>
   </si>
   <si>
     <t>Kuncoro Adi Pradono, ST ; Drs. Kustiyo, M.Si ;</t>
@@ -7517,74 +9440,74 @@
   <si>
     <t>Dr. Dipl. Ing. Michael Andreas Purwoadi, DEA ; Dr. M. Teduh Uliniansyah, B.Eng, MSc ; Agung Santosa, BSEE, M.Kom ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom ; Dr. Dipl. Ing (FH) Asril,MSc ; Zulwelly M, ST ; Muhammad Iqbal Habibie, S.Kom, MT ; Maratul Hamidah, ST ; Rully Kusumajaya, S. Kom ; Ir. Yudi Adityawarman, MSc ; Ilvi Fauziyah Cahyaningtiyas, ST ; Dipl.Ing. Yahya Andreas Lapian ; Ir. A. Juliati Junde, MS ; Elvira Nurfadhilah, S.Kom, M Kom ; Lyla Ruslana Aini, S.Kom ; Fara Ayuningtyas, S.Kom ; Ir. Andi Djalal Latief, M.S ; Ir. Gunarso ; Ir. Made Gunawan, M.Eng ; Harnum Annisa Prafitia,S.Si ; Dr.Ir. Moeljono Widjaja ; Dr. M. Teduh Uliniansyah, B.Eng, MSc ; Agung Santosa, BSEE, M.Kom ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom ; Dr. Dipl. Ing (FH) Asril,MSc ; Zulwelly M, ST ; Muhammad Iqbal Habibie, S.Kom, MT ; Maratul Hamidah, ST ; Rully Kusumajaya, S. Kom ; Ir. Yudi Adityawarman, MSc ; Ilvi Fauziyah Cahyaningtiyas, ST ; Dipl.Ing. Yahya Andreas Lapian ; Ir. A. Juliati Junde, MS ; Elvira Nurfadhilah, S.Kom, M Kom ; Lyla Ruslana Aini, S.Kom ; Fara Ayuningtyas, S.Kom ; Ir. Andi Djalal Latief, M.S ; Ir. Gunarso ; Ir. Made Gunawan, M.Eng ; Harnum Annisa Prafitia,S.Si ; Dr.Ir. Moeljono Widjaja ;</t>
   </si>
   <si>
     <t>2018-05-16</t>
   </si>
   <si>
     <t>EC00201811935</t>
   </si>
   <si>
     <t>RIN - Repositori Ilmiah Nasional</t>
   </si>
   <si>
     <t>Ekawati Marlina ; Hendro Subagyo ; Sjaeful Afandi ; Slamet Riyanto ;</t>
   </si>
   <si>
     <t>2018-04-26</t>
   </si>
   <si>
     <t>EC00201810146</t>
   </si>
   <si>
     <t>- Pusat Dokumentasi dan Informasi Ilmiah</t>
   </si>
   <si>
+    <t>InaSTI - Indonesian Science and Technology Index</t>
+  </si>
+  <si>
+    <t>EC00201810148</t>
+  </si>
+  <si>
+    <t>Spatial MateVis, a software for visualizing climate dataset into spatial map</t>
+  </si>
+  <si>
+    <t>Furqon Hensan Muttaqien ; Arnida Lailatul Latifah ;</t>
+  </si>
+  <si>
+    <t>EC00201810147</t>
+  </si>
+  <si>
     <t>SISENBI - Analisis Sentiment Bahasa Indonesia</t>
   </si>
   <si>
     <t>Andria Arisal ; Andri Fachrur Rozie ; Rini Wijayanti ;</t>
   </si>
   <si>
     <t>EC00201810117</t>
   </si>
   <si>
-    <t>Spatial MateVis, a software for visualizing climate dataset into spatial map</t>
-[...13 lines deleted...]
-  <si>
     <t>WoodID</t>
   </si>
   <si>
     <t>Bambang Sugiarto ; Esa Prakasa ; Hilman Ferdinandus Pardede ; Riyo Wardoyo ; Yan Rianto ; Listya Mustika Dewi, S.Hut., M.FES. ; Krisdianto, S.Hut., M.Sc., Ph.D. ; Ratih Damayanti, S.Hut., M.Si., Ph.D. ; Ganda Rain Panjaitan ; Moch. Luthfi Hadiwidjaja ;</t>
   </si>
   <si>
     <t>2017-11-30</t>
   </si>
   <si>
     <t>C00201705503</t>
   </si>
   <si>
     <t>Aplikasi On-Line Water Quality Monitoring Pada Tambak Udang</t>
   </si>
   <si>
     <t>Briliant Adhi Prabowo ; Dayat Kurniawan ; Gandi Sugandi ; Goib Wiranto ; I Dewa Putu Hermida ; Robeth Viktoria Manurung ; Slamet Widodo ;</t>
   </si>
   <si>
     <t>2017-11-24</t>
   </si>
   <si>
     <t>C00201705322</t>
   </si>
   <si>
     <t>Software Antarmuka Radar Pengawas Udara Versi 1</t>
@@ -7598,105 +9521,78 @@
   <si>
     <t>Sistem Informasi IP Port (Portal of Intellectual Property) Berbasis Situs Web</t>
   </si>
   <si>
     <t>Harini Yaniar ; Prio Adi Ramadhani ; Ragil Yoga Edi ; A. A. Gede Yudhi Paramartha, M.Kom. ;</t>
   </si>
   <si>
     <t>2017-09-18</t>
   </si>
   <si>
     <t>C00201704059</t>
   </si>
   <si>
     <t>Sistem Komunikasi Data Logger (SisKomDatLog)</t>
   </si>
   <si>
     <t>Djohar Syamsi ; Oka Mahendra ;</t>
   </si>
   <si>
     <t>2017-06-22</t>
   </si>
   <si>
     <t>C00201702594</t>
   </si>
   <si>
+    <t>ISJD (Indonesian Scientific Journal Database)</t>
+  </si>
+  <si>
+    <t>Ekawati Marlina ; Hendro Subagyo ; Sjaeful Afandi ; Widhyastini ; Lukman ; Slamet Rianto ;</t>
+  </si>
+  <si>
+    <t>2016-11-25</t>
+  </si>
+  <si>
+    <t>C00201604896</t>
+  </si>
+  <si>
     <t>LARAS (Library and Archive Analysis System</t>
   </si>
   <si>
-    <t>Ekawati Marlina ; Hendro Subagyo ; Sjaeful Afandi ; Widhyastini ; Lukman ; Slamet Rianto ;</t>
-[...4 lines deleted...]
-  <si>
     <t>C00201604897</t>
   </si>
   <si>
-    <t>ISJD (Indonesian Scientific Journal Database)</t>
-[...4 lines deleted...]
-  <si>
     <t>Program Komputer untuk aplikasi handphone “Sistem Informasi Cuaca Berbasis Android”</t>
   </si>
   <si>
     <t>Akbari Indra Basuki ; Djohar Syamsi ; Oka Mahendra ;</t>
   </si>
   <si>
     <t>2016-04-27</t>
   </si>
   <si>
     <t>C00201601548</t>
-  </si>
-[...25 lines deleted...]
-    <t>- Pusat Konservasi Tanaman Kebun Raya Bogor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -8003,54 +9899,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I767"/>
+  <dimension ref="A1:I964"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A767" sqref="A767"/>
+      <selection activeCell="A964" sqref="A964"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="0.427" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -8144,21638 +10040,27375 @@
       </c>
       <c r="G4" t="s">
         <v>18</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
       <c r="I4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" t="s">
         <v>27</v>
       </c>
-      <c r="G5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G6" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G7" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="H7" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G8" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G9" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" t="s">
         <v>46</v>
       </c>
-      <c r="F10" t="s">
+      <c r="G10" t="s">
+        <v>27</v>
+      </c>
+      <c r="H10" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="I10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" t="s">
         <v>49</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>27</v>
+      </c>
+      <c r="F11" t="s">
         <v>50</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" t="s">
+      <c r="G11" t="s">
+        <v>27</v>
+      </c>
+      <c r="H11" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="I11" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="s">
         <v>53</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" t="s">
         <v>54</v>
       </c>
-      <c r="D12" t="s">
-[...5 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G12" t="s">
+        <v>27</v>
+      </c>
+      <c r="H12" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" t="s">
         <v>57</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" t="s">
         <v>58</v>
       </c>
-      <c r="D13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G13" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="H13" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>27</v>
+      </c>
+      <c r="F14" t="s">
         <v>61</v>
       </c>
-      <c r="C14" t="s">
+      <c r="G14" t="s">
+        <v>27</v>
+      </c>
+      <c r="H14" t="s">
         <v>62</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
       <c r="I14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" t="s">
         <v>64</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>27</v>
+      </c>
+      <c r="F15" t="s">
         <v>65</v>
       </c>
-      <c r="D15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G15" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="H15" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" t="s">
+        <v>67</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
         <v>68</v>
       </c>
-      <c r="C16" t="s">
+      <c r="F16" t="s">
         <v>69</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="F16" t="s">
+      <c r="G16" t="s">
+        <v>68</v>
+      </c>
+      <c r="H16" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="I16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" t="s">
         <v>72</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" t="s">
         <v>73</v>
       </c>
-      <c r="D17" t="s">
-[...5 lines deleted...]
-      <c r="F17" t="s">
+      <c r="G17" t="s">
+        <v>68</v>
+      </c>
+      <c r="H17" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="I17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
       <c r="C18" t="s">
         <v>76</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="F18" t="s">
         <v>77</v>
       </c>
       <c r="G18" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="H18" t="s">
         <v>78</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>79</v>
       </c>
       <c r="C19" t="s">
         <v>80</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="F19" t="s">
+        <v>82</v>
+      </c>
+      <c r="G19" t="s">
         <v>81</v>
       </c>
-      <c r="G19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I19" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>81</v>
+      </c>
+      <c r="F20" t="s">
+        <v>86</v>
+      </c>
+      <c r="G20" t="s">
+        <v>81</v>
+      </c>
+      <c r="H20" t="s">
         <v>83</v>
-      </c>
-[...16 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="F21" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G21" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="H21" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>89</v>
       </c>
-      <c r="C22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G22" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="H22" t="s">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="I22" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="F23" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="G23" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="H23" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C24" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="F24" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="G24" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="H24" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="I24" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C25" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="F25" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="G25" t="s">
-        <v>46</v>
+        <v>104</v>
       </c>
       <c r="H25" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="I25" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C26" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>104</v>
       </c>
       <c r="F26" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="G26" t="s">
         <v>104</v>
       </c>
       <c r="H26" t="s">
         <v>78</v>
       </c>
       <c r="I26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C27" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>104</v>
       </c>
       <c r="F27" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G27" t="s">
         <v>104</v>
       </c>
       <c r="H27" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="I27" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C28" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>104</v>
       </c>
       <c r="F28" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G28" t="s">
         <v>104</v>
       </c>
       <c r="H28" t="s">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C29" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>104</v>
       </c>
       <c r="F29" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="G29" t="s">
         <v>104</v>
       </c>
       <c r="H29" t="s">
-        <v>115</v>
+        <v>78</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C30" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>104</v>
       </c>
       <c r="F30" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="G30" t="s">
         <v>104</v>
       </c>
       <c r="H30" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C31" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>104</v>
       </c>
       <c r="F31" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G31" t="s">
         <v>104</v>
       </c>
       <c r="H31" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C32" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>104</v>
+        <v>129</v>
       </c>
       <c r="F32" t="s">
-        <v>126</v>
+        <v>130</v>
+      </c>
+      <c r="G32" t="s">
+        <v>129</v>
       </c>
       <c r="H32" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="I32" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C33" t="s">
+        <v>133</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
         <v>129</v>
       </c>
-      <c r="D33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="G33" t="s">
-        <v>104</v>
+        <v>129</v>
       </c>
       <c r="H33" t="s">
-        <v>131</v>
+        <v>33</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C34" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F34" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G34" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="H34" t="s">
-        <v>60</v>
+        <v>138</v>
       </c>
       <c r="I34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C35" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F35" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G35" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="H35" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="I35" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C36" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F36" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="G36" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="H36" t="s">
-        <v>142</v>
+        <v>33</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C37" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F37" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="G37" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="H37" t="s">
-        <v>119</v>
+        <v>29</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C38" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F38" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G38" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="H38" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="I38" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C39" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F39" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="G39" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="H39" t="s">
-        <v>152</v>
+        <v>78</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C40" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F40" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="G40" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="H40" t="s">
-        <v>119</v>
+        <v>20</v>
       </c>
       <c r="I40" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="C41" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F41" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="G41" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="H41" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C42" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F42" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="G42" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="H42" t="s">
-        <v>119</v>
+        <v>70</v>
       </c>
       <c r="I42" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C43" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>164</v>
+        <v>129</v>
       </c>
       <c r="F43" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="G43" t="s">
-        <v>164</v>
+        <v>129</v>
       </c>
       <c r="H43" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C44" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="F44" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G44" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="H44" t="s">
-        <v>48</v>
+        <v>172</v>
       </c>
       <c r="I44" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C45" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="F45" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="G45" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="H45" t="s">
-        <v>174</v>
+        <v>20</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C46" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="F46" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G46" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="H46" t="s">
-        <v>178</v>
+        <v>33</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>179</v>
       </c>
       <c r="C47" t="s">
         <v>180</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="F47" t="s">
         <v>181</v>
       </c>
       <c r="G47" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="H47" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="I47" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C48" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="F48" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G48" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="H48" t="s">
-        <v>178</v>
+        <v>47</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C49" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>187</v>
+        <v>129</v>
       </c>
       <c r="F49" t="s">
         <v>188</v>
       </c>
       <c r="G49" t="s">
-        <v>187</v>
+        <v>129</v>
       </c>
       <c r="H49" t="s">
-        <v>152</v>
+        <v>47</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>189</v>
       </c>
       <c r="C50" t="s">
         <v>190</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>187</v>
+        <v>129</v>
       </c>
       <c r="F50" t="s">
         <v>191</v>
       </c>
       <c r="G50" t="s">
-        <v>187</v>
+        <v>129</v>
       </c>
       <c r="H50" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>192</v>
       </c>
       <c r="C51" t="s">
         <v>193</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>187</v>
+        <v>129</v>
       </c>
       <c r="F51" t="s">
         <v>194</v>
       </c>
       <c r="G51" t="s">
-        <v>187</v>
+        <v>129</v>
       </c>
       <c r="H51" t="s">
-        <v>24</v>
+        <v>195</v>
       </c>
       <c r="I51" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C52" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>187</v>
+        <v>129</v>
       </c>
       <c r="F52" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G52" t="s">
-        <v>187</v>
+        <v>129</v>
       </c>
       <c r="H52" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I52" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C53" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="F53" t="s">
         <v>202</v>
       </c>
       <c r="G53" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="H53" t="s">
-        <v>127</v>
+        <v>203</v>
       </c>
       <c r="I53" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C54" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="F54" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G54" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="H54" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="I54" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="F55" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="G55" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="H55" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="I55" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C56" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="F56" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G56" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="H56" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="I56" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C57" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="F57" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="G57" t="s">
-        <v>215</v>
+        <v>129</v>
       </c>
       <c r="H57" t="s">
-        <v>119</v>
+        <v>33</v>
       </c>
       <c r="I57" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>216</v>
       </c>
       <c r="C58" t="s">
         <v>217</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
+        <v>129</v>
+      </c>
+      <c r="F58" t="s">
         <v>218</v>
       </c>
-      <c r="F58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G58" t="s">
-        <v>218</v>
+        <v>129</v>
       </c>
       <c r="H58" t="s">
-        <v>198</v>
+        <v>51</v>
       </c>
       <c r="I58" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>219</v>
+      </c>
+      <c r="C59" t="s">
         <v>220</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>129</v>
+      </c>
+      <c r="F59" t="s">
         <v>221</v>
       </c>
-      <c r="D59" t="s">
-[...6 lines deleted...]
-        <v>223</v>
+      <c r="G59" t="s">
+        <v>129</v>
       </c>
       <c r="H59" t="s">
-        <v>119</v>
+        <v>47</v>
       </c>
       <c r="I59" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>222</v>
+      </c>
+      <c r="C60" t="s">
+        <v>223</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>129</v>
+      </c>
+      <c r="F60" t="s">
         <v>224</v>
       </c>
-      <c r="C60" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G60" t="s">
-        <v>222</v>
+        <v>129</v>
       </c>
       <c r="H60" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I60" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>225</v>
+      </c>
+      <c r="C61" t="s">
+        <v>226</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>129</v>
+      </c>
+      <c r="F61" t="s">
         <v>227</v>
       </c>
-      <c r="C61" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G61" t="s">
-        <v>222</v>
+        <v>129</v>
       </c>
       <c r="H61" t="s">
-        <v>127</v>
+        <v>33</v>
       </c>
       <c r="I61" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1">
         <v>61</v>
       </c>
       <c r="B62" t="s">
+        <v>228</v>
+      </c>
+      <c r="C62" t="s">
+        <v>229</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>129</v>
+      </c>
+      <c r="F62" t="s">
         <v>230</v>
       </c>
-      <c r="C62" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G62" t="s">
-        <v>232</v>
+        <v>129</v>
       </c>
       <c r="H62" t="s">
-        <v>78</v>
+        <v>29</v>
       </c>
       <c r="I62" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>231</v>
+      </c>
+      <c r="C63" t="s">
+        <v>232</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>129</v>
+      </c>
+      <c r="F63" t="s">
+        <v>233</v>
+      </c>
+      <c r="G63" t="s">
+        <v>129</v>
+      </c>
+      <c r="H63" t="s">
         <v>234</v>
-      </c>
-[...16 lines deleted...]
-        <v>67</v>
       </c>
       <c r="I63" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>235</v>
+      </c>
+      <c r="C64" t="s">
+        <v>236</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>129</v>
+      </c>
+      <c r="F64" t="s">
         <v>237</v>
       </c>
-      <c r="C64" t="s">
+      <c r="G64" t="s">
+        <v>129</v>
+      </c>
+      <c r="H64" t="s">
         <v>238</v>
-      </c>
-[...13 lines deleted...]
-        <v>56</v>
       </c>
       <c r="I64" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1">
         <v>64</v>
       </c>
       <c r="B65" t="s">
+        <v>239</v>
+      </c>
+      <c r="C65" t="s">
         <v>240</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>129</v>
+      </c>
+      <c r="F65" t="s">
         <v>241</v>
       </c>
-      <c r="D65" t="s">
-[...5 lines deleted...]
-      <c r="F65" t="s">
+      <c r="G65" t="s">
+        <v>129</v>
+      </c>
+      <c r="H65" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I65" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>243</v>
       </c>
       <c r="C66" t="s">
         <v>244</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>232</v>
+        <v>129</v>
       </c>
       <c r="F66" t="s">
         <v>245</v>
       </c>
       <c r="G66" t="s">
-        <v>232</v>
+        <v>129</v>
       </c>
       <c r="H66" t="s">
-        <v>67</v>
+        <v>246</v>
       </c>
       <c r="I66" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C67" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>248</v>
+        <v>129</v>
       </c>
       <c r="F67" t="s">
         <v>249</v>
       </c>
       <c r="G67" t="s">
-        <v>248</v>
+        <v>129</v>
       </c>
       <c r="H67" t="s">
-        <v>127</v>
+        <v>51</v>
       </c>
       <c r="I67" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>250</v>
       </c>
       <c r="C68" t="s">
         <v>251</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F68" t="s">
+        <v>253</v>
+      </c>
+      <c r="G68" t="s">
         <v>252</v>
       </c>
-      <c r="G68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H68" t="s">
-        <v>253</v>
+        <v>33</v>
       </c>
       <c r="I68" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>254</v>
       </c>
       <c r="C69" t="s">
         <v>255</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F69" t="s">
         <v>256</v>
       </c>
       <c r="G69" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H69" t="s">
-        <v>24</v>
+        <v>257</v>
       </c>
       <c r="I69" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C70" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F70" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="G70" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H70" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I70" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C71" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F71" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G71" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H71" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="I71" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C72" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="F72" t="s">
         <v>266</v>
       </c>
       <c r="G72" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="H72" t="s">
-        <v>253</v>
+        <v>267</v>
       </c>
       <c r="I72" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C73" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="F73" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="G73" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
       <c r="H73" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I73" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C74" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="F74" t="s">
         <v>273</v>
       </c>
       <c r="G74" t="s">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="H74" t="s">
-        <v>24</v>
+        <v>199</v>
       </c>
       <c r="I74" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>274</v>
       </c>
       <c r="C75" t="s">
         <v>275</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
+        <v>252</v>
+      </c>
+      <c r="F75" t="s">
         <v>276</v>
       </c>
-      <c r="F75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G75" t="s">
-        <v>276</v>
+        <v>252</v>
       </c>
       <c r="H75" t="s">
-        <v>48</v>
+        <v>199</v>
       </c>
       <c r="I75" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1">
         <v>75</v>
       </c>
       <c r="B76" t="s">
+        <v>277</v>
+      </c>
+      <c r="C76" t="s">
         <v>278</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>252</v>
+      </c>
+      <c r="F76" t="s">
         <v>279</v>
       </c>
-      <c r="D76" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G76" t="s">
-        <v>280</v>
+        <v>252</v>
       </c>
       <c r="H76" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I76" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>280</v>
+      </c>
+      <c r="C77" t="s">
+        <v>281</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>252</v>
+      </c>
+      <c r="F77" t="s">
         <v>282</v>
       </c>
-      <c r="C77" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G77" t="s">
-        <v>284</v>
+        <v>252</v>
       </c>
       <c r="H77" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="I77" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1">
         <v>77</v>
       </c>
       <c r="B78" t="s">
+        <v>283</v>
+      </c>
+      <c r="C78" t="s">
+        <v>284</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>252</v>
+      </c>
+      <c r="F78" t="s">
+        <v>285</v>
+      </c>
+      <c r="G78" t="s">
+        <v>252</v>
+      </c>
+      <c r="H78" t="s">
         <v>286</v>
-      </c>
-[...16 lines deleted...]
-        <v>119</v>
       </c>
       <c r="I78" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C79" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>292</v>
+        <v>252</v>
       </c>
       <c r="F79" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="G79" t="s">
-        <v>292</v>
+        <v>252</v>
       </c>
       <c r="H79" t="s">
-        <v>294</v>
+        <v>74</v>
       </c>
       <c r="I79" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="1">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="C80" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>297</v>
+        <v>252</v>
       </c>
       <c r="F80" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="G80" t="s">
-        <v>297</v>
+        <v>252</v>
       </c>
       <c r="H80" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="I80" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>300</v>
+        <v>294</v>
+      </c>
+      <c r="C81" t="s">
+        <v>295</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>297</v>
+        <v>252</v>
       </c>
       <c r="F81" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="G81" t="s">
-        <v>297</v>
+        <v>252</v>
       </c>
       <c r="H81" t="s">
-        <v>299</v>
+        <v>33</v>
       </c>
       <c r="I81" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="C82" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="F82" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="G82" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="H82" t="s">
-        <v>306</v>
+        <v>94</v>
       </c>
       <c r="I82" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="C83" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="F83" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="G83" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="H83" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="I83" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="C84" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="F84" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="G84" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="H84" t="s">
-        <v>313</v>
+        <v>20</v>
       </c>
       <c r="I84" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="1">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="C85" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="F85" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="G85" t="s">
-        <v>304</v>
+        <v>252</v>
       </c>
       <c r="H85" t="s">
-        <v>67</v>
+        <v>309</v>
       </c>
       <c r="I85" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="C86" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="F86" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="G86" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="H86" t="s">
-        <v>123</v>
+        <v>70</v>
       </c>
       <c r="I86" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>321</v>
+        <v>313</v>
+      </c>
+      <c r="C87" t="s">
+        <v>314</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="F87" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="G87" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="H87" t="s">
-        <v>28</v>
+        <v>203</v>
       </c>
       <c r="I87" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="C88" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
+        <v>252</v>
+      </c>
+      <c r="F88" t="s">
+        <v>318</v>
+      </c>
+      <c r="G88" t="s">
+        <v>252</v>
+      </c>
+      <c r="H88" t="s">
         <v>319</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I88" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="C89" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="F89" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="G89" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="H89" t="s">
-        <v>253</v>
+        <v>37</v>
       </c>
       <c r="I89" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="C90" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="F90" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="G90" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="H90" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="I90" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="C91" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="F91" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="G91" t="s">
-        <v>319</v>
+        <v>252</v>
       </c>
       <c r="H91" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I91" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="C92" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F92" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="G92" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H92" t="s">
-        <v>14</v>
+        <v>332</v>
       </c>
       <c r="I92" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="1">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="C93" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F93" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="G93" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H93" t="s">
-        <v>24</v>
+        <v>336</v>
       </c>
       <c r="I93" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="1">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="C94" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F94" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="G94" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H94" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="I94" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="1">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="C95" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F95" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="G95" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H95" t="s">
-        <v>253</v>
+        <v>343</v>
       </c>
       <c r="I95" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="1">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="C96" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F96" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="G96" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H96" t="s">
-        <v>351</v>
+        <v>20</v>
       </c>
       <c r="I96" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="C97" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F97" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="G97" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H97" t="s">
-        <v>43</v>
+        <v>350</v>
       </c>
       <c r="I97" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C98" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F98" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="G98" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H98" t="s">
-        <v>67</v>
+        <v>257</v>
       </c>
       <c r="I98" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="1">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C99" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F99" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="G99" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H99" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="I99" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C100" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F100" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="G100" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H100" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="I100" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="C101" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F101" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="G101" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H101" t="s">
-        <v>119</v>
+        <v>286</v>
       </c>
       <c r="I101" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="1">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C102" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F102" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="G102" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H102" t="s">
-        <v>119</v>
+        <v>172</v>
       </c>
       <c r="I102" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="1">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="C103" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="F103" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="G103" t="s">
-        <v>337</v>
+        <v>252</v>
       </c>
       <c r="H103" t="s">
-        <v>123</v>
+        <v>369</v>
       </c>
       <c r="I103" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1">
         <v>103</v>
       </c>
       <c r="B104" t="s">
+        <v>370</v>
+      </c>
+      <c r="C104" t="s">
+        <v>371</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>372</v>
+      </c>
+      <c r="F104" t="s">
         <v>373</v>
       </c>
-      <c r="C104" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G104" t="s">
-        <v>337</v>
+        <v>372</v>
       </c>
       <c r="H104" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I104" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="1">
         <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>374</v>
+      </c>
+      <c r="C105" t="s">
+        <v>375</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>372</v>
+      </c>
+      <c r="F105" t="s">
         <v>376</v>
       </c>
-      <c r="C105" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G105" t="s">
-        <v>337</v>
+        <v>372</v>
       </c>
       <c r="H105" t="s">
-        <v>379</v>
+        <v>78</v>
       </c>
       <c r="I105" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="C106" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>337</v>
+        <v>372</v>
       </c>
       <c r="F106" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="G106" t="s">
-        <v>337</v>
+        <v>372</v>
       </c>
       <c r="H106" t="s">
-        <v>67</v>
+        <v>350</v>
       </c>
       <c r="I106" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C107" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="F107" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="G107" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H107" t="s">
-        <v>24</v>
+        <v>238</v>
       </c>
       <c r="I107" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="C108" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
+        <v>372</v>
+      </c>
+      <c r="F108" t="s">
         <v>385</v>
       </c>
-      <c r="F108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G108" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H108" t="s">
-        <v>390</v>
+        <v>293</v>
       </c>
       <c r="I108" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="C109" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="F109" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="G109" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H109" t="s">
-        <v>67</v>
+        <v>343</v>
       </c>
       <c r="I109" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="1">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C110" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="F110" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="G110" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H110" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="I110" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C111" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="F111" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="G111" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H111" t="s">
-        <v>390</v>
+        <v>257</v>
       </c>
       <c r="I111" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="C112" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="F112" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="G112" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H112" t="s">
-        <v>78</v>
+        <v>398</v>
       </c>
       <c r="I112" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="1">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="C113" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="F113" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="G113" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H113" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I113" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="C114" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="F114" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="G114" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H114" t="s">
-        <v>24</v>
+        <v>405</v>
       </c>
       <c r="I114" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="C115" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="F115" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="G115" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H115" t="s">
-        <v>142</v>
+        <v>20</v>
       </c>
       <c r="I115" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="1">
         <v>115</v>
       </c>
       <c r="B116" t="s">
+        <v>409</v>
+      </c>
+      <c r="C116" t="s">
+        <v>410</v>
+      </c>
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>372</v>
+      </c>
+      <c r="F116" t="s">
+        <v>411</v>
+      </c>
+      <c r="G116" t="s">
+        <v>372</v>
+      </c>
+      <c r="H116" t="s">
         <v>412</v>
-      </c>
-[...16 lines deleted...]
-        <v>39</v>
       </c>
       <c r="I116" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="1">
         <v>116</v>
       </c>
       <c r="B117" t="s">
+        <v>413</v>
+      </c>
+      <c r="C117" t="s">
+        <v>414</v>
+      </c>
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>372</v>
+      </c>
+      <c r="F117" t="s">
         <v>415</v>
       </c>
-      <c r="C117" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G117" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H117" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="I117" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="1">
         <v>117</v>
       </c>
       <c r="B118" t="s">
+        <v>416</v>
+      </c>
+      <c r="C118" t="s">
+        <v>417</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>372</v>
+      </c>
+      <c r="F118" t="s">
         <v>418</v>
       </c>
-      <c r="C118" t="s">
+      <c r="G118" t="s">
+        <v>372</v>
+      </c>
+      <c r="H118" t="s">
         <v>419</v>
-      </c>
-[...13 lines deleted...]
-        <v>56</v>
       </c>
       <c r="I118" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="1">
         <v>118</v>
       </c>
       <c r="B119" t="s">
+        <v>420</v>
+      </c>
+      <c r="C119" t="s">
         <v>421</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" t="s">
+        <v>372</v>
+      </c>
+      <c r="F119" t="s">
         <v>422</v>
       </c>
-      <c r="D119" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G119" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H119" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="I119" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="1">
         <v>119</v>
       </c>
       <c r="B120" t="s">
+        <v>423</v>
+      </c>
+      <c r="C120" t="s">
         <v>424</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" t="s">
+        <v>372</v>
+      </c>
+      <c r="F120" t="s">
         <v>425</v>
       </c>
-      <c r="D120" t="s">
-[...5 lines deleted...]
-      <c r="F120" t="s">
+      <c r="G120" t="s">
+        <v>372</v>
+      </c>
+      <c r="H120" t="s">
         <v>426</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="I120" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="1">
         <v>120</v>
       </c>
       <c r="B121" t="s">
         <v>427</v>
       </c>
       <c r="C121" t="s">
         <v>428</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="F121" t="s">
         <v>429</v>
       </c>
       <c r="G121" t="s">
-        <v>385</v>
+        <v>372</v>
       </c>
       <c r="H121" t="s">
-        <v>430</v>
+        <v>238</v>
       </c>
       <c r="I121" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1">
         <v>121</v>
       </c>
       <c r="B122" t="s">
+        <v>430</v>
+      </c>
+      <c r="C122" t="s">
         <v>431</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" t="s">
+        <v>372</v>
+      </c>
+      <c r="F122" t="s">
         <v>432</v>
       </c>
-      <c r="D122" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G122" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H122" t="s">
-        <v>174</v>
+        <v>20</v>
       </c>
       <c r="I122" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1">
         <v>122</v>
       </c>
       <c r="B123" t="s">
+        <v>433</v>
+      </c>
+      <c r="C123" t="s">
+        <v>434</v>
+      </c>
+      <c r="D123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123" t="s">
+        <v>372</v>
+      </c>
+      <c r="F123" t="s">
         <v>435</v>
       </c>
-      <c r="C123" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G123" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H123" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="I123" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1">
         <v>123</v>
       </c>
       <c r="B124" t="s">
+        <v>436</v>
+      </c>
+      <c r="C124" t="s">
+        <v>437</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" t="s">
+        <v>372</v>
+      </c>
+      <c r="F124" t="s">
         <v>438</v>
       </c>
-      <c r="C124" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G124" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H124" t="s">
-        <v>441</v>
+        <v>51</v>
       </c>
       <c r="I124" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="1">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="C125" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F125" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="G125" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H125" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="I125" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="1">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C126" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F126" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="G126" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H126" t="s">
-        <v>390</v>
+        <v>51</v>
       </c>
       <c r="I126" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="1">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="C127" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F127" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="G127" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H127" t="s">
-        <v>39</v>
+        <v>426</v>
       </c>
       <c r="I127" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="1">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="C128" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F128" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="G128" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H128" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="I128" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="1">
         <v>128</v>
       </c>
       <c r="B129" t="s">
+        <v>451</v>
+      </c>
+      <c r="C129" t="s">
+        <v>452</v>
+      </c>
+      <c r="D129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129" t="s">
+        <v>372</v>
+      </c>
+      <c r="F129" t="s">
+        <v>453</v>
+      </c>
+      <c r="G129" t="s">
+        <v>372</v>
+      </c>
+      <c r="H129" t="s">
         <v>454</v>
-      </c>
-[...16 lines deleted...]
-        <v>28</v>
       </c>
       <c r="I129" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="1">
         <v>129</v>
       </c>
       <c r="B130" t="s">
+        <v>455</v>
+      </c>
+      <c r="C130" t="s">
+        <v>456</v>
+      </c>
+      <c r="D130" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130" t="s">
+        <v>372</v>
+      </c>
+      <c r="F130" t="s">
         <v>457</v>
       </c>
-      <c r="C130" t="s">
+      <c r="G130" t="s">
+        <v>372</v>
+      </c>
+      <c r="H130" t="s">
         <v>458</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I130" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="1">
         <v>130</v>
       </c>
       <c r="B131" t="s">
+        <v>459</v>
+      </c>
+      <c r="C131" t="s">
         <v>460</v>
       </c>
-      <c r="C131" t="s">
+      <c r="D131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" t="s">
+        <v>372</v>
+      </c>
+      <c r="F131" t="s">
         <v>461</v>
       </c>
-      <c r="D131" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G131" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H131" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="I131" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="1">
         <v>131</v>
       </c>
       <c r="B132" t="s">
+        <v>462</v>
+      </c>
+      <c r="C132" t="s">
         <v>463</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" t="s">
+        <v>372</v>
+      </c>
+      <c r="F132" t="s">
         <v>464</v>
       </c>
-      <c r="D132" t="s">
-[...5 lines deleted...]
-      <c r="F132" t="s">
+      <c r="G132" t="s">
+        <v>372</v>
+      </c>
+      <c r="H132" t="s">
         <v>465</v>
-      </c>
-[...4 lines deleted...]
-        <v>466</v>
       </c>
       <c r="I132" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="1">
         <v>132</v>
       </c>
       <c r="B133" t="s">
+        <v>466</v>
+      </c>
+      <c r="C133" t="s">
         <v>467</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" t="s">
+        <v>372</v>
+      </c>
+      <c r="F133" t="s">
         <v>468</v>
       </c>
-      <c r="D133" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G133" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H133" t="s">
-        <v>198</v>
+        <v>257</v>
       </c>
       <c r="I133" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="1">
         <v>133</v>
       </c>
       <c r="B134" t="s">
+        <v>469</v>
+      </c>
+      <c r="C134" t="s">
         <v>470</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" t="s">
+        <v>372</v>
+      </c>
+      <c r="F134" t="s">
         <v>471</v>
       </c>
-      <c r="D134" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G134" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H134" t="s">
-        <v>39</v>
+        <v>319</v>
       </c>
       <c r="I134" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="1">
         <v>134</v>
       </c>
       <c r="B135" t="s">
+        <v>472</v>
+      </c>
+      <c r="C135" t="s">
         <v>473</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
+        <v>11</v>
+      </c>
+      <c r="E135" t="s">
+        <v>372</v>
+      </c>
+      <c r="F135" t="s">
         <v>474</v>
       </c>
-      <c r="D135" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G135" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H135" t="s">
-        <v>67</v>
+        <v>426</v>
       </c>
       <c r="I135" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1">
         <v>135</v>
       </c>
       <c r="B136" t="s">
+        <v>475</v>
+      </c>
+      <c r="C136" t="s">
         <v>476</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" t="s">
+        <v>372</v>
+      </c>
+      <c r="F136" t="s">
         <v>477</v>
       </c>
-      <c r="D136" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G136" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H136" t="s">
-        <v>379</v>
+        <v>78</v>
       </c>
       <c r="I136" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1">
         <v>136</v>
       </c>
       <c r="B137" t="s">
+        <v>478</v>
+      </c>
+      <c r="C137" t="s">
         <v>479</v>
       </c>
-      <c r="C137" t="s">
+      <c r="D137" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" t="s">
+        <v>372</v>
+      </c>
+      <c r="F137" t="s">
         <v>480</v>
       </c>
-      <c r="D137" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G137" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H137" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="I137" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1">
         <v>137</v>
       </c>
       <c r="B138" t="s">
+        <v>481</v>
+      </c>
+      <c r="C138" t="s">
         <v>482</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
+        <v>11</v>
+      </c>
+      <c r="E138" t="s">
+        <v>372</v>
+      </c>
+      <c r="F138" t="s">
         <v>483</v>
       </c>
-      <c r="D138" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G138" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H138" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I138" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1">
         <v>138</v>
       </c>
       <c r="B139" t="s">
+        <v>484</v>
+      </c>
+      <c r="C139" t="s">
         <v>485</v>
       </c>
-      <c r="C139" t="s">
+      <c r="D139" t="s">
+        <v>11</v>
+      </c>
+      <c r="E139" t="s">
+        <v>372</v>
+      </c>
+      <c r="F139" t="s">
         <v>486</v>
       </c>
-      <c r="D139" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G139" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H139" t="s">
-        <v>441</v>
+        <v>78</v>
       </c>
       <c r="I139" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1">
         <v>139</v>
       </c>
       <c r="B140" t="s">
+        <v>487</v>
+      </c>
+      <c r="C140" t="s">
         <v>488</v>
       </c>
-      <c r="C140" t="s">
+      <c r="D140" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" t="s">
+        <v>372</v>
+      </c>
+      <c r="F140" t="s">
         <v>489</v>
       </c>
-      <c r="D140" t="s">
-[...5 lines deleted...]
-      <c r="F140" t="s">
+      <c r="G140" t="s">
+        <v>372</v>
+      </c>
+      <c r="H140" t="s">
         <v>490</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="I140" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="1">
         <v>140</v>
       </c>
       <c r="B141" t="s">
         <v>491</v>
       </c>
       <c r="C141" t="s">
         <v>492</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F141" t="s">
         <v>493</v>
       </c>
       <c r="G141" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H141" t="s">
-        <v>494</v>
+        <v>83</v>
       </c>
       <c r="I141" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1">
         <v>141</v>
       </c>
       <c r="B142" t="s">
+        <v>494</v>
+      </c>
+      <c r="C142" t="s">
         <v>495</v>
       </c>
-      <c r="C142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F142" t="s">
         <v>496</v>
       </c>
       <c r="G142" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H142" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="I142" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="1">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>497</v>
       </c>
       <c r="C143" t="s">
         <v>498</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F143" t="s">
         <v>499</v>
       </c>
       <c r="G143" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H143" t="s">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I143" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="1">
         <v>143</v>
       </c>
       <c r="B144" t="s">
+        <v>500</v>
+      </c>
+      <c r="C144" t="s">
         <v>501</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" t="s">
+        <v>372</v>
+      </c>
+      <c r="F144" t="s">
         <v>502</v>
       </c>
-      <c r="D144" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G144" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H144" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I144" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="1">
         <v>144</v>
       </c>
       <c r="B145" t="s">
+        <v>503</v>
+      </c>
+      <c r="C145" t="s">
         <v>504</v>
       </c>
-      <c r="C145" t="s">
+      <c r="D145" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" t="s">
+        <v>372</v>
+      </c>
+      <c r="F145" t="s">
         <v>505</v>
       </c>
-      <c r="D145" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G145" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H145" t="s">
-        <v>198</v>
+        <v>122</v>
       </c>
       <c r="I145" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="1">
         <v>145</v>
       </c>
       <c r="B146" t="s">
+        <v>506</v>
+      </c>
+      <c r="C146" t="s">
         <v>507</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" t="s">
+        <v>372</v>
+      </c>
+      <c r="F146" t="s">
         <v>508</v>
       </c>
-      <c r="D146" t="s">
-[...5 lines deleted...]
-      <c r="F146" t="s">
+      <c r="G146" t="s">
+        <v>372</v>
+      </c>
+      <c r="H146" t="s">
         <v>509</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
       <c r="I146" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1">
         <v>146</v>
       </c>
       <c r="B147" t="s">
         <v>510</v>
       </c>
       <c r="C147" t="s">
         <v>511</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F147" t="s">
         <v>512</v>
       </c>
       <c r="G147" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H147" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="I147" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>147</v>
       </c>
       <c r="B148" t="s">
         <v>513</v>
       </c>
       <c r="C148" t="s">
         <v>514</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F148" t="s">
         <v>515</v>
       </c>
       <c r="G148" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H148" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="I148" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>516</v>
       </c>
       <c r="C149" t="s">
         <v>517</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F149" t="s">
         <v>518</v>
       </c>
       <c r="G149" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H149" t="s">
         <v>519</v>
       </c>
       <c r="I149" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
         <v>149</v>
       </c>
       <c r="B150" t="s">
         <v>520</v>
       </c>
       <c r="C150" t="s">
         <v>521</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F150" t="s">
         <v>522</v>
       </c>
       <c r="G150" t="s">
-        <v>433</v>
+        <v>523</v>
       </c>
       <c r="H150" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="I150" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C151" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F151" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="G151" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H151" t="s">
-        <v>67</v>
+        <v>122</v>
       </c>
       <c r="I151" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C152" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F152" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="G152" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H152" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="I152" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="1">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C153" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F153" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="G153" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H153" t="s">
-        <v>533</v>
+        <v>20</v>
       </c>
       <c r="I153" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="1">
         <v>153</v>
       </c>
       <c r="B154" t="s">
         <v>534</v>
       </c>
       <c r="C154" t="s">
         <v>535</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="F154" t="s">
         <v>536</v>
       </c>
       <c r="G154" t="s">
-        <v>433</v>
+        <v>372</v>
       </c>
       <c r="H154" t="s">
-        <v>123</v>
+        <v>267</v>
       </c>
       <c r="I154" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="1">
         <v>154</v>
       </c>
       <c r="B155" t="s">
         <v>537</v>
       </c>
       <c r="C155" t="s">
         <v>538</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
+        <v>372</v>
+      </c>
+      <c r="F155" t="s">
         <v>539</v>
       </c>
-      <c r="F155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G155" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H155" t="s">
-        <v>131</v>
+        <v>51</v>
       </c>
       <c r="I155" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1">
         <v>155</v>
       </c>
       <c r="B156" t="s">
+        <v>540</v>
+      </c>
+      <c r="C156" t="s">
         <v>541</v>
       </c>
-      <c r="C156" t="s">
+      <c r="D156" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" t="s">
+        <v>372</v>
+      </c>
+      <c r="F156" t="s">
         <v>542</v>
       </c>
-      <c r="D156" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G156" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H156" t="s">
-        <v>24</v>
+        <v>267</v>
       </c>
       <c r="I156" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="1">
         <v>156</v>
       </c>
       <c r="B157" t="s">
+        <v>543</v>
+      </c>
+      <c r="C157" t="s">
         <v>544</v>
       </c>
-      <c r="C157" t="s">
+      <c r="D157" t="s">
+        <v>11</v>
+      </c>
+      <c r="E157" t="s">
+        <v>372</v>
+      </c>
+      <c r="F157" t="s">
         <v>545</v>
       </c>
-      <c r="D157" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G157" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H157" t="s">
-        <v>198</v>
+        <v>78</v>
       </c>
       <c r="I157" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="1">
         <v>157</v>
       </c>
       <c r="B158" t="s">
+        <v>546</v>
+      </c>
+      <c r="C158" t="s">
         <v>547</v>
       </c>
-      <c r="C158" t="s">
+      <c r="D158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" t="s">
+        <v>372</v>
+      </c>
+      <c r="F158" t="s">
         <v>548</v>
       </c>
-      <c r="D158" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G158" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H158" t="s">
-        <v>174</v>
+        <v>350</v>
       </c>
       <c r="I158" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" s="1">
         <v>158</v>
       </c>
       <c r="B159" t="s">
+        <v>549</v>
+      </c>
+      <c r="C159" t="s">
         <v>550</v>
       </c>
-      <c r="C159" t="s">
+      <c r="D159" t="s">
+        <v>11</v>
+      </c>
+      <c r="E159" t="s">
+        <v>372</v>
+      </c>
+      <c r="F159" t="s">
         <v>551</v>
       </c>
-      <c r="D159" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G159" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H159" t="s">
-        <v>56</v>
+        <v>257</v>
       </c>
       <c r="I159" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" s="1">
         <v>159</v>
       </c>
       <c r="B160" t="s">
+        <v>552</v>
+      </c>
+      <c r="C160" t="s">
         <v>553</v>
       </c>
-      <c r="C160" t="s">
+      <c r="D160" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" t="s">
+        <v>372</v>
+      </c>
+      <c r="F160" t="s">
         <v>554</v>
       </c>
-      <c r="D160" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G160" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H160" t="s">
-        <v>351</v>
+        <v>267</v>
       </c>
       <c r="I160" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="1">
         <v>160</v>
       </c>
       <c r="B161" t="s">
+        <v>555</v>
+      </c>
+      <c r="C161" t="s">
         <v>556</v>
       </c>
-      <c r="C161" t="s">
+      <c r="D161" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" t="s">
+        <v>372</v>
+      </c>
+      <c r="F161" t="s">
         <v>557</v>
       </c>
-      <c r="D161" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G161" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H161" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I161" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="1">
         <v>161</v>
       </c>
       <c r="B162" t="s">
+        <v>558</v>
+      </c>
+      <c r="C162" t="s">
         <v>559</v>
       </c>
-      <c r="C162" t="s">
+      <c r="D162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" t="s">
+        <v>372</v>
+      </c>
+      <c r="F162" t="s">
         <v>560</v>
       </c>
-      <c r="D162" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G162" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H162" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="I162" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="1">
         <v>162</v>
       </c>
       <c r="B163" t="s">
+        <v>561</v>
+      </c>
+      <c r="C163" t="s">
         <v>562</v>
       </c>
-      <c r="C163" t="s">
+      <c r="D163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" t="s">
+        <v>372</v>
+      </c>
+      <c r="F163" t="s">
         <v>563</v>
       </c>
-      <c r="D163" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G163" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H163" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="I163" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="1">
         <v>163</v>
       </c>
       <c r="B164" t="s">
+        <v>564</v>
+      </c>
+      <c r="C164" t="s">
         <v>565</v>
       </c>
-      <c r="C164" t="s">
+      <c r="D164" t="s">
+        <v>11</v>
+      </c>
+      <c r="E164" t="s">
+        <v>372</v>
+      </c>
+      <c r="F164" t="s">
         <v>566</v>
       </c>
-      <c r="D164" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G164" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H164" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="I164" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="1">
         <v>164</v>
       </c>
       <c r="B165" t="s">
+        <v>567</v>
+      </c>
+      <c r="C165" t="s">
         <v>568</v>
       </c>
-      <c r="C165" t="s">
+      <c r="D165" t="s">
+        <v>11</v>
+      </c>
+      <c r="E165" t="s">
+        <v>372</v>
+      </c>
+      <c r="F165" t="s">
         <v>569</v>
       </c>
-      <c r="D165" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G165" t="s">
-        <v>539</v>
+        <v>523</v>
       </c>
       <c r="H165" t="s">
-        <v>379</v>
+        <v>47</v>
       </c>
       <c r="I165" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="1">
         <v>165</v>
       </c>
       <c r="B166" t="s">
+        <v>570</v>
+      </c>
+      <c r="C166" t="s">
         <v>571</v>
       </c>
-      <c r="C166" t="s">
+      <c r="D166" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" t="s">
+        <v>372</v>
+      </c>
+      <c r="F166" t="s">
         <v>572</v>
       </c>
-      <c r="D166" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G166" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H166" t="s">
-        <v>14</v>
+        <v>199</v>
       </c>
       <c r="I166" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" s="1">
         <v>166</v>
       </c>
       <c r="B167" t="s">
+        <v>573</v>
+      </c>
+      <c r="C167" t="s">
         <v>574</v>
       </c>
-      <c r="C167" t="s">
+      <c r="D167" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" t="s">
+        <v>372</v>
+      </c>
+      <c r="F167" t="s">
         <v>575</v>
       </c>
-      <c r="D167" t="s">
-[...5 lines deleted...]
-      <c r="F167" t="s">
+      <c r="G167" t="s">
+        <v>372</v>
+      </c>
+      <c r="H167" t="s">
         <v>576</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I167" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="1">
         <v>167</v>
       </c>
       <c r="B168" t="s">
         <v>577</v>
       </c>
       <c r="C168" t="s">
         <v>578</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="F168" t="s">
         <v>579</v>
       </c>
       <c r="G168" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H168" t="s">
-        <v>119</v>
+        <v>47</v>
       </c>
       <c r="I168" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="1">
         <v>168</v>
       </c>
       <c r="B169" t="s">
         <v>580</v>
       </c>
       <c r="C169" t="s">
         <v>581</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="F169" t="s">
         <v>582</v>
       </c>
       <c r="G169" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H169" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I169" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="1">
         <v>169</v>
       </c>
       <c r="B170" t="s">
         <v>583</v>
       </c>
       <c r="C170" t="s">
         <v>584</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="F170" t="s">
         <v>585</v>
       </c>
       <c r="G170" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H170" t="s">
-        <v>24</v>
+        <v>586</v>
       </c>
       <c r="I170" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" s="1">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C171" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="F171" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="G171" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H171" t="s">
-        <v>131</v>
+        <v>426</v>
       </c>
       <c r="I171" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" s="1">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C172" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="F172" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="G172" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H172" t="s">
-        <v>82</v>
+        <v>350</v>
       </c>
       <c r="I172" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" s="1">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C173" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="F173" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="G173" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H173" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="I173" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" s="1">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C174" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="F174" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G174" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H174" t="s">
-        <v>56</v>
+        <v>293</v>
       </c>
       <c r="I174" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" s="1">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C175" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="F175" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="G175" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H175" t="s">
-        <v>24</v>
+        <v>238</v>
       </c>
       <c r="I175" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" s="1">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C176" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="F176" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="G176" t="s">
-        <v>539</v>
+        <v>372</v>
       </c>
       <c r="H176" t="s">
-        <v>604</v>
+        <v>267</v>
       </c>
       <c r="I176" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="1">
         <v>176</v>
       </c>
       <c r="B177" t="s">
         <v>605</v>
       </c>
       <c r="C177" t="s">
         <v>606</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="F177" t="s">
+        <v>608</v>
+      </c>
+      <c r="G177" t="s">
         <v>607</v>
       </c>
-      <c r="G177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H177" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I177" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="1">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C178" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="F178" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="G178" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="H178" t="s">
-        <v>253</v>
+        <v>343</v>
       </c>
       <c r="I178" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="1">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C179" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="F179" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="G179" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="H179" t="s">
-        <v>24</v>
+        <v>615</v>
       </c>
       <c r="I179" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="1">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C180" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="F180" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="G180" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="H180" t="s">
-        <v>24</v>
+        <v>238</v>
       </c>
       <c r="I180" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="1">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="C181" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="F181" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="G181" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="H181" t="s">
-        <v>98</v>
+        <v>343</v>
       </c>
       <c r="I181" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="1">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C182" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="F182" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="G182" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="H182" t="s">
-        <v>43</v>
+        <v>625</v>
       </c>
       <c r="I182" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="1">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="C183" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="F183" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G183" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="H183" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="I183" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="1">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="C184" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="F184" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="G184" t="s">
-        <v>539</v>
+        <v>607</v>
       </c>
       <c r="H184" t="s">
-        <v>629</v>
+        <v>70</v>
       </c>
       <c r="I184" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="1">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C185" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
-        <v>632</v>
+        <v>607</v>
       </c>
       <c r="F185" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="G185" t="s">
-        <v>632</v>
+        <v>607</v>
       </c>
       <c r="H185" t="s">
-        <v>119</v>
+        <v>530</v>
       </c>
       <c r="I185" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C186" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="F186" t="s">
         <v>637</v>
       </c>
       <c r="G186" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="H186" t="s">
-        <v>174</v>
+        <v>638</v>
       </c>
       <c r="I186" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C187" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="F187" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G187" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="H187" t="s">
-        <v>115</v>
+        <v>172</v>
       </c>
       <c r="I187" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="1">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C188" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="F188" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="G188" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="H188" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I188" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C189" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="F189" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="G189" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="H189" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="I189" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C190" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="F190" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="G190" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="H190" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="I190" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C191" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="F191" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="G191" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="H191" t="s">
-        <v>56</v>
+        <v>122</v>
       </c>
       <c r="I191" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C192" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="F192" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="G192" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="H192" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="I192" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C193" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="F193" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="G193" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="H193" t="s">
-        <v>24</v>
+        <v>267</v>
       </c>
       <c r="I193" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C194" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="F194" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="G194" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="H194" t="s">
-        <v>390</v>
+        <v>47</v>
       </c>
       <c r="I194" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C195" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="F195" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="G195" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="H195" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I195" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="1">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C196" t="s">
-        <v>666</v>
+        <v>476</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="F196" t="s">
         <v>667</v>
       </c>
       <c r="G196" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="H196" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="I196" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1">
         <v>196</v>
       </c>
       <c r="B197" t="s">
         <v>668</v>
       </c>
       <c r="C197" t="s">
         <v>669</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
-        <v>636</v>
+        <v>670</v>
       </c>
       <c r="F197" t="s">
+        <v>671</v>
+      </c>
+      <c r="G197" t="s">
         <v>670</v>
       </c>
-      <c r="G197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H197" t="s">
-        <v>52</v>
+        <v>293</v>
       </c>
       <c r="I197" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C198" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
-        <v>636</v>
+        <v>670</v>
       </c>
       <c r="F198" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="G198" t="s">
-        <v>636</v>
+        <v>670</v>
       </c>
       <c r="H198" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I198" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="1">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C199" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
-        <v>636</v>
+        <v>670</v>
       </c>
       <c r="F199" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="G199" t="s">
-        <v>636</v>
+        <v>670</v>
       </c>
       <c r="H199" t="s">
-        <v>43</v>
+        <v>678</v>
       </c>
       <c r="I199" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="1">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C200" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
-        <v>636</v>
+        <v>670</v>
       </c>
       <c r="F200" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="G200" t="s">
-        <v>636</v>
+        <v>670</v>
       </c>
       <c r="H200" t="s">
-        <v>379</v>
+        <v>78</v>
       </c>
       <c r="I200" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="1">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C201" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
-        <v>636</v>
+        <v>670</v>
       </c>
       <c r="F201" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="G201" t="s">
-        <v>636</v>
+        <v>670</v>
       </c>
       <c r="H201" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I201" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="1">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C202" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="F202" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="G202" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="H202" t="s">
-        <v>529</v>
+        <v>257</v>
       </c>
       <c r="I202" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="1">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C203" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="F203" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="G203" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="H203" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="I203" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="1">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C204" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="F204" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="G204" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="H204" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="I204" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="1">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C205" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="F205" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="G205" t="s">
-        <v>685</v>
+        <v>670</v>
       </c>
       <c r="H205" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="I205" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="1">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C206" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="F206" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="G206" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="H206" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="I206" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="1">
         <v>206</v>
       </c>
       <c r="B207" t="s">
+        <v>701</v>
+      </c>
+      <c r="C207" t="s">
+        <v>702</v>
+      </c>
+      <c r="D207" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" t="s">
         <v>699</v>
       </c>
-      <c r="C207" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F207" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="G207" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="H207" t="s">
-        <v>294</v>
+        <v>704</v>
       </c>
       <c r="I207" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="1">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="C208" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="F208" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="G208" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="H208" t="s">
-        <v>56</v>
+        <v>257</v>
       </c>
       <c r="I208" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="1">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C209" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="F209" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="G209" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="H209" t="s">
-        <v>67</v>
+        <v>369</v>
       </c>
       <c r="I209" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="1">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="C210" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="F210" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="G210" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="H210" t="s">
-        <v>533</v>
+        <v>332</v>
       </c>
       <c r="I210" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="1">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C211" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="F211" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="G211" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="H211" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I211" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="1">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="C212" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="F212" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="G212" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="H212" t="s">
-        <v>131</v>
+        <v>20</v>
       </c>
       <c r="I212" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="1">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="C213" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="F213" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="G213" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="H213" t="s">
-        <v>720</v>
+        <v>94</v>
       </c>
       <c r="I213" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="1">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="C214" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="F214" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="G214" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="H214" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="I214" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="C215" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="F215" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="G215" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="H215" t="s">
-        <v>253</v>
+        <v>33</v>
       </c>
       <c r="I215" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="C216" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="F216" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="G216" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="H216" t="s">
-        <v>198</v>
+        <v>332</v>
       </c>
       <c r="I216" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="1">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C217" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="D217" t="s">
         <v>11</v>
       </c>
       <c r="E217" t="s">
-        <v>732</v>
+        <v>699</v>
       </c>
       <c r="F217" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="G217" t="s">
-        <v>732</v>
+        <v>699</v>
       </c>
       <c r="H217" t="s">
-        <v>529</v>
+        <v>735</v>
       </c>
       <c r="I217" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C218" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
       <c r="E218" t="s">
-        <v>732</v>
+        <v>699</v>
       </c>
       <c r="F218" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="G218" t="s">
-        <v>732</v>
+        <v>607</v>
       </c>
       <c r="H218" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="I218" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="C219" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="D219" t="s">
         <v>11</v>
       </c>
       <c r="E219" t="s">
-        <v>732</v>
+        <v>699</v>
       </c>
       <c r="F219" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="G219" t="s">
-        <v>732</v>
+        <v>699</v>
       </c>
       <c r="H219" t="s">
-        <v>14</v>
+        <v>369</v>
       </c>
       <c r="I219" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="1">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="C220" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="D220" t="s">
         <v>11</v>
       </c>
       <c r="E220" t="s">
-        <v>732</v>
+        <v>699</v>
       </c>
       <c r="F220" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="G220" t="s">
-        <v>732</v>
+        <v>699</v>
       </c>
       <c r="H220" t="s">
-        <v>743</v>
+        <v>33</v>
       </c>
       <c r="I220" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="1">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C221" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
-        <v>732</v>
+        <v>699</v>
       </c>
       <c r="F221" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="G221" t="s">
-        <v>732</v>
+        <v>699</v>
       </c>
       <c r="H221" t="s">
-        <v>24</v>
+        <v>199</v>
       </c>
       <c r="I221" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="1">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C222" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
-        <v>732</v>
+        <v>699</v>
       </c>
       <c r="F222" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="G222" t="s">
-        <v>732</v>
+        <v>699</v>
       </c>
       <c r="H222" t="s">
-        <v>14</v>
+        <v>203</v>
       </c>
       <c r="I222" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="1">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C223" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" t="s">
-        <v>752</v>
+        <v>699</v>
       </c>
       <c r="F223" t="s">
         <v>753</v>
       </c>
       <c r="G223" t="s">
-        <v>752</v>
+        <v>699</v>
       </c>
       <c r="H223" t="s">
-        <v>24</v>
+        <v>293</v>
       </c>
       <c r="I223" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="1">
         <v>223</v>
       </c>
       <c r="B224" t="s">
         <v>754</v>
       </c>
       <c r="C224" t="s">
         <v>755</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F224" t="s">
+        <v>757</v>
+      </c>
+      <c r="G224" t="s">
         <v>756</v>
       </c>
-      <c r="G224" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H224" t="s">
-        <v>82</v>
+        <v>704</v>
       </c>
       <c r="I224" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="1">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C225" t="s">
-        <v>508</v>
+        <v>759</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F225" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="G225" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="H225" t="s">
-        <v>379</v>
+        <v>62</v>
       </c>
       <c r="I225" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="1">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C226" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F226" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="G226" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="H226" t="s">
-        <v>56</v>
+        <v>122</v>
       </c>
       <c r="I226" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="1">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C227" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F227" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="G227" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="H227" t="s">
-        <v>765</v>
+        <v>293</v>
       </c>
       <c r="I227" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" s="1">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C228" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D228" t="s">
         <v>11</v>
       </c>
       <c r="E228" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F228" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="G228" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="H228" t="s">
-        <v>119</v>
+        <v>770</v>
       </c>
       <c r="I228" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="1">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C229" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D229" t="s">
         <v>11</v>
       </c>
       <c r="E229" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F229" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="G229" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="H229" t="s">
-        <v>14</v>
+        <v>369</v>
       </c>
       <c r="I229" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="1">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C230" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D230" t="s">
         <v>11</v>
       </c>
       <c r="E230" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F230" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="G230" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="H230" t="s">
-        <v>765</v>
+        <v>343</v>
       </c>
       <c r="I230" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" s="1">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C231" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F231" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="G231" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="H231" t="s">
-        <v>119</v>
+        <v>780</v>
       </c>
       <c r="I231" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" s="1">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="C232" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="F232" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="G232" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="H232" t="s">
-        <v>28</v>
+        <v>343</v>
       </c>
       <c r="I232" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" s="1">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="C233" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="F233" t="s">
+        <v>787</v>
+      </c>
+      <c r="G233" t="s">
         <v>783</v>
       </c>
-      <c r="G233" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H233" t="s">
-        <v>784</v>
+        <v>62</v>
       </c>
       <c r="I233" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" s="1">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="C234" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="F234" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="G234" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="H234" t="s">
-        <v>67</v>
+        <v>791</v>
       </c>
       <c r="I234" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" s="1">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="C235" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="F235" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="G235" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="H235" t="s">
-        <v>48</v>
+        <v>576</v>
       </c>
       <c r="I235" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="1">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C236" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="F236" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="G236" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="H236" t="s">
-        <v>123</v>
+        <v>704</v>
       </c>
       <c r="I236" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="1">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="C237" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="F237" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="G237" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="H237" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="I237" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="1">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="C238" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="F238" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="G238" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="H238" t="s">
-        <v>24</v>
+        <v>369</v>
       </c>
       <c r="I238" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" s="1">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C239" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="F239" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="G239" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="H239" t="s">
-        <v>78</v>
+        <v>343</v>
       </c>
       <c r="I239" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="1">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="C240" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="F240" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="G240" t="s">
-        <v>752</v>
+        <v>783</v>
       </c>
       <c r="H240" t="s">
-        <v>67</v>
+        <v>343</v>
       </c>
       <c r="I240" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="1">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="C241" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="F241" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="G241" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="H241" t="s">
-        <v>78</v>
+        <v>398</v>
       </c>
       <c r="I241" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="1">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="C242" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="F242" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="G242" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="H242" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="I242" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" s="1">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="C243" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="F243" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="G243" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="H243" t="s">
-        <v>67</v>
+        <v>625</v>
       </c>
       <c r="I243" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" s="1">
         <v>243</v>
       </c>
       <c r="B244" t="s">
+        <v>821</v>
+      </c>
+      <c r="C244" t="s">
+        <v>822</v>
+      </c>
+      <c r="D244" t="s">
+        <v>11</v>
+      </c>
+      <c r="E244" t="s">
         <v>816</v>
       </c>
-      <c r="C244" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F244" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="G244" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="H244" t="s">
-        <v>819</v>
+        <v>29</v>
       </c>
       <c r="I244" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" s="1">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="C245" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="F245" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="G245" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="H245" t="s">
-        <v>24</v>
+        <v>332</v>
       </c>
       <c r="I245" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" s="1">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="C246" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
-        <v>825</v>
+        <v>816</v>
       </c>
       <c r="F246" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="G246" t="s">
-        <v>825</v>
+        <v>816</v>
       </c>
       <c r="H246" t="s">
-        <v>67</v>
+        <v>625</v>
       </c>
       <c r="I246" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" s="1">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="C247" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="F247" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="G247" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="H247" t="s">
-        <v>390</v>
+        <v>791</v>
       </c>
       <c r="I247" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" s="1">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="C248" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="F248" t="s">
+        <v>836</v>
+      </c>
+      <c r="G248" t="s">
         <v>832</v>
       </c>
-      <c r="G248" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H248" t="s">
-        <v>39</v>
+        <v>837</v>
       </c>
       <c r="I248" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" s="1">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="C249" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
       <c r="E249" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="F249" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="G249" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="H249" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="I249" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" s="1">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="C250" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="F250" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="G250" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="H250" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="I250" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" s="1">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="C251" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="F251" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
       <c r="G251" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="H251" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="I251" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" s="1">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="C252" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="D252" t="s">
         <v>11</v>
       </c>
       <c r="E252" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="F252" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="G252" t="s">
-        <v>835</v>
+        <v>851</v>
       </c>
       <c r="H252" t="s">
-        <v>253</v>
+        <v>343</v>
       </c>
       <c r="I252" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" s="1">
         <v>252</v>
       </c>
       <c r="B253" t="s">
+        <v>852</v>
+      </c>
+      <c r="C253" t="s">
+        <v>853</v>
+      </c>
+      <c r="D253" t="s">
+        <v>11</v>
+      </c>
+      <c r="E253" t="s">
         <v>846</v>
       </c>
-      <c r="C253" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F253" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="G253" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="H253" t="s">
-        <v>849</v>
+        <v>332</v>
       </c>
       <c r="I253" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" s="1">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="C254" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="F254" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="G254" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="H254" t="s">
-        <v>533</v>
+        <v>47</v>
       </c>
       <c r="I254" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" s="1">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="C255" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
       <c r="E255" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="F255" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="G255" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="H255" t="s">
-        <v>253</v>
+        <v>47</v>
       </c>
       <c r="I255" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" s="1">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="C256" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
       <c r="E256" t="s">
-        <v>835</v>
+        <v>863</v>
       </c>
       <c r="F256" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="G256" t="s">
-        <v>835</v>
+        <v>863</v>
       </c>
       <c r="H256" t="s">
-        <v>253</v>
+        <v>837</v>
       </c>
       <c r="I256" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" s="1">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="C257" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257" t="s">
-        <v>835</v>
+        <v>867</v>
       </c>
       <c r="F257" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="G257" t="s">
-        <v>835</v>
+        <v>867</v>
       </c>
       <c r="H257" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="I257" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" s="1">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="C258" t="s">
-        <v>333</v>
+        <v>870</v>
       </c>
       <c r="D258" t="s">
         <v>11</v>
       </c>
       <c r="E258" t="s">
-        <v>835</v>
+        <v>867</v>
       </c>
       <c r="F258" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="G258" t="s">
-        <v>835</v>
+        <v>867</v>
       </c>
       <c r="H258" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="I258" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="1">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="C259" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="D259" t="s">
         <v>11</v>
       </c>
       <c r="E259" t="s">
-        <v>835</v>
+        <v>867</v>
       </c>
       <c r="F259" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="G259" t="s">
-        <v>835</v>
+        <v>867</v>
       </c>
       <c r="H259" t="s">
-        <v>119</v>
+        <v>343</v>
       </c>
       <c r="I259" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" s="1">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="C260" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
       <c r="D260" t="s">
         <v>11</v>
       </c>
       <c r="E260" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="F260" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
       <c r="G260" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="H260" t="s">
-        <v>142</v>
+        <v>20</v>
       </c>
       <c r="I260" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" s="1">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="C261" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="F261" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="G261" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="H261" t="s">
-        <v>119</v>
+        <v>33</v>
       </c>
       <c r="I261" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" s="1">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="C262" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="F262" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="G262" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="H262" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="I262" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" s="1">
         <v>262</v>
       </c>
       <c r="B263" t="s">
+        <v>885</v>
+      </c>
+      <c r="C263" t="s">
+        <v>886</v>
+      </c>
+      <c r="D263" t="s">
+        <v>11</v>
+      </c>
+      <c r="E263" t="s">
         <v>877</v>
       </c>
-      <c r="C263" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F263" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="G263" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="H263" t="s">
-        <v>78</v>
+        <v>369</v>
       </c>
       <c r="I263" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" s="1">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="C264" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="D264" t="s">
         <v>11</v>
       </c>
       <c r="E264" t="s">
-        <v>883</v>
+        <v>877</v>
       </c>
       <c r="F264" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="G264" t="s">
-        <v>883</v>
+        <v>877</v>
       </c>
       <c r="H264" t="s">
-        <v>379</v>
+        <v>293</v>
       </c>
       <c r="I264" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" s="1">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="C265" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="F265" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="G265" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="H265" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="I265" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" s="1">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="C266" t="s">
-        <v>857</v>
+        <v>896</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="F266" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="G266" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="H266" t="s">
-        <v>253</v>
+        <v>51</v>
       </c>
       <c r="I266" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" s="1">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="C267" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="D267" t="s">
         <v>11</v>
       </c>
       <c r="E267" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="F267" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="G267" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="H267" t="s">
-        <v>893</v>
+        <v>122</v>
       </c>
       <c r="I267" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" s="1">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="C268" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="F268" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="G268" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="H268" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I268" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" s="1">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="C269" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="F269" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="G269" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="H269" t="s">
-        <v>78</v>
+        <v>238</v>
       </c>
       <c r="I269" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" s="1">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="C270" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
-        <v>883</v>
+        <v>909</v>
       </c>
       <c r="F270" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="G270" t="s">
-        <v>883</v>
+        <v>909</v>
       </c>
       <c r="H270" t="s">
-        <v>43</v>
+        <v>238</v>
       </c>
       <c r="I270" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" s="1">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="C271" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
-        <v>883</v>
+        <v>909</v>
       </c>
       <c r="F271" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="G271" t="s">
-        <v>883</v>
+        <v>909</v>
       </c>
       <c r="H271" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I271" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" s="1">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="C272" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
-        <v>883</v>
+        <v>916</v>
       </c>
       <c r="F272" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="G272" t="s">
-        <v>883</v>
+        <v>916</v>
       </c>
       <c r="H272" t="s">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="I272" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" s="1">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="C273" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="F273" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="G273" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="H273" t="s">
-        <v>98</v>
+        <v>922</v>
       </c>
       <c r="I273" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" s="1">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="C274" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274" t="s">
-        <v>911</v>
+        <v>925</v>
       </c>
       <c r="F274" t="s">
-        <v>915</v>
+        <v>926</v>
       </c>
       <c r="G274" t="s">
-        <v>911</v>
+        <v>925</v>
       </c>
       <c r="H274" t="s">
-        <v>198</v>
+        <v>332</v>
       </c>
       <c r="I274" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" s="1">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>916</v>
+        <v>927</v>
       </c>
       <c r="C275" t="s">
-        <v>917</v>
+        <v>928</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275" t="s">
-        <v>911</v>
+        <v>929</v>
       </c>
       <c r="F275" t="s">
-        <v>918</v>
+        <v>930</v>
       </c>
       <c r="G275" t="s">
-        <v>911</v>
+        <v>929</v>
       </c>
       <c r="H275" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I275" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" s="1">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>919</v>
+        <v>931</v>
       </c>
       <c r="C276" t="s">
-        <v>920</v>
+        <v>932</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
-        <v>911</v>
+        <v>933</v>
       </c>
       <c r="F276" t="s">
-        <v>921</v>
+        <v>934</v>
       </c>
       <c r="G276" t="s">
-        <v>911</v>
+        <v>933</v>
       </c>
       <c r="H276" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="I276" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" s="1">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>922</v>
+        <v>935</v>
       </c>
       <c r="C277" t="s">
-        <v>923</v>
+        <v>936</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
-        <v>911</v>
+        <v>937</v>
       </c>
       <c r="F277" t="s">
-        <v>924</v>
+        <v>938</v>
       </c>
       <c r="G277" t="s">
-        <v>911</v>
+        <v>937</v>
       </c>
       <c r="H277" t="s">
-        <v>253</v>
+        <v>343</v>
       </c>
       <c r="I277" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" s="1">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>925</v>
+        <v>939</v>
       </c>
       <c r="C278" t="s">
-        <v>731</v>
+        <v>940</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278" t="s">
-        <v>911</v>
+        <v>941</v>
       </c>
       <c r="F278" t="s">
-        <v>926</v>
+        <v>942</v>
       </c>
       <c r="G278" t="s">
-        <v>911</v>
+        <v>941</v>
       </c>
       <c r="H278" t="s">
-        <v>529</v>
+        <v>943</v>
       </c>
       <c r="I278" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="1">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-        <v>928</v>
+        <v>944</v>
       </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
-        <v>911</v>
+        <v>945</v>
       </c>
       <c r="F279" t="s">
-        <v>929</v>
+        <v>946</v>
       </c>
       <c r="G279" t="s">
-        <v>911</v>
+        <v>945</v>
       </c>
       <c r="H279" t="s">
-        <v>43</v>
+        <v>947</v>
       </c>
       <c r="I279" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="1">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>930</v>
+        <v>948</v>
       </c>
       <c r="C280" t="s">
-        <v>931</v>
+        <v>949</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
-        <v>911</v>
+        <v>945</v>
       </c>
       <c r="F280" t="s">
-        <v>932</v>
+        <v>950</v>
       </c>
       <c r="G280" t="s">
-        <v>911</v>
+        <v>945</v>
       </c>
       <c r="H280" t="s">
-        <v>78</v>
+        <v>947</v>
       </c>
       <c r="I280" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" s="1">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>933</v>
+        <v>951</v>
       </c>
       <c r="C281" t="s">
-        <v>934</v>
+        <v>952</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281" t="s">
-        <v>911</v>
+        <v>953</v>
       </c>
       <c r="F281" t="s">
-        <v>935</v>
+        <v>954</v>
       </c>
       <c r="G281" t="s">
-        <v>911</v>
+        <v>953</v>
       </c>
       <c r="H281" t="s">
-        <v>936</v>
+        <v>20</v>
       </c>
       <c r="I281" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" s="1">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>937</v>
+        <v>955</v>
       </c>
       <c r="C282" t="s">
-        <v>938</v>
+        <v>956</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
       <c r="E282" t="s">
-        <v>911</v>
+        <v>953</v>
       </c>
       <c r="F282" t="s">
-        <v>939</v>
+        <v>957</v>
       </c>
       <c r="G282" t="s">
-        <v>911</v>
+        <v>953</v>
       </c>
       <c r="H282" t="s">
-        <v>940</v>
+        <v>958</v>
       </c>
       <c r="I282" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" s="1">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>941</v>
+        <v>959</v>
       </c>
       <c r="C283" t="s">
-        <v>882</v>
+        <v>960</v>
       </c>
       <c r="D283" t="s">
         <v>11</v>
       </c>
       <c r="E283" t="s">
-        <v>911</v>
+        <v>953</v>
       </c>
       <c r="F283" t="s">
-        <v>942</v>
+        <v>961</v>
       </c>
       <c r="G283" t="s">
-        <v>911</v>
+        <v>953</v>
       </c>
       <c r="H283" t="s">
-        <v>379</v>
+        <v>962</v>
       </c>
       <c r="I283" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" s="1">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>943</v>
+        <v>963</v>
       </c>
       <c r="C284" t="s">
-        <v>944</v>
+        <v>964</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
       <c r="E284" t="s">
-        <v>911</v>
+        <v>953</v>
       </c>
       <c r="F284" t="s">
-        <v>945</v>
+        <v>965</v>
       </c>
       <c r="G284" t="s">
-        <v>911</v>
+        <v>953</v>
       </c>
       <c r="H284" t="s">
-        <v>119</v>
+        <v>20</v>
       </c>
       <c r="I284" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="1">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>946</v>
+        <v>966</v>
       </c>
       <c r="C285" t="s">
-        <v>947</v>
+        <v>967</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
-        <v>911</v>
+        <v>968</v>
       </c>
       <c r="F285" t="s">
-        <v>948</v>
+        <v>969</v>
       </c>
       <c r="G285" t="s">
-        <v>911</v>
+        <v>968</v>
       </c>
       <c r="H285" t="s">
-        <v>24</v>
+        <v>770</v>
       </c>
       <c r="I285" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" s="1">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>949</v>
+        <v>970</v>
       </c>
       <c r="C286" t="s">
-        <v>950</v>
+        <v>971</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="F286" t="s">
-        <v>952</v>
+        <v>972</v>
       </c>
       <c r="G286" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="H286" t="s">
-        <v>48</v>
+        <v>238</v>
       </c>
       <c r="I286" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" s="1">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>953</v>
+        <v>973</v>
       </c>
       <c r="C287" t="s">
-        <v>954</v>
+        <v>974</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="F287" t="s">
-        <v>955</v>
+        <v>975</v>
       </c>
       <c r="G287" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="H287" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="I287" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" s="1">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-        <v>957</v>
+        <v>976</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="F288" t="s">
-        <v>958</v>
+        <v>977</v>
       </c>
       <c r="G288" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="H288" t="s">
-        <v>959</v>
+        <v>78</v>
       </c>
       <c r="I288" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" s="1">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>960</v>
+        <v>978</v>
       </c>
       <c r="C289" t="s">
-        <v>961</v>
+        <v>979</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
       <c r="E289" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="F289" t="s">
-        <v>962</v>
+        <v>980</v>
       </c>
       <c r="G289" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="H289" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I289" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" s="1">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>963</v>
+        <v>981</v>
       </c>
       <c r="C290" t="s">
-        <v>964</v>
+        <v>982</v>
       </c>
       <c r="D290" t="s">
         <v>11</v>
       </c>
       <c r="E290" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="F290" t="s">
-        <v>965</v>
+        <v>983</v>
       </c>
       <c r="G290" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="H290" t="s">
-        <v>390</v>
+        <v>33</v>
       </c>
       <c r="I290" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" s="1">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>966</v>
+        <v>984</v>
       </c>
       <c r="C291" t="s">
-        <v>967</v>
+        <v>985</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
       <c r="E291" t="s">
-        <v>968</v>
+        <v>986</v>
       </c>
       <c r="F291" t="s">
-        <v>969</v>
+        <v>987</v>
       </c>
       <c r="G291" t="s">
-        <v>968</v>
+        <v>986</v>
       </c>
       <c r="H291" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="I291" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" s="1">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>970</v>
+        <v>988</v>
       </c>
       <c r="C292" t="s">
-        <v>971</v>
+        <v>989</v>
       </c>
       <c r="D292" t="s">
         <v>11</v>
       </c>
       <c r="E292" t="s">
-        <v>968</v>
+        <v>986</v>
       </c>
       <c r="F292" t="s">
-        <v>972</v>
+        <v>990</v>
       </c>
       <c r="G292" t="s">
-        <v>968</v>
+        <v>986</v>
       </c>
       <c r="H292" t="s">
-        <v>82</v>
+        <v>293</v>
       </c>
       <c r="I292" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" s="1">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>973</v>
+        <v>991</v>
       </c>
       <c r="C293" t="s">
-        <v>974</v>
+        <v>67</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
       <c r="E293" t="s">
-        <v>968</v>
+        <v>986</v>
       </c>
       <c r="F293" t="s">
-        <v>975</v>
+        <v>992</v>
       </c>
       <c r="G293" t="s">
-        <v>968</v>
+        <v>986</v>
       </c>
       <c r="H293" t="s">
-        <v>115</v>
+        <v>70</v>
       </c>
       <c r="I293" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="1">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>976</v>
+        <v>993</v>
       </c>
       <c r="C294" t="s">
-        <v>977</v>
+        <v>994</v>
       </c>
       <c r="D294" t="s">
         <v>11</v>
       </c>
       <c r="E294" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="F294" t="s">
-        <v>979</v>
+        <v>995</v>
       </c>
       <c r="G294" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="H294" t="s">
-        <v>980</v>
+        <v>238</v>
       </c>
       <c r="I294" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="1">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>981</v>
+        <v>996</v>
       </c>
       <c r="C295" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
       <c r="E295" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="F295" t="s">
-        <v>983</v>
+        <v>998</v>
       </c>
       <c r="G295" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="H295" t="s">
-        <v>127</v>
+        <v>770</v>
       </c>
       <c r="I295" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" s="1">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>984</v>
+        <v>999</v>
       </c>
       <c r="C296" t="s">
-        <v>985</v>
+        <v>1000</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
       <c r="E296" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="F296" t="s">
+        <v>1001</v>
+      </c>
+      <c r="G296" t="s">
         <v>986</v>
       </c>
-      <c r="G296" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H296" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="I296" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="1">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>987</v>
+        <v>1002</v>
       </c>
       <c r="C297" t="s">
-        <v>988</v>
+        <v>1003</v>
       </c>
       <c r="D297" t="s">
         <v>11</v>
       </c>
       <c r="E297" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="F297" t="s">
-        <v>989</v>
+        <v>1004</v>
       </c>
       <c r="G297" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="H297" t="s">
-        <v>990</v>
+        <v>33</v>
       </c>
       <c r="I297" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="1">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>991</v>
+        <v>1005</v>
       </c>
       <c r="C298" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
       <c r="E298" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="F298" t="s">
-        <v>993</v>
+        <v>1007</v>
       </c>
       <c r="G298" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="H298" t="s">
-        <v>127</v>
+        <v>343</v>
       </c>
       <c r="I298" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" s="1">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>994</v>
+        <v>1008</v>
       </c>
       <c r="C299" t="s">
-        <v>995</v>
+        <v>1009</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299" t="s">
-        <v>996</v>
+        <v>986</v>
       </c>
       <c r="F299" t="s">
-        <v>997</v>
+        <v>1010</v>
       </c>
       <c r="G299" t="s">
-        <v>996</v>
+        <v>986</v>
       </c>
       <c r="H299" t="s">
-        <v>998</v>
+        <v>343</v>
       </c>
       <c r="I299" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" s="1">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>999</v>
+        <v>1011</v>
       </c>
       <c r="C300" t="s">
-        <v>1000</v>
+        <v>1012</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="F300" t="s">
-        <v>1002</v>
+        <v>1013</v>
       </c>
       <c r="G300" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="H300" t="s">
-        <v>1003</v>
+        <v>267</v>
       </c>
       <c r="I300" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" s="1">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
       <c r="C301" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
       <c r="E301" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="F301" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="G301" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="H301" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I301" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" s="1">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="C302" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="D302" t="s">
         <v>11</v>
       </c>
       <c r="E302" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="F302" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="G302" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="H302" t="s">
-        <v>998</v>
+        <v>293</v>
       </c>
       <c r="I302" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" s="1">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="C303" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="D303" t="s">
         <v>11</v>
       </c>
       <c r="E303" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="F303" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="G303" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="H303" t="s">
-        <v>998</v>
+        <v>454</v>
       </c>
       <c r="I303" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" s="1">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="C304" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="D304" t="s">
         <v>11</v>
       </c>
       <c r="E304" t="s">
-        <v>1015</v>
+        <v>986</v>
       </c>
       <c r="F304" t="s">
-        <v>1016</v>
+        <v>1025</v>
       </c>
       <c r="G304" t="s">
-        <v>1015</v>
+        <v>986</v>
       </c>
       <c r="H304" t="s">
-        <v>43</v>
+        <v>238</v>
       </c>
       <c r="I304" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" s="1">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
       <c r="C305" t="s">
-        <v>1019</v>
+        <v>1027</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
-        <v>1015</v>
+        <v>986</v>
       </c>
       <c r="F305" t="s">
-        <v>1020</v>
+        <v>1028</v>
       </c>
       <c r="G305" t="s">
-        <v>1015</v>
+        <v>986</v>
       </c>
       <c r="H305" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="I305" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" s="1">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="C306" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="D306" t="s">
         <v>11</v>
       </c>
       <c r="E306" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="F306" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="G306" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="H306" t="s">
-        <v>253</v>
+        <v>78</v>
       </c>
       <c r="I306" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" s="1">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="C307" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="F307" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="G307" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="H307" t="s">
-        <v>28</v>
+        <v>1036</v>
       </c>
       <c r="I307" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" s="1">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="C308" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="D308" t="s">
         <v>11</v>
       </c>
       <c r="E308" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="F308" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="G308" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="H308" t="s">
-        <v>1030</v>
+        <v>33</v>
       </c>
       <c r="I308" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" s="1">
         <v>308</v>
       </c>
       <c r="B309" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D309" t="s">
+        <v>11</v>
+      </c>
+      <c r="E309" t="s">
         <v>1031</v>
       </c>
-      <c r="C309" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F309" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="G309" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="H309" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="I309" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" s="1">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="C310" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="F310" t="s">
-        <v>1036</v>
+        <v>1045</v>
       </c>
       <c r="G310" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="H310" t="s">
-        <v>1037</v>
+        <v>267</v>
       </c>
       <c r="I310" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" s="1">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>1038</v>
+        <v>1046</v>
       </c>
       <c r="C311" t="s">
-        <v>1039</v>
+        <v>1047</v>
       </c>
       <c r="D311" t="s">
         <v>11</v>
       </c>
       <c r="E311" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="F311" t="s">
-        <v>1040</v>
+        <v>1048</v>
       </c>
       <c r="G311" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="H311" t="s">
-        <v>379</v>
+        <v>293</v>
       </c>
       <c r="I311" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" s="1">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>1041</v>
+        <v>1049</v>
       </c>
       <c r="C312" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
       <c r="D312" t="s">
         <v>11</v>
       </c>
       <c r="E312" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="F312" t="s">
-        <v>1043</v>
+        <v>1051</v>
       </c>
       <c r="G312" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="H312" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="I312" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" s="1">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>1044</v>
+        <v>1052</v>
       </c>
       <c r="C313" t="s">
-        <v>1045</v>
+        <v>1053</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="F313" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="G313" t="s">
-        <v>1015</v>
+        <v>1031</v>
       </c>
       <c r="H313" t="s">
-        <v>1003</v>
+        <v>47</v>
       </c>
       <c r="I313" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" s="1">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>1047</v>
+        <v>1055</v>
       </c>
       <c r="C314" t="s">
-        <v>1048</v>
+        <v>1056</v>
       </c>
       <c r="D314" t="s">
         <v>11</v>
       </c>
       <c r="E314" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="F314" t="s">
-        <v>1050</v>
+        <v>1057</v>
       </c>
       <c r="G314" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="H314" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="I314" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" s="1">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>1051</v>
+        <v>1058</v>
       </c>
       <c r="C315" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="D315" t="s">
         <v>11</v>
       </c>
       <c r="E315" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="F315" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="G315" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="H315" t="s">
-        <v>500</v>
+        <v>369</v>
       </c>
       <c r="I315" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" s="1">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="C316" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="D316" t="s">
         <v>11</v>
       </c>
       <c r="E316" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="F316" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="G316" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="H316" t="s">
-        <v>1057</v>
+        <v>78</v>
       </c>
       <c r="I316" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" s="1">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="C317" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="D317" t="s">
         <v>11</v>
       </c>
       <c r="E317" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="F317" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="G317" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="H317" t="s">
-        <v>1061</v>
+        <v>20</v>
       </c>
       <c r="I317" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" s="1">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="C318" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="D318" t="s">
         <v>11</v>
       </c>
       <c r="E318" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="F318" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="G318" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="H318" t="s">
-        <v>998</v>
+        <v>37</v>
       </c>
       <c r="I318" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" s="1">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="C319" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="D319" t="s">
         <v>11</v>
       </c>
       <c r="E319" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="F319" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="G319" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="H319" t="s">
-        <v>253</v>
+        <v>20</v>
       </c>
       <c r="I319" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" s="1">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="C320" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="D320" t="s">
         <v>11</v>
       </c>
       <c r="E320" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="F320" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="G320" t="s">
-        <v>1049</v>
+        <v>1031</v>
       </c>
       <c r="H320" t="s">
-        <v>28</v>
+        <v>576</v>
       </c>
       <c r="I320" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" s="1">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="C321" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="D321" t="s">
         <v>11</v>
       </c>
       <c r="E321" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="F321" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="G321" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="H321" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="I321" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" s="1">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="C322" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="D322" t="s">
         <v>11</v>
       </c>
       <c r="E322" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="F322" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="G322" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="H322" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="I322" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" s="1">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="C323" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D323" t="s">
+        <v>11</v>
+      </c>
+      <c r="E323" t="s">
         <v>1078</v>
       </c>
-      <c r="D323" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F323" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="G323" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="H323" t="s">
-        <v>1080</v>
+        <v>29</v>
       </c>
       <c r="I323" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" s="1">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="C324" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="D324" t="s">
         <v>11</v>
       </c>
       <c r="E324" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="F324" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="G324" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="H324" t="s">
-        <v>1084</v>
+        <v>770</v>
       </c>
       <c r="I324" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" s="1">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="C325" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="D325" t="s">
         <v>11</v>
       </c>
       <c r="E325" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="F325" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="G325" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="H325" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="I325" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" s="1">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="C326" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="D326" t="s">
         <v>11</v>
       </c>
       <c r="E326" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="F326" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="G326" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="H326" t="s">
-        <v>43</v>
+        <v>1095</v>
       </c>
       <c r="I326" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" s="1">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="C327" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="D327" t="s">
         <v>11</v>
       </c>
       <c r="E327" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="F327" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="G327" t="s">
-        <v>1049</v>
+        <v>1078</v>
       </c>
       <c r="H327" t="s">
-        <v>198</v>
+        <v>1099</v>
       </c>
       <c r="I327" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="1">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c r="C328" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="D328" t="s">
         <v>11</v>
       </c>
       <c r="E328" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F328" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="G328" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H328" t="s">
-        <v>351</v>
+        <v>369</v>
       </c>
       <c r="I328" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" s="1">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="C329" t="s">
-        <v>1099</v>
+        <v>627</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F329" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="G329" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H329" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="I329" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" s="1">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="C330" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F330" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="G330" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H330" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="I330" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" s="1">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="C331" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
       <c r="D331" t="s">
         <v>11</v>
       </c>
       <c r="E331" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F331" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="G331" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H331" t="s">
-        <v>849</v>
+        <v>369</v>
       </c>
       <c r="I331" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" s="1">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="C332" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="D332" t="s">
         <v>11</v>
       </c>
       <c r="E332" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F332" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="G332" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H332" t="s">
-        <v>43</v>
+        <v>576</v>
       </c>
       <c r="I332" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" s="1">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="C333" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="D333" t="s">
         <v>11</v>
       </c>
       <c r="E333" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F333" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="G333" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H333" t="s">
-        <v>253</v>
+        <v>33</v>
       </c>
       <c r="I333" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" s="1">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="C334" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="D334" t="s">
         <v>11</v>
       </c>
       <c r="E334" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F334" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="G334" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H334" t="s">
-        <v>998</v>
+        <v>1119</v>
       </c>
       <c r="I334" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" s="1">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="C335" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="D335" t="s">
         <v>11</v>
       </c>
       <c r="E335" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F335" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="G335" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H335" t="s">
-        <v>998</v>
+        <v>78</v>
       </c>
       <c r="I335" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" s="1">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="C336" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="D336" t="s">
         <v>11</v>
       </c>
       <c r="E336" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F336" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="G336" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H336" t="s">
-        <v>14</v>
+        <v>199</v>
       </c>
       <c r="I336" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" s="1">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="C337" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="D337" t="s">
         <v>11</v>
       </c>
       <c r="E337" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F337" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="G337" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H337" t="s">
-        <v>351</v>
+        <v>20</v>
       </c>
       <c r="I337" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" s="1">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="C338" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="D338" t="s">
         <v>11</v>
       </c>
       <c r="E338" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F338" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="G338" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H338" t="s">
-        <v>198</v>
+        <v>47</v>
       </c>
       <c r="I338" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" s="1">
         <v>338</v>
       </c>
       <c r="B339" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="C339" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="D339" t="s">
         <v>11</v>
       </c>
       <c r="E339" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F339" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="G339" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H339" t="s">
-        <v>379</v>
+        <v>837</v>
       </c>
       <c r="I339" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" s="1">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="C340" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="D340" t="s">
         <v>11</v>
       </c>
       <c r="E340" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="F340" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="G340" t="s">
-        <v>1096</v>
+        <v>1078</v>
       </c>
       <c r="H340" t="s">
-        <v>998</v>
+        <v>20</v>
       </c>
       <c r="I340" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" s="1">
         <v>340</v>
       </c>
       <c r="B341" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="C341" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F341" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="G341" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H341" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="I341" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" s="1">
         <v>341</v>
       </c>
       <c r="B342" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="C342" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F342" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="G342" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H342" t="s">
-        <v>998</v>
+        <v>33</v>
       </c>
       <c r="I342" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" s="1">
         <v>342</v>
       </c>
       <c r="B343" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="C343" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="D343" t="s">
         <v>11</v>
       </c>
       <c r="E343" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F343" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="G343" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H343" t="s">
-        <v>119</v>
+        <v>837</v>
       </c>
       <c r="I343" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" s="1">
         <v>343</v>
       </c>
       <c r="B344" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="C344" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F344" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="G344" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H344" t="s">
-        <v>998</v>
+        <v>33</v>
       </c>
       <c r="I344" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" s="1">
         <v>344</v>
       </c>
       <c r="B345" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="C345" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="D345" t="s">
         <v>11</v>
       </c>
       <c r="E345" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F345" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="G345" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H345" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="I345" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" s="1">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="C346" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="D346" t="s">
         <v>11</v>
       </c>
       <c r="E346" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F346" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="G346" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H346" t="s">
-        <v>379</v>
+        <v>33</v>
       </c>
       <c r="I346" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" s="1">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="C347" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="D347" t="s">
         <v>11</v>
       </c>
       <c r="E347" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F347" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="G347" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H347" t="s">
-        <v>849</v>
+        <v>1160</v>
       </c>
       <c r="I347" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" s="1">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="C348" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="D348" t="s">
         <v>11</v>
       </c>
       <c r="E348" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F348" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="G348" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H348" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="I348" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" s="1">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="C349" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F349" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="G349" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H349" t="s">
-        <v>28</v>
+        <v>336</v>
       </c>
       <c r="I349" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" s="1">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="C350" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F350" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="G350" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H350" t="s">
-        <v>390</v>
+        <v>1160</v>
       </c>
       <c r="I350" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" s="1">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="C351" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F351" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="G351" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H351" t="s">
-        <v>1138</v>
+        <v>33</v>
       </c>
       <c r="I351" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" s="1">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="C352" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="D352" t="s">
         <v>11</v>
       </c>
       <c r="E352" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="F352" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="G352" t="s">
-        <v>1136</v>
+        <v>1078</v>
       </c>
       <c r="H352" t="s">
-        <v>379</v>
+        <v>51</v>
       </c>
       <c r="I352" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" s="1">
         <v>352</v>
       </c>
       <c r="B353" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="C353" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353" t="s">
-        <v>1174</v>
+        <v>1078</v>
       </c>
       <c r="F353" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="G353" t="s">
-        <v>1174</v>
+        <v>1078</v>
       </c>
       <c r="H353" t="s">
-        <v>67</v>
+        <v>1179</v>
       </c>
       <c r="I353" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" s="1">
         <v>353</v>
       </c>
       <c r="B354" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="C354" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="F354" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="G354" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="H354" t="s">
-        <v>1179</v>
+        <v>293</v>
       </c>
       <c r="I354" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" s="1">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="C355" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="F355" t="s">
+        <v>1186</v>
+      </c>
+      <c r="G355" t="s">
         <v>1182</v>
       </c>
-      <c r="G355" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H355" t="s">
-        <v>43</v>
+        <v>1187</v>
       </c>
       <c r="I355" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" s="1">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="C356" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="D356" t="s">
         <v>11</v>
       </c>
       <c r="E356" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="F356" t="s">
-        <v>1185</v>
+        <v>1190</v>
       </c>
       <c r="G356" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="H356" t="s">
-        <v>1179</v>
+        <v>51</v>
       </c>
       <c r="I356" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" s="1">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="C357" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="D357" t="s">
         <v>11</v>
       </c>
       <c r="E357" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="F357" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="G357" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="H357" t="s">
-        <v>67</v>
+        <v>238</v>
       </c>
       <c r="I357" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" s="1">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="C358" t="s">
-        <v>1190</v>
+        <v>229</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
       <c r="E358" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="F358" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="G358" t="s">
-        <v>1174</v>
+        <v>1182</v>
       </c>
       <c r="H358" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="I358" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" s="1">
         <v>358</v>
       </c>
       <c r="B359" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="C359" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="D359" t="s">
         <v>11</v>
       </c>
       <c r="E359" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F359" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="G359" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H359" t="s">
-        <v>351</v>
+        <v>33</v>
       </c>
       <c r="I359" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" s="1">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="C360" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="D360" t="s">
         <v>11</v>
       </c>
       <c r="E360" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F360" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="G360" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H360" t="s">
-        <v>998</v>
+        <v>62</v>
       </c>
       <c r="I360" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" s="1">
         <v>360</v>
       </c>
       <c r="B361" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="C361" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="D361" t="s">
         <v>11</v>
       </c>
       <c r="E361" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F361" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="G361" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H361" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="I361" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" s="1">
         <v>361</v>
       </c>
       <c r="B362" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="C362" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="D362" t="s">
         <v>11</v>
       </c>
       <c r="E362" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F362" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="G362" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H362" t="s">
-        <v>998</v>
+        <v>267</v>
       </c>
       <c r="I362" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" s="1">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="C363" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="D363" t="s">
         <v>11</v>
       </c>
       <c r="E363" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F363" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="G363" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H363" t="s">
-        <v>1208</v>
+        <v>20</v>
       </c>
       <c r="I363" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" s="1">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="C364" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="D364" t="s">
         <v>11</v>
       </c>
       <c r="E364" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F364" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="G364" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H364" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I364" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" s="1">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="C365" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="D365" t="s">
         <v>11</v>
       </c>
       <c r="E365" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F365" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="G365" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H365" t="s">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="I365" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" s="1">
         <v>365</v>
       </c>
       <c r="B366" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="C366" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="D366" t="s">
         <v>11</v>
       </c>
       <c r="E366" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F366" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="G366" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H366" t="s">
-        <v>253</v>
+        <v>33</v>
       </c>
       <c r="I366" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" s="1">
         <v>366</v>
       </c>
       <c r="B367" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="C367" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="D367" t="s">
         <v>11</v>
       </c>
       <c r="E367" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F367" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="G367" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H367" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I367" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" s="1">
         <v>367</v>
       </c>
       <c r="B368" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="C368" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="D368" t="s">
         <v>11</v>
       </c>
       <c r="E368" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F368" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="G368" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H368" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="I368" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" s="1">
         <v>368</v>
       </c>
       <c r="B369" t="s">
-        <v>1223</v>
+        <v>1226</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1227</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F369" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="G369" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H369" t="s">
-        <v>166</v>
+        <v>454</v>
       </c>
       <c r="I369" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" s="1">
         <v>369</v>
       </c>
       <c r="B370" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="C370" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="D370" t="s">
         <v>11</v>
       </c>
       <c r="E370" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F370" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="G370" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H370" t="s">
-        <v>253</v>
+        <v>293</v>
       </c>
       <c r="I370" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" s="1">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="C371" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="D371" t="s">
         <v>11</v>
       </c>
       <c r="E371" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F371" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="G371" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H371" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I371" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" s="1">
         <v>371</v>
       </c>
       <c r="B372" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="C372" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="D372" t="s">
         <v>11</v>
       </c>
       <c r="E372" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F372" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="G372" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H372" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="I372" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" s="1">
         <v>372</v>
       </c>
       <c r="B373" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="C373" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="D373" t="s">
         <v>11</v>
       </c>
       <c r="E373" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F373" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="G373" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H373" t="s">
-        <v>998</v>
+        <v>78</v>
       </c>
       <c r="I373" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" s="1">
         <v>373</v>
       </c>
       <c r="B374" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="C374" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
       <c r="D374" t="s">
         <v>11</v>
       </c>
       <c r="E374" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F374" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="G374" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H374" t="s">
-        <v>379</v>
+        <v>33</v>
       </c>
       <c r="I374" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" s="1">
         <v>374</v>
       </c>
       <c r="B375" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="C375" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="D375" t="s">
         <v>11</v>
       </c>
       <c r="E375" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F375" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="G375" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H375" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="I375" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" s="1">
         <v>375</v>
       </c>
       <c r="B376" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="C376" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="D376" t="s">
         <v>11</v>
       </c>
       <c r="E376" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="F376" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="G376" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="H376" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="I376" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" s="1">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="C377" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="F377" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="G377" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="H377" t="s">
-        <v>1250</v>
+        <v>199</v>
       </c>
       <c r="I377" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" s="1">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C378" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="D378" t="s">
         <v>11</v>
       </c>
       <c r="E378" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="F378" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="G378" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="H378" t="s">
-        <v>253</v>
+        <v>94</v>
       </c>
       <c r="I378" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" s="1">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="C379" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="D379" t="s">
         <v>11</v>
       </c>
       <c r="E379" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="F379" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="G379" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="H379" t="s">
-        <v>67</v>
+        <v>203</v>
       </c>
       <c r="I379" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" s="1">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="C380" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="D380" t="s">
         <v>11</v>
       </c>
       <c r="E380" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="F380" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="G380" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="H380" t="s">
-        <v>98</v>
+        <v>293</v>
       </c>
       <c r="I380" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" s="1">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="C381" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="D381" t="s">
         <v>11</v>
       </c>
       <c r="E381" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="F381" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="G381" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="H381" t="s">
-        <v>1263</v>
+        <v>33</v>
       </c>
       <c r="I381" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" s="1">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C382" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="D382" t="s">
         <v>11</v>
       </c>
       <c r="E382" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="F382" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="G382" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="H382" t="s">
-        <v>67</v>
+        <v>837</v>
       </c>
       <c r="I382" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" s="1">
         <v>382</v>
       </c>
       <c r="B383" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C383" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="D383" t="s">
         <v>11</v>
       </c>
       <c r="E383" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="F383" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="G383" t="s">
-        <v>1248</v>
+        <v>1182</v>
       </c>
       <c r="H383" t="s">
-        <v>1270</v>
+        <v>343</v>
       </c>
       <c r="I383" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" s="1">
         <v>383</v>
       </c>
       <c r="B384" t="s">
         <v>1271</v>
       </c>
       <c r="C384" t="s">
         <v>1272</v>
       </c>
       <c r="D384" t="s">
         <v>11</v>
       </c>
       <c r="E384" t="s">
-        <v>1248</v>
+        <v>1273</v>
       </c>
       <c r="F384" t="s">
+        <v>1274</v>
+      </c>
+      <c r="G384" t="s">
         <v>1273</v>
       </c>
-      <c r="G384" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H384" t="s">
-        <v>98</v>
+        <v>343</v>
       </c>
       <c r="I384" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" s="1">
         <v>384</v>
       </c>
       <c r="B385" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C385" t="s">
-        <v>1275</v>
+        <v>111</v>
       </c>
       <c r="D385" t="s">
         <v>11</v>
       </c>
       <c r="E385" t="s">
-        <v>1248</v>
+        <v>1276</v>
       </c>
       <c r="F385" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G385" t="s">
         <v>1276</v>
       </c>
-      <c r="G385" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H385" t="s">
-        <v>119</v>
+        <v>20</v>
       </c>
       <c r="I385" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" s="1">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="C386" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="D386" t="s">
         <v>11</v>
       </c>
       <c r="E386" t="s">
-        <v>1248</v>
+        <v>1276</v>
       </c>
       <c r="F386" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="G386" t="s">
-        <v>1248</v>
+        <v>1276</v>
       </c>
       <c r="H386" t="s">
-        <v>529</v>
+        <v>51</v>
       </c>
       <c r="I386" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" s="1">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="C387" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D387" t="s">
         <v>11</v>
       </c>
       <c r="E387" t="s">
-        <v>1248</v>
+        <v>1276</v>
       </c>
       <c r="F387" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="G387" t="s">
-        <v>1248</v>
+        <v>1276</v>
       </c>
       <c r="H387" t="s">
-        <v>127</v>
+        <v>37</v>
       </c>
       <c r="I387" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" s="1">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C388" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="D388" t="s">
         <v>11</v>
       </c>
       <c r="E388" t="s">
-        <v>1248</v>
+        <v>1276</v>
       </c>
       <c r="F388" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="G388" t="s">
-        <v>1248</v>
+        <v>1276</v>
       </c>
       <c r="H388" t="s">
-        <v>533</v>
+        <v>51</v>
       </c>
       <c r="I388" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" s="1">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C389" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="D389" t="s">
         <v>11</v>
       </c>
       <c r="E389" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F389" t="s">
         <v>1289</v>
       </c>
       <c r="G389" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H389" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="I389" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" s="1">
         <v>389</v>
       </c>
       <c r="B390" t="s">
         <v>1290</v>
       </c>
       <c r="C390" t="s">
         <v>1291</v>
       </c>
       <c r="D390" t="s">
         <v>11</v>
       </c>
       <c r="E390" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F390" t="s">
         <v>1292</v>
       </c>
       <c r="G390" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H390" t="s">
-        <v>119</v>
+        <v>51</v>
       </c>
       <c r="I390" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" s="1">
         <v>390</v>
       </c>
       <c r="B391" t="s">
         <v>1293</v>
       </c>
       <c r="C391" t="s">
         <v>1294</v>
       </c>
       <c r="D391" t="s">
         <v>11</v>
       </c>
       <c r="E391" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F391" t="s">
         <v>1295</v>
       </c>
       <c r="G391" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H391" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="I391" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" s="1">
         <v>391</v>
       </c>
       <c r="B392" t="s">
         <v>1296</v>
       </c>
       <c r="C392" t="s">
         <v>1297</v>
       </c>
       <c r="D392" t="s">
         <v>11</v>
       </c>
       <c r="E392" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F392" t="s">
         <v>1298</v>
       </c>
       <c r="G392" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H392" t="s">
-        <v>998</v>
+        <v>203</v>
       </c>
       <c r="I392" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" s="1">
         <v>392</v>
       </c>
       <c r="B393" t="s">
         <v>1299</v>
       </c>
       <c r="C393" t="s">
         <v>1300</v>
       </c>
       <c r="D393" t="s">
         <v>11</v>
       </c>
       <c r="E393" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F393" t="s">
         <v>1301</v>
       </c>
       <c r="G393" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H393" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="I393" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" s="1">
         <v>393</v>
       </c>
       <c r="B394" t="s">
         <v>1302</v>
       </c>
       <c r="C394" t="s">
         <v>1303</v>
       </c>
       <c r="D394" t="s">
         <v>11</v>
       </c>
       <c r="E394" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F394" t="s">
         <v>1304</v>
       </c>
       <c r="G394" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H394" t="s">
-        <v>998</v>
+        <v>51</v>
       </c>
       <c r="I394" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" s="1">
         <v>394</v>
       </c>
       <c r="B395" t="s">
         <v>1305</v>
       </c>
       <c r="C395" t="s">
         <v>1306</v>
       </c>
       <c r="D395" t="s">
         <v>11</v>
       </c>
       <c r="E395" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F395" t="s">
         <v>1307</v>
       </c>
       <c r="G395" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H395" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="I395" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" s="1">
         <v>395</v>
       </c>
       <c r="B396" t="s">
         <v>1308</v>
       </c>
       <c r="C396" t="s">
         <v>1309</v>
       </c>
       <c r="D396" t="s">
         <v>11</v>
       </c>
       <c r="E396" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F396" t="s">
         <v>1310</v>
       </c>
       <c r="G396" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H396" t="s">
-        <v>1084</v>
+        <v>51</v>
       </c>
       <c r="I396" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" s="1">
         <v>396</v>
       </c>
       <c r="B397" t="s">
         <v>1311</v>
       </c>
       <c r="C397" t="s">
         <v>1312</v>
       </c>
       <c r="D397" t="s">
         <v>11</v>
       </c>
       <c r="E397" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F397" t="s">
         <v>1313</v>
       </c>
       <c r="G397" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H397" t="s">
-        <v>56</v>
+        <v>293</v>
       </c>
       <c r="I397" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" s="1">
         <v>397</v>
       </c>
       <c r="B398" t="s">
         <v>1314</v>
       </c>
       <c r="C398" t="s">
         <v>1315</v>
       </c>
       <c r="D398" t="s">
         <v>11</v>
       </c>
       <c r="E398" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F398" t="s">
         <v>1316</v>
       </c>
       <c r="G398" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H398" t="s">
-        <v>14</v>
+        <v>780</v>
       </c>
       <c r="I398" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" s="1">
         <v>398</v>
       </c>
       <c r="B399" t="s">
         <v>1317</v>
       </c>
       <c r="C399" t="s">
         <v>1318</v>
       </c>
       <c r="D399" t="s">
         <v>11</v>
       </c>
       <c r="E399" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F399" t="s">
         <v>1319</v>
       </c>
       <c r="G399" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H399" t="s">
-        <v>998</v>
+        <v>293</v>
       </c>
       <c r="I399" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" s="1">
         <v>399</v>
       </c>
       <c r="B400" t="s">
         <v>1320</v>
       </c>
       <c r="C400" t="s">
         <v>1321</v>
       </c>
       <c r="D400" t="s">
         <v>11</v>
       </c>
       <c r="E400" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="F400" t="s">
         <v>1322</v>
       </c>
       <c r="G400" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="H400" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="I400" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401" s="1">
         <v>400</v>
       </c>
       <c r="B401" t="s">
         <v>1323</v>
       </c>
       <c r="C401" t="s">
         <v>1324</v>
       </c>
       <c r="D401" t="s">
         <v>11</v>
       </c>
       <c r="E401" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="F401" t="s">
+        <v>1326</v>
+      </c>
+      <c r="G401" t="s">
         <v>1325</v>
       </c>
-      <c r="G401" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H401" t="s">
-        <v>629</v>
+        <v>238</v>
       </c>
       <c r="I401" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402" s="1">
         <v>401</v>
       </c>
       <c r="B402" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C402" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="D402" t="s">
         <v>11</v>
       </c>
       <c r="E402" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="F402" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="G402" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="H402" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="I402" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403" s="1">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="C403" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="D403" t="s">
         <v>11</v>
       </c>
       <c r="E403" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="F403" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="G403" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="H403" t="s">
-        <v>28</v>
+        <v>336</v>
       </c>
       <c r="I403" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404" s="1">
         <v>403</v>
       </c>
       <c r="B404" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C404" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="D404" t="s">
         <v>11</v>
       </c>
       <c r="E404" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="F404" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="G404" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="H404" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="I404" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405" s="1">
         <v>404</v>
       </c>
       <c r="B405" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="C405" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="D405" t="s">
         <v>11</v>
       </c>
       <c r="E405" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="F405" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="G405" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="H405" t="s">
-        <v>998</v>
+        <v>943</v>
       </c>
       <c r="I405" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406" s="1">
         <v>405</v>
       </c>
       <c r="B406" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C406" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="D406" t="s">
         <v>11</v>
       </c>
       <c r="E406" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="F406" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="G406" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="H406" t="s">
-        <v>390</v>
+        <v>20</v>
       </c>
       <c r="I406" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407" s="1">
         <v>406</v>
       </c>
       <c r="B407" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C407" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="D407" t="s">
         <v>11</v>
       </c>
       <c r="E407" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="F407" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="G407" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="H407" t="s">
-        <v>998</v>
+        <v>293</v>
       </c>
       <c r="I407" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408" s="1">
         <v>407</v>
       </c>
       <c r="B408" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="C408" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="D408" t="s">
         <v>11</v>
       </c>
       <c r="E408" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="F408" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="G408" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="H408" t="s">
-        <v>998</v>
+        <v>47</v>
       </c>
       <c r="I408" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409" s="1">
         <v>408</v>
       </c>
       <c r="B409" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C409" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="D409" t="s">
         <v>11</v>
       </c>
       <c r="E409" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="F409" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="G409" t="s">
-        <v>1288</v>
+        <v>1325</v>
       </c>
       <c r="H409" t="s">
-        <v>39</v>
+        <v>1351</v>
       </c>
       <c r="I409" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410" s="1">
         <v>409</v>
       </c>
       <c r="B410" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="C410" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="D410" t="s">
         <v>11</v>
       </c>
       <c r="E410" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="F410" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="G410" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="H410" t="s">
-        <v>98</v>
+        <v>62</v>
       </c>
       <c r="I410" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411" s="1">
         <v>410</v>
       </c>
       <c r="B411" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="C411" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="D411" t="s">
         <v>11</v>
       </c>
       <c r="E411" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="F411" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="G411" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="H411" t="s">
-        <v>998</v>
+        <v>267</v>
       </c>
       <c r="I411" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412" s="1">
         <v>411</v>
       </c>
       <c r="B412" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="C412" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="D412" t="s">
         <v>11</v>
       </c>
       <c r="E412" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="F412" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="G412" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="H412" t="s">
-        <v>253</v>
+        <v>20</v>
       </c>
       <c r="I412" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413" s="1">
         <v>412</v>
       </c>
       <c r="B413" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="C413" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D413" t="s">
         <v>11</v>
       </c>
       <c r="E413" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="F413" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="G413" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="H413" t="s">
-        <v>998</v>
+        <v>1119</v>
       </c>
       <c r="I413" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414" s="1">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="C414" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="D414" t="s">
         <v>11</v>
       </c>
       <c r="E414" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="F414" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="G414" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="H414" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="I414" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415" s="1">
         <v>414</v>
       </c>
       <c r="B415" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C415" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="D415" t="s">
         <v>11</v>
       </c>
       <c r="E415" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="F415" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="G415" t="s">
-        <v>1352</v>
+        <v>1325</v>
       </c>
       <c r="H415" t="s">
-        <v>253</v>
+        <v>837</v>
       </c>
       <c r="I415" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416" s="1">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="C416" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="D416" t="s">
         <v>11</v>
       </c>
       <c r="E416" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="F416" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="G416" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="H416" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="I416" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417" s="1">
         <v>416</v>
       </c>
       <c r="B417" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D417" t="s">
+        <v>11</v>
+      </c>
+      <c r="E417" t="s">
         <v>1372</v>
       </c>
-      <c r="C417" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F417" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="G417" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="H417" t="s">
-        <v>998</v>
+        <v>1377</v>
       </c>
       <c r="I417" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418" s="1">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
       <c r="C418" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="D418" t="s">
         <v>11</v>
       </c>
       <c r="E418" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="F418" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="G418" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="H418" t="s">
-        <v>253</v>
+        <v>267</v>
       </c>
       <c r="I418" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="419" spans="1:9">
       <c r="A419" s="1">
         <v>418</v>
       </c>
       <c r="B419" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="C419" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="D419" t="s">
         <v>11</v>
       </c>
       <c r="E419" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="F419" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="G419" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="H419" t="s">
-        <v>14</v>
+        <v>1119</v>
       </c>
       <c r="I419" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="A420" s="1">
         <v>419</v>
       </c>
       <c r="B420" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
       <c r="C420" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="D420" t="s">
         <v>11</v>
       </c>
       <c r="E420" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="F420" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="G420" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="H420" t="s">
-        <v>379</v>
+        <v>33</v>
       </c>
       <c r="I420" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="A421" s="1">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
       <c r="C421" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="D421" t="s">
         <v>11</v>
       </c>
       <c r="E421" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="F421" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="G421" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="H421" t="s">
-        <v>14</v>
+        <v>267</v>
       </c>
       <c r="I421" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="A422" s="1">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="C422" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="D422" t="s">
         <v>11</v>
       </c>
       <c r="E422" t="s">
-        <v>1352</v>
+        <v>1392</v>
       </c>
       <c r="F422" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="G422" t="s">
-        <v>1352</v>
+        <v>1392</v>
       </c>
       <c r="H422" t="s">
-        <v>998</v>
+        <v>33</v>
       </c>
       <c r="I422" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="A423" s="1">
         <v>422</v>
       </c>
       <c r="B423" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="C423" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="D423" t="s">
         <v>11</v>
       </c>
       <c r="E423" t="s">
         <v>1392</v>
       </c>
       <c r="F423" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="G423" t="s">
         <v>1392</v>
       </c>
       <c r="H423" t="s">
-        <v>998</v>
+        <v>770</v>
       </c>
       <c r="I423" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="A424" s="1">
         <v>423</v>
       </c>
       <c r="B424" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
       <c r="C424" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
       <c r="D424" t="s">
         <v>11</v>
       </c>
       <c r="E424" t="s">
         <v>1392</v>
       </c>
       <c r="F424" t="s">
-        <v>1396</v>
+        <v>1399</v>
       </c>
       <c r="G424" t="s">
         <v>1392</v>
       </c>
       <c r="H424" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="I424" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="A425" s="1">
         <v>424</v>
       </c>
       <c r="B425" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
       <c r="C425" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="D425" t="s">
         <v>11</v>
       </c>
       <c r="E425" t="s">
         <v>1392</v>
       </c>
       <c r="F425" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
       <c r="G425" t="s">
         <v>1392</v>
       </c>
       <c r="H425" t="s">
-        <v>253</v>
+        <v>1403</v>
       </c>
       <c r="I425" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="426" spans="1:9">
       <c r="A426" s="1">
         <v>425</v>
       </c>
       <c r="B426" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="C426" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="D426" t="s">
         <v>11</v>
       </c>
       <c r="E426" t="s">
         <v>1392</v>
       </c>
       <c r="F426" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
       <c r="G426" t="s">
         <v>1392</v>
       </c>
       <c r="H426" t="s">
-        <v>1403</v>
+        <v>332</v>
       </c>
       <c r="I426" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="A427" s="1">
         <v>426</v>
       </c>
       <c r="B427" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="C427" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="D427" t="s">
         <v>11</v>
       </c>
       <c r="E427" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F427" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="G427" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H427" t="s">
-        <v>1084</v>
+        <v>1403</v>
       </c>
       <c r="I427" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="A428" s="1">
         <v>427</v>
       </c>
       <c r="B428" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="C428" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="D428" t="s">
         <v>11</v>
       </c>
       <c r="E428" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F428" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="G428" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H428" t="s">
-        <v>351</v>
+        <v>369</v>
       </c>
       <c r="I428" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="A429" s="1">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="C429" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="D429" t="s">
         <v>11</v>
       </c>
       <c r="E429" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F429" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="G429" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H429" t="s">
-        <v>39</v>
+        <v>267</v>
       </c>
       <c r="I429" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="A430" s="1">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="C430" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="D430" t="s">
         <v>11</v>
       </c>
       <c r="E430" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F430" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="G430" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H430" t="s">
-        <v>43</v>
+        <v>293</v>
       </c>
       <c r="I430" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="A431" s="1">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="C431" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="D431" t="s">
         <v>11</v>
       </c>
       <c r="E431" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F431" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="G431" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H431" t="s">
-        <v>1061</v>
+        <v>78</v>
       </c>
       <c r="I431" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="A432" s="1">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="C432" t="s">
-        <v>1398</v>
+        <v>1423</v>
       </c>
       <c r="D432" t="s">
         <v>11</v>
       </c>
       <c r="E432" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F432" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="G432" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H432" t="s">
-        <v>253</v>
+        <v>343</v>
       </c>
       <c r="I432" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="A433" s="1">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="C433" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="D433" t="s">
         <v>11</v>
       </c>
       <c r="E433" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F433" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="G433" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H433" t="s">
-        <v>14</v>
+        <v>1428</v>
       </c>
       <c r="I433" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="434" spans="1:9">
       <c r="A434" s="1">
         <v>433</v>
       </c>
       <c r="B434" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="C434" t="s">
-        <v>1426</v>
+        <v>1106</v>
       </c>
       <c r="D434" t="s">
         <v>11</v>
       </c>
       <c r="E434" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F434" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
       <c r="G434" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H434" t="s">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="I434" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="A435" s="1">
         <v>434</v>
       </c>
       <c r="B435" t="s">
-        <v>1428</v>
+        <v>1431</v>
       </c>
       <c r="C435" t="s">
-        <v>1429</v>
+        <v>1432</v>
       </c>
       <c r="D435" t="s">
         <v>11</v>
       </c>
       <c r="E435" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F435" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="G435" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H435" t="s">
-        <v>14</v>
+        <v>199</v>
       </c>
       <c r="I435" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="A436" s="1">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="C436" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="D436" t="s">
         <v>11</v>
       </c>
       <c r="E436" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F436" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
       <c r="G436" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H436" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="I436" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="A437" s="1">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
       <c r="C437" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
       <c r="D437" t="s">
         <v>11</v>
       </c>
       <c r="E437" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F437" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
       <c r="G437" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H437" t="s">
-        <v>60</v>
+        <v>122</v>
       </c>
       <c r="I437" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="A438" s="1">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
       <c r="C438" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="D438" t="s">
         <v>11</v>
       </c>
       <c r="E438" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F438" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="G438" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H438" t="s">
-        <v>43</v>
+        <v>343</v>
       </c>
       <c r="I438" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="A439" s="1">
         <v>438</v>
       </c>
       <c r="B439" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="C439" t="s">
-        <v>1441</v>
+        <v>1444</v>
       </c>
       <c r="D439" t="s">
         <v>11</v>
       </c>
       <c r="E439" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="F439" t="s">
-        <v>1442</v>
+        <v>1445</v>
       </c>
       <c r="G439" t="s">
-        <v>1406</v>
+        <v>1392</v>
       </c>
       <c r="H439" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="I439" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="440" spans="1:9">
       <c r="A440" s="1">
         <v>439</v>
       </c>
       <c r="B440" t="s">
-        <v>1443</v>
+        <v>1446</v>
       </c>
       <c r="C440" t="s">
-        <v>1444</v>
+        <v>1447</v>
       </c>
       <c r="D440" t="s">
         <v>11</v>
       </c>
       <c r="E440" t="s">
-        <v>1406</v>
+        <v>1448</v>
       </c>
       <c r="F440" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="G440" t="s">
-        <v>1406</v>
+        <v>1448</v>
       </c>
       <c r="H440" t="s">
-        <v>849</v>
+        <v>267</v>
       </c>
       <c r="I440" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="A441" s="1">
         <v>440</v>
       </c>
       <c r="B441" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="C441" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
       <c r="D441" t="s">
         <v>11</v>
       </c>
       <c r="E441" t="s">
         <v>1448</v>
       </c>
       <c r="F441" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
       <c r="G441" t="s">
         <v>1448</v>
       </c>
       <c r="H441" t="s">
-        <v>52</v>
+        <v>369</v>
       </c>
       <c r="I441" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="A442" s="1">
         <v>441</v>
       </c>
       <c r="B442" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
       <c r="C442" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
       <c r="D442" t="s">
         <v>11</v>
       </c>
       <c r="E442" t="s">
         <v>1448</v>
       </c>
       <c r="F442" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="G442" t="s">
         <v>1448</v>
       </c>
       <c r="H442" t="s">
-        <v>379</v>
+        <v>1456</v>
       </c>
       <c r="I442" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="A443" s="1">
         <v>442</v>
       </c>
       <c r="B443" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="C443" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="D443" t="s">
         <v>11</v>
       </c>
       <c r="E443" t="s">
         <v>1448</v>
       </c>
       <c r="F443" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="G443" t="s">
         <v>1448</v>
       </c>
       <c r="H443" t="s">
-        <v>253</v>
+        <v>20</v>
       </c>
       <c r="I443" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="444" spans="1:9">
       <c r="A444" s="1">
         <v>443</v>
       </c>
       <c r="B444" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="C444" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="D444" t="s">
         <v>11</v>
       </c>
       <c r="E444" t="s">
         <v>1448</v>
       </c>
       <c r="F444" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
       <c r="G444" t="s">
         <v>1448</v>
       </c>
       <c r="H444" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="I444" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="A445" s="1">
         <v>444</v>
       </c>
       <c r="B445" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="C445" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="D445" t="s">
         <v>11</v>
       </c>
       <c r="E445" t="s">
-        <v>1448</v>
+        <v>1465</v>
       </c>
       <c r="F445" t="s">
-        <v>1461</v>
+        <v>1466</v>
       </c>
       <c r="G445" t="s">
-        <v>1448</v>
+        <v>1465</v>
       </c>
       <c r="H445" t="s">
-        <v>253</v>
+        <v>37</v>
       </c>
       <c r="I445" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="A446" s="1">
         <v>445</v>
       </c>
       <c r="B446" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="C446" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="D446" t="s">
         <v>11</v>
       </c>
       <c r="E446" t="s">
-        <v>1448</v>
+        <v>1465</v>
       </c>
       <c r="F446" t="s">
-        <v>1464</v>
+        <v>1469</v>
       </c>
       <c r="G446" t="s">
-        <v>1448</v>
+        <v>1465</v>
       </c>
       <c r="H446" t="s">
-        <v>253</v>
+        <v>47</v>
       </c>
       <c r="I446" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="A447" s="1">
         <v>446</v>
       </c>
       <c r="B447" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D447" t="s">
+        <v>11</v>
+      </c>
+      <c r="E447" t="s">
         <v>1465</v>
       </c>
-      <c r="C447" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F447" t="s">
-        <v>1467</v>
+        <v>1472</v>
       </c>
       <c r="G447" t="s">
-        <v>1448</v>
+        <v>1465</v>
       </c>
       <c r="H447" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="I447" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="A448" s="1">
         <v>447</v>
       </c>
       <c r="B448" t="s">
-        <v>1468</v>
+        <v>1473</v>
       </c>
       <c r="C448" t="s">
-        <v>1469</v>
+        <v>1474</v>
       </c>
       <c r="D448" t="s">
         <v>11</v>
       </c>
       <c r="E448" t="s">
-        <v>1448</v>
+        <v>1475</v>
       </c>
       <c r="F448" t="s">
-        <v>1470</v>
+        <v>1476</v>
       </c>
       <c r="G448" t="s">
-        <v>1448</v>
+        <v>1475</v>
       </c>
       <c r="H448" t="s">
-        <v>43</v>
+        <v>1477</v>
       </c>
       <c r="I448" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="A449" s="1">
         <v>448</v>
       </c>
       <c r="B449" t="s">
-        <v>1471</v>
+        <v>1478</v>
       </c>
       <c r="C449" t="s">
-        <v>1472</v>
+        <v>1479</v>
       </c>
       <c r="D449" t="s">
         <v>11</v>
       </c>
       <c r="E449" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="F449" t="s">
-        <v>1474</v>
+        <v>1480</v>
       </c>
       <c r="G449" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="H449" t="s">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="I449" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="A450" s="1">
         <v>449</v>
       </c>
       <c r="B450" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D450" t="s">
+        <v>11</v>
+      </c>
+      <c r="E450" t="s">
         <v>1475</v>
       </c>
-      <c r="C450" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F450" t="s">
-        <v>1477</v>
+        <v>1483</v>
       </c>
       <c r="G450" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="H450" t="s">
-        <v>1478</v>
+        <v>238</v>
       </c>
       <c r="I450" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="A451" s="1">
         <v>450</v>
       </c>
       <c r="B451" t="s">
-        <v>1479</v>
+        <v>1484</v>
       </c>
       <c r="C451" t="s">
-        <v>1480</v>
+        <v>979</v>
       </c>
       <c r="D451" t="s">
         <v>11</v>
       </c>
       <c r="E451" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
       <c r="F451" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="G451" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
       <c r="H451" t="s">
-        <v>253</v>
+        <v>33</v>
       </c>
       <c r="I451" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="452" spans="1:9">
       <c r="A452" s="1">
         <v>451</v>
       </c>
       <c r="B452" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="C452" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="D452" t="s">
         <v>11</v>
       </c>
       <c r="E452" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
       <c r="F452" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="G452" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
       <c r="H452" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="I452" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="A453" s="1">
         <v>452</v>
       </c>
       <c r="B453" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
       <c r="C453" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="D453" t="s">
         <v>11</v>
       </c>
       <c r="E453" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
       <c r="F453" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
       <c r="G453" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
       <c r="H453" t="s">
-        <v>998</v>
+        <v>238</v>
       </c>
       <c r="I453" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="A454" s="1">
         <v>453</v>
       </c>
       <c r="B454" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="C454" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="D454" t="s">
         <v>11</v>
       </c>
       <c r="E454" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
       <c r="F454" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="G454" t="s">
-        <v>1481</v>
+        <v>1475</v>
       </c>
       <c r="H454" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="I454" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="A455" s="1">
         <v>454</v>
       </c>
       <c r="B455" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="C455" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="D455" t="s">
         <v>11</v>
       </c>
       <c r="E455" t="s">
-        <v>1494</v>
+        <v>1475</v>
       </c>
       <c r="F455" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="G455" t="s">
-        <v>1494</v>
+        <v>1475</v>
       </c>
       <c r="H455" t="s">
-        <v>43</v>
+        <v>267</v>
       </c>
       <c r="I455" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="A456" s="1">
         <v>455</v>
       </c>
       <c r="B456" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="C456" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="D456" t="s">
         <v>11</v>
       </c>
       <c r="E456" t="s">
-        <v>1494</v>
+        <v>1475</v>
       </c>
       <c r="F456" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="G456" t="s">
-        <v>1494</v>
+        <v>1475</v>
       </c>
       <c r="H456" t="s">
-        <v>1499</v>
+        <v>343</v>
       </c>
       <c r="I456" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="A457" s="1">
         <v>456</v>
       </c>
       <c r="B457" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="C457" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="D457" t="s">
         <v>11</v>
       </c>
       <c r="E457" t="s">
-        <v>1494</v>
+        <v>1475</v>
       </c>
       <c r="F457" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="G457" t="s">
-        <v>1494</v>
+        <v>1475</v>
       </c>
       <c r="H457" t="s">
-        <v>998</v>
+        <v>238</v>
       </c>
       <c r="I457" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="A458" s="1">
         <v>457</v>
       </c>
       <c r="B458" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="C458" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="D458" t="s">
         <v>11</v>
       </c>
       <c r="E458" t="s">
-        <v>1494</v>
+        <v>1475</v>
       </c>
       <c r="F458" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="G458" t="s">
-        <v>1494</v>
+        <v>1475</v>
       </c>
       <c r="H458" t="s">
-        <v>56</v>
+        <v>336</v>
       </c>
       <c r="I458" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="459" spans="1:9">
       <c r="A459" s="1">
         <v>458</v>
       </c>
       <c r="B459" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="C459" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="D459" t="s">
         <v>11</v>
       </c>
       <c r="E459" t="s">
-        <v>1494</v>
+        <v>1509</v>
       </c>
       <c r="F459" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="G459" t="s">
-        <v>1494</v>
+        <v>1509</v>
       </c>
       <c r="H459" t="s">
-        <v>67</v>
+        <v>343</v>
       </c>
       <c r="I459" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="A460" s="1">
         <v>459</v>
       </c>
       <c r="B460" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D460" t="s">
+        <v>11</v>
+      </c>
+      <c r="E460" t="s">
         <v>1509</v>
       </c>
-      <c r="C460" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F460" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="G460" t="s">
-        <v>1494</v>
+        <v>1509</v>
       </c>
       <c r="H460" t="s">
-        <v>998</v>
+        <v>47</v>
       </c>
       <c r="I460" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="A461" s="1">
         <v>460</v>
       </c>
       <c r="B461" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="C461" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="D461" t="s">
         <v>11</v>
       </c>
       <c r="E461" t="s">
-        <v>1494</v>
+        <v>1509</v>
       </c>
       <c r="F461" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="G461" t="s">
-        <v>1494</v>
+        <v>1509</v>
       </c>
       <c r="H461" t="s">
-        <v>1515</v>
+        <v>576</v>
       </c>
       <c r="I461" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="A462" s="1">
         <v>461</v>
       </c>
       <c r="B462" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="C462" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="D462" t="s">
         <v>11</v>
       </c>
       <c r="E462" t="s">
-        <v>1494</v>
+        <v>1519</v>
       </c>
       <c r="F462" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="G462" t="s">
-        <v>1494</v>
+        <v>1519</v>
       </c>
       <c r="H462" t="s">
-        <v>43</v>
+        <v>369</v>
       </c>
       <c r="I462" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="A463" s="1">
         <v>462</v>
       </c>
       <c r="B463" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="C463" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="D463" t="s">
         <v>11</v>
       </c>
       <c r="E463" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="F463" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="G463" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="H463" t="s">
-        <v>1522</v>
+        <v>199</v>
       </c>
       <c r="I463" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="A464" s="1">
         <v>463</v>
       </c>
       <c r="B464" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D464" t="s">
+        <v>11</v>
+      </c>
+      <c r="E464" t="s">
         <v>1523</v>
       </c>
-      <c r="C464" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F464" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="G464" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="H464" t="s">
-        <v>998</v>
+        <v>70</v>
       </c>
       <c r="I464" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="A465" s="1">
         <v>464</v>
       </c>
       <c r="B465" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="C465" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="D465" t="s">
         <v>11</v>
       </c>
       <c r="E465" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="F465" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="G465" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="H465" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="I465" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="A466" s="1">
         <v>465</v>
       </c>
       <c r="B466" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="C466" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="D466" t="s">
         <v>11</v>
       </c>
       <c r="E466" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="F466" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="G466" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="H466" t="s">
-        <v>998</v>
+        <v>20</v>
       </c>
       <c r="I466" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="467" spans="1:9">
       <c r="A467" s="1">
         <v>466</v>
       </c>
       <c r="B467" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="C467" t="s">
-        <v>1533</v>
+        <v>1490</v>
       </c>
       <c r="D467" t="s">
         <v>11</v>
       </c>
       <c r="E467" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="F467" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="G467" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="H467" t="s">
-        <v>67</v>
+        <v>238</v>
       </c>
       <c r="I467" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="A468" s="1">
         <v>467</v>
       </c>
       <c r="B468" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C468" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="D468" t="s">
         <v>11</v>
       </c>
       <c r="E468" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="F468" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="G468" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="H468" t="s">
-        <v>379</v>
+        <v>78</v>
       </c>
       <c r="I468" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="A469" s="1">
         <v>468</v>
       </c>
       <c r="B469" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="C469" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="D469" t="s">
         <v>11</v>
       </c>
       <c r="E469" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="F469" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="G469" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="H469" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="I469" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="A470" s="1">
         <v>469</v>
       </c>
       <c r="B470" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="C470" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="D470" t="s">
         <v>11</v>
       </c>
       <c r="E470" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="F470" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="G470" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="H470" t="s">
-        <v>1544</v>
+        <v>369</v>
       </c>
       <c r="I470" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="A471" s="1">
         <v>470</v>
       </c>
       <c r="B471" t="s">
         <v>1545</v>
       </c>
       <c r="C471" t="s">
         <v>1546</v>
       </c>
       <c r="D471" t="s">
         <v>11</v>
       </c>
       <c r="E471" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="F471" t="s">
         <v>1547</v>
       </c>
       <c r="G471" t="s">
-        <v>1494</v>
+        <v>1523</v>
       </c>
       <c r="H471" t="s">
-        <v>351</v>
+        <v>1548</v>
       </c>
       <c r="I471" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="A472" s="1">
         <v>471</v>
       </c>
       <c r="B472" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="C472" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="D472" t="s">
         <v>11</v>
       </c>
       <c r="E472" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F472" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="G472" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H472" t="s">
-        <v>1499</v>
+        <v>238</v>
       </c>
       <c r="I472" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="A473" s="1">
         <v>472</v>
       </c>
       <c r="B473" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D473" t="s">
+        <v>11</v>
+      </c>
+      <c r="E473" t="s">
         <v>1551</v>
       </c>
-      <c r="C473" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F473" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="G473" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H473" t="s">
-        <v>43</v>
+        <v>343</v>
       </c>
       <c r="I473" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="A474" s="1">
         <v>473</v>
       </c>
       <c r="B474" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="C474" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="D474" t="s">
         <v>11</v>
       </c>
       <c r="E474" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F474" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="G474" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H474" t="s">
-        <v>998</v>
+        <v>94</v>
       </c>
       <c r="I474" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="A475" s="1">
         <v>474</v>
       </c>
       <c r="B475" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="C475" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="D475" t="s">
         <v>11</v>
       </c>
       <c r="E475" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F475" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="G475" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H475" t="s">
-        <v>14</v>
+        <v>1562</v>
       </c>
       <c r="I475" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="A476" s="1">
         <v>475</v>
       </c>
       <c r="B476" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="C476" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="D476" t="s">
         <v>11</v>
       </c>
       <c r="E476" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F476" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="G476" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H476" t="s">
-        <v>998</v>
+        <v>1566</v>
       </c>
       <c r="I476" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="A477" s="1">
         <v>476</v>
       </c>
       <c r="B477" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="C477" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="D477" t="s">
         <v>11</v>
       </c>
       <c r="E477" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F477" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="G477" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H477" t="s">
-        <v>67</v>
+        <v>837</v>
       </c>
       <c r="I477" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="478" spans="1:9">
       <c r="A478" s="1">
         <v>477</v>
       </c>
       <c r="B478" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="C478" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="D478" t="s">
         <v>11</v>
       </c>
       <c r="E478" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F478" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="G478" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H478" t="s">
-        <v>67</v>
+        <v>704</v>
       </c>
       <c r="I478" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="A479" s="1">
         <v>478</v>
       </c>
       <c r="B479" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="C479" t="s">
-        <v>1570</v>
+        <v>1382</v>
       </c>
       <c r="D479" t="s">
         <v>11</v>
       </c>
       <c r="E479" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F479" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="G479" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H479" t="s">
-        <v>1084</v>
+        <v>1119</v>
       </c>
       <c r="I479" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="A480" s="1">
         <v>479</v>
       </c>
       <c r="B480" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="C480" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="D480" t="s">
         <v>11</v>
       </c>
       <c r="E480" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F480" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="G480" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H480" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="I480" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="A481" s="1">
         <v>480</v>
       </c>
       <c r="B481" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="C481" t="s">
-        <v>1576</v>
+        <v>1526</v>
       </c>
       <c r="D481" t="s">
         <v>11</v>
       </c>
       <c r="E481" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F481" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="G481" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H481" t="s">
-        <v>1499</v>
+        <v>70</v>
       </c>
       <c r="I481" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="A482" s="1">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="C482" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="D482" t="s">
         <v>11</v>
       </c>
       <c r="E482" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F482" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="G482" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H482" t="s">
-        <v>998</v>
+        <v>51</v>
       </c>
       <c r="I482" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="A483" s="1">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="C483" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="D483" t="s">
         <v>11</v>
       </c>
       <c r="E483" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F483" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="G483" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H483" t="s">
-        <v>1499</v>
+        <v>369</v>
       </c>
       <c r="I483" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="A484" s="1">
         <v>483</v>
       </c>
       <c r="B484" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="C484" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="D484" t="s">
         <v>11</v>
       </c>
       <c r="E484" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="F484" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="G484" t="s">
-        <v>1494</v>
+        <v>1551</v>
       </c>
       <c r="H484" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I484" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="485" spans="1:9">
       <c r="A485" s="1">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="C485" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="D485" t="s">
         <v>11</v>
       </c>
       <c r="E485" t="s">
-        <v>1494</v>
+        <v>1591</v>
       </c>
       <c r="F485" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="G485" t="s">
-        <v>1494</v>
+        <v>1591</v>
       </c>
       <c r="H485" t="s">
-        <v>67</v>
+        <v>369</v>
       </c>
       <c r="I485" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="A486" s="1">
         <v>485</v>
       </c>
       <c r="B486" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="C486" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D486" t="s">
+        <v>11</v>
+      </c>
+      <c r="E486" t="s">
         <v>1591</v>
       </c>
-      <c r="D486" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F486" t="s">
-        <v>1592</v>
+        <v>1595</v>
+      </c>
+      <c r="G486" t="s">
+        <v>1591</v>
       </c>
       <c r="H486" t="s">
-        <v>351</v>
+        <v>37</v>
       </c>
       <c r="I486" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="A487" s="1">
         <v>486</v>
       </c>
       <c r="B487" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="C487" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="D487" t="s">
         <v>11</v>
       </c>
       <c r="E487" t="s">
-        <v>1494</v>
+        <v>1591</v>
       </c>
       <c r="F487" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="G487" t="s">
-        <v>1494</v>
+        <v>1591</v>
       </c>
       <c r="H487" t="s">
-        <v>998</v>
+        <v>1599</v>
       </c>
       <c r="I487" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="A488" s="1">
         <v>487</v>
       </c>
       <c r="B488" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="C488" t="s">
-        <v>1597</v>
+        <v>1601</v>
       </c>
       <c r="D488" t="s">
         <v>11</v>
       </c>
       <c r="E488" t="s">
-        <v>1494</v>
+        <v>1591</v>
       </c>
       <c r="F488" t="s">
-        <v>1598</v>
+        <v>1602</v>
       </c>
       <c r="G488" t="s">
-        <v>1494</v>
+        <v>1591</v>
       </c>
       <c r="H488" t="s">
-        <v>127</v>
+        <v>51</v>
       </c>
       <c r="I488" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="A489" s="1">
         <v>488</v>
       </c>
       <c r="B489" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
       <c r="C489" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="D489" t="s">
         <v>11</v>
       </c>
       <c r="E489" t="s">
-        <v>1494</v>
+        <v>1591</v>
       </c>
       <c r="F489" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="G489" t="s">
-        <v>1494</v>
+        <v>1591</v>
       </c>
       <c r="H489" t="s">
-        <v>1602</v>
+        <v>332</v>
       </c>
       <c r="I489" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="A490" s="1">
         <v>489</v>
       </c>
       <c r="B490" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="C490" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="D490" t="s">
         <v>11</v>
       </c>
       <c r="E490" t="s">
-        <v>1494</v>
+        <v>1608</v>
       </c>
       <c r="F490" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="G490" t="s">
-        <v>1494</v>
+        <v>1608</v>
       </c>
       <c r="H490" t="s">
-        <v>379</v>
+        <v>51</v>
       </c>
       <c r="I490" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="491" spans="1:9">
       <c r="A491" s="1">
         <v>490</v>
       </c>
       <c r="B491" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="C491" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D491" t="s">
+        <v>11</v>
+      </c>
+      <c r="E491" t="s">
         <v>1608</v>
       </c>
-      <c r="D491" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F491" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="G491" t="s">
-        <v>1494</v>
+        <v>1608</v>
       </c>
       <c r="H491" t="s">
-        <v>351</v>
+        <v>780</v>
       </c>
       <c r="I491" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="A492" s="1">
         <v>491</v>
       </c>
       <c r="B492" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="C492" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="D492" t="s">
         <v>11</v>
       </c>
       <c r="E492" t="s">
-        <v>1494</v>
+        <v>1608</v>
       </c>
       <c r="F492" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="G492" t="s">
-        <v>1494</v>
+        <v>1608</v>
       </c>
       <c r="H492" t="s">
-        <v>43</v>
+        <v>199</v>
       </c>
       <c r="I492" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="A493" s="1">
         <v>492</v>
       </c>
       <c r="B493" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="C493" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="D493" t="s">
         <v>11</v>
       </c>
       <c r="E493" t="s">
-        <v>1494</v>
+        <v>1618</v>
       </c>
       <c r="F493" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="G493" t="s">
-        <v>1494</v>
+        <v>1618</v>
       </c>
       <c r="H493" t="s">
-        <v>67</v>
+        <v>1620</v>
       </c>
       <c r="I493" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="A494" s="1">
         <v>493</v>
       </c>
       <c r="B494" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="C494" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
       <c r="D494" t="s">
         <v>11</v>
       </c>
       <c r="E494" t="s">
-        <v>1494</v>
+        <v>1618</v>
       </c>
       <c r="F494" t="s">
+        <v>1623</v>
+      </c>
+      <c r="G494" t="s">
         <v>1618</v>
       </c>
-      <c r="G494" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H494" t="s">
-        <v>1619</v>
+        <v>122</v>
       </c>
       <c r="I494" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="A495" s="1">
         <v>494</v>
       </c>
       <c r="B495" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="C495" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="D495" t="s">
         <v>11</v>
       </c>
       <c r="E495" t="s">
-        <v>1494</v>
+        <v>1618</v>
       </c>
       <c r="F495" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="G495" t="s">
-        <v>1494</v>
+        <v>1618</v>
       </c>
       <c r="H495" t="s">
-        <v>849</v>
+        <v>122</v>
       </c>
       <c r="I495" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="A496" s="1">
         <v>495</v>
       </c>
       <c r="B496" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
       <c r="C496" t="s">
-        <v>1624</v>
+        <v>1628</v>
       </c>
       <c r="D496" t="s">
         <v>11</v>
       </c>
       <c r="E496" t="s">
-        <v>1494</v>
+        <v>1618</v>
       </c>
       <c r="F496" t="s">
-        <v>1625</v>
+        <v>1629</v>
       </c>
       <c r="G496" t="s">
-        <v>1494</v>
+        <v>1618</v>
       </c>
       <c r="H496" t="s">
-        <v>998</v>
+        <v>1630</v>
       </c>
       <c r="I496" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="A497" s="1">
         <v>496</v>
       </c>
       <c r="B497" t="s">
-        <v>1626</v>
+        <v>1631</v>
       </c>
       <c r="C497" t="s">
-        <v>1627</v>
+        <v>1632</v>
       </c>
       <c r="D497" t="s">
         <v>11</v>
       </c>
       <c r="E497" t="s">
-        <v>1494</v>
+        <v>1618</v>
       </c>
       <c r="F497" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="G497" t="s">
-        <v>1494</v>
+        <v>1618</v>
       </c>
       <c r="H497" t="s">
-        <v>1629</v>
+        <v>199</v>
       </c>
       <c r="I497" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="498" spans="1:9">
       <c r="A498" s="1">
         <v>497</v>
       </c>
       <c r="B498" t="s">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="C498" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
       <c r="D498" t="s">
         <v>11</v>
       </c>
       <c r="E498" t="s">
-        <v>1494</v>
+        <v>1636</v>
       </c>
       <c r="F498" t="s">
-        <v>1632</v>
+        <v>1637</v>
       </c>
       <c r="G498" t="s">
-        <v>1494</v>
+        <v>1636</v>
       </c>
       <c r="H498" t="s">
-        <v>998</v>
+        <v>1638</v>
       </c>
       <c r="I498" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="A499" s="1">
         <v>498</v>
       </c>
       <c r="B499" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="C499" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="D499" t="s">
         <v>11</v>
       </c>
       <c r="E499" t="s">
-        <v>1494</v>
+        <v>1641</v>
       </c>
       <c r="F499" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="G499" t="s">
-        <v>1494</v>
+        <v>1641</v>
       </c>
       <c r="H499" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="I499" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="A500" s="1">
         <v>499</v>
       </c>
       <c r="B500" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
       <c r="C500" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
       <c r="D500" t="s">
         <v>11</v>
       </c>
       <c r="E500" t="s">
-        <v>1494</v>
+        <v>1641</v>
       </c>
       <c r="F500" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="G500" t="s">
-        <v>1494</v>
+        <v>1641</v>
       </c>
       <c r="H500" t="s">
-        <v>253</v>
+        <v>126</v>
       </c>
       <c r="I500" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="A501" s="1">
         <v>500</v>
       </c>
       <c r="B501" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="C501" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D501" t="s">
+        <v>11</v>
+      </c>
+      <c r="E501" t="s">
         <v>1641</v>
       </c>
-      <c r="D501" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F501" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="G501" t="s">
-        <v>1494</v>
+        <v>1641</v>
       </c>
       <c r="H501" t="s">
-        <v>67</v>
+        <v>1638</v>
       </c>
       <c r="I501" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="A502" s="1">
         <v>501</v>
       </c>
       <c r="B502" t="s">
-        <v>1643</v>
+        <v>1649</v>
       </c>
       <c r="C502" t="s">
-        <v>1644</v>
+        <v>1650</v>
       </c>
       <c r="D502" t="s">
         <v>11</v>
       </c>
       <c r="E502" t="s">
-        <v>1494</v>
+        <v>1641</v>
       </c>
       <c r="F502" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
       <c r="G502" t="s">
-        <v>1494</v>
+        <v>1641</v>
       </c>
       <c r="H502" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="I502" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="A503" s="1">
         <v>502</v>
       </c>
       <c r="B503" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="C503" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="D503" t="s">
         <v>11</v>
       </c>
       <c r="E503" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="F503" t="s">
-        <v>1648</v>
+        <v>1655</v>
       </c>
       <c r="G503" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="H503" t="s">
-        <v>67</v>
+        <v>51</v>
       </c>
       <c r="I503" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="504" spans="1:9">
       <c r="A504" s="1">
         <v>503</v>
       </c>
       <c r="B504" t="s">
-        <v>1649</v>
+        <v>1657</v>
       </c>
       <c r="C504" t="s">
-        <v>1650</v>
+        <v>1658</v>
       </c>
       <c r="D504" t="s">
         <v>11</v>
       </c>
       <c r="E504" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="F504" t="s">
-        <v>1651</v>
+        <v>1659</v>
       </c>
       <c r="G504" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="H504" t="s">
-        <v>998</v>
+        <v>70</v>
       </c>
       <c r="I504" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="A505" s="1">
         <v>504</v>
       </c>
       <c r="B505" t="s">
-        <v>1652</v>
+        <v>1660</v>
       </c>
       <c r="C505" t="s">
-        <v>1653</v>
+        <v>1661</v>
       </c>
       <c r="D505" t="s">
         <v>11</v>
       </c>
       <c r="E505" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="F505" t="s">
+        <v>1662</v>
+      </c>
+      <c r="G505" t="s">
         <v>1654</v>
       </c>
-      <c r="G505" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H505" t="s">
-        <v>1084</v>
+        <v>1663</v>
       </c>
       <c r="I505" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="A506" s="1">
         <v>505</v>
       </c>
       <c r="B506" t="s">
-        <v>1655</v>
+        <v>1664</v>
       </c>
       <c r="C506" t="s">
-        <v>1656</v>
+        <v>1665</v>
       </c>
       <c r="D506" t="s">
         <v>11</v>
       </c>
       <c r="E506" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="F506" t="s">
-        <v>1657</v>
+        <v>1666</v>
       </c>
       <c r="G506" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="H506" t="s">
-        <v>1619</v>
+        <v>78</v>
       </c>
       <c r="I506" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="A507" s="1">
         <v>506</v>
       </c>
       <c r="B507" t="s">
-        <v>1658</v>
+        <v>1667</v>
       </c>
       <c r="C507" t="s">
-        <v>1659</v>
+        <v>1668</v>
       </c>
       <c r="D507" t="s">
         <v>11</v>
       </c>
       <c r="E507" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="F507" t="s">
-        <v>1660</v>
+        <v>1669</v>
       </c>
       <c r="G507" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="H507" t="s">
-        <v>253</v>
+        <v>20</v>
       </c>
       <c r="I507" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="A508" s="1">
         <v>507</v>
       </c>
       <c r="B508" t="s">
-        <v>1661</v>
+        <v>1670</v>
       </c>
       <c r="C508" t="s">
-        <v>1662</v>
+        <v>1671</v>
       </c>
       <c r="D508" t="s">
         <v>11</v>
       </c>
       <c r="E508" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="F508" t="s">
-        <v>1663</v>
+        <v>1672</v>
       </c>
       <c r="G508" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="H508" t="s">
-        <v>998</v>
+        <v>78</v>
       </c>
       <c r="I508" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="A509" s="1">
         <v>508</v>
       </c>
       <c r="B509" t="s">
-        <v>1664</v>
+        <v>1673</v>
       </c>
       <c r="C509" t="s">
-        <v>1665</v>
+        <v>1674</v>
       </c>
       <c r="D509" t="s">
         <v>11</v>
       </c>
       <c r="E509" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="F509" t="s">
-        <v>1666</v>
+        <v>1675</v>
       </c>
       <c r="G509" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="H509" t="s">
-        <v>998</v>
+        <v>126</v>
       </c>
       <c r="I509" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="A510" s="1">
         <v>509</v>
       </c>
       <c r="B510" t="s">
-        <v>1667</v>
+        <v>1676</v>
       </c>
       <c r="C510" t="s">
-        <v>1668</v>
+        <v>1677</v>
       </c>
       <c r="D510" t="s">
         <v>11</v>
       </c>
       <c r="E510" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="F510" t="s">
-        <v>1669</v>
+        <v>1678</v>
       </c>
       <c r="G510" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="H510" t="s">
-        <v>1670</v>
+        <v>238</v>
       </c>
       <c r="I510" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="511" spans="1:9">
       <c r="A511" s="1">
         <v>510</v>
       </c>
       <c r="B511" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
       <c r="C511" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
       <c r="D511" t="s">
         <v>11</v>
       </c>
       <c r="E511" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="F511" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="G511" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="H511" t="s">
-        <v>998</v>
+        <v>1682</v>
       </c>
       <c r="I511" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="A512" s="1">
         <v>511</v>
       </c>
       <c r="B512" t="s">
-        <v>1674</v>
+        <v>1683</v>
       </c>
       <c r="C512" t="s">
-        <v>1675</v>
+        <v>1684</v>
       </c>
       <c r="D512" t="s">
         <v>11</v>
       </c>
       <c r="E512" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="F512" t="s">
-        <v>1676</v>
+        <v>1685</v>
       </c>
       <c r="G512" t="s">
-        <v>1494</v>
+        <v>1654</v>
       </c>
       <c r="H512" t="s">
-        <v>253</v>
+        <v>78</v>
       </c>
       <c r="I512" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="A513" s="1">
         <v>512</v>
       </c>
       <c r="B513" t="s">
-        <v>1677</v>
+        <v>1686</v>
       </c>
       <c r="C513" t="s">
-        <v>1678</v>
+        <v>1687</v>
       </c>
       <c r="D513" t="s">
         <v>11</v>
       </c>
       <c r="E513" t="s">
-        <v>1679</v>
+        <v>1688</v>
       </c>
       <c r="F513" t="s">
-        <v>1680</v>
+        <v>1689</v>
       </c>
       <c r="G513" t="s">
-        <v>1494</v>
+        <v>1688</v>
       </c>
       <c r="H513" t="s">
-        <v>1636</v>
+        <v>238</v>
       </c>
       <c r="I513" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514" s="1">
         <v>513</v>
       </c>
       <c r="B514" t="s">
-        <v>1599</v>
+        <v>1690</v>
       </c>
       <c r="C514" t="s">
-        <v>1600</v>
+        <v>1691</v>
       </c>
       <c r="D514" t="s">
         <v>11</v>
       </c>
       <c r="E514" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="F514" t="s">
-        <v>1682</v>
+        <v>1692</v>
       </c>
       <c r="G514" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="H514" t="s">
-        <v>1602</v>
+        <v>78</v>
       </c>
       <c r="I514" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="A515" s="1">
         <v>514</v>
       </c>
       <c r="B515" t="s">
-        <v>1683</v>
+        <v>1693</v>
       </c>
       <c r="C515" t="s">
-        <v>1684</v>
+        <v>1694</v>
       </c>
       <c r="D515" t="s">
         <v>11</v>
       </c>
       <c r="E515" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="F515" t="s">
-        <v>1685</v>
+        <v>1695</v>
       </c>
       <c r="G515" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="H515" t="s">
-        <v>1686</v>
+        <v>238</v>
       </c>
       <c r="I515" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="A516" s="1">
         <v>515</v>
       </c>
       <c r="B516" t="s">
-        <v>1687</v>
+        <v>1696</v>
       </c>
       <c r="C516" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D516" t="s">
+        <v>11</v>
+      </c>
+      <c r="E516" t="s">
         <v>1688</v>
       </c>
-      <c r="D516" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F516" t="s">
-        <v>1689</v>
+        <v>1698</v>
       </c>
       <c r="G516" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="H516" t="s">
-        <v>32</v>
+        <v>1099</v>
       </c>
       <c r="I516" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="A517" s="1">
         <v>516</v>
       </c>
       <c r="B517" t="s">
-        <v>1690</v>
+        <v>1699</v>
       </c>
       <c r="C517" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
       <c r="D517" t="s">
         <v>11</v>
       </c>
       <c r="E517" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="F517" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
       <c r="G517" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="H517" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="I517" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="A518" s="1">
         <v>517</v>
       </c>
       <c r="B518" t="s">
-        <v>1693</v>
+        <v>1702</v>
       </c>
       <c r="C518" t="s">
-        <v>1694</v>
+        <v>1703</v>
       </c>
       <c r="D518" t="s">
         <v>11</v>
       </c>
       <c r="E518" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="F518" t="s">
-        <v>1695</v>
+        <v>1704</v>
       </c>
       <c r="G518" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="H518" t="s">
-        <v>1499</v>
+        <v>1705</v>
       </c>
       <c r="I518" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="519" spans="1:9">
       <c r="A519" s="1">
         <v>518</v>
       </c>
       <c r="B519" t="s">
-        <v>1696</v>
+        <v>1706</v>
       </c>
       <c r="C519" t="s">
-        <v>1697</v>
+        <v>1707</v>
       </c>
       <c r="D519" t="s">
         <v>11</v>
       </c>
       <c r="E519" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="F519" t="s">
-        <v>1698</v>
+        <v>1708</v>
       </c>
       <c r="G519" t="s">
-        <v>1681</v>
+        <v>1688</v>
       </c>
       <c r="H519" t="s">
-        <v>1686</v>
+        <v>1709</v>
       </c>
       <c r="I519" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="A520" s="1">
         <v>519</v>
       </c>
       <c r="B520" t="s">
-        <v>1699</v>
+        <v>1710</v>
       </c>
       <c r="C520" t="s">
-        <v>1700</v>
+        <v>1711</v>
       </c>
       <c r="D520" t="s">
         <v>11</v>
       </c>
       <c r="E520" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="F520" t="s">
-        <v>1702</v>
+        <v>1712</v>
       </c>
       <c r="G520" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="H520" t="s">
-        <v>1686</v>
+        <v>1713</v>
       </c>
       <c r="I520" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="A521" s="1">
         <v>520</v>
       </c>
       <c r="B521" t="s">
-        <v>1703</v>
+        <v>1714</v>
       </c>
       <c r="C521" t="s">
-        <v>1704</v>
+        <v>1715</v>
       </c>
       <c r="D521" t="s">
         <v>11</v>
       </c>
       <c r="E521" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="F521" t="s">
-        <v>1705</v>
+        <v>1716</v>
       </c>
       <c r="G521" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="H521" t="s">
-        <v>14</v>
+        <v>1717</v>
       </c>
       <c r="I521" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="A522" s="1">
         <v>521</v>
       </c>
       <c r="B522" t="s">
-        <v>1706</v>
+        <v>1718</v>
       </c>
       <c r="C522" t="s">
-        <v>1707</v>
+        <v>1719</v>
       </c>
       <c r="D522" t="s">
         <v>11</v>
       </c>
       <c r="E522" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="F522" t="s">
-        <v>1708</v>
+        <v>1720</v>
       </c>
       <c r="G522" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="H522" t="s">
-        <v>1499</v>
+        <v>199</v>
       </c>
       <c r="I522" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="A523" s="1">
         <v>522</v>
       </c>
       <c r="B523" t="s">
-        <v>1709</v>
+        <v>1721</v>
       </c>
       <c r="C523" t="s">
-        <v>1710</v>
+        <v>1722</v>
       </c>
       <c r="D523" t="s">
         <v>11</v>
       </c>
       <c r="E523" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="F523" t="s">
-        <v>1711</v>
+        <v>1723</v>
       </c>
       <c r="G523" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="H523" t="s">
-        <v>1670</v>
+        <v>51</v>
       </c>
       <c r="I523" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="A524" s="1">
         <v>523</v>
       </c>
       <c r="B524" t="s">
-        <v>1712</v>
+        <v>1724</v>
       </c>
       <c r="C524" t="s">
-        <v>1713</v>
+        <v>1725</v>
       </c>
       <c r="D524" t="s">
         <v>11</v>
       </c>
       <c r="E524" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="F524" t="s">
-        <v>1714</v>
+        <v>1726</v>
       </c>
       <c r="G524" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="H524" t="s">
-        <v>1715</v>
+        <v>837</v>
       </c>
       <c r="I524" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="525" spans="1:9">
       <c r="A525" s="1">
         <v>524</v>
       </c>
       <c r="B525" t="s">
-        <v>1716</v>
+        <v>1727</v>
       </c>
       <c r="C525" t="s">
-        <v>1717</v>
+        <v>1728</v>
       </c>
       <c r="D525" t="s">
         <v>11</v>
       </c>
       <c r="E525" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="F525" t="s">
-        <v>1718</v>
+        <v>1729</v>
       </c>
       <c r="G525" t="s">
-        <v>1701</v>
+        <v>1688</v>
       </c>
       <c r="H525" t="s">
-        <v>1602</v>
+        <v>1638</v>
       </c>
       <c r="I525" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="A526" s="1">
         <v>525</v>
       </c>
       <c r="B526" t="s">
-        <v>1719</v>
+        <v>1730</v>
       </c>
       <c r="C526" t="s">
-        <v>1720</v>
+        <v>1731</v>
       </c>
       <c r="D526" t="s">
         <v>11</v>
       </c>
       <c r="E526" t="s">
-        <v>1721</v>
+        <v>1688</v>
       </c>
       <c r="F526" t="s">
-        <v>1722</v>
+        <v>1732</v>
       </c>
       <c r="G526" t="s">
-        <v>1494</v>
+        <v>1688</v>
       </c>
       <c r="H526" t="s">
-        <v>67</v>
+        <v>257</v>
       </c>
       <c r="I526" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="A527" s="1">
         <v>526</v>
       </c>
       <c r="B527" t="s">
-        <v>1723</v>
+        <v>1733</v>
       </c>
       <c r="C527" t="s">
-        <v>660</v>
+        <v>1734</v>
       </c>
       <c r="D527" t="s">
         <v>11</v>
       </c>
       <c r="E527" t="s">
-        <v>1724</v>
+        <v>1735</v>
       </c>
       <c r="F527" t="s">
-        <v>1725</v>
+        <v>1736</v>
       </c>
       <c r="G527" t="s">
-        <v>1724</v>
+        <v>1735</v>
       </c>
       <c r="H527" t="s">
-        <v>390</v>
+        <v>1638</v>
       </c>
       <c r="I527" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="A528" s="1">
         <v>527</v>
       </c>
       <c r="B528" t="s">
-        <v>1726</v>
+        <v>1737</v>
       </c>
       <c r="C528" t="s">
-        <v>1727</v>
+        <v>1738</v>
       </c>
       <c r="D528" t="s">
         <v>11</v>
       </c>
       <c r="E528" t="s">
-        <v>1724</v>
+        <v>1735</v>
       </c>
       <c r="F528" t="s">
-        <v>1728</v>
+        <v>1739</v>
       </c>
       <c r="G528" t="s">
-        <v>1724</v>
+        <v>1735</v>
       </c>
       <c r="H528" t="s">
-        <v>253</v>
+        <v>51</v>
       </c>
       <c r="I528" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="A529" s="1">
         <v>528</v>
       </c>
       <c r="B529" t="s">
-        <v>1729</v>
+        <v>1740</v>
       </c>
       <c r="C529" t="s">
-        <v>1730</v>
+        <v>1741</v>
       </c>
       <c r="D529" t="s">
         <v>11</v>
       </c>
       <c r="E529" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="F529" t="s">
-        <v>1732</v>
+        <v>1742</v>
       </c>
       <c r="G529" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="H529" t="s">
-        <v>390</v>
+        <v>1638</v>
       </c>
       <c r="I529" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="530" spans="1:9">
       <c r="A530" s="1">
         <v>529</v>
       </c>
       <c r="B530" t="s">
-        <v>1733</v>
+        <v>1743</v>
       </c>
       <c r="C530" t="s">
-        <v>1734</v>
+        <v>1744</v>
       </c>
       <c r="D530" t="s">
         <v>11</v>
       </c>
       <c r="E530" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="F530" t="s">
+        <v>1745</v>
+      </c>
+      <c r="G530" t="s">
         <v>1735</v>
       </c>
-      <c r="G530" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H530" t="s">
-        <v>390</v>
+        <v>1477</v>
       </c>
       <c r="I530" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="A531" s="1">
         <v>530</v>
       </c>
       <c r="B531" t="s">
-        <v>1736</v>
+        <v>1746</v>
       </c>
       <c r="C531" t="s">
-        <v>1737</v>
+        <v>1747</v>
       </c>
       <c r="D531" t="s">
         <v>11</v>
       </c>
       <c r="E531" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="F531" t="s">
-        <v>1738</v>
+        <v>1748</v>
       </c>
       <c r="G531" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="H531" t="s">
-        <v>998</v>
+        <v>51</v>
       </c>
       <c r="I531" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="A532" s="1">
         <v>531</v>
       </c>
       <c r="B532" t="s">
-        <v>1739</v>
+        <v>1749</v>
       </c>
       <c r="C532" t="s">
-        <v>1740</v>
+        <v>1750</v>
       </c>
       <c r="D532" t="s">
         <v>11</v>
       </c>
       <c r="E532" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="F532" t="s">
-        <v>1741</v>
+        <v>1751</v>
       </c>
       <c r="G532" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="H532" t="s">
-        <v>67</v>
+        <v>267</v>
       </c>
       <c r="I532" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="A533" s="1">
         <v>532</v>
       </c>
       <c r="B533" t="s">
-        <v>1742</v>
+        <v>1752</v>
       </c>
       <c r="C533" t="s">
-        <v>1743</v>
+        <v>1753</v>
       </c>
       <c r="D533" t="s">
         <v>11</v>
       </c>
       <c r="E533" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="F533" t="s">
-        <v>1744</v>
+        <v>1754</v>
       </c>
       <c r="G533" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="H533" t="s">
-        <v>351</v>
+        <v>454</v>
       </c>
       <c r="I533" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="A534" s="1">
         <v>533</v>
       </c>
       <c r="B534" t="s">
-        <v>1745</v>
+        <v>1755</v>
       </c>
       <c r="C534" t="s">
-        <v>1746</v>
+        <v>1756</v>
       </c>
       <c r="D534" t="s">
         <v>11</v>
       </c>
       <c r="E534" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="F534" t="s">
-        <v>1747</v>
+        <v>1757</v>
       </c>
       <c r="G534" t="s">
-        <v>1748</v>
+        <v>1735</v>
       </c>
       <c r="H534" t="s">
-        <v>390</v>
+        <v>837</v>
       </c>
       <c r="I534" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="A535" s="1">
         <v>534</v>
       </c>
       <c r="B535" t="s">
-        <v>1749</v>
+        <v>1758</v>
       </c>
       <c r="C535" t="s">
-        <v>1750</v>
+        <v>1759</v>
       </c>
       <c r="D535" t="s">
         <v>11</v>
       </c>
       <c r="E535" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="F535" t="s">
-        <v>1751</v>
+        <v>1760</v>
       </c>
       <c r="G535" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="H535" t="s">
-        <v>998</v>
+        <v>70</v>
       </c>
       <c r="I535" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="A536" s="1">
         <v>535</v>
       </c>
       <c r="B536" t="s">
-        <v>1752</v>
+        <v>1761</v>
       </c>
       <c r="C536" t="s">
-        <v>1753</v>
+        <v>1762</v>
       </c>
       <c r="D536" t="s">
         <v>11</v>
       </c>
       <c r="E536" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="F536" t="s">
-        <v>1754</v>
+        <v>1763</v>
       </c>
       <c r="G536" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="H536" t="s">
-        <v>390</v>
+        <v>1638</v>
       </c>
       <c r="I536" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="537" spans="1:9">
       <c r="A537" s="1">
         <v>536</v>
       </c>
       <c r="B537" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
       <c r="C537" t="s">
-        <v>1756</v>
+        <v>1765</v>
       </c>
       <c r="D537" t="s">
         <v>11</v>
       </c>
       <c r="E537" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="F537" t="s">
-        <v>1757</v>
+        <v>1766</v>
       </c>
       <c r="G537" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="H537" t="s">
-        <v>351</v>
+        <v>454</v>
       </c>
       <c r="I537" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="A538" s="1">
         <v>537</v>
       </c>
       <c r="B538" t="s">
-        <v>1758</v>
+        <v>1767</v>
       </c>
       <c r="C538" t="s">
-        <v>1759</v>
+        <v>1768</v>
       </c>
       <c r="D538" t="s">
         <v>11</v>
       </c>
       <c r="E538" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="F538" t="s">
-        <v>1760</v>
+        <v>1769</v>
       </c>
       <c r="G538" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="H538" t="s">
-        <v>351</v>
+        <v>238</v>
       </c>
       <c r="I538" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="A539" s="1">
         <v>538</v>
       </c>
       <c r="B539" t="s">
-        <v>1761</v>
+        <v>1770</v>
       </c>
       <c r="C539" t="s">
-        <v>1762</v>
+        <v>1771</v>
       </c>
       <c r="D539" t="s">
         <v>11</v>
       </c>
       <c r="E539" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="F539" t="s">
-        <v>1763</v>
+        <v>1772</v>
       </c>
       <c r="G539" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="H539" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="I539" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="A540" s="1">
         <v>539</v>
       </c>
       <c r="B540" t="s">
-        <v>1764</v>
+        <v>1773</v>
       </c>
       <c r="C540" t="s">
-        <v>1765</v>
+        <v>1774</v>
       </c>
       <c r="D540" t="s">
         <v>11</v>
       </c>
       <c r="E540" t="s">
-        <v>1731</v>
+        <v>1775</v>
       </c>
       <c r="F540" t="s">
-        <v>1766</v>
+        <v>1776</v>
       </c>
       <c r="G540" t="s">
-        <v>1731</v>
+        <v>1775</v>
       </c>
       <c r="H540" t="s">
-        <v>390</v>
+        <v>47</v>
       </c>
       <c r="I540" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="A541" s="1">
         <v>540</v>
       </c>
       <c r="B541" t="s">
-        <v>1767</v>
+        <v>1777</v>
       </c>
       <c r="C541" t="s">
-        <v>1768</v>
+        <v>1778</v>
       </c>
       <c r="D541" t="s">
         <v>11</v>
       </c>
       <c r="E541" t="s">
-        <v>1731</v>
+        <v>1775</v>
       </c>
       <c r="F541" t="s">
-        <v>1769</v>
+        <v>1779</v>
       </c>
       <c r="G541" t="s">
-        <v>1731</v>
+        <v>1775</v>
       </c>
       <c r="H541" t="s">
-        <v>351</v>
+        <v>78</v>
       </c>
       <c r="I541" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="A542" s="1">
         <v>541</v>
       </c>
       <c r="B542" t="s">
-        <v>1770</v>
+        <v>1780</v>
       </c>
       <c r="C542" t="s">
-        <v>1771</v>
+        <v>1781</v>
       </c>
       <c r="D542" t="s">
         <v>11</v>
       </c>
       <c r="E542" t="s">
-        <v>1731</v>
+        <v>1775</v>
       </c>
       <c r="F542" t="s">
-        <v>1772</v>
+        <v>1782</v>
       </c>
       <c r="G542" t="s">
-        <v>1731</v>
+        <v>1775</v>
       </c>
       <c r="H542" t="s">
-        <v>390</v>
+        <v>51</v>
       </c>
       <c r="I542" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="A543" s="1">
         <v>542</v>
       </c>
       <c r="B543" t="s">
-        <v>1773</v>
+        <v>1783</v>
       </c>
       <c r="C543" t="s">
-        <v>1774</v>
+        <v>1784</v>
       </c>
       <c r="D543" t="s">
         <v>11</v>
       </c>
       <c r="E543" t="s">
-        <v>1731</v>
+        <v>1775</v>
       </c>
       <c r="F543" t="s">
+        <v>1785</v>
+      </c>
+      <c r="G543" t="s">
         <v>1775</v>
       </c>
-      <c r="G543" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H543" t="s">
-        <v>390</v>
+        <v>70</v>
       </c>
       <c r="I543" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="A544" s="1">
         <v>543</v>
       </c>
       <c r="B544" t="s">
-        <v>1776</v>
+        <v>1786</v>
       </c>
       <c r="C544" t="s">
-        <v>1777</v>
+        <v>1787</v>
       </c>
       <c r="D544" t="s">
         <v>11</v>
       </c>
       <c r="E544" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
       <c r="F544" t="s">
-        <v>1779</v>
+        <v>1788</v>
       </c>
       <c r="G544" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
       <c r="H544" t="s">
-        <v>1003</v>
+        <v>1638</v>
       </c>
       <c r="I544" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="A545" s="1">
         <v>544</v>
       </c>
       <c r="B545" t="s">
-        <v>1780</v>
+        <v>1789</v>
       </c>
       <c r="C545" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
       <c r="D545" t="s">
         <v>11</v>
       </c>
       <c r="E545" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
       <c r="F545" t="s">
-        <v>1782</v>
+        <v>1791</v>
       </c>
       <c r="G545" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
       <c r="H545" t="s">
-        <v>1003</v>
+        <v>1792</v>
       </c>
       <c r="I545" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="A546" s="1">
         <v>545</v>
       </c>
       <c r="B546" t="s">
-        <v>1783</v>
+        <v>1793</v>
       </c>
       <c r="C546" t="s">
-        <v>1784</v>
+        <v>1794</v>
       </c>
       <c r="D546" t="s">
         <v>11</v>
       </c>
       <c r="E546" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="F546" t="s">
-        <v>1786</v>
+        <v>1795</v>
       </c>
       <c r="G546" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="H546" t="s">
-        <v>253</v>
+        <v>1638</v>
       </c>
       <c r="I546" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="A547" s="1">
         <v>546</v>
       </c>
       <c r="B547" t="s">
-        <v>1787</v>
+        <v>1796</v>
       </c>
       <c r="C547" t="s">
-        <v>1788</v>
+        <v>1797</v>
       </c>
       <c r="D547" t="s">
         <v>11</v>
       </c>
       <c r="E547" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="F547" t="s">
-        <v>1789</v>
+        <v>1798</v>
       </c>
       <c r="G547" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="H547" t="s">
-        <v>1003</v>
+        <v>343</v>
       </c>
       <c r="I547" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="548" spans="1:9">
       <c r="A548" s="1">
         <v>547</v>
       </c>
       <c r="B548" t="s">
-        <v>1790</v>
+        <v>1799</v>
       </c>
       <c r="C548" t="s">
-        <v>1791</v>
+        <v>1800</v>
       </c>
       <c r="D548" t="s">
         <v>11</v>
       </c>
       <c r="E548" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="F548" t="s">
-        <v>1792</v>
+        <v>1801</v>
       </c>
       <c r="G548" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="H548" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="I548" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="549" spans="1:9">
       <c r="A549" s="1">
         <v>548</v>
       </c>
       <c r="B549" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
       <c r="C549" t="s">
-        <v>1794</v>
+        <v>1803</v>
       </c>
       <c r="D549" t="s">
         <v>11</v>
       </c>
       <c r="E549" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="F549" t="s">
-        <v>1795</v>
+        <v>1804</v>
       </c>
       <c r="G549" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="H549" t="s">
-        <v>1003</v>
+        <v>37</v>
       </c>
       <c r="I549" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="A550" s="1">
         <v>549</v>
       </c>
       <c r="B550" t="s">
-        <v>1796</v>
+        <v>1805</v>
       </c>
       <c r="C550" t="s">
-        <v>1797</v>
+        <v>1806</v>
       </c>
       <c r="D550" t="s">
         <v>11</v>
       </c>
       <c r="E550" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="F550" t="s">
-        <v>1798</v>
+        <v>1807</v>
       </c>
       <c r="G550" t="s">
-        <v>1785</v>
+        <v>1775</v>
       </c>
       <c r="H550" t="s">
-        <v>43</v>
+        <v>1792</v>
       </c>
       <c r="I550" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="A551" s="1">
         <v>550</v>
       </c>
       <c r="B551" t="s">
-        <v>1799</v>
+        <v>1808</v>
       </c>
       <c r="C551" t="s">
-        <v>1800</v>
+        <v>1809</v>
       </c>
       <c r="D551" t="s">
         <v>11</v>
       </c>
       <c r="E551" t="s">
-        <v>1801</v>
+        <v>1775</v>
       </c>
       <c r="F551" t="s">
-        <v>1802</v>
+        <v>1810</v>
       </c>
       <c r="G551" t="s">
-        <v>1801</v>
+        <v>1775</v>
       </c>
       <c r="H551" t="s">
-        <v>998</v>
+        <v>1477</v>
       </c>
       <c r="I551" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="552" spans="1:9">
       <c r="A552" s="1">
         <v>551</v>
       </c>
       <c r="B552" t="s">
-        <v>1803</v>
+        <v>1811</v>
       </c>
       <c r="C552" t="s">
-        <v>1804</v>
+        <v>1812</v>
       </c>
       <c r="D552" t="s">
         <v>11</v>
       </c>
       <c r="E552" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="F552" t="s">
-        <v>1805</v>
+        <v>1814</v>
       </c>
       <c r="G552" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="H552" t="s">
-        <v>998</v>
+        <v>20</v>
       </c>
       <c r="I552" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="A553" s="1">
         <v>552</v>
       </c>
       <c r="B553" t="s">
-        <v>1806</v>
+        <v>1815</v>
       </c>
       <c r="C553" t="s">
-        <v>1807</v>
+        <v>1816</v>
       </c>
       <c r="D553" t="s">
         <v>11</v>
       </c>
       <c r="E553" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="F553" t="s">
-        <v>1808</v>
+        <v>1817</v>
       </c>
       <c r="G553" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="H553" t="s">
-        <v>998</v>
+        <v>332</v>
       </c>
       <c r="I553" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="A554" s="1">
         <v>553</v>
       </c>
       <c r="B554" t="s">
-        <v>1809</v>
+        <v>1818</v>
       </c>
       <c r="C554" t="s">
-        <v>1810</v>
+        <v>1819</v>
       </c>
       <c r="D554" t="s">
         <v>11</v>
       </c>
       <c r="E554" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="F554" t="s">
-        <v>1811</v>
+        <v>1820</v>
       </c>
       <c r="G554" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="H554" t="s">
-        <v>998</v>
+        <v>1821</v>
       </c>
       <c r="I554" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="A555" s="1">
         <v>554</v>
       </c>
       <c r="B555" t="s">
-        <v>1812</v>
+        <v>1822</v>
       </c>
       <c r="C555" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D555" t="s">
+        <v>11</v>
+      </c>
+      <c r="E555" t="s">
         <v>1813</v>
       </c>
-      <c r="D555" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F555" t="s">
-        <v>1814</v>
+        <v>1824</v>
       </c>
       <c r="G555" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="H555" t="s">
-        <v>998</v>
+        <v>1821</v>
       </c>
       <c r="I555" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="A556" s="1">
         <v>555</v>
       </c>
       <c r="B556" t="s">
-        <v>1815</v>
+        <v>1825</v>
       </c>
       <c r="C556" t="s">
-        <v>1816</v>
+        <v>1826</v>
       </c>
       <c r="D556" t="s">
         <v>11</v>
       </c>
       <c r="E556" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="F556" t="s">
-        <v>1817</v>
+        <v>1827</v>
       </c>
       <c r="G556" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="H556" t="s">
-        <v>998</v>
+        <v>20</v>
       </c>
       <c r="I556" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="A557" s="1">
         <v>556</v>
       </c>
       <c r="B557" t="s">
-        <v>1818</v>
+        <v>1828</v>
       </c>
       <c r="C557" t="s">
-        <v>1819</v>
+        <v>1829</v>
       </c>
       <c r="D557" t="s">
         <v>11</v>
       </c>
       <c r="E557" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="F557" t="s">
-        <v>1820</v>
+        <v>1830</v>
       </c>
       <c r="G557" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="H557" t="s">
-        <v>1003</v>
+        <v>51</v>
       </c>
       <c r="I557" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="558" spans="1:9">
       <c r="A558" s="1">
         <v>557</v>
       </c>
       <c r="B558" t="s">
-        <v>1821</v>
+        <v>1831</v>
       </c>
       <c r="C558" t="s">
-        <v>1822</v>
+        <v>1832</v>
       </c>
       <c r="D558" t="s">
         <v>11</v>
       </c>
       <c r="E558" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="F558" t="s">
-        <v>1823</v>
+        <v>1834</v>
       </c>
       <c r="G558" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H558" t="s">
-        <v>998</v>
+        <v>70</v>
       </c>
       <c r="I558" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="A559" s="1">
         <v>558</v>
       </c>
       <c r="B559" t="s">
-        <v>1824</v>
+        <v>1835</v>
       </c>
       <c r="C559" t="s">
-        <v>1825</v>
+        <v>1836</v>
       </c>
       <c r="D559" t="s">
         <v>11</v>
       </c>
       <c r="E559" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="F559" t="s">
-        <v>1826</v>
+        <v>1837</v>
       </c>
       <c r="G559" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H559" t="s">
-        <v>998</v>
+        <v>51</v>
       </c>
       <c r="I559" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="A560" s="1">
         <v>559</v>
       </c>
       <c r="B560" t="s">
-        <v>1827</v>
+        <v>1838</v>
       </c>
       <c r="C560" t="s">
-        <v>1828</v>
+        <v>1839</v>
       </c>
       <c r="D560" t="s">
         <v>11</v>
       </c>
       <c r="E560" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="F560" t="s">
-        <v>1829</v>
+        <v>1840</v>
       </c>
       <c r="G560" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H560" t="s">
-        <v>998</v>
+        <v>1841</v>
       </c>
       <c r="I560" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="A561" s="1">
         <v>560</v>
       </c>
       <c r="B561" t="s">
-        <v>1830</v>
-[...2 lines deleted...]
-        <v>1831</v>
+        <v>1842</v>
       </c>
       <c r="D561" t="s">
         <v>11</v>
       </c>
       <c r="E561" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="F561" t="s">
-        <v>1832</v>
+        <v>1843</v>
       </c>
       <c r="G561" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H561" t="s">
-        <v>998</v>
+        <v>398</v>
       </c>
       <c r="I561" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="A562" s="1">
         <v>561</v>
       </c>
       <c r="B562" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D562" t="s">
+        <v>11</v>
+      </c>
+      <c r="E562" t="s">
         <v>1833</v>
       </c>
-      <c r="C562" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F562" t="s">
-        <v>1835</v>
+        <v>1846</v>
       </c>
       <c r="G562" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H562" t="s">
-        <v>14</v>
+        <v>1638</v>
       </c>
       <c r="I562" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="A563" s="1">
         <v>562</v>
       </c>
       <c r="B563" t="s">
-        <v>1836</v>
+        <v>1847</v>
       </c>
       <c r="C563" t="s">
-        <v>1837</v>
+        <v>1848</v>
       </c>
       <c r="D563" t="s">
         <v>11</v>
       </c>
       <c r="E563" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="F563" t="s">
-        <v>1838</v>
+        <v>1849</v>
       </c>
       <c r="G563" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H563" t="s">
-        <v>998</v>
+        <v>20</v>
       </c>
       <c r="I563" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="A564" s="1">
         <v>563</v>
       </c>
       <c r="B564" t="s">
-        <v>1839</v>
+        <v>1850</v>
       </c>
       <c r="C564" t="s">
-        <v>1840</v>
+        <v>1851</v>
       </c>
       <c r="D564" t="s">
         <v>11</v>
       </c>
       <c r="E564" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="F564" t="s">
-        <v>1841</v>
+        <v>1852</v>
       </c>
       <c r="G564" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H564" t="s">
-        <v>998</v>
+        <v>51</v>
       </c>
       <c r="I564" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="565" spans="1:9">
       <c r="A565" s="1">
         <v>564</v>
       </c>
       <c r="B565" t="s">
-        <v>1842</v>
+        <v>1853</v>
       </c>
       <c r="C565" t="s">
-        <v>1843</v>
+        <v>1854</v>
       </c>
       <c r="D565" t="s">
         <v>11</v>
       </c>
       <c r="E565" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="F565" t="s">
-        <v>1844</v>
+        <v>1855</v>
       </c>
       <c r="G565" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H565" t="s">
-        <v>998</v>
+        <v>293</v>
       </c>
       <c r="I565" t="s">
-        <v>1017</v>
+        <v>15</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="A566" s="1">
         <v>565</v>
       </c>
       <c r="B566" t="s">
-        <v>1845</v>
+        <v>1856</v>
       </c>
       <c r="C566" t="s">
-        <v>1846</v>
+        <v>1857</v>
       </c>
       <c r="D566" t="s">
         <v>11</v>
       </c>
       <c r="E566" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="F566" t="s">
-        <v>1847</v>
+        <v>1858</v>
       </c>
       <c r="G566" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H566" t="s">
-        <v>14</v>
+        <v>238</v>
       </c>
       <c r="I566" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="A567" s="1">
         <v>566</v>
       </c>
       <c r="B567" t="s">
-        <v>1848</v>
+        <v>1859</v>
       </c>
       <c r="C567" t="s">
-        <v>1849</v>
+        <v>1860</v>
       </c>
       <c r="D567" t="s">
         <v>11</v>
       </c>
       <c r="E567" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="F567" t="s">
-        <v>1850</v>
+        <v>1861</v>
       </c>
       <c r="G567" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H567" t="s">
-        <v>166</v>
+        <v>454</v>
       </c>
       <c r="I567" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="568" spans="1:9">
       <c r="A568" s="1">
         <v>567</v>
       </c>
       <c r="B568" t="s">
-        <v>1851</v>
+        <v>1862</v>
       </c>
       <c r="C568" t="s">
-        <v>1852</v>
+        <v>1863</v>
       </c>
       <c r="D568" t="s">
         <v>11</v>
       </c>
       <c r="E568" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="F568" t="s">
-        <v>1853</v>
+        <v>1864</v>
       </c>
       <c r="G568" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H568" t="s">
-        <v>998</v>
+        <v>238</v>
       </c>
       <c r="I568" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="A569" s="1">
         <v>568</v>
       </c>
       <c r="B569" t="s">
-        <v>1854</v>
+        <v>1865</v>
       </c>
       <c r="C569" t="s">
-        <v>1855</v>
+        <v>1863</v>
       </c>
       <c r="D569" t="s">
         <v>11</v>
       </c>
       <c r="E569" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="F569" t="s">
-        <v>1856</v>
+        <v>1866</v>
       </c>
       <c r="G569" t="s">
-        <v>1801</v>
+        <v>1833</v>
       </c>
       <c r="H569" t="s">
-        <v>998</v>
+        <v>238</v>
       </c>
       <c r="I569" t="s">
-        <v>1603</v>
+        <v>15</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="A570" s="1">
         <v>569</v>
       </c>
       <c r="B570" t="s">
-        <v>1857</v>
+        <v>1867</v>
       </c>
       <c r="C570" t="s">
-        <v>1858</v>
+        <v>1868</v>
       </c>
       <c r="D570" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E570" t="s">
-        <v>1860</v>
+        <v>1833</v>
       </c>
       <c r="F570" t="s">
-        <v>1861</v>
+        <v>1869</v>
       </c>
       <c r="G570" t="s">
-        <v>1860</v>
+        <v>1833</v>
       </c>
       <c r="H570" t="s">
-        <v>1862</v>
+        <v>293</v>
       </c>
       <c r="I570" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="571" spans="1:9">
       <c r="A571" s="1">
         <v>570</v>
       </c>
       <c r="B571" t="s">
-        <v>1863</v>
+        <v>1870</v>
       </c>
       <c r="C571" t="s">
-        <v>1864</v>
+        <v>1871</v>
       </c>
       <c r="D571" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E571" t="s">
-        <v>1860</v>
+        <v>1833</v>
       </c>
       <c r="F571" t="s">
-        <v>1865</v>
+        <v>1872</v>
       </c>
       <c r="G571" t="s">
-        <v>1860</v>
+        <v>1833</v>
       </c>
       <c r="H571" t="s">
-        <v>1862</v>
+        <v>1638</v>
       </c>
       <c r="I571" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="A572" s="1">
         <v>571</v>
       </c>
       <c r="B572" t="s">
-        <v>1866</v>
+        <v>1873</v>
       </c>
       <c r="C572" t="s">
-        <v>1864</v>
+        <v>1874</v>
       </c>
       <c r="D572" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E572" t="s">
-        <v>1860</v>
+        <v>1833</v>
       </c>
       <c r="F572" t="s">
-        <v>1867</v>
+        <v>1875</v>
       </c>
       <c r="G572" t="s">
-        <v>1860</v>
+        <v>1833</v>
       </c>
       <c r="H572" t="s">
-        <v>1862</v>
+        <v>51</v>
       </c>
       <c r="I572" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="A573" s="1">
         <v>572</v>
       </c>
       <c r="B573" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="C573" t="s">
-        <v>1869</v>
+        <v>1877</v>
       </c>
       <c r="D573" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E573" t="s">
-        <v>1871</v>
+        <v>1833</v>
       </c>
       <c r="F573" t="s">
-        <v>1872</v>
+        <v>1878</v>
+      </c>
+      <c r="G573" t="s">
+        <v>1833</v>
       </c>
       <c r="H573" t="s">
-        <v>1873</v>
+        <v>1638</v>
       </c>
       <c r="I573" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="A574" s="1">
         <v>573</v>
       </c>
       <c r="B574" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
       <c r="C574" t="s">
-        <v>1875</v>
+        <v>1880</v>
       </c>
       <c r="D574" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E574" t="s">
-        <v>1871</v>
+        <v>1833</v>
       </c>
       <c r="F574" t="s">
-        <v>1876</v>
+        <v>1881</v>
+      </c>
+      <c r="G574" t="s">
+        <v>1833</v>
       </c>
       <c r="H574" t="s">
-        <v>1877</v>
+        <v>47</v>
       </c>
       <c r="I574" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="A575" s="1">
         <v>574</v>
       </c>
       <c r="B575" t="s">
-        <v>1878</v>
+        <v>1882</v>
       </c>
       <c r="C575" t="s">
-        <v>1879</v>
+        <v>1883</v>
       </c>
       <c r="D575" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E575" t="s">
-        <v>1871</v>
+        <v>1833</v>
       </c>
       <c r="F575" t="s">
-        <v>1880</v>
+        <v>1884</v>
+      </c>
+      <c r="G575" t="s">
+        <v>1833</v>
       </c>
       <c r="H575" t="s">
-        <v>1877</v>
+        <v>199</v>
       </c>
       <c r="I575" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="A576" s="1">
         <v>575</v>
       </c>
       <c r="B576" t="s">
-        <v>1881</v>
+        <v>1885</v>
       </c>
       <c r="C576" t="s">
-        <v>1882</v>
+        <v>1886</v>
       </c>
       <c r="D576" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E576" t="s">
-        <v>1871</v>
+        <v>1887</v>
       </c>
       <c r="F576" t="s">
-        <v>1883</v>
+        <v>1888</v>
+      </c>
+      <c r="G576" t="s">
+        <v>1887</v>
       </c>
       <c r="H576" t="s">
-        <v>1877</v>
+        <v>122</v>
       </c>
       <c r="I576" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="577" spans="1:9">
       <c r="A577" s="1">
         <v>576</v>
       </c>
       <c r="B577" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="C577" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="D577" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E577" t="s">
-        <v>1871</v>
+        <v>1887</v>
       </c>
       <c r="F577" t="s">
-        <v>1886</v>
+        <v>1891</v>
+      </c>
+      <c r="G577" t="s">
+        <v>1887</v>
       </c>
       <c r="H577" t="s">
-        <v>1873</v>
+        <v>20</v>
       </c>
       <c r="I577" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="A578" s="1">
         <v>577</v>
       </c>
       <c r="B578" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D578" t="s">
+        <v>11</v>
+      </c>
+      <c r="E578" t="s">
         <v>1887</v>
       </c>
-      <c r="C578" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F578" t="s">
-        <v>1889</v>
+        <v>1894</v>
+      </c>
+      <c r="G578" t="s">
+        <v>1887</v>
       </c>
       <c r="H578" t="s">
-        <v>1877</v>
+        <v>238</v>
       </c>
       <c r="I578" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="A579" s="1">
         <v>578</v>
       </c>
       <c r="B579" t="s">
-        <v>1890</v>
+        <v>1895</v>
       </c>
       <c r="C579" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="D579" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E579" t="s">
-        <v>1871</v>
+        <v>1887</v>
       </c>
       <c r="F579" t="s">
-        <v>1892</v>
+        <v>1897</v>
+      </c>
+      <c r="G579" t="s">
+        <v>1887</v>
       </c>
       <c r="H579" t="s">
-        <v>1893</v>
+        <v>1898</v>
       </c>
       <c r="I579" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="A580" s="1">
         <v>579</v>
       </c>
       <c r="B580" t="s">
-        <v>1894</v>
+        <v>1899</v>
       </c>
       <c r="C580" t="s">
-        <v>1895</v>
+        <v>1900</v>
       </c>
       <c r="D580" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E580" t="s">
-        <v>1871</v>
+        <v>1887</v>
       </c>
       <c r="F580" t="s">
-        <v>1896</v>
+        <v>1901</v>
+      </c>
+      <c r="G580" t="s">
+        <v>1887</v>
       </c>
       <c r="H580" t="s">
-        <v>1897</v>
+        <v>1119</v>
       </c>
       <c r="I580" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="A581" s="1">
         <v>580</v>
       </c>
       <c r="B581" t="s">
-        <v>1898</v>
+        <v>1902</v>
       </c>
       <c r="C581" t="s">
-        <v>1899</v>
+        <v>1903</v>
       </c>
       <c r="D581" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E581" t="s">
-        <v>1871</v>
+        <v>1887</v>
       </c>
       <c r="F581" t="s">
-        <v>1900</v>
+        <v>1904</v>
+      </c>
+      <c r="G581" t="s">
+        <v>1887</v>
       </c>
       <c r="H581" t="s">
-        <v>1877</v>
+        <v>1905</v>
       </c>
       <c r="I581" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="A582" s="1">
         <v>581</v>
       </c>
       <c r="B582" t="s">
-        <v>1901</v>
+        <v>1906</v>
       </c>
       <c r="C582" t="s">
-        <v>1902</v>
+        <v>1907</v>
       </c>
       <c r="D582" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E582" t="s">
-        <v>1871</v>
+        <v>1887</v>
       </c>
       <c r="F582" t="s">
-        <v>1903</v>
+        <v>1908</v>
+      </c>
+      <c r="G582" t="s">
+        <v>1887</v>
       </c>
       <c r="H582" t="s">
-        <v>1877</v>
+        <v>20</v>
       </c>
       <c r="I582" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="583" spans="1:9">
       <c r="A583" s="1">
         <v>582</v>
       </c>
       <c r="B583" t="s">
-        <v>1904</v>
+        <v>1909</v>
       </c>
       <c r="C583" t="s">
-        <v>1905</v>
+        <v>1910</v>
       </c>
       <c r="D583" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E583" t="s">
-        <v>1871</v>
+        <v>1887</v>
       </c>
       <c r="F583" t="s">
-        <v>1906</v>
+        <v>1911</v>
+      </c>
+      <c r="G583" t="s">
+        <v>1887</v>
       </c>
       <c r="H583" t="s">
-        <v>1877</v>
+        <v>1912</v>
       </c>
       <c r="I583" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="584" spans="1:9">
       <c r="A584" s="1">
         <v>583</v>
       </c>
       <c r="B584" t="s">
-        <v>1907</v>
+        <v>1913</v>
       </c>
       <c r="C584" t="s">
-        <v>1908</v>
+        <v>1914</v>
       </c>
       <c r="D584" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E584" t="s">
-        <v>1910</v>
+        <v>1887</v>
       </c>
       <c r="F584" t="s">
-        <v>1911</v>
+        <v>1915</v>
+      </c>
+      <c r="G584" t="s">
+        <v>1887</v>
       </c>
       <c r="H584" t="s">
-        <v>1912</v>
+        <v>343</v>
       </c>
       <c r="I584" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="A585" s="1">
         <v>584</v>
       </c>
       <c r="B585" t="s">
-        <v>1913</v>
+        <v>1916</v>
       </c>
       <c r="C585" t="s">
-        <v>1914</v>
+        <v>1917</v>
       </c>
       <c r="D585" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E585" t="s">
-        <v>1910</v>
+        <v>1887</v>
       </c>
       <c r="F585" t="s">
-        <v>1915</v>
+        <v>1918</v>
+      </c>
+      <c r="G585" t="s">
+        <v>1887</v>
       </c>
       <c r="H585" t="s">
-        <v>1916</v>
+        <v>94</v>
       </c>
       <c r="I585" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="586" spans="1:9">
       <c r="A586" s="1">
         <v>585</v>
       </c>
       <c r="B586" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="C586" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="D586" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E586" t="s">
-        <v>1910</v>
+        <v>1887</v>
       </c>
       <c r="F586" t="s">
-        <v>1919</v>
+        <v>1921</v>
+      </c>
+      <c r="G586" t="s">
+        <v>1887</v>
       </c>
       <c r="H586" t="s">
-        <v>1920</v>
+        <v>94</v>
       </c>
       <c r="I586" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="A587" s="1">
         <v>586</v>
       </c>
       <c r="B587" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="C587" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="D587" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E587" t="s">
-        <v>1923</v>
+        <v>1887</v>
       </c>
       <c r="F587" t="s">
         <v>1924</v>
       </c>
+      <c r="G587" t="s">
+        <v>1887</v>
+      </c>
       <c r="H587" t="s">
-        <v>1925</v>
+        <v>336</v>
       </c>
       <c r="I587" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="A588" s="1">
         <v>587</v>
       </c>
       <c r="B588" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C588" t="s">
         <v>1926</v>
       </c>
-      <c r="C588" t="s">
+      <c r="D588" t="s">
+        <v>11</v>
+      </c>
+      <c r="E588" t="s">
         <v>1927</v>
       </c>
-      <c r="D588" t="s">
-[...2 lines deleted...]
-      <c r="E588" t="s">
+      <c r="F588" t="s">
         <v>1928</v>
       </c>
-      <c r="F588" t="s">
-        <v>1929</v>
+      <c r="G588" t="s">
+        <v>1927</v>
       </c>
       <c r="H588" t="s">
-        <v>1930</v>
+        <v>242</v>
       </c>
       <c r="I588" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="A589" s="1">
         <v>588</v>
       </c>
       <c r="B589" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D589" t="s">
+        <v>11</v>
+      </c>
+      <c r="E589" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F589" t="s">
         <v>1931</v>
       </c>
-      <c r="C589" t="s">
-[...9 lines deleted...]
-        <v>1934</v>
+      <c r="G589" t="s">
+        <v>1927</v>
       </c>
       <c r="H589" t="s">
-        <v>1935</v>
+        <v>293</v>
       </c>
       <c r="I589" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="590" spans="1:9">
       <c r="A590" s="1">
         <v>589</v>
       </c>
       <c r="B590" t="s">
-        <v>1936</v>
+        <v>1932</v>
       </c>
       <c r="C590" t="s">
-        <v>1937</v>
+        <v>1933</v>
       </c>
       <c r="D590" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E590" t="s">
-        <v>1938</v>
+        <v>1927</v>
       </c>
       <c r="F590" t="s">
-        <v>1939</v>
+        <v>1934</v>
+      </c>
+      <c r="G590" t="s">
+        <v>1927</v>
       </c>
       <c r="H590" t="s">
-        <v>1873</v>
+        <v>1717</v>
       </c>
       <c r="I590" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="A591" s="1">
         <v>590</v>
       </c>
       <c r="B591" t="s">
-        <v>1940</v>
+        <v>1935</v>
       </c>
       <c r="C591" t="s">
-        <v>1941</v>
+        <v>1936</v>
       </c>
       <c r="D591" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E591" t="s">
-        <v>1938</v>
+        <v>1927</v>
       </c>
       <c r="F591" t="s">
-        <v>1942</v>
+        <v>1937</v>
+      </c>
+      <c r="G591" t="s">
+        <v>1927</v>
       </c>
       <c r="H591" t="s">
-        <v>1943</v>
+        <v>37</v>
       </c>
       <c r="I591" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="592" spans="1:9">
       <c r="A592" s="1">
         <v>591</v>
       </c>
       <c r="B592" t="s">
-        <v>1944</v>
+        <v>1938</v>
       </c>
       <c r="C592" t="s">
-        <v>1905</v>
+        <v>1939</v>
       </c>
       <c r="D592" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E592" t="s">
-        <v>1938</v>
+        <v>1927</v>
       </c>
       <c r="F592" t="s">
-        <v>1945</v>
+        <v>1940</v>
+      </c>
+      <c r="G592" t="s">
+        <v>1927</v>
       </c>
       <c r="H592" t="s">
-        <v>1877</v>
+        <v>47</v>
       </c>
       <c r="I592" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="593" spans="1:9">
       <c r="A593" s="1">
         <v>592</v>
       </c>
       <c r="B593" t="s">
-        <v>1946</v>
+        <v>1941</v>
       </c>
       <c r="C593" t="s">
-        <v>1947</v>
+        <v>1942</v>
       </c>
       <c r="D593" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E593" t="s">
-        <v>1938</v>
+        <v>1927</v>
       </c>
       <c r="F593" t="s">
-        <v>1948</v>
+        <v>1943</v>
+      </c>
+      <c r="G593" t="s">
+        <v>1927</v>
       </c>
       <c r="H593" t="s">
-        <v>1873</v>
+        <v>1638</v>
       </c>
       <c r="I593" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="594" spans="1:9">
       <c r="A594" s="1">
         <v>593</v>
       </c>
       <c r="B594" t="s">
-        <v>1949</v>
+        <v>1944</v>
       </c>
       <c r="C594" t="s">
-        <v>1899</v>
+        <v>1945</v>
       </c>
       <c r="D594" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E594" t="s">
-        <v>1938</v>
+        <v>1927</v>
       </c>
       <c r="F594" t="s">
-        <v>1950</v>
+        <v>1946</v>
+      </c>
+      <c r="G594" t="s">
+        <v>1927</v>
       </c>
       <c r="H594" t="s">
-        <v>1877</v>
+        <v>343</v>
       </c>
       <c r="I594" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="595" spans="1:9">
       <c r="A595" s="1">
         <v>594</v>
       </c>
       <c r="B595" t="s">
-        <v>1951</v>
+        <v>1947</v>
       </c>
       <c r="C595" t="s">
-        <v>1952</v>
+        <v>1948</v>
       </c>
       <c r="D595" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E595" t="s">
-        <v>1938</v>
+        <v>1927</v>
       </c>
       <c r="F595" t="s">
-        <v>1953</v>
+        <v>1949</v>
+      </c>
+      <c r="G595" t="s">
+        <v>1927</v>
       </c>
       <c r="H595" t="s">
-        <v>1943</v>
+        <v>51</v>
       </c>
       <c r="I595" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="A596" s="1">
         <v>595</v>
       </c>
       <c r="B596" t="s">
-        <v>1954</v>
+        <v>1950</v>
       </c>
       <c r="C596" t="s">
-        <v>1955</v>
+        <v>1951</v>
       </c>
       <c r="D596" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E596" t="s">
-        <v>1938</v>
+        <v>1927</v>
       </c>
       <c r="F596" t="s">
-        <v>1956</v>
+        <v>1952</v>
+      </c>
+      <c r="G596" t="s">
+        <v>1927</v>
       </c>
       <c r="H596" t="s">
-        <v>1873</v>
+        <v>78</v>
       </c>
       <c r="I596" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="597" spans="1:9">
       <c r="A597" s="1">
         <v>596</v>
       </c>
       <c r="B597" t="s">
-        <v>1957</v>
+        <v>1953</v>
       </c>
       <c r="C597" t="s">
-        <v>1958</v>
+        <v>1954</v>
       </c>
       <c r="D597" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E597" t="s">
-        <v>1938</v>
+        <v>1927</v>
       </c>
       <c r="F597" t="s">
-        <v>1959</v>
+        <v>1955</v>
+      </c>
+      <c r="G597" t="s">
+        <v>1927</v>
       </c>
       <c r="H597" t="s">
-        <v>1943</v>
+        <v>20</v>
       </c>
       <c r="I597" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="A598" s="1">
         <v>597</v>
       </c>
       <c r="B598" t="s">
-        <v>1960</v>
+        <v>1956</v>
       </c>
       <c r="C598" t="s">
-        <v>1961</v>
+        <v>1957</v>
       </c>
       <c r="D598" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E598" t="s">
-        <v>1962</v>
+        <v>1927</v>
       </c>
       <c r="F598" t="s">
-        <v>1963</v>
+        <v>1958</v>
+      </c>
+      <c r="G598" t="s">
+        <v>1927</v>
       </c>
       <c r="H598" t="s">
-        <v>1964</v>
+        <v>1638</v>
       </c>
       <c r="I598" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="A599" s="1">
         <v>598</v>
       </c>
       <c r="B599" t="s">
-        <v>1965</v>
+        <v>1959</v>
       </c>
       <c r="C599" t="s">
-        <v>1966</v>
+        <v>1960</v>
       </c>
       <c r="D599" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E599" t="s">
-        <v>1967</v>
+        <v>1927</v>
       </c>
       <c r="F599" t="s">
-        <v>1968</v>
+        <v>1961</v>
+      </c>
+      <c r="G599" t="s">
+        <v>1927</v>
       </c>
       <c r="H599" t="s">
-        <v>1964</v>
+        <v>20</v>
       </c>
       <c r="I599" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="A600" s="1">
         <v>599</v>
       </c>
       <c r="B600" t="s">
-        <v>1969</v>
+        <v>1962</v>
       </c>
       <c r="C600" t="s">
-        <v>1970</v>
+        <v>1963</v>
       </c>
       <c r="D600" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E600" t="s">
-        <v>1971</v>
+        <v>1927</v>
       </c>
       <c r="F600" t="s">
-        <v>1972</v>
+        <v>1964</v>
+      </c>
+      <c r="G600" t="s">
+        <v>1927</v>
       </c>
       <c r="H600" t="s">
-        <v>1935</v>
+        <v>51</v>
       </c>
       <c r="I600" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="601" spans="1:9">
       <c r="A601" s="1">
         <v>600</v>
       </c>
       <c r="B601" t="s">
-        <v>1973</v>
+        <v>1965</v>
       </c>
       <c r="C601" t="s">
-        <v>1974</v>
+        <v>1966</v>
       </c>
       <c r="D601" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E601" t="s">
-        <v>1975</v>
+        <v>1927</v>
       </c>
       <c r="F601" t="s">
-        <v>1976</v>
+        <v>1967</v>
+      </c>
+      <c r="G601" t="s">
+        <v>1927</v>
       </c>
       <c r="H601" t="s">
-        <v>1977</v>
+        <v>1638</v>
       </c>
       <c r="I601" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="602" spans="1:9">
       <c r="A602" s="1">
         <v>601</v>
       </c>
       <c r="B602" t="s">
-        <v>1978</v>
+        <v>1968</v>
       </c>
       <c r="C602" t="s">
-        <v>1979</v>
+        <v>1969</v>
       </c>
       <c r="D602" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E602" t="s">
-        <v>1975</v>
+        <v>1927</v>
       </c>
       <c r="F602" t="s">
-        <v>1980</v>
+        <v>1970</v>
+      </c>
+      <c r="G602" t="s">
+        <v>1927</v>
       </c>
       <c r="H602" t="s">
-        <v>1977</v>
+        <v>20</v>
       </c>
       <c r="I602" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="A603" s="1">
         <v>602</v>
       </c>
       <c r="B603" t="s">
-        <v>1981</v>
+        <v>1971</v>
       </c>
       <c r="C603" t="s">
-        <v>1982</v>
+        <v>1972</v>
       </c>
       <c r="D603" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E603" t="s">
-        <v>1983</v>
+        <v>1927</v>
       </c>
       <c r="F603" t="s">
-        <v>1984</v>
+        <v>1973</v>
+      </c>
+      <c r="G603" t="s">
+        <v>1927</v>
       </c>
       <c r="H603" t="s">
-        <v>1985</v>
+        <v>293</v>
       </c>
       <c r="I603" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="604" spans="1:9">
       <c r="A604" s="1">
         <v>603</v>
       </c>
       <c r="B604" t="s">
-        <v>1986</v>
+        <v>1974</v>
       </c>
       <c r="C604" t="s">
-        <v>1987</v>
+        <v>1975</v>
       </c>
       <c r="D604" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E604" t="s">
-        <v>1988</v>
+        <v>1927</v>
       </c>
       <c r="F604" t="s">
-        <v>1989</v>
+        <v>1976</v>
+      </c>
+      <c r="G604" t="s">
+        <v>1927</v>
       </c>
       <c r="H604" t="s">
-        <v>1990</v>
+        <v>1638</v>
       </c>
       <c r="I604" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="A605" s="1">
         <v>604</v>
       </c>
       <c r="B605" t="s">
-        <v>1991</v>
+        <v>1977</v>
       </c>
       <c r="C605" t="s">
-        <v>1992</v>
+        <v>1978</v>
       </c>
       <c r="D605" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E605" t="s">
-        <v>1993</v>
+        <v>1927</v>
       </c>
       <c r="F605" t="s">
-        <v>1994</v>
+        <v>1979</v>
       </c>
       <c r="G605" t="s">
-        <v>1993</v>
+        <v>1927</v>
       </c>
       <c r="H605" t="s">
-        <v>1995</v>
+        <v>267</v>
       </c>
       <c r="I605" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="A606" s="1">
         <v>605</v>
       </c>
       <c r="B606" t="s">
-        <v>1996</v>
+        <v>1980</v>
       </c>
       <c r="C606" t="s">
-        <v>1997</v>
+        <v>1981</v>
       </c>
       <c r="D606" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E606" t="s">
-        <v>1993</v>
+        <v>1927</v>
       </c>
       <c r="F606" t="s">
-        <v>1998</v>
+        <v>1982</v>
       </c>
       <c r="G606" t="s">
-        <v>1993</v>
+        <v>1927</v>
       </c>
       <c r="H606" t="s">
-        <v>1999</v>
+        <v>1638</v>
       </c>
       <c r="I606" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="607" spans="1:9">
       <c r="A607" s="1">
         <v>606</v>
       </c>
       <c r="B607" t="s">
-        <v>2000</v>
+        <v>1983</v>
       </c>
       <c r="C607" t="s">
-        <v>2001</v>
+        <v>1984</v>
       </c>
       <c r="D607" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E607" t="s">
-        <v>2002</v>
+        <v>1927</v>
       </c>
       <c r="F607" t="s">
-        <v>2003</v>
+        <v>1985</v>
+      </c>
+      <c r="G607" t="s">
+        <v>1927</v>
       </c>
       <c r="H607" t="s">
-        <v>1877</v>
+        <v>1638</v>
       </c>
       <c r="I607" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="A608" s="1">
         <v>607</v>
       </c>
       <c r="B608" t="s">
-        <v>2004</v>
+        <v>1986</v>
       </c>
       <c r="C608" t="s">
-        <v>2005</v>
+        <v>1987</v>
       </c>
       <c r="D608" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E608" t="s">
-        <v>2002</v>
+        <v>1927</v>
       </c>
       <c r="F608" t="s">
-        <v>2006</v>
+        <v>1988</v>
+      </c>
+      <c r="G608" t="s">
+        <v>1927</v>
       </c>
       <c r="H608" t="s">
-        <v>1943</v>
+        <v>47</v>
       </c>
       <c r="I608" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="609" spans="1:9">
       <c r="A609" s="1">
         <v>608</v>
       </c>
       <c r="B609" t="s">
-        <v>2007</v>
+        <v>1989</v>
       </c>
       <c r="C609" t="s">
-        <v>2008</v>
+        <v>1990</v>
       </c>
       <c r="D609" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E609" t="s">
-        <v>2002</v>
+        <v>1991</v>
       </c>
       <c r="F609" t="s">
-        <v>2009</v>
+        <v>1992</v>
+      </c>
+      <c r="G609" t="s">
+        <v>1991</v>
       </c>
       <c r="H609" t="s">
-        <v>1877</v>
+        <v>1638</v>
       </c>
       <c r="I609" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="610" spans="1:9">
       <c r="A610" s="1">
         <v>609</v>
       </c>
       <c r="B610" t="s">
-        <v>2010</v>
+        <v>1993</v>
       </c>
       <c r="C610" t="s">
-        <v>2011</v>
+        <v>1994</v>
       </c>
       <c r="D610" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E610" t="s">
-        <v>2002</v>
+        <v>1991</v>
       </c>
       <c r="F610" t="s">
-        <v>2012</v>
+        <v>1995</v>
+      </c>
+      <c r="G610" t="s">
+        <v>1991</v>
       </c>
       <c r="H610" t="s">
-        <v>1943</v>
+        <v>20</v>
       </c>
       <c r="I610" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="611" spans="1:9">
       <c r="A611" s="1">
         <v>610</v>
       </c>
       <c r="B611" t="s">
-        <v>2013</v>
+        <v>1996</v>
       </c>
       <c r="C611" t="s">
-        <v>2014</v>
+        <v>1997</v>
       </c>
       <c r="D611" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E611" t="s">
-        <v>2002</v>
+        <v>1991</v>
       </c>
       <c r="F611" t="s">
-        <v>2015</v>
+        <v>1998</v>
+      </c>
+      <c r="G611" t="s">
+        <v>1991</v>
       </c>
       <c r="H611" t="s">
-        <v>1877</v>
+        <v>238</v>
       </c>
       <c r="I611" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="612" spans="1:9">
       <c r="A612" s="1">
         <v>611</v>
       </c>
       <c r="B612" t="s">
-        <v>2016</v>
+        <v>1999</v>
       </c>
       <c r="C612" t="s">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="D612" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E612" t="s">
-        <v>2018</v>
+        <v>1991</v>
       </c>
       <c r="F612" t="s">
-        <v>2019</v>
+        <v>2001</v>
+      </c>
+      <c r="G612" t="s">
+        <v>1991</v>
       </c>
       <c r="H612" t="s">
-        <v>1873</v>
+        <v>94</v>
       </c>
       <c r="I612" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="613" spans="1:9">
       <c r="A613" s="1">
         <v>612</v>
       </c>
       <c r="B613" t="s">
-        <v>2020</v>
+        <v>2002</v>
       </c>
       <c r="C613" t="s">
-        <v>2021</v>
+        <v>2003</v>
       </c>
       <c r="D613" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E613" t="s">
-        <v>2018</v>
+        <v>1991</v>
       </c>
       <c r="F613" t="s">
-        <v>2022</v>
+        <v>2004</v>
+      </c>
+      <c r="G613" t="s">
+        <v>1991</v>
       </c>
       <c r="H613" t="s">
-        <v>1873</v>
+        <v>267</v>
       </c>
       <c r="I613" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="614" spans="1:9">
       <c r="A614" s="1">
         <v>613</v>
       </c>
       <c r="B614" t="s">
-        <v>2023</v>
+        <v>2005</v>
       </c>
       <c r="C614" t="s">
-        <v>2024</v>
+        <v>2006</v>
       </c>
       <c r="D614" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E614" t="s">
-        <v>2018</v>
+        <v>1991</v>
       </c>
       <c r="F614" t="s">
-        <v>2025</v>
+        <v>2007</v>
+      </c>
+      <c r="G614" t="s">
+        <v>1991</v>
       </c>
       <c r="H614" t="s">
-        <v>1873</v>
+        <v>1638</v>
       </c>
       <c r="I614" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="615" spans="1:9">
       <c r="A615" s="1">
         <v>614</v>
       </c>
       <c r="B615" t="s">
-        <v>2026</v>
+        <v>2008</v>
       </c>
       <c r="C615" t="s">
-        <v>2027</v>
+        <v>2009</v>
       </c>
       <c r="D615" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E615" t="s">
-        <v>2028</v>
+        <v>1991</v>
       </c>
       <c r="F615" t="s">
-        <v>2029</v>
+        <v>2010</v>
+      </c>
+      <c r="G615" t="s">
+        <v>1991</v>
       </c>
       <c r="H615" t="s">
-        <v>1897</v>
+        <v>1638</v>
       </c>
       <c r="I615" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="616" spans="1:9">
       <c r="A616" s="1">
         <v>615</v>
       </c>
       <c r="B616" t="s">
-        <v>2030</v>
+        <v>2011</v>
       </c>
       <c r="C616" t="s">
-        <v>2031</v>
+        <v>2012</v>
       </c>
       <c r="D616" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E616" t="s">
-        <v>2028</v>
+        <v>1991</v>
       </c>
       <c r="F616" t="s">
-        <v>2032</v>
+        <v>2013</v>
+      </c>
+      <c r="G616" t="s">
+        <v>1991</v>
       </c>
       <c r="H616" t="s">
-        <v>1897</v>
+        <v>70</v>
       </c>
       <c r="I616" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="617" spans="1:9">
       <c r="A617" s="1">
         <v>616</v>
       </c>
       <c r="B617" t="s">
-        <v>2033</v>
+        <v>2014</v>
       </c>
       <c r="C617" t="s">
-        <v>2034</v>
+        <v>2015</v>
       </c>
       <c r="D617" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E617" t="s">
-        <v>2035</v>
+        <v>1991</v>
       </c>
       <c r="F617" t="s">
-        <v>2036</v>
+        <v>2016</v>
+      </c>
+      <c r="G617" t="s">
+        <v>1991</v>
       </c>
       <c r="H617" t="s">
-        <v>1935</v>
+        <v>1638</v>
       </c>
       <c r="I617" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="618" spans="1:9">
       <c r="A618" s="1">
         <v>617</v>
       </c>
       <c r="B618" t="s">
-        <v>2037</v>
+        <v>2017</v>
       </c>
       <c r="C618" t="s">
-        <v>2038</v>
+        <v>2018</v>
       </c>
       <c r="D618" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E618" t="s">
-        <v>2035</v>
+        <v>1991</v>
       </c>
       <c r="F618" t="s">
-        <v>2039</v>
+        <v>2019</v>
+      </c>
+      <c r="G618" t="s">
+        <v>1991</v>
       </c>
       <c r="H618" t="s">
-        <v>2040</v>
+        <v>267</v>
       </c>
       <c r="I618" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="619" spans="1:9">
       <c r="A619" s="1">
         <v>618</v>
       </c>
       <c r="B619" t="s">
-        <v>2041</v>
+        <v>2020</v>
       </c>
       <c r="C619" t="s">
-        <v>2042</v>
+        <v>2021</v>
       </c>
       <c r="D619" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E619" t="s">
-        <v>2043</v>
+        <v>1991</v>
       </c>
       <c r="F619" t="s">
-        <v>2044</v>
+        <v>2022</v>
+      </c>
+      <c r="G619" t="s">
+        <v>1991</v>
       </c>
       <c r="H619" t="s">
-        <v>2045</v>
+        <v>238</v>
       </c>
       <c r="I619" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="620" spans="1:9">
       <c r="A620" s="1">
         <v>619</v>
       </c>
       <c r="B620" t="s">
-        <v>2046</v>
+        <v>2023</v>
       </c>
       <c r="C620" t="s">
-        <v>2047</v>
+        <v>2024</v>
       </c>
       <c r="D620" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E620" t="s">
-        <v>2043</v>
+        <v>1991</v>
       </c>
       <c r="F620" t="s">
-        <v>2048</v>
+        <v>2025</v>
+      </c>
+      <c r="G620" t="s">
+        <v>1991</v>
       </c>
       <c r="H620" t="s">
-        <v>2045</v>
+        <v>267</v>
       </c>
       <c r="I620" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="621" spans="1:9">
       <c r="A621" s="1">
         <v>620</v>
       </c>
       <c r="B621" t="s">
-        <v>2049</v>
+        <v>2026</v>
       </c>
       <c r="C621" t="s">
-        <v>2050</v>
+        <v>2027</v>
       </c>
       <c r="D621" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E621" t="s">
-        <v>2043</v>
+        <v>1991</v>
       </c>
       <c r="F621" t="s">
-        <v>2051</v>
+        <v>2028</v>
+      </c>
+      <c r="G621" t="s">
+        <v>1991</v>
       </c>
       <c r="H621" t="s">
-        <v>2045</v>
+        <v>238</v>
       </c>
       <c r="I621" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="622" spans="1:9">
       <c r="A622" s="1">
         <v>621</v>
       </c>
       <c r="B622" t="s">
-        <v>2052</v>
+        <v>2029</v>
       </c>
       <c r="C622" t="s">
-        <v>2053</v>
+        <v>2030</v>
       </c>
       <c r="D622" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E622" t="s">
-        <v>2043</v>
+        <v>2031</v>
       </c>
       <c r="F622" t="s">
-        <v>2054</v>
+        <v>2032</v>
+      </c>
+      <c r="G622" t="s">
+        <v>2031</v>
       </c>
       <c r="H622" t="s">
-        <v>1873</v>
+        <v>238</v>
       </c>
       <c r="I622" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="623" spans="1:9">
       <c r="A623" s="1">
         <v>622</v>
       </c>
       <c r="B623" t="s">
-        <v>2055</v>
+        <v>2033</v>
       </c>
       <c r="C623" t="s">
-        <v>2056</v>
+        <v>2034</v>
       </c>
       <c r="D623" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E623" t="s">
-        <v>2043</v>
+        <v>2031</v>
       </c>
       <c r="F623" t="s">
-        <v>2057</v>
+        <v>2035</v>
+      </c>
+      <c r="G623" t="s">
+        <v>2031</v>
       </c>
       <c r="H623" t="s">
-        <v>2045</v>
+        <v>1638</v>
       </c>
       <c r="I623" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="624" spans="1:9">
       <c r="A624" s="1">
         <v>623</v>
       </c>
       <c r="B624" t="s">
-        <v>2058</v>
+        <v>2036</v>
       </c>
       <c r="C624" t="s">
-        <v>2059</v>
+        <v>2037</v>
       </c>
       <c r="D624" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E624" t="s">
-        <v>2060</v>
+        <v>2031</v>
       </c>
       <c r="F624" t="s">
-        <v>2061</v>
+        <v>2038</v>
+      </c>
+      <c r="G624" t="s">
+        <v>2031</v>
       </c>
       <c r="H624" t="s">
-        <v>1877</v>
+        <v>2039</v>
       </c>
       <c r="I624" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="625" spans="1:9">
       <c r="A625" s="1">
         <v>624</v>
       </c>
       <c r="B625" t="s">
-        <v>2062</v>
+        <v>2040</v>
       </c>
       <c r="C625" t="s">
-        <v>2063</v>
+        <v>2041</v>
       </c>
       <c r="D625" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E625" t="s">
-        <v>2060</v>
+        <v>2031</v>
       </c>
       <c r="F625" t="s">
-        <v>2064</v>
+        <v>2042</v>
+      </c>
+      <c r="G625" t="s">
+        <v>2031</v>
       </c>
       <c r="H625" t="s">
-        <v>1877</v>
+        <v>369</v>
       </c>
       <c r="I625" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="626" spans="1:9">
       <c r="A626" s="1">
         <v>625</v>
       </c>
       <c r="B626" t="s">
-        <v>2065</v>
+        <v>2043</v>
       </c>
       <c r="C626" t="s">
-        <v>2066</v>
+        <v>2030</v>
       </c>
       <c r="D626" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E626" t="s">
-        <v>2060</v>
+        <v>2044</v>
       </c>
       <c r="F626" t="s">
-        <v>2067</v>
+        <v>2045</v>
+      </c>
+      <c r="G626" t="s">
+        <v>2044</v>
       </c>
       <c r="H626" t="s">
-        <v>1877</v>
+        <v>238</v>
       </c>
       <c r="I626" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="627" spans="1:9">
       <c r="A627" s="1">
         <v>626</v>
       </c>
       <c r="B627" t="s">
-        <v>2068</v>
+        <v>2046</v>
       </c>
       <c r="C627" t="s">
-        <v>2069</v>
+        <v>2047</v>
       </c>
       <c r="D627" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E627" t="s">
-        <v>2070</v>
+        <v>2044</v>
       </c>
       <c r="F627" t="s">
-        <v>2071</v>
+        <v>2048</v>
       </c>
       <c r="G627" t="s">
-        <v>2072</v>
+        <v>2044</v>
       </c>
       <c r="H627" t="s">
-        <v>1862</v>
+        <v>51</v>
       </c>
       <c r="I627" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="628" spans="1:9">
       <c r="A628" s="1">
         <v>627</v>
       </c>
       <c r="B628" t="s">
-        <v>2073</v>
+        <v>2049</v>
       </c>
       <c r="C628" t="s">
-        <v>2074</v>
+        <v>2050</v>
       </c>
       <c r="D628" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E628" t="s">
-        <v>2075</v>
+        <v>2044</v>
       </c>
       <c r="F628" t="s">
-        <v>2076</v>
+        <v>2051</v>
+      </c>
+      <c r="G628" t="s">
+        <v>2044</v>
       </c>
       <c r="H628" t="s">
-        <v>1935</v>
+        <v>267</v>
       </c>
       <c r="I628" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="629" spans="1:9">
       <c r="A629" s="1">
         <v>628</v>
       </c>
       <c r="B629" t="s">
-        <v>2077</v>
+        <v>2052</v>
       </c>
       <c r="C629" t="s">
-        <v>2078</v>
+        <v>2053</v>
       </c>
       <c r="D629" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E629" t="s">
-        <v>2075</v>
+        <v>2044</v>
       </c>
       <c r="F629" t="s">
-        <v>2079</v>
+        <v>2054</v>
+      </c>
+      <c r="G629" t="s">
+        <v>2044</v>
       </c>
       <c r="H629" t="s">
-        <v>2080</v>
+        <v>1705</v>
       </c>
       <c r="I629" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="630" spans="1:9">
       <c r="A630" s="1">
         <v>629</v>
       </c>
       <c r="B630" t="s">
-        <v>2081</v>
+        <v>2055</v>
       </c>
       <c r="C630" t="s">
-        <v>2082</v>
+        <v>2056</v>
       </c>
       <c r="D630" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E630" t="s">
-        <v>2075</v>
+        <v>2044</v>
       </c>
       <c r="F630" t="s">
-        <v>2083</v>
+        <v>2057</v>
+      </c>
+      <c r="G630" t="s">
+        <v>2044</v>
       </c>
       <c r="H630" t="s">
-        <v>1935</v>
+        <v>47</v>
       </c>
       <c r="I630" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="631" spans="1:9">
       <c r="A631" s="1">
         <v>630</v>
       </c>
       <c r="B631" t="s">
-        <v>2084</v>
+        <v>2058</v>
       </c>
       <c r="C631" t="s">
-        <v>2085</v>
+        <v>2059</v>
       </c>
       <c r="D631" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E631" t="s">
-        <v>2086</v>
+        <v>2044</v>
       </c>
       <c r="F631" t="s">
-        <v>2087</v>
+        <v>2060</v>
+      </c>
+      <c r="G631" t="s">
+        <v>2044</v>
       </c>
       <c r="H631" t="s">
-        <v>1873</v>
+        <v>47</v>
       </c>
       <c r="I631" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="632" spans="1:9">
       <c r="A632" s="1">
         <v>631</v>
       </c>
       <c r="B632" t="s">
-        <v>2088</v>
+        <v>2061</v>
       </c>
       <c r="C632" t="s">
-        <v>2089</v>
+        <v>2062</v>
       </c>
       <c r="D632" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E632" t="s">
-        <v>2086</v>
+        <v>2044</v>
       </c>
       <c r="F632" t="s">
-        <v>2090</v>
+        <v>2063</v>
+      </c>
+      <c r="G632" t="s">
+        <v>2044</v>
       </c>
       <c r="H632" t="s">
-        <v>1873</v>
+        <v>454</v>
       </c>
       <c r="I632" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="633" spans="1:9">
       <c r="A633" s="1">
         <v>632</v>
       </c>
       <c r="B633" t="s">
-        <v>2091</v>
+        <v>2064</v>
       </c>
       <c r="C633" t="s">
-        <v>2092</v>
+        <v>2065</v>
       </c>
       <c r="D633" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E633" t="s">
-        <v>2093</v>
+        <v>2044</v>
       </c>
       <c r="F633" t="s">
-        <v>2094</v>
+        <v>2066</v>
+      </c>
+      <c r="G633" t="s">
+        <v>2044</v>
       </c>
       <c r="H633" t="s">
-        <v>1897</v>
+        <v>704</v>
       </c>
       <c r="I633" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="634" spans="1:9">
       <c r="A634" s="1">
         <v>633</v>
       </c>
       <c r="B634" t="s">
-        <v>2095</v>
+        <v>2067</v>
       </c>
       <c r="C634" t="s">
-        <v>2096</v>
+        <v>2068</v>
       </c>
       <c r="D634" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E634" t="s">
-        <v>2093</v>
+        <v>2044</v>
       </c>
       <c r="F634" t="s">
-        <v>2097</v>
+        <v>2069</v>
+      </c>
+      <c r="G634" t="s">
+        <v>2044</v>
       </c>
       <c r="H634" t="s">
-        <v>1897</v>
+        <v>51</v>
       </c>
       <c r="I634" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="635" spans="1:9">
       <c r="A635" s="1">
         <v>634</v>
       </c>
       <c r="B635" t="s">
-        <v>2098</v>
+        <v>2070</v>
       </c>
       <c r="C635" t="s">
-        <v>2099</v>
+        <v>2071</v>
       </c>
       <c r="D635" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E635" t="s">
-        <v>2093</v>
+        <v>2044</v>
       </c>
       <c r="F635" t="s">
-        <v>2100</v>
+        <v>2072</v>
+      </c>
+      <c r="G635" t="s">
+        <v>2044</v>
       </c>
       <c r="H635" t="s">
-        <v>1897</v>
+        <v>267</v>
       </c>
       <c r="I635" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="636" spans="1:9">
       <c r="A636" s="1">
         <v>635</v>
       </c>
       <c r="B636" t="s">
-        <v>2101</v>
+        <v>2073</v>
       </c>
       <c r="C636" t="s">
-        <v>2102</v>
+        <v>2074</v>
       </c>
       <c r="D636" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E636" t="s">
-        <v>2093</v>
+        <v>2044</v>
       </c>
       <c r="F636" t="s">
-        <v>2103</v>
+        <v>2075</v>
+      </c>
+      <c r="G636" t="s">
+        <v>2044</v>
       </c>
       <c r="H636" t="s">
-        <v>1897</v>
+        <v>1717</v>
       </c>
       <c r="I636" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="637" spans="1:9">
       <c r="A637" s="1">
         <v>636</v>
       </c>
       <c r="B637" t="s">
-        <v>2104</v>
+        <v>2076</v>
       </c>
       <c r="C637" t="s">
-        <v>2105</v>
+        <v>2077</v>
       </c>
       <c r="D637" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E637" t="s">
-        <v>2106</v>
+        <v>2044</v>
       </c>
       <c r="F637" t="s">
-        <v>2107</v>
+        <v>2078</v>
+      </c>
+      <c r="G637" t="s">
+        <v>2044</v>
       </c>
       <c r="H637" t="s">
-        <v>1943</v>
+        <v>267</v>
       </c>
       <c r="I637" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="638" spans="1:9">
       <c r="A638" s="1">
         <v>637</v>
       </c>
       <c r="B638" t="s">
-        <v>2108</v>
+        <v>2079</v>
       </c>
       <c r="C638" t="s">
-        <v>2109</v>
+        <v>2080</v>
       </c>
       <c r="D638" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E638" t="s">
-        <v>2110</v>
+        <v>2044</v>
       </c>
       <c r="F638" t="s">
-        <v>2111</v>
+        <v>2081</v>
+      </c>
+      <c r="G638" t="s">
+        <v>2044</v>
       </c>
       <c r="H638" t="s">
-        <v>1877</v>
+        <v>1477</v>
       </c>
       <c r="I638" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="639" spans="1:9">
       <c r="A639" s="1">
         <v>638</v>
       </c>
       <c r="B639" t="s">
-        <v>2112</v>
+        <v>2082</v>
       </c>
       <c r="C639" t="s">
-        <v>2113</v>
+        <v>2083</v>
       </c>
       <c r="D639" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E639" t="s">
-        <v>2110</v>
+        <v>2044</v>
       </c>
       <c r="F639" t="s">
-        <v>2114</v>
+        <v>2084</v>
+      </c>
+      <c r="G639" t="s">
+        <v>2044</v>
       </c>
       <c r="H639" t="s">
-        <v>1873</v>
+        <v>51</v>
       </c>
       <c r="I639" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="640" spans="1:9">
       <c r="A640" s="1">
         <v>639</v>
       </c>
       <c r="B640" t="s">
-        <v>2115</v>
+        <v>2085</v>
       </c>
       <c r="C640" t="s">
-        <v>2116</v>
+        <v>2086</v>
       </c>
       <c r="D640" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E640" t="s">
-        <v>2110</v>
+        <v>2087</v>
       </c>
       <c r="F640" t="s">
-        <v>2117</v>
+        <v>2088</v>
+      </c>
+      <c r="G640" t="s">
+        <v>2087</v>
       </c>
       <c r="H640" t="s">
-        <v>1873</v>
+        <v>267</v>
       </c>
       <c r="I640" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="641" spans="1:9">
       <c r="A641" s="1">
         <v>640</v>
       </c>
       <c r="B641" t="s">
-        <v>2118</v>
+        <v>2089</v>
       </c>
       <c r="C641" t="s">
-        <v>2119</v>
+        <v>2090</v>
       </c>
       <c r="D641" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E641" t="s">
-        <v>2110</v>
+        <v>2087</v>
       </c>
       <c r="F641" t="s">
-        <v>2120</v>
+        <v>2091</v>
+      </c>
+      <c r="G641" t="s">
+        <v>2087</v>
       </c>
       <c r="H641" t="s">
-        <v>1943</v>
+        <v>238</v>
       </c>
       <c r="I641" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="642" spans="1:9">
       <c r="A642" s="1">
         <v>641</v>
       </c>
       <c r="B642" t="s">
-        <v>2121</v>
+        <v>2092</v>
       </c>
       <c r="C642" t="s">
-        <v>2122</v>
+        <v>2093</v>
       </c>
       <c r="D642" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E642" t="s">
-        <v>2123</v>
+        <v>2087</v>
       </c>
       <c r="F642" t="s">
-        <v>2124</v>
+        <v>2094</v>
+      </c>
+      <c r="G642" t="s">
+        <v>2087</v>
       </c>
       <c r="H642" t="s">
-        <v>1912</v>
+        <v>203</v>
       </c>
       <c r="I642" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="643" spans="1:9">
       <c r="A643" s="1">
         <v>642</v>
       </c>
       <c r="B643" t="s">
-        <v>2125</v>
+        <v>2095</v>
       </c>
       <c r="C643" t="s">
-        <v>2126</v>
+        <v>2096</v>
       </c>
       <c r="D643" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E643" t="s">
-        <v>2123</v>
+        <v>2087</v>
       </c>
       <c r="F643" t="s">
-        <v>2127</v>
+        <v>2097</v>
+      </c>
+      <c r="G643" t="s">
+        <v>2087</v>
       </c>
       <c r="H643" t="s">
-        <v>1935</v>
+        <v>293</v>
       </c>
       <c r="I643" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="644" spans="1:9">
       <c r="A644" s="1">
         <v>643</v>
       </c>
       <c r="B644" t="s">
-        <v>2128</v>
+        <v>2098</v>
       </c>
       <c r="C644" t="s">
-        <v>2129</v>
+        <v>2099</v>
       </c>
       <c r="D644" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E644" t="s">
-        <v>2130</v>
+        <v>2087</v>
       </c>
       <c r="F644" t="s">
-        <v>2131</v>
+        <v>2100</v>
       </c>
       <c r="G644" t="s">
-        <v>2130</v>
+        <v>2087</v>
       </c>
       <c r="H644" t="s">
-        <v>1995</v>
+        <v>70</v>
       </c>
       <c r="I644" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="645" spans="1:9">
       <c r="A645" s="1">
         <v>644</v>
       </c>
       <c r="B645" t="s">
-        <v>2132</v>
+        <v>2101</v>
       </c>
       <c r="C645" t="s">
-        <v>2133</v>
+        <v>2102</v>
       </c>
       <c r="D645" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E645" t="s">
-        <v>2134</v>
+        <v>2087</v>
       </c>
       <c r="F645" t="s">
-        <v>2135</v>
+        <v>2103</v>
       </c>
       <c r="G645" t="s">
-        <v>2134</v>
+        <v>2087</v>
       </c>
       <c r="H645" t="s">
-        <v>1862</v>
+        <v>238</v>
       </c>
       <c r="I645" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="646" spans="1:9">
       <c r="A646" s="1">
         <v>645</v>
       </c>
       <c r="B646" t="s">
-        <v>2136</v>
+        <v>2104</v>
       </c>
       <c r="C646" t="s">
-        <v>2137</v>
+        <v>2105</v>
       </c>
       <c r="D646" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E646" t="s">
-        <v>2138</v>
+        <v>2087</v>
       </c>
       <c r="F646" t="s">
-        <v>2139</v>
+        <v>2106</v>
+      </c>
+      <c r="G646" t="s">
+        <v>2087</v>
       </c>
       <c r="H646" t="s">
-        <v>1912</v>
+        <v>51</v>
       </c>
       <c r="I646" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="647" spans="1:9">
       <c r="A647" s="1">
         <v>646</v>
       </c>
       <c r="B647" t="s">
-        <v>2140</v>
+        <v>2107</v>
       </c>
       <c r="C647" t="s">
-        <v>2141</v>
+        <v>2108</v>
       </c>
       <c r="D647" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E647" t="s">
-        <v>2142</v>
+        <v>2087</v>
       </c>
       <c r="F647" t="s">
-        <v>2143</v>
+        <v>2109</v>
+      </c>
+      <c r="G647" t="s">
+        <v>2087</v>
       </c>
       <c r="H647" t="s">
-        <v>1912</v>
+        <v>238</v>
       </c>
       <c r="I647" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="648" spans="1:9">
       <c r="A648" s="1">
         <v>647</v>
       </c>
       <c r="B648" t="s">
-        <v>2144</v>
+        <v>2110</v>
       </c>
       <c r="C648" t="s">
-        <v>2145</v>
+        <v>2111</v>
       </c>
       <c r="D648" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E648" t="s">
-        <v>2142</v>
+        <v>2112</v>
       </c>
       <c r="F648" t="s">
-        <v>2146</v>
+        <v>2113</v>
+      </c>
+      <c r="G648" t="s">
+        <v>2112</v>
       </c>
       <c r="H648" t="s">
-        <v>1930</v>
+        <v>51</v>
       </c>
       <c r="I648" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="649" spans="1:9">
       <c r="A649" s="1">
         <v>648</v>
       </c>
       <c r="B649" t="s">
-        <v>2147</v>
+        <v>2114</v>
       </c>
       <c r="C649" t="s">
-        <v>2148</v>
+        <v>2115</v>
       </c>
       <c r="D649" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E649" t="s">
-        <v>2149</v>
+        <v>2112</v>
       </c>
       <c r="F649" t="s">
-        <v>2150</v>
+        <v>2116</v>
+      </c>
+      <c r="G649" t="s">
+        <v>2112</v>
       </c>
       <c r="H649" t="s">
-        <v>1916</v>
+        <v>2117</v>
       </c>
       <c r="I649" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="650" spans="1:9">
       <c r="A650" s="1">
         <v>649</v>
       </c>
       <c r="B650" t="s">
-        <v>2151</v>
+        <v>2118</v>
       </c>
       <c r="C650" t="s">
-        <v>2152</v>
+        <v>2119</v>
       </c>
       <c r="D650" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E650" t="s">
-        <v>2153</v>
+        <v>2120</v>
       </c>
       <c r="F650" t="s">
-        <v>2154</v>
+        <v>2121</v>
+      </c>
+      <c r="G650" t="s">
+        <v>2120</v>
       </c>
       <c r="H650" t="s">
-        <v>1877</v>
+        <v>238</v>
       </c>
       <c r="I650" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="651" spans="1:9">
       <c r="A651" s="1">
         <v>650</v>
       </c>
       <c r="B651" t="s">
-        <v>2155</v>
+        <v>2122</v>
       </c>
       <c r="C651" t="s">
-        <v>2156</v>
+        <v>2123</v>
       </c>
       <c r="D651" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E651" t="s">
-        <v>2153</v>
+        <v>2120</v>
       </c>
       <c r="F651" t="s">
-        <v>2157</v>
+        <v>2124</v>
+      </c>
+      <c r="G651" t="s">
+        <v>2120</v>
       </c>
       <c r="H651" t="s">
-        <v>1877</v>
+        <v>122</v>
       </c>
       <c r="I651" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="652" spans="1:9">
       <c r="A652" s="1">
         <v>651</v>
       </c>
       <c r="B652" t="s">
-        <v>2158</v>
+        <v>2125</v>
       </c>
       <c r="C652" t="s">
-        <v>2159</v>
+        <v>2126</v>
       </c>
       <c r="D652" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E652" t="s">
-        <v>2160</v>
+        <v>2120</v>
       </c>
       <c r="F652" t="s">
-        <v>2161</v>
+        <v>2127</v>
+      </c>
+      <c r="G652" t="s">
+        <v>2120</v>
       </c>
       <c r="H652" t="s">
-        <v>2162</v>
+        <v>1638</v>
       </c>
       <c r="I652" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="653" spans="1:9">
       <c r="A653" s="1">
         <v>652</v>
       </c>
       <c r="B653" t="s">
-        <v>2163</v>
+        <v>2128</v>
       </c>
       <c r="C653" t="s">
-        <v>2164</v>
+        <v>2129</v>
       </c>
       <c r="D653" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E653" t="s">
-        <v>2160</v>
+        <v>2120</v>
       </c>
       <c r="F653" t="s">
-        <v>2165</v>
+        <v>2130</v>
+      </c>
+      <c r="G653" t="s">
+        <v>2120</v>
       </c>
       <c r="H653" t="s">
-        <v>1943</v>
+        <v>267</v>
       </c>
       <c r="I653" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="654" spans="1:9">
       <c r="A654" s="1">
         <v>653</v>
       </c>
       <c r="B654" t="s">
-        <v>2166</v>
+        <v>2131</v>
       </c>
       <c r="C654" t="s">
-        <v>2167</v>
+        <v>2132</v>
       </c>
       <c r="D654" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E654" t="s">
-        <v>2160</v>
+        <v>2133</v>
       </c>
       <c r="F654" t="s">
-        <v>2168</v>
+        <v>2134</v>
+      </c>
+      <c r="G654" t="s">
+        <v>2133</v>
       </c>
       <c r="H654" t="s">
-        <v>1877</v>
+        <v>1638</v>
       </c>
       <c r="I654" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="655" spans="1:9">
       <c r="A655" s="1">
         <v>654</v>
       </c>
       <c r="B655" t="s">
-        <v>2169</v>
+        <v>2135</v>
       </c>
       <c r="C655" t="s">
-        <v>2170</v>
+        <v>2136</v>
       </c>
       <c r="D655" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E655" t="s">
-        <v>2160</v>
+        <v>2133</v>
       </c>
       <c r="F655" t="s">
-        <v>2171</v>
+        <v>2137</v>
+      </c>
+      <c r="G655" t="s">
+        <v>2133</v>
       </c>
       <c r="H655" t="s">
-        <v>1877</v>
+        <v>1638</v>
       </c>
       <c r="I655" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="656" spans="1:9">
       <c r="A656" s="1">
         <v>655</v>
       </c>
       <c r="B656" t="s">
-        <v>2172</v>
+        <v>2138</v>
       </c>
       <c r="C656" t="s">
-        <v>2173</v>
+        <v>2139</v>
       </c>
       <c r="D656" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E656" t="s">
-        <v>2174</v>
+        <v>2133</v>
       </c>
       <c r="F656" t="s">
-        <v>2175</v>
+        <v>2140</v>
+      </c>
+      <c r="G656" t="s">
+        <v>2133</v>
       </c>
       <c r="H656" t="s">
-        <v>1964</v>
+        <v>2141</v>
       </c>
       <c r="I656" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="657" spans="1:9">
       <c r="A657" s="1">
         <v>656</v>
       </c>
       <c r="B657" t="s">
-        <v>2176</v>
+        <v>2142</v>
       </c>
       <c r="C657" t="s">
-        <v>2177</v>
+        <v>2143</v>
       </c>
       <c r="D657" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E657" t="s">
-        <v>2178</v>
+        <v>2133</v>
       </c>
       <c r="F657" t="s">
-        <v>2179</v>
+        <v>2144</v>
+      </c>
+      <c r="G657" t="s">
+        <v>2133</v>
       </c>
       <c r="H657" t="s">
-        <v>1912</v>
+        <v>20</v>
       </c>
       <c r="I657" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="658" spans="1:9">
       <c r="A658" s="1">
         <v>657</v>
       </c>
       <c r="B658" t="s">
-        <v>2180</v>
+        <v>2145</v>
       </c>
       <c r="C658" t="s">
-        <v>2181</v>
+        <v>2146</v>
       </c>
       <c r="D658" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E658" t="s">
-        <v>2178</v>
+        <v>2133</v>
       </c>
       <c r="F658" t="s">
-        <v>2182</v>
+        <v>2147</v>
+      </c>
+      <c r="G658" t="s">
+        <v>2133</v>
       </c>
       <c r="H658" t="s">
-        <v>1964</v>
+        <v>1638</v>
       </c>
       <c r="I658" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="659" spans="1:9">
       <c r="A659" s="1">
         <v>658</v>
       </c>
       <c r="B659" t="s">
-        <v>2183</v>
+        <v>2148</v>
       </c>
       <c r="C659" t="s">
-        <v>2184</v>
+        <v>2149</v>
       </c>
       <c r="D659" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E659" t="s">
-        <v>2178</v>
+        <v>2133</v>
       </c>
       <c r="F659" t="s">
-        <v>2185</v>
+        <v>2150</v>
+      </c>
+      <c r="G659" t="s">
+        <v>2133</v>
       </c>
       <c r="H659" t="s">
-        <v>1964</v>
+        <v>20</v>
       </c>
       <c r="I659" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="660" spans="1:9">
       <c r="A660" s="1">
         <v>659</v>
       </c>
       <c r="B660" t="s">
-        <v>2186</v>
+        <v>2151</v>
       </c>
       <c r="C660" t="s">
-        <v>2187</v>
+        <v>2152</v>
       </c>
       <c r="D660" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E660" t="s">
-        <v>2188</v>
+        <v>2133</v>
       </c>
       <c r="F660" t="s">
-        <v>2189</v>
+        <v>2153</v>
+      </c>
+      <c r="G660" t="s">
+        <v>2133</v>
       </c>
       <c r="H660" t="s">
-        <v>1912</v>
+        <v>20</v>
       </c>
       <c r="I660" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="661" spans="1:9">
       <c r="A661" s="1">
         <v>660</v>
       </c>
       <c r="B661" t="s">
-        <v>2190</v>
+        <v>2154</v>
       </c>
       <c r="C661" t="s">
-        <v>2191</v>
+        <v>2155</v>
       </c>
       <c r="D661" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E661" t="s">
-        <v>2188</v>
+        <v>2133</v>
       </c>
       <c r="F661" t="s">
-        <v>2192</v>
+        <v>2156</v>
       </c>
       <c r="G661" t="s">
-        <v>2188</v>
+        <v>2133</v>
       </c>
       <c r="H661" t="s">
-        <v>2193</v>
+        <v>1638</v>
       </c>
       <c r="I661" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="662" spans="1:9">
       <c r="A662" s="1">
         <v>661</v>
       </c>
       <c r="B662" t="s">
-        <v>2194</v>
+        <v>2157</v>
       </c>
       <c r="C662" t="s">
-        <v>2195</v>
+        <v>2158</v>
       </c>
       <c r="D662" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E662" t="s">
-        <v>2196</v>
+        <v>2133</v>
       </c>
       <c r="F662" t="s">
-        <v>2197</v>
+        <v>2159</v>
+      </c>
+      <c r="G662" t="s">
+        <v>2133</v>
       </c>
       <c r="H662" t="s">
-        <v>1943</v>
+        <v>454</v>
       </c>
       <c r="I662" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="663" spans="1:9">
       <c r="A663" s="1">
         <v>662</v>
       </c>
       <c r="B663" t="s">
-        <v>2198</v>
+        <v>2160</v>
       </c>
       <c r="C663" t="s">
-        <v>2199</v>
+        <v>2161</v>
       </c>
       <c r="D663" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E663" t="s">
-        <v>2196</v>
+        <v>2133</v>
       </c>
       <c r="F663" t="s">
-        <v>2200</v>
+        <v>2162</v>
+      </c>
+      <c r="G663" t="s">
+        <v>2133</v>
       </c>
       <c r="H663" t="s">
-        <v>1873</v>
+        <v>2141</v>
       </c>
       <c r="I663" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="664" spans="1:9">
       <c r="A664" s="1">
         <v>663</v>
       </c>
       <c r="B664" t="s">
-        <v>2201</v>
+        <v>2163</v>
       </c>
       <c r="C664" t="s">
-        <v>2202</v>
+        <v>2164</v>
       </c>
       <c r="D664" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E664" t="s">
-        <v>2196</v>
+        <v>2133</v>
       </c>
       <c r="F664" t="s">
-        <v>2203</v>
+        <v>2165</v>
+      </c>
+      <c r="G664" t="s">
+        <v>2133</v>
       </c>
       <c r="H664" t="s">
-        <v>1873</v>
+        <v>51</v>
       </c>
       <c r="I664" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="665" spans="1:9">
       <c r="A665" s="1">
         <v>664</v>
       </c>
       <c r="B665" t="s">
-        <v>2204</v>
+        <v>2166</v>
       </c>
       <c r="C665" t="s">
-        <v>2205</v>
+        <v>2167</v>
       </c>
       <c r="D665" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E665" t="s">
-        <v>2196</v>
+        <v>2133</v>
       </c>
       <c r="F665" t="s">
-        <v>2206</v>
+        <v>2168</v>
+      </c>
+      <c r="G665" t="s">
+        <v>2133</v>
       </c>
       <c r="H665" t="s">
-        <v>1943</v>
+        <v>1638</v>
       </c>
       <c r="I665" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="666" spans="1:9">
       <c r="A666" s="1">
         <v>665</v>
       </c>
       <c r="B666" t="s">
-        <v>2207</v>
+        <v>2169</v>
       </c>
       <c r="C666" t="s">
-        <v>2208</v>
+        <v>2170</v>
       </c>
       <c r="D666" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E666" t="s">
-        <v>2196</v>
+        <v>2133</v>
       </c>
       <c r="F666" t="s">
-        <v>2209</v>
+        <v>2171</v>
+      </c>
+      <c r="G666" t="s">
+        <v>2133</v>
       </c>
       <c r="H666" t="s">
-        <v>1943</v>
+        <v>267</v>
       </c>
       <c r="I666" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="667" spans="1:9">
       <c r="A667" s="1">
         <v>666</v>
       </c>
       <c r="B667" t="s">
-        <v>2210</v>
+        <v>2172</v>
       </c>
       <c r="C667" t="s">
-        <v>2211</v>
+        <v>2173</v>
       </c>
       <c r="D667" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E667" t="s">
-        <v>2196</v>
+        <v>2133</v>
       </c>
       <c r="F667" t="s">
-        <v>2212</v>
+        <v>2174</v>
+      </c>
+      <c r="G667" t="s">
+        <v>2133</v>
       </c>
       <c r="H667" t="s">
-        <v>1943</v>
+        <v>293</v>
       </c>
       <c r="I667" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="668" spans="1:9">
       <c r="A668" s="1">
         <v>667</v>
       </c>
       <c r="B668" t="s">
-        <v>2213</v>
+        <v>2175</v>
       </c>
       <c r="C668" t="s">
-        <v>2214</v>
+        <v>2176</v>
       </c>
       <c r="D668" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E668" t="s">
-        <v>2196</v>
+        <v>2133</v>
       </c>
       <c r="F668" t="s">
-        <v>2215</v>
+        <v>2177</v>
+      </c>
+      <c r="G668" t="s">
+        <v>2133</v>
       </c>
       <c r="H668" t="s">
-        <v>1943</v>
+        <v>2141</v>
       </c>
       <c r="I668" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="669" spans="1:9">
       <c r="A669" s="1">
         <v>668</v>
       </c>
       <c r="B669" t="s">
-        <v>2216</v>
+        <v>2178</v>
       </c>
       <c r="C669" t="s">
-        <v>2217</v>
+        <v>2179</v>
       </c>
       <c r="D669" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E669" t="s">
-        <v>2196</v>
+        <v>2133</v>
       </c>
       <c r="F669" t="s">
-        <v>2218</v>
+        <v>2180</v>
+      </c>
+      <c r="G669" t="s">
+        <v>2133</v>
       </c>
       <c r="H669" t="s">
-        <v>1943</v>
+        <v>1638</v>
       </c>
       <c r="I669" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="670" spans="1:9">
       <c r="A670" s="1">
         <v>669</v>
       </c>
       <c r="B670" t="s">
-        <v>2219</v>
+        <v>2181</v>
       </c>
       <c r="C670" t="s">
-        <v>2220</v>
+        <v>2182</v>
       </c>
       <c r="D670" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E670" t="s">
-        <v>2221</v>
+        <v>2133</v>
       </c>
       <c r="F670" t="s">
-        <v>2222</v>
+        <v>2183</v>
+      </c>
+      <c r="G670" t="s">
+        <v>2133</v>
       </c>
       <c r="H670" t="s">
-        <v>2223</v>
+        <v>2141</v>
       </c>
       <c r="I670" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="671" spans="1:9">
       <c r="A671" s="1">
         <v>670</v>
       </c>
       <c r="B671" t="s">
-        <v>2224</v>
+        <v>2184</v>
       </c>
       <c r="C671" t="s">
-        <v>2225</v>
+        <v>2185</v>
       </c>
       <c r="D671" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E671" t="s">
-        <v>2221</v>
+        <v>2133</v>
       </c>
       <c r="F671" t="s">
-        <v>2226</v>
+        <v>2186</v>
+      </c>
+      <c r="G671" t="s">
+        <v>2133</v>
       </c>
       <c r="H671" t="s">
-        <v>1935</v>
+        <v>51</v>
       </c>
       <c r="I671" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="672" spans="1:9">
       <c r="A672" s="1">
         <v>671</v>
       </c>
       <c r="B672" t="s">
-        <v>2227</v>
+        <v>2187</v>
       </c>
       <c r="C672" t="s">
-        <v>1864</v>
+        <v>2188</v>
       </c>
       <c r="D672" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E672" t="s">
-        <v>2228</v>
+        <v>2133</v>
       </c>
       <c r="F672" t="s">
-        <v>2229</v>
+        <v>2189</v>
       </c>
       <c r="H672" t="s">
-        <v>1862</v>
+        <v>454</v>
       </c>
       <c r="I672" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="673" spans="1:9">
       <c r="A673" s="1">
         <v>672</v>
       </c>
       <c r="B673" t="s">
-        <v>2230</v>
+        <v>2190</v>
       </c>
       <c r="C673" t="s">
-        <v>2231</v>
+        <v>2191</v>
       </c>
       <c r="D673" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E673" t="s">
-        <v>2228</v>
+        <v>2133</v>
       </c>
       <c r="F673" t="s">
-        <v>2232</v>
+        <v>2192</v>
+      </c>
+      <c r="G673" t="s">
+        <v>2133</v>
       </c>
       <c r="H673" t="s">
-        <v>1877</v>
+        <v>1638</v>
       </c>
       <c r="I673" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="674" spans="1:9">
       <c r="A674" s="1">
         <v>673</v>
       </c>
       <c r="B674" t="s">
-        <v>2233</v>
+        <v>2193</v>
       </c>
       <c r="C674" t="s">
-        <v>2234</v>
+        <v>2194</v>
       </c>
       <c r="D674" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E674" t="s">
-        <v>2228</v>
+        <v>2133</v>
       </c>
       <c r="F674" t="s">
-        <v>2235</v>
+        <v>2195</v>
+      </c>
+      <c r="G674" t="s">
+        <v>2133</v>
       </c>
       <c r="H674" t="s">
-        <v>1873</v>
+        <v>122</v>
       </c>
       <c r="I674" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="675" spans="1:9">
       <c r="A675" s="1">
         <v>674</v>
       </c>
       <c r="B675" t="s">
-        <v>2236</v>
+        <v>2196</v>
       </c>
       <c r="C675" t="s">
-        <v>2237</v>
+        <v>2197</v>
       </c>
       <c r="D675" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E675" t="s">
-        <v>2228</v>
+        <v>2133</v>
       </c>
       <c r="F675" t="s">
-        <v>2238</v>
+        <v>2198</v>
+      </c>
+      <c r="G675" t="s">
+        <v>2133</v>
       </c>
       <c r="H675" t="s">
-        <v>2239</v>
+        <v>1717</v>
       </c>
       <c r="I675" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="676" spans="1:9">
       <c r="A676" s="1">
         <v>675</v>
       </c>
       <c r="B676" t="s">
-        <v>2240</v>
+        <v>2199</v>
       </c>
       <c r="C676" t="s">
-        <v>2241</v>
+        <v>2200</v>
       </c>
       <c r="D676" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E676" t="s">
-        <v>2228</v>
+        <v>2133</v>
       </c>
       <c r="F676" t="s">
-        <v>2242</v>
+        <v>2201</v>
+      </c>
+      <c r="G676" t="s">
+        <v>2133</v>
       </c>
       <c r="H676" t="s">
-        <v>1995</v>
+        <v>2202</v>
       </c>
       <c r="I676" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="677" spans="1:9">
       <c r="A677" s="1">
         <v>676</v>
       </c>
       <c r="B677" t="s">
-        <v>2243</v>
+        <v>2203</v>
       </c>
       <c r="C677" t="s">
-        <v>1864</v>
+        <v>2204</v>
       </c>
       <c r="D677" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E677" t="s">
-        <v>2228</v>
+        <v>2133</v>
       </c>
       <c r="F677" t="s">
-        <v>2244</v>
+        <v>2205</v>
+      </c>
+      <c r="G677" t="s">
+        <v>2133</v>
       </c>
       <c r="H677" t="s">
-        <v>1862</v>
+        <v>238</v>
       </c>
       <c r="I677" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="678" spans="1:9">
       <c r="A678" s="1">
         <v>677</v>
       </c>
       <c r="B678" t="s">
-        <v>2245</v>
+        <v>2206</v>
       </c>
       <c r="C678" t="s">
-        <v>2246</v>
+        <v>2207</v>
       </c>
       <c r="D678" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E678" t="s">
-        <v>2247</v>
+        <v>2133</v>
       </c>
       <c r="F678" t="s">
-        <v>2248</v>
+        <v>2208</v>
+      </c>
+      <c r="G678" t="s">
+        <v>2133</v>
       </c>
       <c r="H678" t="s">
-        <v>1862</v>
+        <v>1638</v>
       </c>
       <c r="I678" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="679" spans="1:9">
       <c r="A679" s="1">
         <v>678</v>
       </c>
       <c r="B679" t="s">
-        <v>2249</v>
+        <v>2209</v>
       </c>
       <c r="C679" t="s">
-        <v>2250</v>
+        <v>2210</v>
       </c>
       <c r="D679" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E679" t="s">
-        <v>2247</v>
+        <v>2133</v>
       </c>
       <c r="F679" t="s">
-        <v>2251</v>
+        <v>2211</v>
+      </c>
+      <c r="G679" t="s">
+        <v>2133</v>
       </c>
       <c r="H679" t="s">
-        <v>1862</v>
+        <v>1638</v>
       </c>
       <c r="I679" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="680" spans="1:9">
       <c r="A680" s="1">
         <v>679</v>
       </c>
       <c r="B680" t="s">
-        <v>2252</v>
+        <v>2212</v>
       </c>
       <c r="C680" t="s">
-        <v>2253</v>
+        <v>2213</v>
       </c>
       <c r="D680" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E680" t="s">
-        <v>2254</v>
+        <v>2133</v>
       </c>
       <c r="F680" t="s">
-        <v>2255</v>
+        <v>2214</v>
+      </c>
+      <c r="G680" t="s">
+        <v>2133</v>
       </c>
       <c r="H680" t="s">
-        <v>1862</v>
+        <v>2215</v>
       </c>
       <c r="I680" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="681" spans="1:9">
       <c r="A681" s="1">
         <v>680</v>
       </c>
       <c r="B681" t="s">
-        <v>2256</v>
+        <v>2216</v>
       </c>
       <c r="C681" t="s">
-        <v>2257</v>
+        <v>2217</v>
       </c>
       <c r="D681" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E681" t="s">
-        <v>2254</v>
+        <v>2133</v>
       </c>
       <c r="F681" t="s">
-        <v>2258</v>
+        <v>2218</v>
+      </c>
+      <c r="G681" t="s">
+        <v>2133</v>
       </c>
       <c r="H681" t="s">
-        <v>1995</v>
+        <v>1638</v>
       </c>
       <c r="I681" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="682" spans="1:9">
       <c r="A682" s="1">
         <v>681</v>
       </c>
       <c r="B682" t="s">
-        <v>2259</v>
+        <v>2219</v>
       </c>
       <c r="C682" t="s">
-        <v>2260</v>
+        <v>2220</v>
       </c>
       <c r="D682" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E682" t="s">
-        <v>2254</v>
+        <v>2133</v>
       </c>
       <c r="F682" t="s">
-        <v>2261</v>
+        <v>2221</v>
+      </c>
+      <c r="G682" t="s">
+        <v>2133</v>
       </c>
       <c r="H682" t="s">
-        <v>1862</v>
+        <v>238</v>
       </c>
       <c r="I682" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="683" spans="1:9">
       <c r="A683" s="1">
         <v>682</v>
       </c>
       <c r="B683" t="s">
-        <v>2262</v>
+        <v>2222</v>
       </c>
       <c r="C683" t="s">
-        <v>2263</v>
+        <v>2223</v>
       </c>
       <c r="D683" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E683" t="s">
-        <v>2254</v>
+        <v>2133</v>
       </c>
       <c r="F683" t="s">
-        <v>2264</v>
+        <v>2224</v>
+      </c>
+      <c r="G683" t="s">
+        <v>2133</v>
       </c>
       <c r="H683" t="s">
-        <v>1862</v>
+        <v>454</v>
       </c>
       <c r="I683" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="684" spans="1:9">
       <c r="A684" s="1">
         <v>683</v>
       </c>
       <c r="B684" t="s">
-        <v>2265</v>
+        <v>2225</v>
       </c>
       <c r="C684" t="s">
-        <v>2266</v>
+        <v>2226</v>
       </c>
       <c r="D684" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E684" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F684" t="s">
-        <v>2268</v>
+        <v>2227</v>
+      </c>
+      <c r="G684" t="s">
+        <v>2133</v>
       </c>
       <c r="H684" t="s">
-        <v>1877</v>
+        <v>20</v>
       </c>
       <c r="I684" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="685" spans="1:9">
       <c r="A685" s="1">
         <v>684</v>
       </c>
       <c r="B685" t="s">
-        <v>2269</v>
+        <v>2228</v>
       </c>
       <c r="C685" t="s">
-        <v>2270</v>
+        <v>2229</v>
       </c>
       <c r="D685" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E685" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F685" t="s">
-        <v>2271</v>
+        <v>2230</v>
+      </c>
+      <c r="G685" t="s">
+        <v>2133</v>
       </c>
       <c r="H685" t="s">
-        <v>1877</v>
+        <v>2231</v>
       </c>
       <c r="I685" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="686" spans="1:9">
       <c r="A686" s="1">
         <v>685</v>
       </c>
       <c r="B686" t="s">
-        <v>2272</v>
+        <v>2232</v>
       </c>
       <c r="C686" t="s">
-        <v>2270</v>
+        <v>2233</v>
       </c>
       <c r="D686" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E686" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F686" t="s">
-        <v>2273</v>
+        <v>2234</v>
+      </c>
+      <c r="G686" t="s">
+        <v>2133</v>
       </c>
       <c r="H686" t="s">
-        <v>1877</v>
+        <v>1638</v>
       </c>
       <c r="I686" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="687" spans="1:9">
       <c r="A687" s="1">
         <v>686</v>
       </c>
       <c r="B687" t="s">
-        <v>2274</v>
+        <v>2235</v>
       </c>
       <c r="C687" t="s">
-        <v>2275</v>
+        <v>2236</v>
       </c>
       <c r="D687" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E687" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F687" t="s">
-        <v>2276</v>
+        <v>2237</v>
+      </c>
+      <c r="G687" t="s">
+        <v>2133</v>
       </c>
       <c r="H687" t="s">
-        <v>2045</v>
+        <v>2238</v>
       </c>
       <c r="I687" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="688" spans="1:9">
       <c r="A688" s="1">
         <v>687</v>
       </c>
       <c r="B688" t="s">
-        <v>2277</v>
+        <v>2239</v>
       </c>
       <c r="C688" t="s">
-        <v>2278</v>
+        <v>2240</v>
       </c>
       <c r="D688" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E688" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F688" t="s">
-        <v>2279</v>
+        <v>2241</v>
+      </c>
+      <c r="G688" t="s">
+        <v>2133</v>
       </c>
       <c r="H688" t="s">
-        <v>2045</v>
+        <v>238</v>
       </c>
       <c r="I688" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="689" spans="1:9">
       <c r="A689" s="1">
         <v>688</v>
       </c>
       <c r="B689" t="s">
-        <v>2280</v>
+        <v>2242</v>
       </c>
       <c r="C689" t="s">
-        <v>2281</v>
+        <v>2243</v>
       </c>
       <c r="D689" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E689" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F689" t="s">
-        <v>2282</v>
+        <v>2244</v>
+      </c>
+      <c r="G689" t="s">
+        <v>2133</v>
       </c>
       <c r="H689" t="s">
-        <v>1877</v>
+        <v>20</v>
       </c>
       <c r="I689" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="690" spans="1:9">
       <c r="A690" s="1">
         <v>689</v>
       </c>
       <c r="B690" t="s">
-        <v>2283</v>
+        <v>2245</v>
       </c>
       <c r="C690" t="s">
-        <v>2284</v>
+        <v>2246</v>
       </c>
       <c r="D690" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E690" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F690" t="s">
-        <v>2285</v>
+        <v>2247</v>
+      </c>
+      <c r="G690" t="s">
+        <v>2133</v>
       </c>
       <c r="H690" t="s">
-        <v>1877</v>
+        <v>51</v>
       </c>
       <c r="I690" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="691" spans="1:9">
       <c r="A691" s="1">
         <v>690</v>
       </c>
       <c r="B691" t="s">
-        <v>2286</v>
+        <v>2248</v>
       </c>
       <c r="C691" t="s">
-        <v>2287</v>
+        <v>2249</v>
       </c>
       <c r="D691" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E691" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F691" t="s">
-        <v>2288</v>
+        <v>2250</v>
+      </c>
+      <c r="G691" t="s">
+        <v>2133</v>
       </c>
       <c r="H691" t="s">
-        <v>1877</v>
+        <v>1638</v>
       </c>
       <c r="I691" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="692" spans="1:9">
       <c r="A692" s="1">
         <v>691</v>
       </c>
       <c r="B692" t="s">
-        <v>2289</v>
+        <v>2251</v>
       </c>
       <c r="C692" t="s">
-        <v>2290</v>
+        <v>2252</v>
       </c>
       <c r="D692" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E692" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F692" t="s">
-        <v>2291</v>
+        <v>2253</v>
+      </c>
+      <c r="G692" t="s">
+        <v>2133</v>
       </c>
       <c r="H692" t="s">
-        <v>1877</v>
+        <v>51</v>
       </c>
       <c r="I692" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="693" spans="1:9">
       <c r="A693" s="1">
         <v>692</v>
       </c>
       <c r="B693" t="s">
-        <v>2292</v>
+        <v>2254</v>
       </c>
       <c r="C693" t="s">
-        <v>2293</v>
+        <v>2255</v>
       </c>
       <c r="D693" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E693" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F693" t="s">
-        <v>2294</v>
+        <v>2256</v>
+      </c>
+      <c r="G693" t="s">
+        <v>2133</v>
       </c>
       <c r="H693" t="s">
-        <v>1877</v>
+        <v>20</v>
       </c>
       <c r="I693" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="694" spans="1:9">
       <c r="A694" s="1">
         <v>693</v>
       </c>
       <c r="B694" t="s">
-        <v>2295</v>
+        <v>2257</v>
       </c>
       <c r="C694" t="s">
-        <v>2296</v>
+        <v>2258</v>
       </c>
       <c r="D694" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E694" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F694" t="s">
-        <v>2297</v>
+        <v>2259</v>
+      </c>
+      <c r="G694" t="s">
+        <v>2133</v>
       </c>
       <c r="H694" t="s">
-        <v>1877</v>
+        <v>1477</v>
       </c>
       <c r="I694" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="695" spans="1:9">
       <c r="A695" s="1">
         <v>694</v>
       </c>
       <c r="B695" t="s">
-        <v>2298</v>
+        <v>2260</v>
       </c>
       <c r="C695" t="s">
-        <v>2299</v>
+        <v>2261</v>
       </c>
       <c r="D695" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E695" t="s">
-        <v>2267</v>
+        <v>2133</v>
       </c>
       <c r="F695" t="s">
-        <v>2300</v>
+        <v>2262</v>
+      </c>
+      <c r="G695" t="s">
+        <v>2133</v>
       </c>
       <c r="H695" t="s">
-        <v>1877</v>
+        <v>2202</v>
       </c>
       <c r="I695" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="696" spans="1:9">
       <c r="A696" s="1">
         <v>695</v>
       </c>
       <c r="B696" t="s">
-        <v>2301</v>
+        <v>2263</v>
       </c>
       <c r="C696" t="s">
-        <v>2302</v>
+        <v>2264</v>
       </c>
       <c r="D696" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E696" t="s">
-        <v>2303</v>
+        <v>2133</v>
       </c>
       <c r="F696" t="s">
-        <v>2304</v>
+        <v>2265</v>
+      </c>
+      <c r="G696" t="s">
+        <v>2133</v>
       </c>
       <c r="H696" t="s">
-        <v>1930</v>
+        <v>51</v>
       </c>
       <c r="I696" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="697" spans="1:9">
       <c r="A697" s="1">
         <v>696</v>
       </c>
       <c r="B697" t="s">
-        <v>2305</v>
+        <v>2266</v>
       </c>
       <c r="C697" t="s">
-        <v>2306</v>
+        <v>2267</v>
       </c>
       <c r="D697" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E697" t="s">
-        <v>2307</v>
+        <v>2133</v>
       </c>
       <c r="F697" t="s">
-        <v>2308</v>
+        <v>2268</v>
+      </c>
+      <c r="G697" t="s">
+        <v>2133</v>
       </c>
       <c r="H697" t="s">
-        <v>1912</v>
+        <v>70</v>
       </c>
       <c r="I697" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="698" spans="1:9">
       <c r="A698" s="1">
         <v>697</v>
       </c>
       <c r="B698" t="s">
-        <v>2309</v>
+        <v>2269</v>
       </c>
       <c r="C698" t="s">
-        <v>2310</v>
+        <v>2270</v>
       </c>
       <c r="D698" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E698" t="s">
-        <v>2311</v>
+        <v>2133</v>
       </c>
       <c r="F698" t="s">
-        <v>2312</v>
+        <v>2271</v>
+      </c>
+      <c r="G698" t="s">
+        <v>2133</v>
       </c>
       <c r="H698" t="s">
-        <v>2313</v>
+        <v>2272</v>
       </c>
       <c r="I698" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="699" spans="1:9">
       <c r="A699" s="1">
         <v>698</v>
       </c>
       <c r="B699" t="s">
-        <v>2314</v>
+        <v>2274</v>
       </c>
       <c r="C699" t="s">
-        <v>2315</v>
+        <v>2275</v>
       </c>
       <c r="D699" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E699" t="s">
-        <v>2311</v>
+        <v>2133</v>
       </c>
       <c r="F699" t="s">
-        <v>2316</v>
+        <v>2276</v>
+      </c>
+      <c r="G699" t="s">
+        <v>2133</v>
       </c>
       <c r="H699" t="s">
-        <v>1935</v>
+        <v>20</v>
       </c>
       <c r="I699" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="700" spans="1:9">
       <c r="A700" s="1">
         <v>699</v>
       </c>
       <c r="B700" t="s">
-        <v>2317</v>
+        <v>2277</v>
       </c>
       <c r="C700" t="s">
-        <v>2318</v>
+        <v>2278</v>
       </c>
       <c r="D700" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E700" t="s">
-        <v>2319</v>
+        <v>2133</v>
       </c>
       <c r="F700" t="s">
-        <v>2320</v>
+        <v>2279</v>
+      </c>
+      <c r="G700" t="s">
+        <v>2133</v>
       </c>
       <c r="H700" t="s">
-        <v>1935</v>
+        <v>1717</v>
       </c>
       <c r="I700" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="701" spans="1:9">
       <c r="A701" s="1">
         <v>700</v>
       </c>
       <c r="B701" t="s">
-        <v>2321</v>
+        <v>2280</v>
       </c>
       <c r="C701" t="s">
-        <v>2322</v>
+        <v>2281</v>
       </c>
       <c r="D701" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E701" t="s">
-        <v>2323</v>
+        <v>2133</v>
       </c>
       <c r="F701" t="s">
-        <v>2324</v>
+        <v>2282</v>
+      </c>
+      <c r="G701" t="s">
+        <v>2133</v>
       </c>
       <c r="H701" t="s">
-        <v>2080</v>
+        <v>20</v>
       </c>
       <c r="I701" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="702" spans="1:9">
       <c r="A702" s="1">
         <v>701</v>
       </c>
       <c r="B702" t="s">
-        <v>2325</v>
+        <v>2283</v>
       </c>
       <c r="C702" t="s">
-        <v>2326</v>
+        <v>2284</v>
       </c>
       <c r="D702" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E702" t="s">
-        <v>2323</v>
+        <v>2133</v>
       </c>
       <c r="F702" t="s">
-        <v>2327</v>
+        <v>2285</v>
+      </c>
+      <c r="G702" t="s">
+        <v>2133</v>
       </c>
       <c r="H702" t="s">
-        <v>2080</v>
+        <v>20</v>
       </c>
       <c r="I702" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="703" spans="1:9">
       <c r="A703" s="1">
         <v>702</v>
       </c>
       <c r="B703" t="s">
-        <v>2328</v>
+        <v>2286</v>
       </c>
       <c r="C703" t="s">
-        <v>2329</v>
+        <v>2287</v>
       </c>
       <c r="D703" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E703" t="s">
-        <v>2323</v>
+        <v>2133</v>
       </c>
       <c r="F703" t="s">
-        <v>2330</v>
+        <v>2288</v>
+      </c>
+      <c r="G703" t="s">
+        <v>2133</v>
       </c>
       <c r="H703" t="s">
-        <v>2313</v>
+        <v>1638</v>
       </c>
       <c r="I703" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="704" spans="1:9">
       <c r="A704" s="1">
         <v>703</v>
       </c>
       <c r="B704" t="s">
-        <v>2331</v>
+        <v>2289</v>
       </c>
       <c r="C704" t="s">
-        <v>2332</v>
+        <v>2290</v>
       </c>
       <c r="D704" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E704" t="s">
-        <v>2323</v>
+        <v>2133</v>
       </c>
       <c r="F704" t="s">
-        <v>2333</v>
+        <v>2291</v>
+      </c>
+      <c r="G704" t="s">
+        <v>2133</v>
       </c>
       <c r="H704" t="s">
-        <v>2080</v>
+        <v>2292</v>
       </c>
       <c r="I704" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="705" spans="1:9">
       <c r="A705" s="1">
         <v>704</v>
       </c>
       <c r="B705" t="s">
-        <v>2334</v>
+        <v>2293</v>
       </c>
       <c r="C705" t="s">
-        <v>2335</v>
+        <v>2294</v>
       </c>
       <c r="D705" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E705" t="s">
-        <v>2323</v>
+        <v>2133</v>
       </c>
       <c r="F705" t="s">
-        <v>2336</v>
+        <v>2295</v>
+      </c>
+      <c r="G705" t="s">
+        <v>2133</v>
       </c>
       <c r="H705" t="s">
-        <v>2080</v>
+        <v>70</v>
       </c>
       <c r="I705" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="706" spans="1:9">
       <c r="A706" s="1">
         <v>705</v>
       </c>
       <c r="B706" t="s">
-        <v>2337</v>
+        <v>2296</v>
       </c>
       <c r="C706" t="s">
-        <v>2338</v>
+        <v>2297</v>
       </c>
       <c r="D706" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E706" t="s">
-        <v>2339</v>
+        <v>2133</v>
       </c>
       <c r="F706" t="s">
-        <v>2340</v>
+        <v>2298</v>
+      </c>
+      <c r="G706" t="s">
+        <v>2133</v>
       </c>
       <c r="H706" t="s">
-        <v>1964</v>
+        <v>78</v>
       </c>
       <c r="I706" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="707" spans="1:9">
       <c r="A707" s="1">
         <v>706</v>
       </c>
       <c r="B707" t="s">
-        <v>2341</v>
+        <v>2299</v>
       </c>
       <c r="C707" t="s">
-        <v>2342</v>
+        <v>2300</v>
       </c>
       <c r="D707" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E707" t="s">
-        <v>2343</v>
+        <v>2133</v>
       </c>
       <c r="F707" t="s">
-        <v>2344</v>
+        <v>2301</v>
+      </c>
+      <c r="G707" t="s">
+        <v>2133</v>
       </c>
       <c r="H707" t="s">
-        <v>1935</v>
+        <v>2302</v>
       </c>
       <c r="I707" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="708" spans="1:9">
       <c r="A708" s="1">
         <v>707</v>
       </c>
       <c r="B708" t="s">
-        <v>2345</v>
+        <v>2303</v>
       </c>
       <c r="C708" t="s">
-        <v>2346</v>
+        <v>2304</v>
       </c>
       <c r="D708" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E708" t="s">
-        <v>2347</v>
+        <v>2133</v>
       </c>
       <c r="F708" t="s">
-        <v>2348</v>
+        <v>2305</v>
+      </c>
+      <c r="G708" t="s">
+        <v>2133</v>
       </c>
       <c r="H708" t="s">
-        <v>1877</v>
+        <v>51</v>
       </c>
       <c r="I708" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="709" spans="1:9">
       <c r="A709" s="1">
         <v>708</v>
       </c>
       <c r="B709" t="s">
-        <v>2349</v>
+        <v>2306</v>
       </c>
       <c r="C709" t="s">
-        <v>2346</v>
+        <v>2307</v>
       </c>
       <c r="D709" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E709" t="s">
-        <v>2347</v>
+        <v>2133</v>
       </c>
       <c r="F709" t="s">
-        <v>2350</v>
+        <v>2308</v>
+      </c>
+      <c r="G709" t="s">
+        <v>2133</v>
       </c>
       <c r="H709" t="s">
-        <v>1877</v>
+        <v>2309</v>
       </c>
       <c r="I709" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="710" spans="1:9">
       <c r="A710" s="1">
         <v>709</v>
       </c>
       <c r="B710" t="s">
-        <v>2351</v>
+        <v>2310</v>
       </c>
       <c r="C710" t="s">
-        <v>2352</v>
+        <v>2311</v>
       </c>
       <c r="D710" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E710" t="s">
-        <v>2353</v>
+        <v>2133</v>
       </c>
       <c r="F710" t="s">
-        <v>2354</v>
+        <v>2312</v>
+      </c>
+      <c r="G710" t="s">
+        <v>2133</v>
       </c>
       <c r="H710" t="s">
-        <v>1935</v>
+        <v>1638</v>
       </c>
       <c r="I710" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="711" spans="1:9">
       <c r="A711" s="1">
         <v>710</v>
       </c>
       <c r="B711" t="s">
-        <v>2355</v>
+        <v>2313</v>
       </c>
       <c r="C711" t="s">
-        <v>2356</v>
+        <v>2314</v>
       </c>
       <c r="D711" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E711" t="s">
-        <v>2357</v>
+        <v>2133</v>
       </c>
       <c r="F711" t="s">
-        <v>2358</v>
+        <v>2315</v>
+      </c>
+      <c r="G711" t="s">
+        <v>2133</v>
       </c>
       <c r="H711" t="s">
-        <v>1935</v>
+        <v>293</v>
       </c>
       <c r="I711" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="712" spans="1:9">
       <c r="A712" s="1">
         <v>711</v>
       </c>
       <c r="B712" t="s">
-        <v>2359</v>
+        <v>2316</v>
       </c>
       <c r="C712" t="s">
-        <v>2360</v>
+        <v>2317</v>
       </c>
       <c r="D712" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E712" t="s">
-        <v>2361</v>
+        <v>2318</v>
       </c>
       <c r="F712" t="s">
-        <v>2362</v>
+        <v>2319</v>
+      </c>
+      <c r="G712" t="s">
+        <v>2133</v>
       </c>
       <c r="H712" t="s">
-        <v>1873</v>
+        <v>2238</v>
       </c>
       <c r="I712" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="713" spans="1:9">
       <c r="A713" s="1">
         <v>712</v>
       </c>
       <c r="B713" t="s">
-        <v>2363</v>
+        <v>2320</v>
       </c>
       <c r="C713" t="s">
-        <v>2364</v>
+        <v>2321</v>
       </c>
       <c r="D713" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E713" t="s">
-        <v>2361</v>
+        <v>2322</v>
       </c>
       <c r="F713" t="s">
-        <v>2365</v>
+        <v>2323</v>
+      </c>
+      <c r="G713" t="s">
+        <v>2322</v>
       </c>
       <c r="H713" t="s">
-        <v>1873</v>
+        <v>2324</v>
       </c>
       <c r="I713" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="714" spans="1:9">
       <c r="A714" s="1">
         <v>713</v>
       </c>
       <c r="B714" t="s">
-        <v>2366</v>
+        <v>2269</v>
       </c>
       <c r="C714" t="s">
-        <v>2367</v>
+        <v>2270</v>
       </c>
       <c r="D714" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E714" t="s">
-        <v>2361</v>
+        <v>2322</v>
       </c>
       <c r="F714" t="s">
-        <v>2368</v>
+        <v>2325</v>
+      </c>
+      <c r="G714" t="s">
+        <v>2322</v>
       </c>
       <c r="H714" t="s">
-        <v>1873</v>
+        <v>2272</v>
       </c>
       <c r="I714" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="715" spans="1:9">
       <c r="A715" s="1">
         <v>714</v>
       </c>
       <c r="B715" t="s">
-        <v>2369</v>
+        <v>2326</v>
       </c>
       <c r="C715" t="s">
-        <v>2370</v>
+        <v>2327</v>
       </c>
       <c r="D715" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E715" t="s">
-        <v>2361</v>
+        <v>2322</v>
       </c>
       <c r="F715" t="s">
-        <v>2371</v>
+        <v>2328</v>
+      </c>
+      <c r="G715" t="s">
+        <v>2322</v>
       </c>
       <c r="H715" t="s">
-        <v>1873</v>
+        <v>257</v>
       </c>
       <c r="I715" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="716" spans="1:9">
       <c r="A716" s="1">
         <v>715</v>
       </c>
       <c r="B716" t="s">
-        <v>2372</v>
+        <v>2329</v>
       </c>
       <c r="C716" t="s">
-        <v>2370</v>
+        <v>2330</v>
       </c>
       <c r="D716" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E716" t="s">
-        <v>2361</v>
+        <v>2322</v>
       </c>
       <c r="F716" t="s">
-        <v>2373</v>
+        <v>2331</v>
+      </c>
+      <c r="G716" t="s">
+        <v>2322</v>
       </c>
       <c r="H716" t="s">
-        <v>1873</v>
+        <v>2324</v>
       </c>
       <c r="I716" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="717" spans="1:9">
       <c r="A717" s="1">
         <v>716</v>
       </c>
       <c r="B717" t="s">
-        <v>2374</v>
+        <v>2332</v>
       </c>
       <c r="C717" t="s">
-        <v>2360</v>
+        <v>2333</v>
       </c>
       <c r="D717" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E717" t="s">
-        <v>2361</v>
+        <v>2322</v>
       </c>
       <c r="F717" t="s">
-        <v>2375</v>
+        <v>2334</v>
+      </c>
+      <c r="G717" t="s">
+        <v>2322</v>
       </c>
       <c r="H717" t="s">
-        <v>1873</v>
+        <v>2141</v>
       </c>
       <c r="I717" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="718" spans="1:9">
       <c r="A718" s="1">
         <v>717</v>
       </c>
       <c r="B718" t="s">
-        <v>2376</v>
+        <v>2335</v>
       </c>
       <c r="C718" t="s">
-        <v>2377</v>
+        <v>2336</v>
       </c>
       <c r="D718" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E718" t="s">
-        <v>2361</v>
+        <v>2322</v>
       </c>
       <c r="F718" t="s">
-        <v>2378</v>
+        <v>2337</v>
+      </c>
+      <c r="G718" t="s">
+        <v>2322</v>
       </c>
       <c r="H718" t="s">
-        <v>2045</v>
+        <v>267</v>
       </c>
       <c r="I718" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="719" spans="1:9">
       <c r="A719" s="1">
         <v>718</v>
       </c>
       <c r="B719" t="s">
-        <v>2379</v>
+        <v>2338</v>
       </c>
       <c r="C719" t="s">
-        <v>2380</v>
+        <v>2339</v>
       </c>
       <c r="D719" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E719" t="s">
-        <v>2381</v>
+        <v>2340</v>
       </c>
       <c r="F719" t="s">
-        <v>2382</v>
+        <v>2341</v>
+      </c>
+      <c r="G719" t="s">
+        <v>2340</v>
       </c>
       <c r="H719" t="s">
-        <v>1930</v>
+        <v>2324</v>
       </c>
       <c r="I719" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="720" spans="1:9">
       <c r="A720" s="1">
         <v>719</v>
       </c>
       <c r="B720" t="s">
-        <v>2383</v>
+        <v>2342</v>
       </c>
       <c r="C720" t="s">
-        <v>2384</v>
+        <v>2343</v>
       </c>
       <c r="D720" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E720" t="s">
-        <v>2381</v>
+        <v>2340</v>
       </c>
       <c r="F720" t="s">
-        <v>2385</v>
+        <v>2344</v>
+      </c>
+      <c r="G720" t="s">
+        <v>2340</v>
       </c>
       <c r="H720" t="s">
-        <v>1930</v>
+        <v>2272</v>
       </c>
       <c r="I720" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="721" spans="1:9">
       <c r="A721" s="1">
         <v>720</v>
       </c>
       <c r="B721" t="s">
-        <v>2386</v>
+        <v>2345</v>
       </c>
       <c r="C721" t="s">
-        <v>2387</v>
+        <v>2346</v>
       </c>
       <c r="D721" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E721" t="s">
-        <v>2381</v>
+        <v>2340</v>
       </c>
       <c r="F721" t="s">
-        <v>2388</v>
+        <v>2347</v>
+      </c>
+      <c r="G721" t="s">
+        <v>2340</v>
       </c>
       <c r="H721" t="s">
-        <v>1930</v>
+        <v>267</v>
       </c>
       <c r="I721" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="722" spans="1:9">
       <c r="A722" s="1">
         <v>721</v>
       </c>
       <c r="B722" t="s">
-        <v>2389</v>
+        <v>2348</v>
       </c>
       <c r="C722" t="s">
-        <v>2390</v>
+        <v>2349</v>
       </c>
       <c r="D722" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E722" t="s">
-        <v>2381</v>
+        <v>2340</v>
       </c>
       <c r="F722" t="s">
-        <v>2391</v>
+        <v>2350</v>
+      </c>
+      <c r="G722" t="s">
+        <v>2340</v>
       </c>
       <c r="H722" t="s">
-        <v>2080</v>
+        <v>2351</v>
       </c>
       <c r="I722" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="723" spans="1:9">
       <c r="A723" s="1">
         <v>722</v>
       </c>
       <c r="B723" t="s">
-        <v>2392</v>
+        <v>2352</v>
       </c>
       <c r="C723" t="s">
-        <v>2393</v>
+        <v>2353</v>
       </c>
       <c r="D723" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E723" t="s">
-        <v>2381</v>
+        <v>2340</v>
       </c>
       <c r="F723" t="s">
-        <v>2394</v>
+        <v>2354</v>
+      </c>
+      <c r="G723" t="s">
+        <v>2340</v>
       </c>
       <c r="H723" t="s">
-        <v>2080</v>
+        <v>2141</v>
       </c>
       <c r="I723" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="724" spans="1:9">
       <c r="A724" s="1">
         <v>723</v>
       </c>
       <c r="B724" t="s">
-        <v>2395</v>
+        <v>2355</v>
       </c>
       <c r="C724" t="s">
-        <v>2396</v>
+        <v>2356</v>
       </c>
       <c r="D724" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E724" t="s">
-        <v>2381</v>
+        <v>2340</v>
       </c>
       <c r="F724" t="s">
-        <v>2397</v>
+        <v>2357</v>
+      </c>
+      <c r="G724" t="s">
+        <v>2340</v>
       </c>
       <c r="H724" t="s">
-        <v>2080</v>
+        <v>2215</v>
       </c>
       <c r="I724" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="725" spans="1:9">
       <c r="A725" s="1">
         <v>724</v>
       </c>
       <c r="B725" t="s">
-        <v>2398</v>
+        <v>2358</v>
       </c>
       <c r="C725" t="s">
-        <v>2387</v>
+        <v>2359</v>
       </c>
       <c r="D725" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E725" t="s">
-        <v>2381</v>
+        <v>2360</v>
       </c>
       <c r="F725" t="s">
-        <v>2399</v>
+        <v>2361</v>
+      </c>
+      <c r="G725" t="s">
+        <v>2133</v>
       </c>
       <c r="H725" t="s">
-        <v>1930</v>
+        <v>20</v>
       </c>
       <c r="I725" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="726" spans="1:9">
       <c r="A726" s="1">
         <v>725</v>
       </c>
       <c r="B726" t="s">
-        <v>2400</v>
+        <v>2362</v>
       </c>
       <c r="C726" t="s">
-        <v>2380</v>
+        <v>1282</v>
       </c>
       <c r="D726" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E726" t="s">
-        <v>2381</v>
+        <v>2363</v>
       </c>
       <c r="F726" t="s">
-        <v>2401</v>
+        <v>2364</v>
+      </c>
+      <c r="G726" t="s">
+        <v>2363</v>
       </c>
       <c r="H726" t="s">
-        <v>1930</v>
+        <v>37</v>
       </c>
       <c r="I726" t="s">
-        <v>15</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="727" spans="1:9">
       <c r="A727" s="1">
         <v>726</v>
       </c>
       <c r="B727" t="s">
-        <v>2402</v>
+        <v>2365</v>
       </c>
       <c r="C727" t="s">
-        <v>2380</v>
+        <v>2366</v>
       </c>
       <c r="D727" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E727" t="s">
-        <v>2381</v>
+        <v>2363</v>
       </c>
       <c r="F727" t="s">
-        <v>2403</v>
+        <v>2367</v>
+      </c>
+      <c r="G727" t="s">
+        <v>2363</v>
       </c>
       <c r="H727" t="s">
-        <v>1930</v>
+        <v>238</v>
       </c>
       <c r="I727" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="728" spans="1:9">
       <c r="A728" s="1">
         <v>727</v>
       </c>
       <c r="B728" t="s">
-        <v>2404</v>
+        <v>2368</v>
       </c>
       <c r="C728" t="s">
-        <v>2405</v>
+        <v>2369</v>
       </c>
       <c r="D728" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E728" t="s">
-        <v>2406</v>
+        <v>2370</v>
       </c>
       <c r="F728" t="s">
-        <v>2407</v>
+        <v>2371</v>
       </c>
       <c r="G728" t="s">
-        <v>2406</v>
+        <v>2370</v>
       </c>
       <c r="H728" t="s">
-        <v>1862</v>
+        <v>37</v>
       </c>
       <c r="I728" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="729" spans="1:9">
       <c r="A729" s="1">
         <v>728</v>
       </c>
       <c r="B729" t="s">
-        <v>2408</v>
+        <v>2372</v>
       </c>
       <c r="C729" t="s">
-        <v>2409</v>
+        <v>2373</v>
       </c>
       <c r="D729" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E729" t="s">
-        <v>2410</v>
+        <v>2370</v>
       </c>
       <c r="F729" t="s">
-        <v>2411</v>
+        <v>2374</v>
       </c>
       <c r="G729" t="s">
-        <v>2410</v>
+        <v>2370</v>
       </c>
       <c r="H729" t="s">
-        <v>2412</v>
+        <v>37</v>
       </c>
       <c r="I729" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="730" spans="1:9">
       <c r="A730" s="1">
         <v>729</v>
       </c>
       <c r="B730" t="s">
-        <v>2413</v>
+        <v>2375</v>
       </c>
       <c r="C730" t="s">
-        <v>2414</v>
+        <v>2376</v>
       </c>
       <c r="D730" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E730" t="s">
-        <v>2410</v>
+        <v>2370</v>
       </c>
       <c r="F730" t="s">
-        <v>2415</v>
+        <v>2377</v>
       </c>
       <c r="G730" t="s">
-        <v>2410</v>
+        <v>2370</v>
       </c>
       <c r="H730" t="s">
-        <v>1862</v>
+        <v>1638</v>
       </c>
       <c r="I730" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="731" spans="1:9">
       <c r="A731" s="1">
         <v>730</v>
       </c>
       <c r="B731" t="s">
-        <v>2416</v>
+        <v>2378</v>
       </c>
       <c r="C731" t="s">
-        <v>2417</v>
+        <v>2379</v>
       </c>
       <c r="D731" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E731" t="s">
-        <v>2410</v>
+        <v>2370</v>
       </c>
       <c r="F731" t="s">
-        <v>2418</v>
+        <v>2380</v>
       </c>
       <c r="G731" t="s">
-        <v>2410</v>
+        <v>2381</v>
       </c>
       <c r="H731" t="s">
-        <v>1862</v>
+        <v>37</v>
       </c>
       <c r="I731" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="732" spans="1:9">
       <c r="A732" s="1">
         <v>731</v>
       </c>
       <c r="B732" t="s">
-        <v>2419</v>
+        <v>2382</v>
       </c>
       <c r="C732" t="s">
-        <v>2420</v>
+        <v>2383</v>
       </c>
       <c r="D732" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E732" t="s">
-        <v>2410</v>
+        <v>2370</v>
       </c>
       <c r="F732" t="s">
-        <v>2421</v>
+        <v>2384</v>
+      </c>
+      <c r="G732" t="s">
+        <v>2370</v>
       </c>
       <c r="H732" t="s">
-        <v>1877</v>
+        <v>454</v>
       </c>
       <c r="I732" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="733" spans="1:9">
       <c r="A733" s="1">
         <v>732</v>
       </c>
       <c r="B733" t="s">
-        <v>2422</v>
+        <v>2385</v>
       </c>
       <c r="C733" t="s">
-        <v>2423</v>
+        <v>2386</v>
       </c>
       <c r="D733" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E733" t="s">
-        <v>2410</v>
+        <v>2370</v>
       </c>
       <c r="F733" t="s">
-        <v>2424</v>
+        <v>2387</v>
       </c>
       <c r="G733" t="s">
-        <v>2410</v>
+        <v>2370</v>
       </c>
       <c r="H733" t="s">
-        <v>1862</v>
+        <v>454</v>
       </c>
       <c r="I733" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="734" spans="1:9">
       <c r="A734" s="1">
         <v>733</v>
       </c>
       <c r="B734" t="s">
-        <v>2425</v>
+        <v>2388</v>
       </c>
       <c r="C734" t="s">
-        <v>2426</v>
+        <v>2389</v>
       </c>
       <c r="D734" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E734" t="s">
-        <v>2427</v>
+        <v>2370</v>
       </c>
       <c r="F734" t="s">
-        <v>2428</v>
+        <v>2390</v>
+      </c>
+      <c r="G734" t="s">
+        <v>2370</v>
       </c>
       <c r="H734" t="s">
-        <v>1873</v>
+        <v>37</v>
       </c>
       <c r="I734" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="735" spans="1:9">
       <c r="A735" s="1">
         <v>734</v>
       </c>
       <c r="B735" t="s">
-        <v>2429</v>
+        <v>2391</v>
       </c>
       <c r="C735" t="s">
-        <v>2430</v>
+        <v>2392</v>
       </c>
       <c r="D735" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E735" t="s">
-        <v>2427</v>
+        <v>2370</v>
       </c>
       <c r="F735" t="s">
-        <v>2431</v>
+        <v>2393</v>
+      </c>
+      <c r="G735" t="s">
+        <v>2370</v>
       </c>
       <c r="H735" t="s">
-        <v>1873</v>
+        <v>37</v>
       </c>
       <c r="I735" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="736" spans="1:9">
       <c r="A736" s="1">
         <v>735</v>
       </c>
       <c r="B736" t="s">
-        <v>2432</v>
+        <v>2394</v>
       </c>
       <c r="C736" t="s">
-        <v>2433</v>
+        <v>2395</v>
       </c>
       <c r="D736" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E736" t="s">
-        <v>2427</v>
+        <v>2370</v>
       </c>
       <c r="F736" t="s">
-        <v>2434</v>
+        <v>2396</v>
+      </c>
+      <c r="G736" t="s">
+        <v>2370</v>
       </c>
       <c r="H736" t="s">
-        <v>1873</v>
+        <v>454</v>
       </c>
       <c r="I736" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="737" spans="1:9">
       <c r="A737" s="1">
         <v>736</v>
       </c>
       <c r="B737" t="s">
-        <v>2435</v>
+        <v>2397</v>
       </c>
       <c r="C737" t="s">
-        <v>2436</v>
+        <v>2398</v>
       </c>
       <c r="D737" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E737" t="s">
-        <v>2427</v>
+        <v>2370</v>
       </c>
       <c r="F737" t="s">
-        <v>2437</v>
+        <v>2399</v>
+      </c>
+      <c r="G737" t="s">
+        <v>2370</v>
       </c>
       <c r="H737" t="s">
-        <v>1873</v>
+        <v>37</v>
       </c>
       <c r="I737" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="738" spans="1:9">
       <c r="A738" s="1">
         <v>737</v>
       </c>
       <c r="B738" t="s">
-        <v>2438</v>
+        <v>2400</v>
       </c>
       <c r="C738" t="s">
-        <v>2439</v>
+        <v>2401</v>
       </c>
       <c r="D738" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E738" t="s">
-        <v>2427</v>
+        <v>2370</v>
       </c>
       <c r="F738" t="s">
-        <v>2440</v>
+        <v>2402</v>
+      </c>
+      <c r="G738" t="s">
+        <v>2370</v>
       </c>
       <c r="H738" t="s">
-        <v>1873</v>
+        <v>20</v>
       </c>
       <c r="I738" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="739" spans="1:9">
       <c r="A739" s="1">
         <v>738</v>
       </c>
       <c r="B739" t="s">
-        <v>2441</v>
+        <v>2403</v>
       </c>
       <c r="C739" t="s">
-        <v>2442</v>
+        <v>2404</v>
       </c>
       <c r="D739" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E739" t="s">
-        <v>2443</v>
+        <v>2370</v>
       </c>
       <c r="F739" t="s">
-        <v>2444</v>
+        <v>2405</v>
+      </c>
+      <c r="G739" t="s">
+        <v>2370</v>
       </c>
       <c r="H739" t="s">
-        <v>1935</v>
+        <v>267</v>
       </c>
       <c r="I739" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="740" spans="1:9">
       <c r="A740" s="1">
         <v>739</v>
       </c>
       <c r="B740" t="s">
-        <v>2445</v>
+        <v>2406</v>
       </c>
       <c r="C740" t="s">
-        <v>2446</v>
+        <v>2407</v>
       </c>
       <c r="D740" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E740" t="s">
-        <v>2443</v>
+        <v>2370</v>
       </c>
       <c r="F740" t="s">
-        <v>2447</v>
+        <v>2408</v>
+      </c>
+      <c r="G740" t="s">
+        <v>2370</v>
       </c>
       <c r="H740" t="s">
-        <v>1935</v>
+        <v>37</v>
       </c>
       <c r="I740" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="741" spans="1:9">
       <c r="A741" s="1">
         <v>740</v>
       </c>
       <c r="B741" t="s">
-        <v>2448</v>
+        <v>2409</v>
       </c>
       <c r="C741" t="s">
-        <v>2449</v>
+        <v>2410</v>
       </c>
       <c r="D741" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E741" t="s">
-        <v>2450</v>
+        <v>2370</v>
       </c>
       <c r="F741" t="s">
-        <v>2451</v>
+        <v>2411</v>
       </c>
       <c r="G741" t="s">
-        <v>2450</v>
+        <v>2370</v>
       </c>
       <c r="H741" t="s">
-        <v>2452</v>
+        <v>454</v>
       </c>
       <c r="I741" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="742" spans="1:9">
       <c r="A742" s="1">
         <v>741</v>
       </c>
       <c r="B742" t="s">
-        <v>2453</v>
+        <v>2412</v>
       </c>
       <c r="C742" t="s">
-        <v>2454</v>
+        <v>2413</v>
       </c>
       <c r="D742" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E742" t="s">
-        <v>2450</v>
+        <v>2370</v>
       </c>
       <c r="F742" t="s">
-        <v>2455</v>
+        <v>2414</v>
       </c>
       <c r="G742" t="s">
-        <v>2450</v>
+        <v>2370</v>
       </c>
       <c r="H742" t="s">
-        <v>2412</v>
+        <v>1638</v>
       </c>
       <c r="I742" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="743" spans="1:9">
       <c r="A743" s="1">
         <v>742</v>
       </c>
       <c r="B743" t="s">
-        <v>2456</v>
+        <v>2415</v>
       </c>
       <c r="C743" t="s">
-        <v>2457</v>
+        <v>2416</v>
       </c>
       <c r="D743" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E743" t="s">
-        <v>2458</v>
+        <v>2417</v>
       </c>
       <c r="F743" t="s">
-        <v>2459</v>
+        <v>2418</v>
       </c>
       <c r="G743" t="s">
-        <v>2458</v>
+        <v>2417</v>
       </c>
       <c r="H743" t="s">
-        <v>1862</v>
+        <v>126</v>
       </c>
       <c r="I743" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="744" spans="1:9">
       <c r="A744" s="1">
         <v>743</v>
       </c>
       <c r="B744" t="s">
-        <v>2460</v>
+        <v>2419</v>
       </c>
       <c r="C744" t="s">
-        <v>2461</v>
+        <v>2420</v>
       </c>
       <c r="D744" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E744" t="s">
-        <v>2458</v>
+        <v>2417</v>
       </c>
       <c r="F744" t="s">
-        <v>2462</v>
+        <v>2421</v>
       </c>
       <c r="G744" t="s">
-        <v>2458</v>
+        <v>2417</v>
       </c>
       <c r="H744" t="s">
-        <v>1862</v>
+        <v>126</v>
       </c>
       <c r="I744" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="745" spans="1:9">
       <c r="A745" s="1">
         <v>744</v>
       </c>
       <c r="B745" t="s">
-        <v>2463</v>
+        <v>2422</v>
       </c>
       <c r="C745" t="s">
-        <v>2464</v>
+        <v>2423</v>
       </c>
       <c r="D745" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E745" t="s">
-        <v>2458</v>
+        <v>2424</v>
       </c>
       <c r="F745" t="s">
-        <v>2465</v>
+        <v>2425</v>
       </c>
       <c r="G745" t="s">
-        <v>2458</v>
+        <v>2424</v>
       </c>
       <c r="H745" t="s">
-        <v>1995</v>
+        <v>51</v>
       </c>
       <c r="I745" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="746" spans="1:9">
       <c r="A746" s="1">
         <v>745</v>
       </c>
       <c r="B746" t="s">
-        <v>2466</v>
+        <v>2426</v>
       </c>
       <c r="C746" t="s">
-        <v>2467</v>
+        <v>2427</v>
       </c>
       <c r="D746" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E746" t="s">
-        <v>2458</v>
+        <v>2424</v>
       </c>
       <c r="F746" t="s">
-        <v>2468</v>
+        <v>2428</v>
+      </c>
+      <c r="G746" t="s">
+        <v>2424</v>
       </c>
       <c r="H746" t="s">
-        <v>1995</v>
+        <v>126</v>
       </c>
       <c r="I746" t="s">
-        <v>1017</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="747" spans="1:9">
       <c r="A747" s="1">
         <v>746</v>
       </c>
       <c r="B747" t="s">
-        <v>2469</v>
+        <v>2429</v>
       </c>
       <c r="C747" t="s">
-        <v>2470</v>
+        <v>2430</v>
       </c>
       <c r="D747" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E747" t="s">
-        <v>2471</v>
+        <v>2424</v>
       </c>
       <c r="F747" t="s">
-        <v>2472</v>
+        <v>2431</v>
+      </c>
+      <c r="G747" t="s">
+        <v>2424</v>
       </c>
       <c r="H747" t="s">
-        <v>1877</v>
+        <v>51</v>
       </c>
       <c r="I747" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="748" spans="1:9">
       <c r="A748" s="1">
         <v>747</v>
       </c>
       <c r="B748" t="s">
-        <v>2473</v>
+        <v>2432</v>
       </c>
       <c r="C748" t="s">
-        <v>2474</v>
+        <v>2433</v>
       </c>
       <c r="D748" t="s">
-        <v>1870</v>
+        <v>11</v>
       </c>
       <c r="E748" t="s">
-        <v>2475</v>
+        <v>2424</v>
       </c>
       <c r="F748" t="s">
-        <v>2476</v>
+        <v>2434</v>
+      </c>
+      <c r="G748" t="s">
+        <v>2424</v>
       </c>
       <c r="H748" t="s">
-        <v>1877</v>
+        <v>126</v>
       </c>
       <c r="I748" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="749" spans="1:9">
       <c r="A749" s="1">
         <v>748</v>
       </c>
       <c r="B749" t="s">
-        <v>2477</v>
+        <v>2435</v>
       </c>
       <c r="C749" t="s">
-        <v>2478</v>
+        <v>2436</v>
       </c>
       <c r="D749" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E749" t="s">
-        <v>2479</v>
+        <v>2424</v>
       </c>
       <c r="F749" t="s">
-        <v>2480</v>
+        <v>2437</v>
       </c>
       <c r="G749" t="s">
-        <v>2479</v>
+        <v>2424</v>
       </c>
       <c r="H749" t="s">
-        <v>1862</v>
+        <v>238</v>
       </c>
       <c r="I749" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="750" spans="1:9">
       <c r="A750" s="1">
         <v>749</v>
       </c>
       <c r="B750" t="s">
-        <v>2481</v>
+        <v>2438</v>
       </c>
       <c r="C750" t="s">
-        <v>2482</v>
+        <v>2439</v>
       </c>
       <c r="D750" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E750" t="s">
-        <v>2479</v>
+        <v>2440</v>
       </c>
       <c r="F750" t="s">
-        <v>2483</v>
+        <v>2441</v>
       </c>
       <c r="G750" t="s">
-        <v>2479</v>
+        <v>2440</v>
       </c>
       <c r="H750" t="s">
-        <v>1995</v>
+        <v>1638</v>
       </c>
       <c r="I750" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="751" spans="1:9">
       <c r="A751" s="1">
         <v>750</v>
       </c>
       <c r="B751" t="s">
-        <v>2484</v>
+        <v>2442</v>
       </c>
       <c r="C751" t="s">
-        <v>2485</v>
+        <v>2443</v>
       </c>
       <c r="D751" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E751" t="s">
-        <v>2486</v>
+        <v>2440</v>
       </c>
       <c r="F751" t="s">
-        <v>2487</v>
+        <v>2444</v>
       </c>
       <c r="G751" t="s">
-        <v>2486</v>
+        <v>2440</v>
       </c>
       <c r="H751" t="s">
-        <v>2412</v>
+        <v>1638</v>
       </c>
       <c r="I751" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="752" spans="1:9">
       <c r="A752" s="1">
         <v>751</v>
       </c>
       <c r="B752" t="s">
-        <v>2488</v>
+        <v>2445</v>
       </c>
       <c r="C752" t="s">
-        <v>2489</v>
+        <v>2446</v>
       </c>
       <c r="D752" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E752" t="s">
-        <v>2490</v>
+        <v>2440</v>
       </c>
       <c r="F752" t="s">
-        <v>2491</v>
+        <v>2447</v>
       </c>
       <c r="G752" t="s">
-        <v>2490</v>
+        <v>2440</v>
       </c>
       <c r="H752" t="s">
-        <v>1862</v>
+        <v>1638</v>
       </c>
       <c r="I752" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="753" spans="1:9">
       <c r="A753" s="1">
         <v>752</v>
       </c>
       <c r="B753" t="s">
-        <v>2492</v>
+        <v>2448</v>
       </c>
       <c r="C753" t="s">
-        <v>2493</v>
+        <v>2449</v>
       </c>
       <c r="D753" t="s">
-        <v>1909</v>
+        <v>11</v>
       </c>
       <c r="E753" t="s">
-        <v>2494</v>
+        <v>2440</v>
       </c>
       <c r="F753" t="s">
-        <v>2495</v>
+        <v>2450</v>
+      </c>
+      <c r="G753" t="s">
+        <v>2440</v>
       </c>
       <c r="H753" t="s">
-        <v>1912</v>
+        <v>398</v>
       </c>
       <c r="I753" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="754" spans="1:9">
       <c r="A754" s="1">
         <v>753</v>
       </c>
       <c r="B754" t="s">
-        <v>2496</v>
+        <v>2451</v>
       </c>
       <c r="C754" t="s">
-        <v>2497</v>
+        <v>2452</v>
       </c>
       <c r="D754" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E754" t="s">
-        <v>2498</v>
+        <v>2440</v>
       </c>
       <c r="F754" t="s">
-        <v>2499</v>
+        <v>2453</v>
       </c>
       <c r="G754" t="s">
-        <v>2498</v>
+        <v>2440</v>
       </c>
       <c r="H754" t="s">
-        <v>2500</v>
+        <v>267</v>
       </c>
       <c r="I754" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="755" spans="1:9">
       <c r="A755" s="1">
         <v>754</v>
       </c>
       <c r="B755" t="s">
-        <v>2501</v>
+        <v>2454</v>
       </c>
       <c r="C755" t="s">
-        <v>2502</v>
+        <v>2455</v>
       </c>
       <c r="D755" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E755" t="s">
-        <v>2498</v>
+        <v>2440</v>
       </c>
       <c r="F755" t="s">
-        <v>2503</v>
+        <v>2456</v>
       </c>
       <c r="G755" t="s">
-        <v>2498</v>
+        <v>2440</v>
       </c>
       <c r="H755" t="s">
-        <v>1862</v>
+        <v>1638</v>
       </c>
       <c r="I755" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="756" spans="1:9">
       <c r="A756" s="1">
         <v>755</v>
       </c>
       <c r="B756" t="s">
-        <v>2504</v>
+        <v>2457</v>
       </c>
       <c r="C756" t="s">
-        <v>2505</v>
+        <v>2458</v>
       </c>
       <c r="D756" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E756" t="s">
-        <v>2498</v>
+        <v>2440</v>
       </c>
       <c r="F756" t="s">
-        <v>2506</v>
+        <v>2459</v>
       </c>
       <c r="G756" t="s">
-        <v>2498</v>
+        <v>2440</v>
       </c>
       <c r="H756" t="s">
-        <v>1862</v>
+        <v>267</v>
       </c>
       <c r="I756" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="757" spans="1:9">
       <c r="A757" s="1">
         <v>756</v>
       </c>
       <c r="B757" t="s">
-        <v>2507</v>
+        <v>2460</v>
       </c>
       <c r="C757" t="s">
-        <v>2497</v>
+        <v>2461</v>
       </c>
       <c r="D757" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E757" t="s">
-        <v>2498</v>
+        <v>2440</v>
       </c>
       <c r="F757" t="s">
-        <v>2508</v>
+        <v>2462</v>
       </c>
       <c r="G757" t="s">
-        <v>2498</v>
+        <v>2440</v>
       </c>
       <c r="H757" t="s">
-        <v>2500</v>
+        <v>1638</v>
       </c>
       <c r="I757" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="758" spans="1:9">
       <c r="A758" s="1">
         <v>757</v>
       </c>
       <c r="B758" t="s">
-        <v>2509</v>
+        <v>2463</v>
       </c>
       <c r="C758" t="s">
-        <v>2510</v>
+        <v>2464</v>
       </c>
       <c r="D758" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E758" t="s">
-        <v>2511</v>
+        <v>2440</v>
       </c>
       <c r="F758" t="s">
-        <v>2512</v>
+        <v>2465</v>
+      </c>
+      <c r="G758" t="s">
+        <v>2440</v>
       </c>
       <c r="H758" t="s">
-        <v>1862</v>
+        <v>126</v>
       </c>
       <c r="I758" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="759" spans="1:9">
       <c r="A759" s="1">
         <v>758</v>
       </c>
       <c r="B759" t="s">
-        <v>2513</v>
+        <v>2466</v>
       </c>
       <c r="C759" t="s">
-        <v>2514</v>
+        <v>2467</v>
       </c>
       <c r="D759" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E759" t="s">
-        <v>2515</v>
+        <v>2440</v>
       </c>
       <c r="F759" t="s">
-        <v>2516</v>
+        <v>2468</v>
+      </c>
+      <c r="G759" t="s">
+        <v>2440</v>
       </c>
       <c r="H759" t="s">
-        <v>1995</v>
+        <v>1638</v>
       </c>
       <c r="I759" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="760" spans="1:9">
       <c r="A760" s="1">
         <v>759</v>
       </c>
       <c r="B760" t="s">
-        <v>2517</v>
+        <v>2469</v>
       </c>
       <c r="C760" t="s">
-        <v>2518</v>
+        <v>2470</v>
       </c>
       <c r="D760" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E760" t="s">
-        <v>2515</v>
+        <v>2440</v>
       </c>
       <c r="F760" t="s">
-        <v>2519</v>
+        <v>2471</v>
       </c>
       <c r="G760" t="s">
-        <v>2515</v>
+        <v>2440</v>
       </c>
       <c r="H760" t="s">
-        <v>1995</v>
+        <v>1638</v>
       </c>
       <c r="I760" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="761" spans="1:9">
       <c r="A761" s="1">
         <v>760</v>
       </c>
       <c r="B761" t="s">
-        <v>2520</v>
+        <v>2472</v>
       </c>
       <c r="C761" t="s">
-        <v>2521</v>
+        <v>2473</v>
       </c>
       <c r="D761" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E761" t="s">
-        <v>2522</v>
+        <v>2440</v>
       </c>
       <c r="F761" t="s">
-        <v>2523</v>
+        <v>2474</v>
       </c>
       <c r="G761" t="s">
-        <v>2522</v>
+        <v>2440</v>
       </c>
       <c r="H761" t="s">
-        <v>2412</v>
+        <v>1638</v>
       </c>
       <c r="I761" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="762" spans="1:9">
       <c r="A762" s="1">
         <v>761</v>
       </c>
       <c r="B762" t="s">
-        <v>2524</v>
+        <v>2475</v>
       </c>
       <c r="C762" t="s">
-        <v>2525</v>
+        <v>2476</v>
       </c>
       <c r="D762" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E762" t="s">
-        <v>2526</v>
+        <v>2440</v>
       </c>
       <c r="F762" t="s">
-        <v>2527</v>
+        <v>2477</v>
       </c>
       <c r="G762" t="s">
-        <v>2526</v>
+        <v>2440</v>
       </c>
       <c r="H762" t="s">
-        <v>1862</v>
+        <v>1638</v>
       </c>
       <c r="I762" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="763" spans="1:9">
       <c r="A763" s="1">
         <v>762</v>
       </c>
       <c r="B763" t="s">
-        <v>2528</v>
+        <v>2478</v>
       </c>
       <c r="C763" t="s">
-        <v>2529</v>
+        <v>2479</v>
       </c>
       <c r="D763" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E763" t="s">
-        <v>2530</v>
+        <v>2440</v>
       </c>
       <c r="F763" t="s">
-        <v>2531</v>
+        <v>2480</v>
+      </c>
+      <c r="G763" t="s">
+        <v>2440</v>
       </c>
       <c r="H763" t="s">
-        <v>2500</v>
+        <v>1638</v>
       </c>
       <c r="I763" t="s">
-        <v>1017</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="764" spans="1:9">
       <c r="A764" s="1">
         <v>763</v>
       </c>
       <c r="B764" t="s">
-        <v>2532</v>
+        <v>2481</v>
       </c>
       <c r="C764" t="s">
-        <v>2529</v>
+        <v>2482</v>
       </c>
       <c r="D764" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E764" t="s">
-        <v>2530</v>
+        <v>2440</v>
       </c>
       <c r="F764" t="s">
-        <v>2533</v>
+        <v>2483</v>
+      </c>
+      <c r="G764" t="s">
+        <v>2440</v>
       </c>
       <c r="H764" t="s">
-        <v>2500</v>
+        <v>1638</v>
       </c>
       <c r="I764" t="s">
-        <v>1017</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="765" spans="1:9">
       <c r="A765" s="1">
         <v>764</v>
       </c>
       <c r="B765" t="s">
-        <v>2534</v>
+        <v>2484</v>
       </c>
       <c r="C765" t="s">
-        <v>2535</v>
+        <v>2485</v>
       </c>
       <c r="D765" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E765" t="s">
-        <v>2536</v>
+        <v>2440</v>
       </c>
       <c r="F765" t="s">
-        <v>2537</v>
+        <v>2486</v>
+      </c>
+      <c r="G765" t="s">
+        <v>2440</v>
       </c>
       <c r="H765" t="s">
-        <v>1862</v>
+        <v>1638</v>
       </c>
       <c r="I765" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="766" spans="1:9">
       <c r="A766" s="1">
         <v>765</v>
       </c>
       <c r="B766" t="s">
-        <v>2538</v>
+        <v>2487</v>
       </c>
       <c r="C766" t="s">
-        <v>2539</v>
+        <v>2488</v>
       </c>
       <c r="D766" t="s">
-        <v>1859</v>
+        <v>11</v>
       </c>
       <c r="E766" t="s">
-        <v>2540</v>
+        <v>2440</v>
       </c>
       <c r="F766" t="s">
-        <v>2541</v>
+        <v>2489</v>
+      </c>
+      <c r="G766" t="s">
+        <v>2440</v>
       </c>
       <c r="H766" t="s">
-        <v>2542</v>
+        <v>1638</v>
       </c>
       <c r="I766" t="s">
-        <v>15</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="767" spans="1:9">
       <c r="A767" s="1">
         <v>766</v>
       </c>
       <c r="B767" t="s">
+        <v>2490</v>
+      </c>
+      <c r="C767" t="s">
+        <v>2491</v>
+      </c>
+      <c r="D767" t="s">
+        <v>11</v>
+      </c>
+      <c r="E767" t="s">
+        <v>2440</v>
+      </c>
+      <c r="F767" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G767" t="s">
+        <v>2440</v>
+      </c>
+      <c r="H767" t="s">
+        <v>1638</v>
+      </c>
+      <c r="I767" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="768" spans="1:9">
+      <c r="A768" s="1">
+        <v>767</v>
+      </c>
+      <c r="B768" t="s">
+        <v>2493</v>
+      </c>
+      <c r="C768" t="s">
+        <v>2494</v>
+      </c>
+      <c r="D768" t="s">
+        <v>11</v>
+      </c>
+      <c r="E768" t="s">
+        <v>2440</v>
+      </c>
+      <c r="F768" t="s">
+        <v>2495</v>
+      </c>
+      <c r="G768" t="s">
+        <v>2440</v>
+      </c>
+      <c r="H768" t="s">
+        <v>1638</v>
+      </c>
+      <c r="I768" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="769" spans="1:9">
+      <c r="A769" s="1">
+        <v>768</v>
+      </c>
+      <c r="B769" t="s">
+        <v>2496</v>
+      </c>
+      <c r="C769" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2499</v>
+      </c>
+      <c r="F769" t="s">
+        <v>2500</v>
+      </c>
+      <c r="G769" t="s">
+        <v>2499</v>
+      </c>
+      <c r="H769" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I769" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="770" spans="1:9">
+      <c r="A770" s="1">
+        <v>769</v>
+      </c>
+      <c r="B770" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C770" t="s">
+        <v>2503</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E770" t="s">
+        <v>2499</v>
+      </c>
+      <c r="F770" t="s">
+        <v>2504</v>
+      </c>
+      <c r="G770" t="s">
+        <v>2499</v>
+      </c>
+      <c r="H770" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I770" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="771" spans="1:9">
+      <c r="A771" s="1">
+        <v>770</v>
+      </c>
+      <c r="B771" t="s">
+        <v>2505</v>
+      </c>
+      <c r="C771" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E771" t="s">
+        <v>2499</v>
+      </c>
+      <c r="F771" t="s">
+        <v>2506</v>
+      </c>
+      <c r="G771" t="s">
+        <v>2499</v>
+      </c>
+      <c r="H771" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I771" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="772" spans="1:9">
+      <c r="A772" s="1">
+        <v>771</v>
+      </c>
+      <c r="B772" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C772" t="s">
+        <v>2508</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F772" t="s">
+        <v>2511</v>
+      </c>
+      <c r="H772" t="s">
+        <v>2512</v>
+      </c>
+      <c r="I772" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="773" spans="1:9">
+      <c r="A773" s="1">
+        <v>772</v>
+      </c>
+      <c r="B773" t="s">
+        <v>2513</v>
+      </c>
+      <c r="C773" t="s">
+        <v>2514</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E773" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F773" t="s">
+        <v>2515</v>
+      </c>
+      <c r="H773" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I773" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="774" spans="1:9">
+      <c r="A774" s="1">
+        <v>773</v>
+      </c>
+      <c r="B774" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C774" t="s">
+        <v>2518</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E774" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F774" t="s">
+        <v>2519</v>
+      </c>
+      <c r="H774" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I774" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="775" spans="1:9">
+      <c r="A775" s="1">
+        <v>774</v>
+      </c>
+      <c r="B775" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C775" t="s">
+        <v>2521</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E775" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F775" t="s">
+        <v>2522</v>
+      </c>
+      <c r="H775" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I775" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="776" spans="1:9">
+      <c r="A776" s="1">
+        <v>775</v>
+      </c>
+      <c r="B776" t="s">
+        <v>2524</v>
+      </c>
+      <c r="C776" t="s">
+        <v>2525</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E776" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F776" t="s">
+        <v>2526</v>
+      </c>
+      <c r="H776" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I776" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="777" spans="1:9">
+      <c r="A777" s="1">
+        <v>776</v>
+      </c>
+      <c r="B777" t="s">
+        <v>2527</v>
+      </c>
+      <c r="C777" t="s">
+        <v>2528</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E777" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F777" t="s">
+        <v>2529</v>
+      </c>
+      <c r="H777" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I777" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="778" spans="1:9">
+      <c r="A778" s="1">
+        <v>777</v>
+      </c>
+      <c r="B778" t="s">
+        <v>2530</v>
+      </c>
+      <c r="C778" t="s">
+        <v>2531</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E778" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F778" t="s">
+        <v>2532</v>
+      </c>
+      <c r="H778" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I778" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="779" spans="1:9">
+      <c r="A779" s="1">
+        <v>778</v>
+      </c>
+      <c r="B779" t="s">
+        <v>2533</v>
+      </c>
+      <c r="C779" t="s">
+        <v>2534</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E779" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F779" t="s">
+        <v>2535</v>
+      </c>
+      <c r="H779" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I779" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="780" spans="1:9">
+      <c r="A780" s="1">
+        <v>779</v>
+      </c>
+      <c r="B780" t="s">
+        <v>2536</v>
+      </c>
+      <c r="C780" t="s">
+        <v>2537</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E780" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F780" t="s">
+        <v>2538</v>
+      </c>
+      <c r="H780" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I780" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="781" spans="1:9">
+      <c r="A781" s="1">
+        <v>780</v>
+      </c>
+      <c r="B781" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C781" t="s">
+        <v>2540</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E781" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F781" t="s">
+        <v>2541</v>
+      </c>
+      <c r="H781" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I781" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="782" spans="1:9">
+      <c r="A782" s="1">
+        <v>781</v>
+      </c>
+      <c r="B782" t="s">
+        <v>2542</v>
+      </c>
+      <c r="C782" t="s">
         <v>2543</v>
       </c>
-      <c r="C767" t="s">
+      <c r="D782" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E782" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F782" t="s">
         <v>2544</v>
       </c>
-      <c r="D767" t="s">
-[...2 lines deleted...]
-      <c r="E767" t="s">
+      <c r="H782" t="s">
+        <v>2545</v>
+      </c>
+      <c r="I782" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="783" spans="1:9">
+      <c r="A783" s="1">
+        <v>782</v>
+      </c>
+      <c r="B783" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C783" t="s">
+        <v>2547</v>
+      </c>
+      <c r="D783" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E783" t="s">
+        <v>2549</v>
+      </c>
+      <c r="F783" t="s">
+        <v>2550</v>
+      </c>
+      <c r="H783" t="s">
+        <v>2551</v>
+      </c>
+      <c r="I783" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="784" spans="1:9">
+      <c r="A784" s="1">
+        <v>783</v>
+      </c>
+      <c r="B784" t="s">
+        <v>2552</v>
+      </c>
+      <c r="C784" t="s">
+        <v>2553</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E784" t="s">
+        <v>2549</v>
+      </c>
+      <c r="F784" t="s">
+        <v>2554</v>
+      </c>
+      <c r="H784" t="s">
+        <v>2555</v>
+      </c>
+      <c r="I784" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="785" spans="1:9">
+      <c r="A785" s="1">
+        <v>784</v>
+      </c>
+      <c r="B785" t="s">
+        <v>2556</v>
+      </c>
+      <c r="C785" t="s">
+        <v>2557</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E785" t="s">
+        <v>2549</v>
+      </c>
+      <c r="F785" t="s">
+        <v>2558</v>
+      </c>
+      <c r="H785" t="s">
+        <v>2559</v>
+      </c>
+      <c r="I785" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="786" spans="1:9">
+      <c r="A786" s="1">
+        <v>785</v>
+      </c>
+      <c r="B786" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C786" t="s">
+        <v>2561</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E786" t="s">
+        <v>2562</v>
+      </c>
+      <c r="F786" t="s">
+        <v>2563</v>
+      </c>
+      <c r="H786" t="s">
+        <v>2564</v>
+      </c>
+      <c r="I786" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="787" spans="1:9">
+      <c r="A787" s="1">
+        <v>786</v>
+      </c>
+      <c r="B787" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C787" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E787" t="s">
+        <v>2567</v>
+      </c>
+      <c r="F787" t="s">
+        <v>2568</v>
+      </c>
+      <c r="G787" t="s">
+        <v>2567</v>
+      </c>
+      <c r="H787" t="s">
+        <v>2569</v>
+      </c>
+      <c r="I787" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="788" spans="1:9">
+      <c r="A788" s="1">
+        <v>787</v>
+      </c>
+      <c r="B788" t="s">
+        <v>2570</v>
+      </c>
+      <c r="C788" t="s">
+        <v>2571</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E788" t="s">
+        <v>2572</v>
+      </c>
+      <c r="F788" t="s">
+        <v>2573</v>
+      </c>
+      <c r="H788" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I788" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="789" spans="1:9">
+      <c r="A789" s="1">
+        <v>788</v>
+      </c>
+      <c r="B789" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C789" t="s">
+        <v>2528</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E789" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F789" t="s">
+        <v>2577</v>
+      </c>
+      <c r="H789" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I789" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="790" spans="1:9">
+      <c r="A790" s="1">
+        <v>789</v>
+      </c>
+      <c r="B790" t="s">
+        <v>2578</v>
+      </c>
+      <c r="C790" t="s">
+        <v>2579</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E790" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F790" t="s">
+        <v>2580</v>
+      </c>
+      <c r="H790" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I790" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="791" spans="1:9">
+      <c r="A791" s="1">
+        <v>790</v>
+      </c>
+      <c r="B791" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C791" t="s">
         <v>2540</v>
       </c>
-      <c r="F767" t="s">
+      <c r="D791" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E791" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F791" t="s">
+        <v>2582</v>
+      </c>
+      <c r="H791" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I791" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="792" spans="1:9">
+      <c r="A792" s="1">
+        <v>791</v>
+      </c>
+      <c r="B792" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C792" t="s">
+        <v>2584</v>
+      </c>
+      <c r="D792" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E792" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F792" t="s">
+        <v>2585</v>
+      </c>
+      <c r="H792" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I792" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="793" spans="1:9">
+      <c r="A793" s="1">
+        <v>792</v>
+      </c>
+      <c r="B793" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C793" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D793" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E793" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F793" t="s">
+        <v>2589</v>
+      </c>
+      <c r="H793" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I793" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="794" spans="1:9">
+      <c r="A794" s="1">
+        <v>793</v>
+      </c>
+      <c r="B794" t="s">
+        <v>2590</v>
+      </c>
+      <c r="C794" t="s">
+        <v>2591</v>
+      </c>
+      <c r="D794" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E794" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F794" t="s">
+        <v>2592</v>
+      </c>
+      <c r="H794" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I794" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="795" spans="1:9">
+      <c r="A795" s="1">
+        <v>794</v>
+      </c>
+      <c r="B795" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C795" t="s">
+        <v>2594</v>
+      </c>
+      <c r="D795" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E795" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F795" t="s">
+        <v>2595</v>
+      </c>
+      <c r="H795" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I795" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="796" spans="1:9">
+      <c r="A796" s="1">
+        <v>795</v>
+      </c>
+      <c r="B796" t="s">
+        <v>2596</v>
+      </c>
+      <c r="C796" t="s">
+        <v>2597</v>
+      </c>
+      <c r="D796" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E796" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F796" t="s">
+        <v>2598</v>
+      </c>
+      <c r="H796" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I796" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="797" spans="1:9">
+      <c r="A797" s="1">
+        <v>796</v>
+      </c>
+      <c r="B797" t="s">
+        <v>2599</v>
+      </c>
+      <c r="C797" t="s">
+        <v>2600</v>
+      </c>
+      <c r="D797" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E797" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F797" t="s">
+        <v>2602</v>
+      </c>
+      <c r="H797" t="s">
+        <v>2603</v>
+      </c>
+      <c r="I797" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="798" spans="1:9">
+      <c r="A798" s="1">
+        <v>797</v>
+      </c>
+      <c r="B798" t="s">
+        <v>2604</v>
+      </c>
+      <c r="C798" t="s">
+        <v>2605</v>
+      </c>
+      <c r="D798" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E798" t="s">
+        <v>2606</v>
+      </c>
+      <c r="F798" t="s">
+        <v>2607</v>
+      </c>
+      <c r="H798" t="s">
+        <v>2603</v>
+      </c>
+      <c r="I798" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="799" spans="1:9">
+      <c r="A799" s="1">
+        <v>798</v>
+      </c>
+      <c r="B799" t="s">
+        <v>2608</v>
+      </c>
+      <c r="C799" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D799" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E799" t="s">
+        <v>2610</v>
+      </c>
+      <c r="F799" t="s">
+        <v>2611</v>
+      </c>
+      <c r="H799" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I799" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="800" spans="1:9">
+      <c r="A800" s="1">
+        <v>799</v>
+      </c>
+      <c r="B800" t="s">
+        <v>2612</v>
+      </c>
+      <c r="C800" t="s">
+        <v>2613</v>
+      </c>
+      <c r="D800" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E800" t="s">
+        <v>2614</v>
+      </c>
+      <c r="F800" t="s">
+        <v>2615</v>
+      </c>
+      <c r="H800" t="s">
+        <v>2616</v>
+      </c>
+      <c r="I800" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="801" spans="1:9">
+      <c r="A801" s="1">
+        <v>800</v>
+      </c>
+      <c r="B801" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C801" t="s">
+        <v>2618</v>
+      </c>
+      <c r="D801" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E801" t="s">
+        <v>2614</v>
+      </c>
+      <c r="F801" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H801" t="s">
+        <v>2616</v>
+      </c>
+      <c r="I801" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="802" spans="1:9">
+      <c r="A802" s="1">
+        <v>801</v>
+      </c>
+      <c r="B802" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C802" t="s">
+        <v>2621</v>
+      </c>
+      <c r="D802" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E802" t="s">
+        <v>2622</v>
+      </c>
+      <c r="F802" t="s">
+        <v>2623</v>
+      </c>
+      <c r="H802" t="s">
+        <v>2624</v>
+      </c>
+      <c r="I802" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="803" spans="1:9">
+      <c r="A803" s="1">
+        <v>802</v>
+      </c>
+      <c r="B803" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C803" t="s">
+        <v>2626</v>
+      </c>
+      <c r="D803" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E803" t="s">
+        <v>2627</v>
+      </c>
+      <c r="F803" t="s">
+        <v>2628</v>
+      </c>
+      <c r="H803" t="s">
+        <v>2629</v>
+      </c>
+      <c r="I803" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="804" spans="1:9">
+      <c r="A804" s="1">
+        <v>803</v>
+      </c>
+      <c r="B804" t="s">
+        <v>2630</v>
+      </c>
+      <c r="C804" t="s">
+        <v>2631</v>
+      </c>
+      <c r="D804" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E804" t="s">
+        <v>2632</v>
+      </c>
+      <c r="F804" t="s">
+        <v>2633</v>
+      </c>
+      <c r="G804" t="s">
+        <v>2632</v>
+      </c>
+      <c r="H804" t="s">
+        <v>2634</v>
+      </c>
+      <c r="I804" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="805" spans="1:9">
+      <c r="A805" s="1">
+        <v>804</v>
+      </c>
+      <c r="B805" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C805" t="s">
+        <v>2636</v>
+      </c>
+      <c r="D805" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E805" t="s">
+        <v>2632</v>
+      </c>
+      <c r="F805" t="s">
+        <v>2637</v>
+      </c>
+      <c r="G805" t="s">
+        <v>2632</v>
+      </c>
+      <c r="H805" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I805" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="806" spans="1:9">
+      <c r="A806" s="1">
+        <v>805</v>
+      </c>
+      <c r="B806" t="s">
+        <v>2639</v>
+      </c>
+      <c r="C806" t="s">
+        <v>2640</v>
+      </c>
+      <c r="D806" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E806" t="s">
+        <v>2641</v>
+      </c>
+      <c r="F806" t="s">
+        <v>2642</v>
+      </c>
+      <c r="H806" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I806" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="807" spans="1:9">
+      <c r="A807" s="1">
+        <v>806</v>
+      </c>
+      <c r="B807" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C807" t="s">
+        <v>2644</v>
+      </c>
+      <c r="D807" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E807" t="s">
+        <v>2641</v>
+      </c>
+      <c r="F807" t="s">
+        <v>2645</v>
+      </c>
+      <c r="H807" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I807" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="808" spans="1:9">
+      <c r="A808" s="1">
+        <v>807</v>
+      </c>
+      <c r="B808" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C808" t="s">
+        <v>2647</v>
+      </c>
+      <c r="D808" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E808" t="s">
+        <v>2641</v>
+      </c>
+      <c r="F808" t="s">
+        <v>2648</v>
+      </c>
+      <c r="H808" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I808" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="809" spans="1:9">
+      <c r="A809" s="1">
+        <v>808</v>
+      </c>
+      <c r="B809" t="s">
+        <v>2649</v>
+      </c>
+      <c r="C809" t="s">
+        <v>2650</v>
+      </c>
+      <c r="D809" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E809" t="s">
+        <v>2641</v>
+      </c>
+      <c r="F809" t="s">
+        <v>2651</v>
+      </c>
+      <c r="H809" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I809" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="810" spans="1:9">
+      <c r="A810" s="1">
+        <v>809</v>
+      </c>
+      <c r="B810" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C810" t="s">
+        <v>2653</v>
+      </c>
+      <c r="D810" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E810" t="s">
+        <v>2641</v>
+      </c>
+      <c r="F810" t="s">
+        <v>2654</v>
+      </c>
+      <c r="H810" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I810" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="811" spans="1:9">
+      <c r="A811" s="1">
+        <v>810</v>
+      </c>
+      <c r="B811" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C811" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D811" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E811" t="s">
+        <v>2657</v>
+      </c>
+      <c r="F811" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H811" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I811" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="812" spans="1:9">
+      <c r="A812" s="1">
+        <v>811</v>
+      </c>
+      <c r="B812" t="s">
+        <v>2659</v>
+      </c>
+      <c r="C812" t="s">
+        <v>2660</v>
+      </c>
+      <c r="D812" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E812" t="s">
+        <v>2657</v>
+      </c>
+      <c r="F812" t="s">
+        <v>2661</v>
+      </c>
+      <c r="H812" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I812" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="813" spans="1:9">
+      <c r="A813" s="1">
+        <v>812</v>
+      </c>
+      <c r="B813" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C813" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D813" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E813" t="s">
+        <v>2657</v>
+      </c>
+      <c r="F813" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H813" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I813" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="814" spans="1:9">
+      <c r="A814" s="1">
+        <v>813</v>
+      </c>
+      <c r="B814" t="s">
+        <v>2665</v>
+      </c>
+      <c r="C814" t="s">
+        <v>2666</v>
+      </c>
+      <c r="D814" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E814" t="s">
+        <v>2667</v>
+      </c>
+      <c r="F814" t="s">
+        <v>2668</v>
+      </c>
+      <c r="H814" t="s">
         <v>2545</v>
       </c>
-      <c r="H767" t="s">
-[...2 lines deleted...]
-      <c r="I767" t="s">
+      <c r="I814" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="815" spans="1:9">
+      <c r="A815" s="1">
+        <v>814</v>
+      </c>
+      <c r="B815" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C815" t="s">
+        <v>2670</v>
+      </c>
+      <c r="D815" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E815" t="s">
+        <v>2667</v>
+      </c>
+      <c r="F815" t="s">
+        <v>2671</v>
+      </c>
+      <c r="H815" t="s">
+        <v>2545</v>
+      </c>
+      <c r="I815" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="816" spans="1:9">
+      <c r="A816" s="1">
+        <v>815</v>
+      </c>
+      <c r="B816" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C816" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D816" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E816" t="s">
+        <v>2674</v>
+      </c>
+      <c r="F816" t="s">
+        <v>2675</v>
+      </c>
+      <c r="H816" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I816" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="817" spans="1:9">
+      <c r="A817" s="1">
+        <v>816</v>
+      </c>
+      <c r="B817" t="s">
+        <v>2676</v>
+      </c>
+      <c r="C817" t="s">
+        <v>2677</v>
+      </c>
+      <c r="D817" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E817" t="s">
+        <v>2674</v>
+      </c>
+      <c r="F817" t="s">
+        <v>2678</v>
+      </c>
+      <c r="H817" t="s">
+        <v>2679</v>
+      </c>
+      <c r="I817" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="818" spans="1:9">
+      <c r="A818" s="1">
+        <v>817</v>
+      </c>
+      <c r="B818" t="s">
+        <v>2680</v>
+      </c>
+      <c r="C818" t="s">
+        <v>2681</v>
+      </c>
+      <c r="D818" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E818" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F818" t="s">
+        <v>2683</v>
+      </c>
+      <c r="H818" t="s">
+        <v>2684</v>
+      </c>
+      <c r="I818" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="819" spans="1:9">
+      <c r="A819" s="1">
+        <v>818</v>
+      </c>
+      <c r="B819" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C819" t="s">
+        <v>2686</v>
+      </c>
+      <c r="D819" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E819" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F819" t="s">
+        <v>2687</v>
+      </c>
+      <c r="H819" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I819" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="820" spans="1:9">
+      <c r="A820" s="1">
+        <v>819</v>
+      </c>
+      <c r="B820" t="s">
+        <v>2688</v>
+      </c>
+      <c r="C820" t="s">
+        <v>2689</v>
+      </c>
+      <c r="D820" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E820" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F820" t="s">
+        <v>2690</v>
+      </c>
+      <c r="H820" t="s">
+        <v>2684</v>
+      </c>
+      <c r="I820" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="821" spans="1:9">
+      <c r="A821" s="1">
+        <v>820</v>
+      </c>
+      <c r="B821" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C821" t="s">
+        <v>2692</v>
+      </c>
+      <c r="D821" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E821" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F821" t="s">
+        <v>2693</v>
+      </c>
+      <c r="H821" t="s">
+        <v>2684</v>
+      </c>
+      <c r="I821" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="822" spans="1:9">
+      <c r="A822" s="1">
+        <v>821</v>
+      </c>
+      <c r="B822" t="s">
+        <v>2694</v>
+      </c>
+      <c r="C822" t="s">
+        <v>2695</v>
+      </c>
+      <c r="D822" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E822" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F822" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H822" t="s">
+        <v>2684</v>
+      </c>
+      <c r="I822" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="823" spans="1:9">
+      <c r="A823" s="1">
+        <v>822</v>
+      </c>
+      <c r="B823" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C823" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D823" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E823" t="s">
+        <v>2699</v>
+      </c>
+      <c r="F823" t="s">
+        <v>2700</v>
+      </c>
+      <c r="H823" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I823" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="824" spans="1:9">
+      <c r="A824" s="1">
+        <v>823</v>
+      </c>
+      <c r="B824" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C824" t="s">
+        <v>2702</v>
+      </c>
+      <c r="D824" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E824" t="s">
+        <v>2699</v>
+      </c>
+      <c r="F824" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H824" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I824" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="825" spans="1:9">
+      <c r="A825" s="1">
+        <v>824</v>
+      </c>
+      <c r="B825" t="s">
+        <v>2704</v>
+      </c>
+      <c r="C825" t="s">
+        <v>2705</v>
+      </c>
+      <c r="D825" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E825" t="s">
+        <v>2699</v>
+      </c>
+      <c r="F825" t="s">
+        <v>2706</v>
+      </c>
+      <c r="H825" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I825" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="826" spans="1:9">
+      <c r="A826" s="1">
+        <v>825</v>
+      </c>
+      <c r="B826" t="s">
+        <v>2707</v>
+      </c>
+      <c r="C826" t="s">
+        <v>2708</v>
+      </c>
+      <c r="D826" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E826" t="s">
+        <v>2709</v>
+      </c>
+      <c r="F826" t="s">
+        <v>2710</v>
+      </c>
+      <c r="G826" t="s">
+        <v>2711</v>
+      </c>
+      <c r="H826" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I826" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="827" spans="1:9">
+      <c r="A827" s="1">
+        <v>826</v>
+      </c>
+      <c r="B827" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C827" t="s">
+        <v>2713</v>
+      </c>
+      <c r="D827" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E827" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F827" t="s">
+        <v>2715</v>
+      </c>
+      <c r="H827" t="s">
+        <v>2716</v>
+      </c>
+      <c r="I827" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="828" spans="1:9">
+      <c r="A828" s="1">
+        <v>827</v>
+      </c>
+      <c r="B828" t="s">
+        <v>2717</v>
+      </c>
+      <c r="C828" t="s">
+        <v>2718</v>
+      </c>
+      <c r="D828" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E828" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F828" t="s">
+        <v>2719</v>
+      </c>
+      <c r="H828" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I828" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="829" spans="1:9">
+      <c r="A829" s="1">
+        <v>828</v>
+      </c>
+      <c r="B829" t="s">
+        <v>2720</v>
+      </c>
+      <c r="C829" t="s">
+        <v>2721</v>
+      </c>
+      <c r="D829" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E829" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F829" t="s">
+        <v>2722</v>
+      </c>
+      <c r="H829" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I829" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="830" spans="1:9">
+      <c r="A830" s="1">
+        <v>829</v>
+      </c>
+      <c r="B830" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C830" t="s">
+        <v>2724</v>
+      </c>
+      <c r="D830" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E830" t="s">
+        <v>2725</v>
+      </c>
+      <c r="F830" t="s">
+        <v>2726</v>
+      </c>
+      <c r="H830" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I830" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="831" spans="1:9">
+      <c r="A831" s="1">
+        <v>830</v>
+      </c>
+      <c r="B831" t="s">
+        <v>2727</v>
+      </c>
+      <c r="C831" t="s">
+        <v>2728</v>
+      </c>
+      <c r="D831" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E831" t="s">
+        <v>2725</v>
+      </c>
+      <c r="F831" t="s">
+        <v>2729</v>
+      </c>
+      <c r="H831" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I831" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="832" spans="1:9">
+      <c r="A832" s="1">
+        <v>831</v>
+      </c>
+      <c r="B832" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C832" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D832" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E832" t="s">
+        <v>2732</v>
+      </c>
+      <c r="F832" t="s">
+        <v>2733</v>
+      </c>
+      <c r="H832" t="s">
+        <v>2545</v>
+      </c>
+      <c r="I832" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="833" spans="1:9">
+      <c r="A833" s="1">
+        <v>832</v>
+      </c>
+      <c r="B833" t="s">
+        <v>2734</v>
+      </c>
+      <c r="C833" t="s">
+        <v>2735</v>
+      </c>
+      <c r="D833" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E833" t="s">
+        <v>2732</v>
+      </c>
+      <c r="F833" t="s">
+        <v>2736</v>
+      </c>
+      <c r="H833" t="s">
+        <v>2545</v>
+      </c>
+      <c r="I833" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="834" spans="1:9">
+      <c r="A834" s="1">
+        <v>833</v>
+      </c>
+      <c r="B834" t="s">
+        <v>2737</v>
+      </c>
+      <c r="C834" t="s">
+        <v>2738</v>
+      </c>
+      <c r="D834" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E834" t="s">
+        <v>2732</v>
+      </c>
+      <c r="F834" t="s">
+        <v>2739</v>
+      </c>
+      <c r="H834" t="s">
+        <v>2545</v>
+      </c>
+      <c r="I834" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="835" spans="1:9">
+      <c r="A835" s="1">
+        <v>834</v>
+      </c>
+      <c r="B835" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C835" t="s">
+        <v>2741</v>
+      </c>
+      <c r="D835" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E835" t="s">
+        <v>2732</v>
+      </c>
+      <c r="F835" t="s">
+        <v>2742</v>
+      </c>
+      <c r="H835" t="s">
+        <v>2545</v>
+      </c>
+      <c r="I835" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="836" spans="1:9">
+      <c r="A836" s="1">
+        <v>835</v>
+      </c>
+      <c r="B836" t="s">
+        <v>2743</v>
+      </c>
+      <c r="C836" t="s">
+        <v>2744</v>
+      </c>
+      <c r="D836" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E836" t="s">
+        <v>2745</v>
+      </c>
+      <c r="F836" t="s">
+        <v>2746</v>
+      </c>
+      <c r="H836" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I836" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="837" spans="1:9">
+      <c r="A837" s="1">
+        <v>836</v>
+      </c>
+      <c r="B837" t="s">
+        <v>2747</v>
+      </c>
+      <c r="C837" t="s">
+        <v>2748</v>
+      </c>
+      <c r="D837" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E837" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F837" t="s">
+        <v>2750</v>
+      </c>
+      <c r="H837" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I837" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="838" spans="1:9">
+      <c r="A838" s="1">
+        <v>837</v>
+      </c>
+      <c r="B838" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C838" t="s">
+        <v>2752</v>
+      </c>
+      <c r="D838" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E838" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F838" t="s">
+        <v>2753</v>
+      </c>
+      <c r="H838" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I838" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="839" spans="1:9">
+      <c r="A839" s="1">
+        <v>838</v>
+      </c>
+      <c r="B839" t="s">
+        <v>2754</v>
+      </c>
+      <c r="C839" t="s">
+        <v>2755</v>
+      </c>
+      <c r="D839" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E839" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F839" t="s">
+        <v>2756</v>
+      </c>
+      <c r="H839" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I839" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="840" spans="1:9">
+      <c r="A840" s="1">
+        <v>839</v>
+      </c>
+      <c r="B840" t="s">
+        <v>2757</v>
+      </c>
+      <c r="C840" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D840" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E840" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F840" t="s">
+        <v>2759</v>
+      </c>
+      <c r="H840" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I840" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="841" spans="1:9">
+      <c r="A841" s="1">
+        <v>840</v>
+      </c>
+      <c r="B841" t="s">
+        <v>2760</v>
+      </c>
+      <c r="C841" t="s">
+        <v>2761</v>
+      </c>
+      <c r="D841" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E841" t="s">
+        <v>2762</v>
+      </c>
+      <c r="F841" t="s">
+        <v>2763</v>
+      </c>
+      <c r="H841" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I841" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="842" spans="1:9">
+      <c r="A842" s="1">
+        <v>841</v>
+      </c>
+      <c r="B842" t="s">
+        <v>2764</v>
+      </c>
+      <c r="C842" t="s">
+        <v>2765</v>
+      </c>
+      <c r="D842" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E842" t="s">
+        <v>2762</v>
+      </c>
+      <c r="F842" t="s">
+        <v>2766</v>
+      </c>
+      <c r="H842" t="s">
+        <v>2559</v>
+      </c>
+      <c r="I842" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="843" spans="1:9">
+      <c r="A843" s="1">
+        <v>842</v>
+      </c>
+      <c r="B843" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C843" t="s">
+        <v>2768</v>
+      </c>
+      <c r="D843" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E843" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F843" t="s">
+        <v>2770</v>
+      </c>
+      <c r="G843" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H843" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I843" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="844" spans="1:9">
+      <c r="A844" s="1">
+        <v>843</v>
+      </c>
+      <c r="B844" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C844" t="s">
+        <v>2772</v>
+      </c>
+      <c r="D844" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E844" t="s">
+        <v>2773</v>
+      </c>
+      <c r="F844" t="s">
+        <v>2774</v>
+      </c>
+      <c r="G844" t="s">
+        <v>2773</v>
+      </c>
+      <c r="H844" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I844" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="845" spans="1:9">
+      <c r="A845" s="1">
+        <v>844</v>
+      </c>
+      <c r="B845" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C845" t="s">
+        <v>2776</v>
+      </c>
+      <c r="D845" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E845" t="s">
+        <v>2777</v>
+      </c>
+      <c r="F845" t="s">
+        <v>2778</v>
+      </c>
+      <c r="H845" t="s">
+        <v>2559</v>
+      </c>
+      <c r="I845" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="846" spans="1:9">
+      <c r="A846" s="1">
+        <v>845</v>
+      </c>
+      <c r="B846" t="s">
+        <v>2779</v>
+      </c>
+      <c r="C846" t="s">
+        <v>2780</v>
+      </c>
+      <c r="D846" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E846" t="s">
+        <v>2781</v>
+      </c>
+      <c r="F846" t="s">
+        <v>2782</v>
+      </c>
+      <c r="H846" t="s">
+        <v>2559</v>
+      </c>
+      <c r="I846" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="847" spans="1:9">
+      <c r="A847" s="1">
+        <v>846</v>
+      </c>
+      <c r="B847" t="s">
+        <v>2783</v>
+      </c>
+      <c r="C847" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D847" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E847" t="s">
+        <v>2781</v>
+      </c>
+      <c r="F847" t="s">
+        <v>2785</v>
+      </c>
+      <c r="G847" t="s">
+        <v>2781</v>
+      </c>
+      <c r="H847" t="s">
+        <v>2569</v>
+      </c>
+      <c r="I847" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="848" spans="1:9">
+      <c r="A848" s="1">
+        <v>847</v>
+      </c>
+      <c r="B848" t="s">
+        <v>2786</v>
+      </c>
+      <c r="C848" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D848" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E848" t="s">
+        <v>2788</v>
+      </c>
+      <c r="F848" t="s">
+        <v>2789</v>
+      </c>
+      <c r="H848" t="s">
+        <v>2551</v>
+      </c>
+      <c r="I848" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="849" spans="1:9">
+      <c r="A849" s="1">
+        <v>848</v>
+      </c>
+      <c r="B849" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C849" t="s">
+        <v>2791</v>
+      </c>
+      <c r="D849" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E849" t="s">
+        <v>2792</v>
+      </c>
+      <c r="F849" t="s">
+        <v>2793</v>
+      </c>
+      <c r="H849" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I849" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="850" spans="1:9">
+      <c r="A850" s="1">
+        <v>849</v>
+      </c>
+      <c r="B850" t="s">
+        <v>2794</v>
+      </c>
+      <c r="C850" t="s">
+        <v>2795</v>
+      </c>
+      <c r="D850" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E850" t="s">
+        <v>2792</v>
+      </c>
+      <c r="F850" t="s">
+        <v>2796</v>
+      </c>
+      <c r="H850" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I850" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="851" spans="1:9">
+      <c r="A851" s="1">
+        <v>850</v>
+      </c>
+      <c r="B851" t="s">
+        <v>2797</v>
+      </c>
+      <c r="C851" t="s">
+        <v>2798</v>
+      </c>
+      <c r="D851" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E851" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F851" t="s">
+        <v>2800</v>
+      </c>
+      <c r="H851" t="s">
+        <v>2801</v>
+      </c>
+      <c r="I851" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="852" spans="1:9">
+      <c r="A852" s="1">
+        <v>851</v>
+      </c>
+      <c r="B852" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C852" t="s">
+        <v>2803</v>
+      </c>
+      <c r="D852" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E852" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F852" t="s">
+        <v>2804</v>
+      </c>
+      <c r="H852" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I852" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="853" spans="1:9">
+      <c r="A853" s="1">
+        <v>852</v>
+      </c>
+      <c r="B853" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C853" t="s">
+        <v>2806</v>
+      </c>
+      <c r="D853" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E853" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F853" t="s">
+        <v>2807</v>
+      </c>
+      <c r="H853" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I853" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="854" spans="1:9">
+      <c r="A854" s="1">
+        <v>853</v>
+      </c>
+      <c r="B854" t="s">
+        <v>2808</v>
+      </c>
+      <c r="C854" t="s">
+        <v>2809</v>
+      </c>
+      <c r="D854" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E854" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F854" t="s">
+        <v>2810</v>
+      </c>
+      <c r="H854" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I854" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="855" spans="1:9">
+      <c r="A855" s="1">
+        <v>854</v>
+      </c>
+      <c r="B855" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C855" t="s">
+        <v>2812</v>
+      </c>
+      <c r="D855" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E855" t="s">
+        <v>2813</v>
+      </c>
+      <c r="F855" t="s">
+        <v>2814</v>
+      </c>
+      <c r="H855" t="s">
+        <v>2603</v>
+      </c>
+      <c r="I855" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="856" spans="1:9">
+      <c r="A856" s="1">
+        <v>855</v>
+      </c>
+      <c r="B856" t="s">
+        <v>2815</v>
+      </c>
+      <c r="C856" t="s">
+        <v>2816</v>
+      </c>
+      <c r="D856" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E856" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F856" t="s">
+        <v>2818</v>
+      </c>
+      <c r="H856" t="s">
+        <v>2559</v>
+      </c>
+      <c r="I856" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="857" spans="1:9">
+      <c r="A857" s="1">
+        <v>856</v>
+      </c>
+      <c r="B857" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C857" t="s">
+        <v>2820</v>
+      </c>
+      <c r="D857" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E857" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F857" t="s">
+        <v>2821</v>
+      </c>
+      <c r="H857" t="s">
+        <v>2603</v>
+      </c>
+      <c r="I857" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="858" spans="1:9">
+      <c r="A858" s="1">
+        <v>857</v>
+      </c>
+      <c r="B858" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C858" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D858" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E858" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F858" t="s">
+        <v>2824</v>
+      </c>
+      <c r="H858" t="s">
+        <v>2603</v>
+      </c>
+      <c r="I858" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="859" spans="1:9">
+      <c r="A859" s="1">
+        <v>858</v>
+      </c>
+      <c r="B859" t="s">
+        <v>2825</v>
+      </c>
+      <c r="C859" t="s">
+        <v>2826</v>
+      </c>
+      <c r="D859" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E859" t="s">
+        <v>2827</v>
+      </c>
+      <c r="F859" t="s">
+        <v>2828</v>
+      </c>
+      <c r="G859" t="s">
+        <v>2827</v>
+      </c>
+      <c r="H859" t="s">
+        <v>2829</v>
+      </c>
+      <c r="I859" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="860" spans="1:9">
+      <c r="A860" s="1">
+        <v>859</v>
+      </c>
+      <c r="B860" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C860" t="s">
+        <v>2831</v>
+      </c>
+      <c r="D860" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E860" t="s">
+        <v>2827</v>
+      </c>
+      <c r="F860" t="s">
+        <v>2832</v>
+      </c>
+      <c r="H860" t="s">
+        <v>2559</v>
+      </c>
+      <c r="I860" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="861" spans="1:9">
+      <c r="A861" s="1">
+        <v>860</v>
+      </c>
+      <c r="B861" t="s">
+        <v>2833</v>
+      </c>
+      <c r="C861" t="s">
+        <v>2834</v>
+      </c>
+      <c r="D861" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E861" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F861" t="s">
+        <v>2836</v>
+      </c>
+      <c r="H861" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I861" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="862" spans="1:9">
+      <c r="A862" s="1">
+        <v>861</v>
+      </c>
+      <c r="B862" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C862" t="s">
+        <v>2838</v>
+      </c>
+      <c r="D862" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E862" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F862" t="s">
+        <v>2839</v>
+      </c>
+      <c r="H862" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I862" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="863" spans="1:9">
+      <c r="A863" s="1">
+        <v>862</v>
+      </c>
+      <c r="B863" t="s">
+        <v>2840</v>
+      </c>
+      <c r="C863" t="s">
+        <v>2841</v>
+      </c>
+      <c r="D863" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E863" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F863" t="s">
+        <v>2842</v>
+      </c>
+      <c r="H863" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I863" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="864" spans="1:9">
+      <c r="A864" s="1">
+        <v>863</v>
+      </c>
+      <c r="B864" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C864" t="s">
+        <v>2844</v>
+      </c>
+      <c r="D864" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E864" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F864" t="s">
+        <v>2845</v>
+      </c>
+      <c r="H864" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I864" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="865" spans="1:9">
+      <c r="A865" s="1">
+        <v>864</v>
+      </c>
+      <c r="B865" t="s">
+        <v>2846</v>
+      </c>
+      <c r="C865" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D865" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E865" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F865" t="s">
+        <v>2848</v>
+      </c>
+      <c r="H865" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I865" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="866" spans="1:9">
+      <c r="A866" s="1">
+        <v>865</v>
+      </c>
+      <c r="B866" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C866" t="s">
+        <v>2850</v>
+      </c>
+      <c r="D866" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E866" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F866" t="s">
+        <v>2851</v>
+      </c>
+      <c r="H866" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I866" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="867" spans="1:9">
+      <c r="A867" s="1">
+        <v>866</v>
+      </c>
+      <c r="B867" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C867" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D867" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E867" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F867" t="s">
+        <v>2854</v>
+      </c>
+      <c r="H867" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I867" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="868" spans="1:9">
+      <c r="A868" s="1">
+        <v>867</v>
+      </c>
+      <c r="B868" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C868" t="s">
+        <v>2856</v>
+      </c>
+      <c r="D868" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E868" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F868" t="s">
+        <v>2857</v>
+      </c>
+      <c r="H868" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I868" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="869" spans="1:9">
+      <c r="A869" s="1">
+        <v>868</v>
+      </c>
+      <c r="B869" t="s">
+        <v>2858</v>
+      </c>
+      <c r="C869" t="s">
+        <v>2859</v>
+      </c>
+      <c r="D869" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E869" t="s">
+        <v>2860</v>
+      </c>
+      <c r="F869" t="s">
+        <v>2861</v>
+      </c>
+      <c r="H869" t="s">
+        <v>2862</v>
+      </c>
+      <c r="I869" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="870" spans="1:9">
+      <c r="A870" s="1">
+        <v>869</v>
+      </c>
+      <c r="B870" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C870" t="s">
+        <v>2864</v>
+      </c>
+      <c r="D870" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E870" t="s">
+        <v>2860</v>
+      </c>
+      <c r="F870" t="s">
+        <v>2865</v>
+      </c>
+      <c r="H870" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I870" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="871" spans="1:9">
+      <c r="A871" s="1">
+        <v>870</v>
+      </c>
+      <c r="B871" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C871" t="s">
+        <v>2867</v>
+      </c>
+      <c r="D871" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E871" t="s">
+        <v>2868</v>
+      </c>
+      <c r="F871" t="s">
+        <v>2869</v>
+      </c>
+      <c r="H871" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I871" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="872" spans="1:9">
+      <c r="A872" s="1">
+        <v>871</v>
+      </c>
+      <c r="B872" t="s">
+        <v>2870</v>
+      </c>
+      <c r="C872" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D872" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E872" t="s">
+        <v>2868</v>
+      </c>
+      <c r="F872" t="s">
+        <v>2871</v>
+      </c>
+      <c r="H872" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I872" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="873" spans="1:9">
+      <c r="A873" s="1">
+        <v>872</v>
+      </c>
+      <c r="B873" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C873" t="s">
+        <v>2873</v>
+      </c>
+      <c r="D873" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E873" t="s">
+        <v>2868</v>
+      </c>
+      <c r="F873" t="s">
+        <v>2874</v>
+      </c>
+      <c r="H873" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I873" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="874" spans="1:9">
+      <c r="A874" s="1">
+        <v>873</v>
+      </c>
+      <c r="B874" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C874" t="s">
+        <v>2876</v>
+      </c>
+      <c r="D874" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E874" t="s">
+        <v>2868</v>
+      </c>
+      <c r="F874" t="s">
+        <v>2877</v>
+      </c>
+      <c r="H874" t="s">
+        <v>2878</v>
+      </c>
+      <c r="I874" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="875" spans="1:9">
+      <c r="A875" s="1">
+        <v>874</v>
+      </c>
+      <c r="B875" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C875" t="s">
+        <v>2880</v>
+      </c>
+      <c r="D875" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E875" t="s">
+        <v>2868</v>
+      </c>
+      <c r="F875" t="s">
+        <v>2881</v>
+      </c>
+      <c r="H875" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I875" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="876" spans="1:9">
+      <c r="A876" s="1">
+        <v>875</v>
+      </c>
+      <c r="B876" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C876" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D876" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E876" t="s">
+        <v>2868</v>
+      </c>
+      <c r="F876" t="s">
+        <v>2883</v>
+      </c>
+      <c r="H876" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I876" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="877" spans="1:9">
+      <c r="A877" s="1">
+        <v>876</v>
+      </c>
+      <c r="B877" t="s">
+        <v>2884</v>
+      </c>
+      <c r="C877" t="s">
+        <v>2885</v>
+      </c>
+      <c r="D877" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E877" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F877" t="s">
+        <v>2887</v>
+      </c>
+      <c r="H877" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I877" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="878" spans="1:9">
+      <c r="A878" s="1">
+        <v>877</v>
+      </c>
+      <c r="B878" t="s">
+        <v>2888</v>
+      </c>
+      <c r="C878" t="s">
+        <v>2889</v>
+      </c>
+      <c r="D878" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E878" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F878" t="s">
+        <v>2890</v>
+      </c>
+      <c r="H878" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I878" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="879" spans="1:9">
+      <c r="A879" s="1">
+        <v>878</v>
+      </c>
+      <c r="B879" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C879" t="s">
+        <v>2892</v>
+      </c>
+      <c r="D879" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E879" t="s">
+        <v>2893</v>
+      </c>
+      <c r="F879" t="s">
+        <v>2894</v>
+      </c>
+      <c r="H879" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I879" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="880" spans="1:9">
+      <c r="A880" s="1">
+        <v>879</v>
+      </c>
+      <c r="B880" t="s">
+        <v>2895</v>
+      </c>
+      <c r="C880" t="s">
+        <v>2896</v>
+      </c>
+      <c r="D880" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E880" t="s">
+        <v>2893</v>
+      </c>
+      <c r="F880" t="s">
+        <v>2897</v>
+      </c>
+      <c r="H880" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I880" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="881" spans="1:9">
+      <c r="A881" s="1">
+        <v>880</v>
+      </c>
+      <c r="B881" t="s">
+        <v>2898</v>
+      </c>
+      <c r="C881" t="s">
+        <v>2899</v>
+      </c>
+      <c r="D881" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E881" t="s">
+        <v>2893</v>
+      </c>
+      <c r="F881" t="s">
+        <v>2900</v>
+      </c>
+      <c r="H881" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I881" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="882" spans="1:9">
+      <c r="A882" s="1">
+        <v>881</v>
+      </c>
+      <c r="B882" t="s">
+        <v>2901</v>
+      </c>
+      <c r="C882" t="s">
+        <v>2902</v>
+      </c>
+      <c r="D882" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E882" t="s">
+        <v>2893</v>
+      </c>
+      <c r="F882" t="s">
+        <v>2903</v>
+      </c>
+      <c r="H882" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I882" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="883" spans="1:9">
+      <c r="A883" s="1">
+        <v>882</v>
+      </c>
+      <c r="B883" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C883" t="s">
+        <v>2905</v>
+      </c>
+      <c r="D883" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E883" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F883" t="s">
+        <v>2907</v>
+      </c>
+      <c r="H883" t="s">
+        <v>2684</v>
+      </c>
+      <c r="I883" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="884" spans="1:9">
+      <c r="A884" s="1">
+        <v>883</v>
+      </c>
+      <c r="B884" t="s">
+        <v>2908</v>
+      </c>
+      <c r="C884" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D884" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E884" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F884" t="s">
+        <v>2910</v>
+      </c>
+      <c r="H884" t="s">
+        <v>2684</v>
+      </c>
+      <c r="I884" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="885" spans="1:9">
+      <c r="A885" s="1">
+        <v>884</v>
+      </c>
+      <c r="B885" t="s">
+        <v>2911</v>
+      </c>
+      <c r="C885" t="s">
+        <v>2912</v>
+      </c>
+      <c r="D885" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E885" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F885" t="s">
+        <v>2913</v>
+      </c>
+      <c r="H885" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I885" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="886" spans="1:9">
+      <c r="A886" s="1">
+        <v>885</v>
+      </c>
+      <c r="B886" t="s">
+        <v>2914</v>
+      </c>
+      <c r="C886" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D886" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E886" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F886" t="s">
+        <v>2916</v>
+      </c>
+      <c r="H886" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I886" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="887" spans="1:9">
+      <c r="A887" s="1">
+        <v>886</v>
+      </c>
+      <c r="B887" t="s">
+        <v>2917</v>
+      </c>
+      <c r="C887" t="s">
+        <v>2918</v>
+      </c>
+      <c r="D887" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E887" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F887" t="s">
+        <v>2919</v>
+      </c>
+      <c r="H887" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I887" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="888" spans="1:9">
+      <c r="A888" s="1">
+        <v>887</v>
+      </c>
+      <c r="B888" t="s">
+        <v>2920</v>
+      </c>
+      <c r="C888" t="s">
+        <v>2921</v>
+      </c>
+      <c r="D888" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E888" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F888" t="s">
+        <v>2922</v>
+      </c>
+      <c r="H888" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I888" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="889" spans="1:9">
+      <c r="A889" s="1">
+        <v>888</v>
+      </c>
+      <c r="B889" t="s">
+        <v>2923</v>
+      </c>
+      <c r="C889" t="s">
+        <v>2924</v>
+      </c>
+      <c r="D889" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E889" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F889" t="s">
+        <v>2925</v>
+      </c>
+      <c r="H889" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I889" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="890" spans="1:9">
+      <c r="A890" s="1">
+        <v>889</v>
+      </c>
+      <c r="B890" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C890" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D890" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E890" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F890" t="s">
+        <v>2928</v>
+      </c>
+      <c r="H890" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I890" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="891" spans="1:9">
+      <c r="A891" s="1">
+        <v>890</v>
+      </c>
+      <c r="B891" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C891" t="s">
+        <v>2930</v>
+      </c>
+      <c r="D891" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E891" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F891" t="s">
+        <v>2931</v>
+      </c>
+      <c r="H891" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I891" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="892" spans="1:9">
+      <c r="A892" s="1">
+        <v>891</v>
+      </c>
+      <c r="B892" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C892" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D892" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E892" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F892" t="s">
+        <v>2933</v>
+      </c>
+      <c r="H892" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I892" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="893" spans="1:9">
+      <c r="A893" s="1">
+        <v>892</v>
+      </c>
+      <c r="B893" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C893" t="s">
+        <v>2935</v>
+      </c>
+      <c r="D893" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E893" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F893" t="s">
+        <v>2936</v>
+      </c>
+      <c r="H893" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I893" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="894" spans="1:9">
+      <c r="A894" s="1">
+        <v>893</v>
+      </c>
+      <c r="B894" t="s">
+        <v>2937</v>
+      </c>
+      <c r="C894" t="s">
+        <v>2938</v>
+      </c>
+      <c r="D894" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E894" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F894" t="s">
+        <v>2939</v>
+      </c>
+      <c r="H894" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I894" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="895" spans="1:9">
+      <c r="A895" s="1">
+        <v>894</v>
+      </c>
+      <c r="B895" t="s">
+        <v>2940</v>
+      </c>
+      <c r="C895" t="s">
+        <v>2941</v>
+      </c>
+      <c r="D895" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E895" t="s">
+        <v>2942</v>
+      </c>
+      <c r="F895" t="s">
+        <v>2943</v>
+      </c>
+      <c r="G895" t="s">
+        <v>2942</v>
+      </c>
+      <c r="H895" t="s">
+        <v>2569</v>
+      </c>
+      <c r="I895" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="896" spans="1:9">
+      <c r="A896" s="1">
+        <v>895</v>
+      </c>
+      <c r="B896" t="s">
+        <v>2944</v>
+      </c>
+      <c r="C896" t="s">
+        <v>2945</v>
+      </c>
+      <c r="D896" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E896" t="s">
+        <v>2946</v>
+      </c>
+      <c r="F896" t="s">
+        <v>2947</v>
+      </c>
+      <c r="H896" t="s">
+        <v>2559</v>
+      </c>
+      <c r="I896" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="897" spans="1:9">
+      <c r="A897" s="1">
+        <v>896</v>
+      </c>
+      <c r="B897" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C897" t="s">
+        <v>2949</v>
+      </c>
+      <c r="D897" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E897" t="s">
+        <v>2950</v>
+      </c>
+      <c r="F897" t="s">
+        <v>2951</v>
+      </c>
+      <c r="H897" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I897" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="898" spans="1:9">
+      <c r="A898" s="1">
+        <v>897</v>
+      </c>
+      <c r="B898" t="s">
+        <v>2952</v>
+      </c>
+      <c r="C898" t="s">
+        <v>2953</v>
+      </c>
+      <c r="D898" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E898" t="s">
+        <v>2950</v>
+      </c>
+      <c r="F898" t="s">
+        <v>2954</v>
+      </c>
+      <c r="H898" t="s">
+        <v>2955</v>
+      </c>
+      <c r="I898" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="899" spans="1:9">
+      <c r="A899" s="1">
+        <v>898</v>
+      </c>
+      <c r="B899" t="s">
+        <v>2956</v>
+      </c>
+      <c r="C899" t="s">
+        <v>2957</v>
+      </c>
+      <c r="D899" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E899" t="s">
+        <v>2958</v>
+      </c>
+      <c r="F899" t="s">
+        <v>2959</v>
+      </c>
+      <c r="H899" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I899" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="900" spans="1:9">
+      <c r="A900" s="1">
+        <v>899</v>
+      </c>
+      <c r="B900" t="s">
+        <v>2960</v>
+      </c>
+      <c r="C900" t="s">
+        <v>2961</v>
+      </c>
+      <c r="D900" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E900" t="s">
+        <v>2962</v>
+      </c>
+      <c r="F900" t="s">
+        <v>2963</v>
+      </c>
+      <c r="H900" t="s">
+        <v>2955</v>
+      </c>
+      <c r="I900" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="901" spans="1:9">
+      <c r="A901" s="1">
+        <v>900</v>
+      </c>
+      <c r="B901" t="s">
+        <v>2964</v>
+      </c>
+      <c r="C901" t="s">
+        <v>2965</v>
+      </c>
+      <c r="D901" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E901" t="s">
+        <v>2962</v>
+      </c>
+      <c r="F901" t="s">
+        <v>2966</v>
+      </c>
+      <c r="H901" t="s">
+        <v>2716</v>
+      </c>
+      <c r="I901" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="902" spans="1:9">
+      <c r="A902" s="1">
+        <v>901</v>
+      </c>
+      <c r="B902" t="s">
+        <v>2967</v>
+      </c>
+      <c r="C902" t="s">
+        <v>2968</v>
+      </c>
+      <c r="D902" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E902" t="s">
+        <v>2962</v>
+      </c>
+      <c r="F902" t="s">
+        <v>2969</v>
+      </c>
+      <c r="H902" t="s">
+        <v>2716</v>
+      </c>
+      <c r="I902" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="903" spans="1:9">
+      <c r="A903" s="1">
+        <v>902</v>
+      </c>
+      <c r="B903" t="s">
+        <v>2970</v>
+      </c>
+      <c r="C903" t="s">
+        <v>2971</v>
+      </c>
+      <c r="D903" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E903" t="s">
+        <v>2962</v>
+      </c>
+      <c r="F903" t="s">
+        <v>2972</v>
+      </c>
+      <c r="H903" t="s">
+        <v>2716</v>
+      </c>
+      <c r="I903" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="904" spans="1:9">
+      <c r="A904" s="1">
+        <v>903</v>
+      </c>
+      <c r="B904" t="s">
+        <v>2973</v>
+      </c>
+      <c r="C904" t="s">
+        <v>2974</v>
+      </c>
+      <c r="D904" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E904" t="s">
+        <v>2962</v>
+      </c>
+      <c r="F904" t="s">
+        <v>2975</v>
+      </c>
+      <c r="H904" t="s">
+        <v>2716</v>
+      </c>
+      <c r="I904" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="905" spans="1:9">
+      <c r="A905" s="1">
+        <v>904</v>
+      </c>
+      <c r="B905" t="s">
+        <v>2976</v>
+      </c>
+      <c r="C905" t="s">
+        <v>2977</v>
+      </c>
+      <c r="D905" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E905" t="s">
+        <v>2978</v>
+      </c>
+      <c r="F905" t="s">
+        <v>2979</v>
+      </c>
+      <c r="H905" t="s">
+        <v>2603</v>
+      </c>
+      <c r="I905" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="906" spans="1:9">
+      <c r="A906" s="1">
+        <v>905</v>
+      </c>
+      <c r="B906" t="s">
+        <v>2980</v>
+      </c>
+      <c r="C906" t="s">
+        <v>2981</v>
+      </c>
+      <c r="D906" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E906" t="s">
+        <v>2982</v>
+      </c>
+      <c r="F906" t="s">
+        <v>2983</v>
+      </c>
+      <c r="H906" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I906" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="907" spans="1:9">
+      <c r="A907" s="1">
+        <v>906</v>
+      </c>
+      <c r="B907" t="s">
+        <v>2984</v>
+      </c>
+      <c r="C907" t="s">
+        <v>2985</v>
+      </c>
+      <c r="D907" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E907" t="s">
+        <v>2986</v>
+      </c>
+      <c r="F907" t="s">
+        <v>2987</v>
+      </c>
+      <c r="H907" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I907" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="908" spans="1:9">
+      <c r="A908" s="1">
+        <v>907</v>
+      </c>
+      <c r="B908" t="s">
+        <v>2988</v>
+      </c>
+      <c r="C908" t="s">
+        <v>2985</v>
+      </c>
+      <c r="D908" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E908" t="s">
+        <v>2986</v>
+      </c>
+      <c r="F908" t="s">
+        <v>2989</v>
+      </c>
+      <c r="H908" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I908" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="909" spans="1:9">
+      <c r="A909" s="1">
+        <v>908</v>
+      </c>
+      <c r="B909" t="s">
+        <v>2990</v>
+      </c>
+      <c r="C909" t="s">
+        <v>2991</v>
+      </c>
+      <c r="D909" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E909" t="s">
+        <v>2992</v>
+      </c>
+      <c r="F909" t="s">
+        <v>2993</v>
+      </c>
+      <c r="H909" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I909" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="910" spans="1:9">
+      <c r="A910" s="1">
+        <v>909</v>
+      </c>
+      <c r="B910" t="s">
+        <v>2994</v>
+      </c>
+      <c r="C910" t="s">
+        <v>2995</v>
+      </c>
+      <c r="D910" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E910" t="s">
+        <v>2996</v>
+      </c>
+      <c r="F910" t="s">
+        <v>2997</v>
+      </c>
+      <c r="H910" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I910" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="911" spans="1:9">
+      <c r="A911" s="1">
+        <v>910</v>
+      </c>
+      <c r="B911" t="s">
+        <v>2998</v>
+      </c>
+      <c r="C911" t="s">
+        <v>2999</v>
+      </c>
+      <c r="D911" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E911" t="s">
+        <v>3000</v>
+      </c>
+      <c r="F911" t="s">
+        <v>3001</v>
+      </c>
+      <c r="H911" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I911" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="912" spans="1:9">
+      <c r="A912" s="1">
+        <v>911</v>
+      </c>
+      <c r="B912" t="s">
+        <v>3002</v>
+      </c>
+      <c r="C912" t="s">
+        <v>3003</v>
+      </c>
+      <c r="D912" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E912" t="s">
+        <v>3000</v>
+      </c>
+      <c r="F912" t="s">
+        <v>3004</v>
+      </c>
+      <c r="H912" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I912" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="913" spans="1:9">
+      <c r="A913" s="1">
+        <v>912</v>
+      </c>
+      <c r="B913" t="s">
+        <v>3005</v>
+      </c>
+      <c r="C913" t="s">
+        <v>3006</v>
+      </c>
+      <c r="D913" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E913" t="s">
+        <v>3000</v>
+      </c>
+      <c r="F913" t="s">
+        <v>3007</v>
+      </c>
+      <c r="H913" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I913" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="914" spans="1:9">
+      <c r="A914" s="1">
+        <v>913</v>
+      </c>
+      <c r="B914" t="s">
+        <v>3008</v>
+      </c>
+      <c r="C914" t="s">
+        <v>3003</v>
+      </c>
+      <c r="D914" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E914" t="s">
+        <v>3000</v>
+      </c>
+      <c r="F914" t="s">
+        <v>3009</v>
+      </c>
+      <c r="H914" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I914" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="915" spans="1:9">
+      <c r="A915" s="1">
+        <v>914</v>
+      </c>
+      <c r="B915" t="s">
+        <v>3010</v>
+      </c>
+      <c r="C915" t="s">
+        <v>3011</v>
+      </c>
+      <c r="D915" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E915" t="s">
+        <v>3000</v>
+      </c>
+      <c r="F915" t="s">
+        <v>3012</v>
+      </c>
+      <c r="H915" t="s">
+        <v>2684</v>
+      </c>
+      <c r="I915" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="916" spans="1:9">
+      <c r="A916" s="1">
+        <v>915</v>
+      </c>
+      <c r="B916" t="s">
+        <v>3013</v>
+      </c>
+      <c r="C916" t="s">
+        <v>3014</v>
+      </c>
+      <c r="D916" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E916" t="s">
+        <v>3000</v>
+      </c>
+      <c r="F916" t="s">
+        <v>3015</v>
+      </c>
+      <c r="H916" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I916" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="917" spans="1:9">
+      <c r="A917" s="1">
+        <v>916</v>
+      </c>
+      <c r="B917" t="s">
+        <v>3016</v>
+      </c>
+      <c r="C917" t="s">
+        <v>3014</v>
+      </c>
+      <c r="D917" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E917" t="s">
+        <v>3000</v>
+      </c>
+      <c r="F917" t="s">
+        <v>3017</v>
+      </c>
+      <c r="H917" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I917" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="918" spans="1:9">
+      <c r="A918" s="1">
+        <v>917</v>
+      </c>
+      <c r="B918" t="s">
+        <v>3018</v>
+      </c>
+      <c r="C918" t="s">
+        <v>3019</v>
+      </c>
+      <c r="D918" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E918" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F918" t="s">
+        <v>3021</v>
+      </c>
+      <c r="H918" t="s">
+        <v>2716</v>
+      </c>
+      <c r="I918" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="919" spans="1:9">
+      <c r="A919" s="1">
+        <v>918</v>
+      </c>
+      <c r="B919" t="s">
+        <v>3022</v>
+      </c>
+      <c r="C919" t="s">
+        <v>3023</v>
+      </c>
+      <c r="D919" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E919" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F919" t="s">
+        <v>3024</v>
+      </c>
+      <c r="H919" t="s">
+        <v>2716</v>
+      </c>
+      <c r="I919" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="920" spans="1:9">
+      <c r="A920" s="1">
+        <v>919</v>
+      </c>
+      <c r="B920" t="s">
+        <v>3025</v>
+      </c>
+      <c r="C920" t="s">
+        <v>3026</v>
+      </c>
+      <c r="D920" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E920" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F920" t="s">
+        <v>3027</v>
+      </c>
+      <c r="H920" t="s">
+        <v>2716</v>
+      </c>
+      <c r="I920" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="921" spans="1:9">
+      <c r="A921" s="1">
+        <v>920</v>
+      </c>
+      <c r="B921" t="s">
+        <v>3028</v>
+      </c>
+      <c r="C921" t="s">
+        <v>3029</v>
+      </c>
+      <c r="D921" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E921" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F921" t="s">
+        <v>3030</v>
+      </c>
+      <c r="H921" t="s">
+        <v>3031</v>
+      </c>
+      <c r="I921" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="922" spans="1:9">
+      <c r="A922" s="1">
+        <v>921</v>
+      </c>
+      <c r="B922" t="s">
+        <v>3032</v>
+      </c>
+      <c r="C922" t="s">
+        <v>3033</v>
+      </c>
+      <c r="D922" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E922" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F922" t="s">
+        <v>3034</v>
+      </c>
+      <c r="H922" t="s">
+        <v>3031</v>
+      </c>
+      <c r="I922" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="923" spans="1:9">
+      <c r="A923" s="1">
+        <v>922</v>
+      </c>
+      <c r="B923" t="s">
+        <v>3035</v>
+      </c>
+      <c r="C923" t="s">
+        <v>3033</v>
+      </c>
+      <c r="D923" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E923" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F923" t="s">
+        <v>3036</v>
+      </c>
+      <c r="G923" t="s">
+        <v>3037</v>
+      </c>
+      <c r="H923" t="s">
+        <v>3031</v>
+      </c>
+      <c r="I923" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="924" spans="1:9">
+      <c r="A924" s="1">
+        <v>923</v>
+      </c>
+      <c r="B924" t="s">
+        <v>3038</v>
+      </c>
+      <c r="C924" t="s">
+        <v>3033</v>
+      </c>
+      <c r="D924" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E924" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F924" t="s">
+        <v>3039</v>
+      </c>
+      <c r="H924" t="s">
+        <v>3031</v>
+      </c>
+      <c r="I924" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="925" spans="1:9">
+      <c r="A925" s="1">
+        <v>924</v>
+      </c>
+      <c r="B925" t="s">
+        <v>3040</v>
+      </c>
+      <c r="C925" t="s">
+        <v>3041</v>
+      </c>
+      <c r="D925" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E925" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F925" t="s">
+        <v>3042</v>
+      </c>
+      <c r="H925" t="s">
+        <v>3031</v>
+      </c>
+      <c r="I925" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="926" spans="1:9">
+      <c r="A926" s="1">
+        <v>925</v>
+      </c>
+      <c r="B926" t="s">
+        <v>3043</v>
+      </c>
+      <c r="C926" t="s">
+        <v>3029</v>
+      </c>
+      <c r="D926" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E926" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F926" t="s">
+        <v>3044</v>
+      </c>
+      <c r="H926" t="s">
+        <v>3031</v>
+      </c>
+      <c r="I926" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="927" spans="1:9">
+      <c r="A927" s="1">
+        <v>926</v>
+      </c>
+      <c r="B927" t="s">
+        <v>3045</v>
+      </c>
+      <c r="C927" t="s">
+        <v>3046</v>
+      </c>
+      <c r="D927" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E927" t="s">
+        <v>3047</v>
+      </c>
+      <c r="F927" t="s">
+        <v>3048</v>
+      </c>
+      <c r="G927" t="s">
+        <v>3047</v>
+      </c>
+      <c r="H927" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I927" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="928" spans="1:9">
+      <c r="A928" s="1">
+        <v>927</v>
+      </c>
+      <c r="B928" t="s">
+        <v>3049</v>
+      </c>
+      <c r="C928" t="s">
+        <v>3050</v>
+      </c>
+      <c r="D928" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E928" t="s">
+        <v>3051</v>
+      </c>
+      <c r="F928" t="s">
+        <v>3052</v>
+      </c>
+      <c r="H928" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I928" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="929" spans="1:9">
+      <c r="A929" s="1">
+        <v>928</v>
+      </c>
+      <c r="B929" t="s">
+        <v>3053</v>
+      </c>
+      <c r="C929" t="s">
+        <v>3054</v>
+      </c>
+      <c r="D929" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E929" t="s">
+        <v>3051</v>
+      </c>
+      <c r="F929" t="s">
+        <v>3055</v>
+      </c>
+      <c r="G929" t="s">
+        <v>3051</v>
+      </c>
+      <c r="H929" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I929" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="930" spans="1:9">
+      <c r="A930" s="1">
+        <v>929</v>
+      </c>
+      <c r="B930" t="s">
+        <v>3056</v>
+      </c>
+      <c r="C930" t="s">
+        <v>3057</v>
+      </c>
+      <c r="D930" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E930" t="s">
+        <v>3051</v>
+      </c>
+      <c r="F930" t="s">
+        <v>3058</v>
+      </c>
+      <c r="G930" t="s">
+        <v>3051</v>
+      </c>
+      <c r="H930" t="s">
+        <v>3059</v>
+      </c>
+      <c r="I930" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="931" spans="1:9">
+      <c r="A931" s="1">
+        <v>930</v>
+      </c>
+      <c r="B931" t="s">
+        <v>3060</v>
+      </c>
+      <c r="C931" t="s">
+        <v>3061</v>
+      </c>
+      <c r="D931" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E931" t="s">
+        <v>3051</v>
+      </c>
+      <c r="F931" t="s">
+        <v>3062</v>
+      </c>
+      <c r="G931" t="s">
+        <v>3051</v>
+      </c>
+      <c r="H931" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I931" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="932" spans="1:9">
+      <c r="A932" s="1">
+        <v>931</v>
+      </c>
+      <c r="B932" t="s">
+        <v>3063</v>
+      </c>
+      <c r="C932" t="s">
+        <v>3064</v>
+      </c>
+      <c r="D932" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E932" t="s">
+        <v>3051</v>
+      </c>
+      <c r="F932" t="s">
+        <v>3065</v>
+      </c>
+      <c r="G932" t="s">
+        <v>3051</v>
+      </c>
+      <c r="H932" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I932" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="933" spans="1:9">
+      <c r="A933" s="1">
+        <v>932</v>
+      </c>
+      <c r="B933" t="s">
+        <v>3066</v>
+      </c>
+      <c r="C933" t="s">
+        <v>3067</v>
+      </c>
+      <c r="D933" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E933" t="s">
+        <v>3068</v>
+      </c>
+      <c r="F933" t="s">
+        <v>3069</v>
+      </c>
+      <c r="H933" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I933" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="934" spans="1:9">
+      <c r="A934" s="1">
+        <v>933</v>
+      </c>
+      <c r="B934" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C934" t="s">
+        <v>3071</v>
+      </c>
+      <c r="D934" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E934" t="s">
+        <v>3068</v>
+      </c>
+      <c r="F934" t="s">
+        <v>3072</v>
+      </c>
+      <c r="H934" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I934" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="935" spans="1:9">
+      <c r="A935" s="1">
+        <v>934</v>
+      </c>
+      <c r="B935" t="s">
+        <v>3073</v>
+      </c>
+      <c r="C935" t="s">
+        <v>3074</v>
+      </c>
+      <c r="D935" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E935" t="s">
+        <v>3068</v>
+      </c>
+      <c r="F935" t="s">
+        <v>3075</v>
+      </c>
+      <c r="H935" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I935" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="936" spans="1:9">
+      <c r="A936" s="1">
+        <v>935</v>
+      </c>
+      <c r="B936" t="s">
+        <v>3076</v>
+      </c>
+      <c r="C936" t="s">
+        <v>3077</v>
+      </c>
+      <c r="D936" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E936" t="s">
+        <v>3068</v>
+      </c>
+      <c r="F936" t="s">
+        <v>3078</v>
+      </c>
+      <c r="H936" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I936" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="937" spans="1:9">
+      <c r="A937" s="1">
+        <v>936</v>
+      </c>
+      <c r="B937" t="s">
+        <v>3079</v>
+      </c>
+      <c r="C937" t="s">
+        <v>3080</v>
+      </c>
+      <c r="D937" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E937" t="s">
+        <v>3068</v>
+      </c>
+      <c r="F937" t="s">
+        <v>3081</v>
+      </c>
+      <c r="H937" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I937" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="938" spans="1:9">
+      <c r="A938" s="1">
+        <v>937</v>
+      </c>
+      <c r="B938" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C938" t="s">
+        <v>3083</v>
+      </c>
+      <c r="D938" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E938" t="s">
+        <v>3084</v>
+      </c>
+      <c r="F938" t="s">
+        <v>3085</v>
+      </c>
+      <c r="H938" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I938" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="939" spans="1:9">
+      <c r="A939" s="1">
+        <v>938</v>
+      </c>
+      <c r="B939" t="s">
+        <v>3086</v>
+      </c>
+      <c r="C939" t="s">
+        <v>3087</v>
+      </c>
+      <c r="D939" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E939" t="s">
+        <v>3084</v>
+      </c>
+      <c r="F939" t="s">
+        <v>3088</v>
+      </c>
+      <c r="H939" t="s">
+        <v>2574</v>
+      </c>
+      <c r="I939" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="940" spans="1:9">
+      <c r="A940" s="1">
+        <v>939</v>
+      </c>
+      <c r="B940" t="s">
+        <v>3089</v>
+      </c>
+      <c r="C940" t="s">
+        <v>3090</v>
+      </c>
+      <c r="D940" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E940" t="s">
+        <v>3091</v>
+      </c>
+      <c r="F940" t="s">
+        <v>3092</v>
+      </c>
+      <c r="G940" t="s">
+        <v>3091</v>
+      </c>
+      <c r="H940" t="s">
+        <v>3093</v>
+      </c>
+      <c r="I940" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="941" spans="1:9">
+      <c r="A941" s="1">
+        <v>940</v>
+      </c>
+      <c r="B941" t="s">
+        <v>3094</v>
+      </c>
+      <c r="C941" t="s">
+        <v>3095</v>
+      </c>
+      <c r="D941" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E941" t="s">
+        <v>3091</v>
+      </c>
+      <c r="F941" t="s">
+        <v>3096</v>
+      </c>
+      <c r="G941" t="s">
+        <v>3091</v>
+      </c>
+      <c r="H941" t="s">
+        <v>3059</v>
+      </c>
+      <c r="I941" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="942" spans="1:9">
+      <c r="A942" s="1">
+        <v>941</v>
+      </c>
+      <c r="B942" t="s">
+        <v>3097</v>
+      </c>
+      <c r="C942" t="s">
+        <v>3098</v>
+      </c>
+      <c r="D942" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E942" t="s">
+        <v>3099</v>
+      </c>
+      <c r="F942" t="s">
+        <v>3100</v>
+      </c>
+      <c r="G942" t="s">
+        <v>3099</v>
+      </c>
+      <c r="H942" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I942" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="943" spans="1:9">
+      <c r="A943" s="1">
+        <v>942</v>
+      </c>
+      <c r="B943" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C943" t="s">
+        <v>3102</v>
+      </c>
+      <c r="D943" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E943" t="s">
+        <v>3099</v>
+      </c>
+      <c r="F943" t="s">
+        <v>3103</v>
+      </c>
+      <c r="G943" t="s">
+        <v>3099</v>
+      </c>
+      <c r="H943" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I943" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="944" spans="1:9">
+      <c r="A944" s="1">
+        <v>943</v>
+      </c>
+      <c r="B944" t="s">
+        <v>3104</v>
+      </c>
+      <c r="C944" t="s">
+        <v>3105</v>
+      </c>
+      <c r="D944" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E944" t="s">
+        <v>3099</v>
+      </c>
+      <c r="F944" t="s">
+        <v>3106</v>
+      </c>
+      <c r="G944" t="s">
+        <v>3099</v>
+      </c>
+      <c r="H944" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I944" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="945" spans="1:9">
+      <c r="A945" s="1">
+        <v>944</v>
+      </c>
+      <c r="B945" t="s">
+        <v>3107</v>
+      </c>
+      <c r="C945" t="s">
+        <v>3108</v>
+      </c>
+      <c r="D945" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E945" t="s">
+        <v>3099</v>
+      </c>
+      <c r="F945" t="s">
+        <v>3109</v>
+      </c>
+      <c r="H945" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I945" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="946" spans="1:9">
+      <c r="A946" s="1">
+        <v>945</v>
+      </c>
+      <c r="B946" t="s">
+        <v>3110</v>
+      </c>
+      <c r="C946" t="s">
+        <v>3111</v>
+      </c>
+      <c r="D946" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E946" t="s">
+        <v>3112</v>
+      </c>
+      <c r="F946" t="s">
+        <v>3113</v>
+      </c>
+      <c r="H946" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I946" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="947" spans="1:9">
+      <c r="A947" s="1">
+        <v>946</v>
+      </c>
+      <c r="B947" t="s">
+        <v>3114</v>
+      </c>
+      <c r="C947" t="s">
+        <v>3115</v>
+      </c>
+      <c r="D947" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E947" t="s">
+        <v>3116</v>
+      </c>
+      <c r="F947" t="s">
+        <v>3117</v>
+      </c>
+      <c r="H947" t="s">
+        <v>2523</v>
+      </c>
+      <c r="I947" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="948" spans="1:9">
+      <c r="A948" s="1">
+        <v>947</v>
+      </c>
+      <c r="B948" t="s">
+        <v>3118</v>
+      </c>
+      <c r="C948" t="s">
+        <v>3119</v>
+      </c>
+      <c r="D948" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E948" t="s">
+        <v>3120</v>
+      </c>
+      <c r="F948" t="s">
+        <v>3121</v>
+      </c>
+      <c r="G948" t="s">
+        <v>3120</v>
+      </c>
+      <c r="H948" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I948" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="949" spans="1:9">
+      <c r="A949" s="1">
+        <v>948</v>
+      </c>
+      <c r="B949" t="s">
+        <v>3122</v>
+      </c>
+      <c r="C949" t="s">
+        <v>3123</v>
+      </c>
+      <c r="D949" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E949" t="s">
+        <v>3120</v>
+      </c>
+      <c r="F949" t="s">
+        <v>3124</v>
+      </c>
+      <c r="G949" t="s">
+        <v>3120</v>
+      </c>
+      <c r="H949" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I949" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="950" spans="1:9">
+      <c r="A950" s="1">
+        <v>949</v>
+      </c>
+      <c r="B950" t="s">
+        <v>3125</v>
+      </c>
+      <c r="C950" t="s">
+        <v>3126</v>
+      </c>
+      <c r="D950" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E950" t="s">
+        <v>3127</v>
+      </c>
+      <c r="F950" t="s">
+        <v>3128</v>
+      </c>
+      <c r="G950" t="s">
+        <v>3127</v>
+      </c>
+      <c r="H950" t="s">
+        <v>3059</v>
+      </c>
+      <c r="I950" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="951" spans="1:9">
+      <c r="A951" s="1">
+        <v>950</v>
+      </c>
+      <c r="B951" t="s">
+        <v>3129</v>
+      </c>
+      <c r="C951" t="s">
+        <v>3130</v>
+      </c>
+      <c r="D951" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E951" t="s">
+        <v>3131</v>
+      </c>
+      <c r="F951" t="s">
+        <v>3132</v>
+      </c>
+      <c r="G951" t="s">
+        <v>3131</v>
+      </c>
+      <c r="H951" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I951" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="952" spans="1:9">
+      <c r="A952" s="1">
+        <v>951</v>
+      </c>
+      <c r="B952" t="s">
+        <v>3133</v>
+      </c>
+      <c r="C952" t="s">
+        <v>3134</v>
+      </c>
+      <c r="D952" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E952" t="s">
+        <v>3135</v>
+      </c>
+      <c r="F952" t="s">
+        <v>3136</v>
+      </c>
+      <c r="H952" t="s">
+        <v>2559</v>
+      </c>
+      <c r="I952" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="953" spans="1:9">
+      <c r="A953" s="1">
+        <v>952</v>
+      </c>
+      <c r="B953" t="s">
+        <v>3137</v>
+      </c>
+      <c r="C953" t="s">
+        <v>3138</v>
+      </c>
+      <c r="D953" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E953" t="s">
+        <v>3139</v>
+      </c>
+      <c r="F953" t="s">
+        <v>3140</v>
+      </c>
+      <c r="G953" t="s">
+        <v>3139</v>
+      </c>
+      <c r="H953" t="s">
+        <v>3141</v>
+      </c>
+      <c r="I953" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="954" spans="1:9">
+      <c r="A954" s="1">
+        <v>953</v>
+      </c>
+      <c r="B954" t="s">
+        <v>3142</v>
+      </c>
+      <c r="C954" t="s">
+        <v>3138</v>
+      </c>
+      <c r="D954" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E954" t="s">
+        <v>3139</v>
+      </c>
+      <c r="F954" t="s">
+        <v>3143</v>
+      </c>
+      <c r="G954" t="s">
+        <v>3139</v>
+      </c>
+      <c r="H954" t="s">
+        <v>3141</v>
+      </c>
+      <c r="I954" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="955" spans="1:9">
+      <c r="A955" s="1">
+        <v>954</v>
+      </c>
+      <c r="B955" t="s">
+        <v>3144</v>
+      </c>
+      <c r="C955" t="s">
+        <v>3145</v>
+      </c>
+      <c r="D955" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E955" t="s">
+        <v>3139</v>
+      </c>
+      <c r="F955" t="s">
+        <v>3146</v>
+      </c>
+      <c r="G955" t="s">
+        <v>3139</v>
+      </c>
+      <c r="H955" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I955" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="956" spans="1:9">
+      <c r="A956" s="1">
+        <v>955</v>
+      </c>
+      <c r="B956" t="s">
+        <v>3147</v>
+      </c>
+      <c r="C956" t="s">
+        <v>3148</v>
+      </c>
+      <c r="D956" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E956" t="s">
+        <v>3139</v>
+      </c>
+      <c r="F956" t="s">
+        <v>3149</v>
+      </c>
+      <c r="G956" t="s">
+        <v>3139</v>
+      </c>
+      <c r="H956" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I956" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="957" spans="1:9">
+      <c r="A957" s="1">
+        <v>956</v>
+      </c>
+      <c r="B957" t="s">
+        <v>3150</v>
+      </c>
+      <c r="C957" t="s">
+        <v>3151</v>
+      </c>
+      <c r="D957" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E957" t="s">
+        <v>3152</v>
+      </c>
+      <c r="F957" t="s">
+        <v>3153</v>
+      </c>
+      <c r="H957" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I957" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="958" spans="1:9">
+      <c r="A958" s="1">
+        <v>957</v>
+      </c>
+      <c r="B958" t="s">
+        <v>3154</v>
+      </c>
+      <c r="C958" t="s">
+        <v>3155</v>
+      </c>
+      <c r="D958" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E958" t="s">
+        <v>3156</v>
+      </c>
+      <c r="F958" t="s">
+        <v>3157</v>
+      </c>
+      <c r="H958" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I958" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="959" spans="1:9">
+      <c r="A959" s="1">
+        <v>958</v>
+      </c>
+      <c r="B959" t="s">
+        <v>3158</v>
+      </c>
+      <c r="C959" t="s">
+        <v>3159</v>
+      </c>
+      <c r="D959" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E959" t="s">
+        <v>3156</v>
+      </c>
+      <c r="F959" t="s">
+        <v>3160</v>
+      </c>
+      <c r="G959" t="s">
+        <v>3156</v>
+      </c>
+      <c r="H959" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I959" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="960" spans="1:9">
+      <c r="A960" s="1">
+        <v>959</v>
+      </c>
+      <c r="B960" t="s">
+        <v>3161</v>
+      </c>
+      <c r="C960" t="s">
+        <v>3162</v>
+      </c>
+      <c r="D960" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E960" t="s">
+        <v>3163</v>
+      </c>
+      <c r="F960" t="s">
+        <v>3164</v>
+      </c>
+      <c r="G960" t="s">
+        <v>3163</v>
+      </c>
+      <c r="H960" t="s">
+        <v>3059</v>
+      </c>
+      <c r="I960" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="961" spans="1:9">
+      <c r="A961" s="1">
+        <v>960</v>
+      </c>
+      <c r="B961" t="s">
+        <v>3165</v>
+      </c>
+      <c r="C961" t="s">
+        <v>3166</v>
+      </c>
+      <c r="D961" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E961" t="s">
+        <v>3167</v>
+      </c>
+      <c r="F961" t="s">
+        <v>3168</v>
+      </c>
+      <c r="G961" t="s">
+        <v>3167</v>
+      </c>
+      <c r="H961" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I961" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="962" spans="1:9">
+      <c r="A962" s="1">
+        <v>961</v>
+      </c>
+      <c r="B962" t="s">
+        <v>3169</v>
+      </c>
+      <c r="C962" t="s">
+        <v>3170</v>
+      </c>
+      <c r="D962" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E962" t="s">
+        <v>3171</v>
+      </c>
+      <c r="F962" t="s">
+        <v>3172</v>
+      </c>
+      <c r="H962" t="s">
+        <v>3141</v>
+      </c>
+      <c r="I962" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="963" spans="1:9">
+      <c r="A963" s="1">
+        <v>962</v>
+      </c>
+      <c r="B963" t="s">
+        <v>3173</v>
+      </c>
+      <c r="C963" t="s">
+        <v>3170</v>
+      </c>
+      <c r="D963" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E963" t="s">
+        <v>3171</v>
+      </c>
+      <c r="F963" t="s">
+        <v>3174</v>
+      </c>
+      <c r="H963" t="s">
+        <v>3141</v>
+      </c>
+      <c r="I963" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="964" spans="1:9">
+      <c r="A964" s="1">
+        <v>963</v>
+      </c>
+      <c r="B964" t="s">
+        <v>3175</v>
+      </c>
+      <c r="C964" t="s">
+        <v>3176</v>
+      </c>
+      <c r="D964" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E964" t="s">
+        <v>3177</v>
+      </c>
+      <c r="F964" t="s">
+        <v>3178</v>
+      </c>
+      <c r="H964" t="s">
+        <v>2501</v>
+      </c>
+      <c r="I964" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>