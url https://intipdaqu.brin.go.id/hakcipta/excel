--- v1 (2026-01-15)
+++ v2 (2026-03-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3179">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3183">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Judul Ciptaan</t>
   </si>
   <si>
     <t>Nama Pendaftaran</t>
   </si>
   <si>
     <t>Institusi</t>
   </si>
   <si>
     <t>Tgl Daftar</t>
   </si>
   <si>
     <t>Nomor Daftar</t>
   </si>
   <si>
     <t>Tgl Sertifikasi</t>
   </si>
   <si>
     <t>Kepemilikan</t>
   </si>
   <si>
@@ -89,269 +89,269 @@
   <si>
     <t>Ariani Indrawati ; Sahid Bismantoko ; Zaenal Akbar ; Rifki Sadikin ; Ihsan Nugraha ; Yulia Aris Kartika ; Imam Civi Cartealy ; Anis Kamilah Hayati ; Farham Harvianto ; Fikri Dean Radityo ; Muhammad Daffa Muis ;</t>
   </si>
   <si>
     <t>2025-12-19</t>
   </si>
   <si>
     <t>EC002025221525</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Sains Data dan Informasi</t>
   </si>
   <si>
     <t>Firmware untuk Arduino Uno sebagai controller datalogger suhu banyak titik dengan sensor termokopel K</t>
   </si>
   <si>
     <t>Sugeng Pondang Sugiharto ; Ahmat Fauzi ; Banun Diyah Probowati ;</t>
   </si>
   <si>
     <t>EC002025221535</t>
   </si>
   <si>
     <t>BRIN, FP - UTM, Pusat Riset Teknologi dan Proses Pangan</t>
   </si>
   <si>
+    <t>Aplikasi Deteksi Longsor Bogor (V1)</t>
+  </si>
+  <si>
+    <t>Mochamad Irwan Hariyono ; Dadan Ramdani ; Dewayany ; Djoko M. Hartono ; Fatmah ; Mokhamad Nur Cahyadi ; Pamela ; Aptu Andy Kurniawan ;</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>EC002025220316</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Geoinformatika</t>
+  </si>
+  <si>
+    <t>Dataset data training klasifikasi tutupan lahan wilayah pesisir Kota dan Kabupaten Cirebon berbasis citra Sentinel-2 dan Landsat 8 Tahun 2025</t>
+  </si>
+  <si>
+    <t>Yuliana Susilowati ; Ibnu Maryanto ; Wawan Hendriawan Nur ; Aang Gunawan S ; Bambang Edhi Leksono ; Titan Listiyani ; Ayubella Anggraini Leksono ; Putri Krisna Azizati Aminulloh ; Vira Ovelia ;</t>
+  </si>
+  <si>
+    <t>EC002025220301</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Iklim dan Atmosfer</t>
+  </si>
+  <si>
+    <t>Program Deteksi Garis Pantai Citra Sentinel-2 Dengan Metode SVM pada Platform Google Colab</t>
+  </si>
+  <si>
+    <t>Azura Ulfa ; Ahmad Sutanto ; Mohammad Ardha ; Rizky Faristyawan ; Farikhotul Chusnayah ; Nurkhalis Rahili ; Kholifatul Aziz ; Gaby Nanda Kharisma, S.Pd., M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC002025220294</t>
+  </si>
+  <si>
+    <t>LavaSense</t>
+  </si>
+  <si>
+    <t>Rahmadi ; Suwarsono ; Yenni Vetrita ; Arum Tjahjaningsih ; Donna Monica ; Imam Santoso ; Anwar Annas ; Agnes Sondita Payani ; Nugraheni Setyaningrum ; Mamat Suhermat ; Nanin Anggraini ;</t>
+  </si>
+  <si>
+    <t>EC002025220304</t>
+  </si>
+  <si>
+    <t>Software Tsunami Modeling (Tsumo v1.0)</t>
+  </si>
+  <si>
+    <t>Yudhi Prabowo ; Widjo Kongko ; Imam Fachrudin ; Mardi Wibowo ; Fajar Yulianto ; Edwin Adi Wiguna ; Hanah Khoirunnisa ; Marindah Yulia Iswari ; Hilmi Aziz ; Nurkhalis Rahili ;</t>
+  </si>
+  <si>
+    <t>EC002025220313</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Hidrodinamika</t>
+  </si>
+  <si>
+    <t>CIPALI DATASET</t>
+  </si>
+  <si>
+    <t>Iwan Muhammad Erwin ; Dicky Rianto Prajitno ; Endang Suryawati ; Raden Sandra Yuwana ;</t>
+  </si>
+  <si>
+    <t>EC002025220303</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Kecerdasan Artifisial dan Keamanan Siber</t>
+  </si>
+  <si>
     <t>Program Komputer Pengidentifikasi Wereng Batang Coklat (YUKE-WBC)</t>
   </si>
   <si>
     <t>Arlyna Budi Pustika ; Wiwin Suwarningsih ; Efendi Zaenudin ; Sutomo ; Hendra Helmanto ; Ani Mugiasih ; Setyorini Widyayanti ; Rahmini ; Raden Heru Praptana ; Gagad Restu Pratiwi ; Sudarmaji ; Kristamtini ; Sigid Handoko ; Wawan Sulistiono ; Sugeng Widodo ; Naufal Nabi Anugrah ; Rizki Pradana ; Chimayatus Solichah ; Legi Kuswandi ; Daffa Fakhry Anshori ;</t>
   </si>
   <si>
-    <t>2025-12-18</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025220310</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Tanaman Pangan</t>
   </si>
   <si>
-    <t>Aplikasi Deteksi Longsor Bogor (V1)</t>
-[...50 lines deleted...]
-    <t>BRIN, Pusat Riset Teknologi Hidrodinamika</t>
+    <t>Aplikasi Berbasis Website untuk Pengelolaan Database Metabolit Ikan</t>
+  </si>
+  <si>
+    <t>Ira Maryati ; Giri Rohmad Barokah ; Andre Sihombing ; Lia Sadita ; Harry Budi Santoso ;</t>
+  </si>
+  <si>
+    <t>EC002025220312</t>
+  </si>
+  <si>
+    <t>Program Komputer Penentuan Manning Roughness Berbasis Penggabungan Multivariat Indeks Vegetasi dari Citra Satelit Optis</t>
+  </si>
+  <si>
+    <t>Favian Mafazi Giska Putra ; Farikhotul Chusnayah ; Hanah Khoirunnisa ; Amalia Nurwijayanti ; Khusnul Setia Wardani ; Novian Andri Akhirianto ; Anies Ma`rufatin ; Taufiq Wirahman ; Galdita Aruba Chulafak ; Widjo Kongko ; Afif Ari Wibowo ;</t>
+  </si>
+  <si>
+    <t>EC002025220302</t>
+  </si>
+  <si>
+    <t>BRIN, UMS, Pusat Riset Teknologi Hidrodinamika</t>
+  </si>
+  <si>
+    <t>ARCUS Active Channel Counter - Perangkat Lunak Pencacah Berkas Nuklir berbasisEPICS dan Arcus Motor Driver</t>
+  </si>
+  <si>
+    <t>Muhammad Septyawan Aulia ; M. Refai Muslih ; Iwan Sumirat ; Fahmi Alfa Muslimu ; Rifky Apriansyah ; Sairun ;</t>
+  </si>
+  <si>
+    <t>EC002025220308</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Analisis Berkas Nuklir</t>
   </si>
   <si>
     <t>RGB-D Human Segmentation</t>
   </si>
   <si>
     <t>Puji Lestari ; Elli A. Gojali ; Syasya Qonita Azizah ; Jiyaad Muhamad Harits ;</t>
   </si>
   <si>
     <t>EC002025220311</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Kecerdasan Artifisial dan Keamanan Siber</t>
-[...43 lines deleted...]
-  <si>
     <t>Dataset citra optimal berbasis Landsat untuk monitoring kualitas air permukaan pada kondisi kejadian dengan metode Empirical Ordinary Least Square (OLS)</t>
   </si>
   <si>
     <t>Yuli Sudriani ; Rido Dwi Ismanto ; Arnida L. Latifah ; Intan Nuni Wahyuni ; Meti Yulianti ; Arie Vatresia ;</t>
   </si>
   <si>
     <t>2025-12-17</t>
   </si>
   <si>
     <t>EC002025219067</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Komputasi</t>
   </si>
   <si>
     <t>Aplikasi Pemantauan Gas Rumah Kaca Jakarta: CO2 dan CH4 Berbasis Open Data</t>
   </si>
   <si>
     <t>Irwan Priyanto ; Munawar Sahabuddin ;</t>
   </si>
   <si>
     <t>EC002025219066</t>
   </si>
   <si>
     <t>BRIN, Organisasi Riset Kebumian dan Maritim</t>
   </si>
   <si>
     <t>Program Data Akuisisi Percepatan Nirkabel Dengan Waktu Pencuplikan Presisi Memanfaatkan Sinyal PPS</t>
   </si>
   <si>
     <t>Iyan Turyana ; Yudi Adityawarman ; Riski Fitriani ;</t>
   </si>
   <si>
     <t>EC002025219069</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Kebencanaan Geologi</t>
   </si>
   <si>
+    <t>IMBER PRO Sentinel-3 OLCI Data Processor</t>
+  </si>
+  <si>
+    <t>Edwards Taufiqurrahman ; A`an Johan Wahyudi ; Faisal Hamzah ; Afdal ; Idha Yulia Ikhsani ; Harmesa ; Camellia Kusuma Tito ; Lestari ;</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>EC002025217493</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Oseanologi</t>
+  </si>
+  <si>
     <t>Program Spektrum Gelombang 1D, 2D, dan Arah angin dari keluaran model gelombang SWAN</t>
   </si>
   <si>
     <t>Agus Dendi Rochendi ;</t>
   </si>
   <si>
-    <t>2025-12-16</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025217494</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Oseanologi</t>
-[...8 lines deleted...]
-    <t>EC002025217493</t>
+    <t>Dataset Faktor Penyebab Longsor Kecamatan Sukajaya</t>
+  </si>
+  <si>
+    <t>Yukni Arifianti ; Dian Nuraini Melati ; Raditya Panji Umbara ; Astisiasari ; Wisyanto ; Sukristiyanti ; Trinugroho ; Syakira Trisnafiah ; Taufik Iqbal Ramdhani ; Diyah Krisna Yuliana ; Ritha Riyandari ; Muhammad Iqbal Habibie ; Ahmad Luthfi Hadiyanto ; Argo Galih Suhadha ;</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>EC002025215405</t>
+  </si>
+  <si>
+    <t>Aplikasi Antar Muka Xray Digital Portabel Dengan Deteksi Kelainan Radiolog</t>
+  </si>
+  <si>
+    <t>Riswal Nafi Siregar ; Rhakamerta Hijazi ; Ega Pratama Hadinoto ; Amir Su`udi ; Lelly Andayasari ; Arief Ganang Saputra ; Agus Sahputra ; elfi fauziah ;</t>
+  </si>
+  <si>
+    <t>EC002025215406</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Kedokteran Preklinis dan Klinis</t>
   </si>
   <si>
     <t>Dataset Ekstraksi Polarisasi Sentinel-1 untuk Analisis Fenologi Padi Kabupaten Indramayu Tahun 2024</t>
   </si>
   <si>
     <t>Wawan Hendriawan Nur ; Yuliana Susilowati ; Dede Dirgahayu Domiri ; Okta Fajar Saputra ; Aria Bisri ; Aang Gunawan S ; Mamat Suhermat ; Titan Listiani ; Farahanum Afifah Ardiansyah ; Happy Syahrul Ramadhan ; Akmal Faiz Abdillah ; Nabila Anilda Zahrah ; Natasya Ega Lina Marbun ; Presilia ; Oktavia Nurwenda Puspita S ;</t>
   </si>
   <si>
-    <t>2025-12-15</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025215402</t>
   </si>
   <si>
-    <t>Aplikasi Antar Muka Xray Digital Portabel Dengan Deteksi Kelainan Radiolog</t>
-[...19 lines deleted...]
-  <si>
     <t>Archaeological Heritage Management in Indonesia: Prospects and Challenges</t>
   </si>
   <si>
     <t>Marlon Nicolay Ramon Ririmasse ;</t>
   </si>
   <si>
     <t>EC002025215404</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Arkeologi Lingkungan, Maritim, dan Budaya Berkelanjutan</t>
   </si>
   <si>
     <t>Dataset Air Permukaan di Wilayah Jawa Barat (2017-2024)</t>
   </si>
   <si>
     <t>Lia Sadita ; Andre Sihombing ; Ira Maryati ; Roni Salambue ; Anjalika Rahayu ; Auzikny Lasyarqy Najmulmunir ; Heisha Rachman ;</t>
   </si>
   <si>
     <t>2025-12-12</t>
   </si>
   <si>
     <t>EC002025212495</t>
   </si>
   <si>
     <t>BRIN, FakultasMatematika dan Ilmu Pengetahuan Alam Universitas Riau, Pusat Riset Sains Data dan Informasi</t>
@@ -362,83 +362,83 @@
   <si>
     <t>Alvian Rizky Yanuardian ; Firman Prawiradisastra ; Khori Sugianti ; Edi Hidayat ; Sunarya Wibawa ;</t>
   </si>
   <si>
     <t>EC002025212496</t>
   </si>
   <si>
     <t>Sistem Informasi Antisipasi Penyebaran Penyakit (SIAPP)</t>
   </si>
   <si>
     <t>Purnomo Husnul Khotimah ; Andri Fachrur Rozie ; Andria Arisal ; Ekasari Nugraheni ; Dianadewi Riswantini ; Wiwin Suwarningsih ; Devi Munandar ;</t>
   </si>
   <si>
     <t>EC002025212503</t>
   </si>
   <si>
     <t>Software Komputer untuk Identifikasi Ruang Terbuka Hijau (RTH) berbasis NDVI dengan menggunakan citra satelit Sentinel-2 Surface Reflectance</t>
   </si>
   <si>
     <t>Dandy Aditya Novresiandi ; Danang Surya Candra ; Gatot Nugroho ; Eduard Thomas Prakoso M ; Krisna Malik Sukarno ; Steward Augusto ; Fadillah Halim Rasyidy ; Dianovita ; Jansen Sitorus ;</t>
   </si>
   <si>
     <t>EC002025212499</t>
   </si>
   <si>
+    <t>BugisLingua: Sistem Penerjemahan Multi-Bahasa ke Bahasa Bugis</t>
+  </si>
+  <si>
+    <t>Yuyun ; M. Teduh Uliniansyah ; Andi Djalal Latief ; Agung Santosa ; Elvira Nurfadhilah ; Siska Pebiana ; Radhiyatul Fajri ; Nuryani ; Lyla Ruslana Aini ; - Wabula ; Gusnawary ; Pamuda ; Hazriani ; Nurfaeda ;</t>
+  </si>
+  <si>
+    <t>EC002025212497</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Data dan Informasi</t>
+  </si>
+  <si>
+    <t>CARRIE App: Aplikasi Delivery-on-Demand untuk Collaborative Autonomous Robot for Rugged Industrial Environment (CARRIE)</t>
+  </si>
+  <si>
+    <t>Roni Permana Saputra ; Dayat Kurniawan ; Yukhi Mustaqim Kusuma Sya`bana ; Rizky Saputra Tarigan ;</t>
+  </si>
+  <si>
+    <t>EC002025212502</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Mekatronika Cerdas</t>
+  </si>
+  <si>
     <t>SISIRAJA</t>
   </si>
   <si>
     <t>Nuraini Rahma Hanifa ; Aang Gunawan S ; Aria Bisri ; Tedy Mutakin ; Achmad Fakhrus Shomim ; Fa`iz Muttaqy ; Putri Natari Ratna ; Sonny Aribowo ; Endra Gunawan ; Andi Muhammad Naufal ; Rizki Tazidi Zayd ; Laura Aurellia Yusminar ; Bunga Nur Haliza ; Nikmah Ramadani Fitri ; ; Feby Angriyani ;</t>
   </si>
   <si>
     <t>EC002025212504</t>
   </si>
   <si>
-    <t>CARRIE App: Aplikasi Delivery-on-Demand untuk Collaborative Autonomous Robot for Rugged Industrial Environment (CARRIE)</t>
-[...22 lines deleted...]
-  <si>
     <t>Korpus Suara Bahasa Bugis</t>
   </si>
   <si>
     <t>M. Teduh Uliniansyah ; Yuyun ; Andi Djalal Latief ; Radhiyatul Fajri ; Elvira Nurfadhilah ; Nuraisa Novia Hidayati ; Siska Pebiana ; Lyla Ruslana Aini ; Nuryani ; Agung Santosa ; Gunarso ; Gusnawaty ; Pammuda ; Mutahharah Nemin Kaharuddin ; Ita Rosvita ; Nurfaedah Jufri ; Munawirah ; Hazriani ;</t>
   </si>
   <si>
     <t>2025-12-10</t>
   </si>
   <si>
     <t>EC002025209699</t>
   </si>
   <si>
     <t>BRIN, UNHAS, -, Pusat Riset Sains Data dan Informasi</t>
   </si>
   <si>
     <t>Software Pemetaan Indek Penanaman (IP) Padi Menggunakan Pendekatan Fenologi Pertumbuhan Tanaman dari Data Satelit SAR</t>
   </si>
   <si>
     <t>Inggit Lolita Sari ; Kustiyo ; Hidayat Gunawan ; Novie Indriasari ; Mokhamad Subehi ; Yudi Setiawan ; Yulia Amirul Fata ; Luqman Musyafa ;</t>
   </si>
   <si>
     <t>EC002025209703</t>
   </si>
   <si>
     <t>InaCOVED (Indonesian Corpus for COVID-19 Event Detection) on Online News 2.0</t>
@@ -1829,956 +1829,956 @@
   <si>
     <t>Arya Bhaskara Adiprabowo ; Frendy Rian Saputro ; Wargiantoro Prabowo ; Trisno Anggoro ; Nanda Yustina ; Bambang Muharto ; Ade Syafrinaldy ; Dhani Avianto Sugeng ; Erlan Rosyadi ; Herry Susanto ;</t>
   </si>
   <si>
     <t>EC002025187824</t>
   </si>
   <si>
     <t>Perangkat lunak sistem pemantauan dan pengendalian jarak jauh pada motor Brushless DC (BLDC) berbasis Internet of Things (IoT)</t>
   </si>
   <si>
     <t>Afif Widaryanto ; Henry Widodo ; Sigit Arianto ; Bayu Sumarno Putro ; Tris Handoyo ;</t>
   </si>
   <si>
     <t>EC002025187831</t>
   </si>
   <si>
     <t>Sistem Monitoring Misi Satelit Orbit Rendah</t>
   </si>
   <si>
     <t>Muazam Nugroho ; Wahyudi Hasbi ; Dicka Ariptian Rahayu ; Khairunnisa ; Satriya Utama ; Nur Salma Yusuf Hasanah ; Wakhid Abdurrokhman ;</t>
   </si>
   <si>
     <t>EC002025187789</t>
   </si>
   <si>
+    <t>PyRes Earthquake v.02</t>
+  </si>
+  <si>
+    <t>Lian Yuanita Andikasari ; Ritha Riyandari ; Zulfa Qonita ; Bondan Fiqi Riyalda ; Diyah Krisna Yuliana ; Dwi Abad Tiwi ; Bambang Marwanta ; Marina C. G. Frederik ;</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>EC002025156081</t>
+  </si>
+  <si>
+    <t>Collab Identifier</t>
+  </si>
+  <si>
+    <t>Rumadi ; Ambar Yoganingrum ; Abdurrakhman Prasetyadi ; Aria Bisri ; Dimas Bratakusumah ; Dian Raisa Gumilar ; Diash Firdaus ; Yusup Miftahuddin ;</t>
+  </si>
+  <si>
+    <t>EC002025156074</t>
+  </si>
+  <si>
+    <t>BRIN, Fakultas Teknologi Industri, Institut Teknologi Nasional Bandung, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Trayeko</t>
+  </si>
+  <si>
+    <t>Taufik Ibnu Salim ; Akbari Indra Basuki ; Bambang Wahono ; Nurul Hasanah ; Adi Waskito ; Franklin Impianro Turnip ;</t>
+  </si>
+  <si>
+    <t>EC002025156082</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Nata De Coco</t>
+  </si>
+  <si>
+    <t>Novy Ariyanto ; Yoyon Wahyono ; Isnaeni Kumalasari ; Virny Zasyana Eka Putri ; Nugroho Adi Sasongko ; Mutia Citrawati Lestari ; Muhammad Raihan Farras Hakim ; Anissa Dewi Suryaningtyas ; Sundari ; Anggara Lomak Prihatin ; Lambas Parlaungan Panggabean ; Anisah ; Rahmad Agus Koto ;</t>
+  </si>
+  <si>
+    <t>EC002025156089</t>
+  </si>
+  <si>
+    <t>BRIN, -, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>Geosense ID: Peta interaktif bencana dan riset</t>
+  </si>
+  <si>
+    <t>EC002025156085</t>
+  </si>
+  <si>
+    <t>Software Simulasi Pendeteksian Teletsunami Berbasis Algoritma DLPT (Detection with Lengthening Prediction Time)</t>
+  </si>
+  <si>
+    <t>Fara Ayuningtyas ; Tri Sampurno ; Agung Santosa ; Miranti Jatnika Riski ; Siti Shaleha ; Monica Dwi Wahyu Sumunaringrum ;</t>
+  </si>
+  <si>
+    <t>EC002025156084</t>
+  </si>
+  <si>
+    <t>GeoSLIDE-Dash (Geospatial Landslide Susceptibility, Vulnerability and Exposure Dashboard)</t>
+  </si>
+  <si>
+    <t>Raditya Panji Umbara ; Dian Nuraini Melati ; Astisiasari ; Taufik Iqbal Ramdhani ; Wisyanto ; Yukni Arifianti ; Sukristiyanti ; Mamat Suhermat ;</t>
+  </si>
+  <si>
+    <t>EC002025156083</t>
+  </si>
+  <si>
+    <t>GoldSpotter v.1: Program komputer (kode Python) untuk mengkuantifikasi partikel immunogold citra hasil mikroskop elektron pada jaringan tumbuhan</t>
+  </si>
+  <si>
+    <t>Reza Ramdan Rivai ; Mochamad Riza Iskandar ;</t>
+  </si>
+  <si>
+    <t>EC002025156093</t>
+  </si>
+  <si>
     <t>Aplikasi Get LST VIIRS (GLV)</t>
   </si>
   <si>
     <t>Ahmad Luthfi Hadiyanto ; Tri Muji Susantoro ; Jansen Sitorus ; Sukristiyanti ; Sitarani Safitri ;</t>
   </si>
   <si>
-    <t>2025-10-16</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025156088</t>
   </si>
   <si>
+    <t>Dataset Risiko Operasional Baggage Towing Tractor (BTT) Otonom</t>
+  </si>
+  <si>
+    <t>Siti Hidayanti Mutiara Kurnia ; Ayudhia Pangestu Gusti ; Lino Garda Denaro ; Ludfi Pratiwi Bowo ; Prastya Rizky R. ; Tris Handoyo ; Hastiya Annisa Fitri ; Indra Kurniawan ; Sinung Nugroho ; Novi Irawati ; Feronika Sekar Puriningsih ; Mutharuddin ; Subaryata ; Tetty Sulastry Mardiana ; Made Asri Puspadewi ; Taufiq Dwi Tamtomo ; Ahmad Muhtadi ;</t>
+  </si>
+  <si>
+    <t>EC002025156078</t>
+  </si>
+  <si>
+    <t>Alat Ukur Kompetensi Kewirausahaan Usaha Mikro dan Kecil</t>
+  </si>
+  <si>
+    <t>Yeni Saptia ; Yani Mulyaningsih ; Endang Sri Soesilowati ; Ika Inayah ; Reninta Dewi Nugraheni ;</t>
+  </si>
+  <si>
+    <t>EC002025156094</t>
+  </si>
+  <si>
+    <t>IMissKalter</t>
+  </si>
+  <si>
+    <t>Fito Wigunanto Herminawan ; Riski Fitriani ; Tsani Hendro Nugroho ; Eka Setianingsih ; Khaula Nurul Hakim ; Dito Eka Cahya ; Wahyu Cesar ; Osen Fili Nami ; Melyana ; Arky Astasari ;</t>
+  </si>
+  <si>
+    <t>EC002025156095</t>
+  </si>
+  <si>
+    <t>CurAnMoorS (Current Analysis for Mooring System)</t>
+  </si>
+  <si>
+    <t>Indra Kurniawan ; Rahadian ; Dwi Haryanto ; Endro Soeyanto ; Julianto Saut Hamonangan ; Omar Moefti ; Sri Ardhyastuti ; Alfi Rusdiansyah ;</t>
+  </si>
+  <si>
+    <t>EC002025156086</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Laut Dalam</t>
+  </si>
+  <si>
+    <t>Aplikasi Keuangan Daerah Mudah Dipantau (KEMUDI)</t>
+  </si>
+  <si>
+    <t>Wenwen Ruswendi ; Agus Sutejo ; Triyono Susanto ; Agoeng Srimoeljanto ; Fara Ayuningtyas ; Monica Dwi Wahyu Sumunaringrum ; Sri Saraswati Wisjnu Wardhani ; Insan Ramadhan ; Dewi Suci Rafianti ; Linda Nuryanti ; Faisol Ba'abdullah ; Kusnanda Supriatna ;</t>
+  </si>
+  <si>
+    <t>EC002025156087</t>
+  </si>
+  <si>
+    <t>Aplikasi Distribusi Global Logam Berat Nano di Air Permukaan via Graph Neural Network</t>
+  </si>
+  <si>
+    <t>Yuli Sudriani ; Arnida L. Latifah ; Angela Celin Widyanti Pratama ; Renny ;</t>
+  </si>
+  <si>
+    <t>EC002025156075</t>
+  </si>
+  <si>
+    <t>Aplikasi Berbasis Web untuk Optimalisasi Penempatan Sensor Menggunakan Konsep Jarak pada Graf</t>
+  </si>
+  <si>
+    <t>Dian Kastika Syofyan ; Ira Apni Purwasih ; Zata Yumni Awanis ; Arga Febriantoni ; Vicky ;</t>
+  </si>
+  <si>
+    <t>EC002025156091</t>
+  </si>
+  <si>
+    <t>Dataset Tinggi Permukaan Air Laut InaBuoy Malang</t>
+  </si>
+  <si>
+    <t>Alfi Rusdiansyah ; Yosi Sahreza ; Muhammad Arief ; Aan Khunaifi ; Ali Reza Syariati ; Andri Puji Prasetiyo ; Dewi Suci Rafianti ; Fajaryan Wijananto ; Karina Mayasita Handoyo ; Muhammad Rafi Juliansyah ; Tanzi Mubaroq Santoso ; Topan Try Harmanda ; Mohammad Hamdani ;</t>
+  </si>
+  <si>
+    <t>EC002025156080</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Kontrol Antena dan Pelacak Satelit Secara Real-Time: OrSync (Orbit Synchronization)</t>
+  </si>
+  <si>
+    <t>Dicka Ariptian Rahayu ; Wakhid Abdurrokhman ; Nur Salma Yusuf Hasanah ; Muazam Nugroho ; Maulana Ali Arifin ; Mohammad Mukhayadi ; Chusnul Tri Judianto ;</t>
+  </si>
+  <si>
+    <t>EC002025156077</t>
+  </si>
+  <si>
+    <t>Dataset Hasil Uji Fatigue Lifetime Kapal Fiberglass Reinforced Plastic (FRP)</t>
+  </si>
+  <si>
+    <t>Nandiko Rizal ; Abdi Ismail ; Endah Suwarni ; Irfan Eko Sandjaja ; Yuniati ; Dian Purnama Sari ; Totok Triputrastyo Murwatono ; Nurcholis ; Rina ; Muhamad Ridwan Utina ; Agus Sasmito ; Andik Machfudin ; Putri Virliani ; Noor Muhammad Ridha Fuadi ; Afian Kasharjanto ; Triwahju Hardianto ; Sumarji ; Pratama Yuli Arianto ; Alya Ferrari ;</t>
+  </si>
+  <si>
+    <t>EC002025156079</t>
+  </si>
+  <si>
     <t>Dataset Inland Waterway Transportation Berbasis Dermaga Di Jawa Barat Dan Jawa Tengah : Integrasi Data Operasional dan Lingkungan</t>
   </si>
   <si>
     <t>Ade R. Ispandiari ; Ibnu Fauzi ; Zulfa Qonita ; Eko Kustiyanto ; Favian Mafazi Giska Putra ; Nanda Yustina ; Noor Muhammad Ridha Fuadi ; Abdul Kadir ; Siti Sadiah ; Muhammad Iqbal Habibie ; Dewi Kartikasari ; Muhammad Fadhlan Putranto ; Andri Wahyudi ; Lulut Alfaris ;</t>
   </si>
   <si>
     <t>EC002025156076</t>
   </si>
   <si>
-    <t>Collab Identifier</t>
-[...164 lines deleted...]
-    <t>EC002025156085</t>
+    <t>gmt_pyplotter v2.0</t>
+  </si>
+  <si>
+    <t>Aditya Dwi Prasetio ; Titi Anggono ; Syuhada ; Febty Febriani ; Mohamad Ramdhan ; Cinantya Nirmala Dewi ; Ade Surya Putra ; Fa`iz Muttaqy ; Mohammad Hasib ;</t>
+  </si>
+  <si>
+    <t>2025-09-29</t>
+  </si>
+  <si>
+    <t>EC002025142802</t>
   </si>
   <si>
     <t>Piranti Lunak Antar Muka Berbasis Web Pada Pembangkit Listrik Panas Bumi 3 MW</t>
   </si>
   <si>
     <t>Junanto Prihantoro ; Heru Taufiqurrohman ; Teddy Alhady Lubis ; Tsani Hendro Nugroho ; Suyanto ; Cahyadi ; Agus Nurrohim ; Riza ; Kornelis Kopong Ola ; Lina Agustina ; Budi Ismoyo ; Toha Zaky ; Erwin Nashrullah ; Pradika Wahyu Dwi Putra ;</t>
   </si>
   <si>
-    <t>2025-09-29</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025142740</t>
   </si>
   <si>
     <t>Aplikasi Deteksi Perubahan Badan Air Danau untuk Danau Prioritas</t>
   </si>
   <si>
     <t>Siti Nadia Nurhidayah ; Azura Ulfa ; Hilda Ayu Pratikasiwi ; Fajar Bahari Kusuma ;</t>
   </si>
   <si>
     <t>EC002025142800</t>
   </si>
   <si>
+    <t>SeisCLustIndo : Seismic Cluster Indonesia</t>
+  </si>
+  <si>
+    <t>Akhmad Muktaf Haifani ; Yuni Indrawati ; Kurnia Anzhar ; Siti Alimah ; Sunarko ; Mudjiono ; Sudi Ariyanto ; Hadi Suntoko ; Eko Rudi Iswanto ; Abimanyu Bondan Wicaksono Setiaji ; Euis Etty Al Hakim ;</t>
+  </si>
+  <si>
+    <t>EC002025142799</t>
+  </si>
+  <si>
+    <t>SINEMA: Landslide Inventory Mapping</t>
+  </si>
+  <si>
+    <t>Astisiasari ; Taufik Iqbal Ramdhani ; Raditya Panji Umbara ; Dian Nuraini Melati ; Wisyanto ; Yukni Arifianti ; Sukristiyanti ; Mamat Suhermat ; Rika Sustika ; Muhammad Iqbal Habibie ; Ninon Nurul Faiza ; Sahid Bismantoko ; Denny Lumban Raja ;</t>
+  </si>
+  <si>
+    <t>EC002025142739</t>
+  </si>
+  <si>
     <t>Aplikasi Analisis Statistik Berbasis Web untuk Korelasi dan Regresi dengan Model Machine Learning (SisTa-R) Version 1.0</t>
   </si>
   <si>
     <t>Faozan Indresputra ; Ferman Setia Nugroho ;</t>
   </si>
   <si>
     <t>EC002025142798</t>
   </si>
   <si>
     <t>BRIN, Direktorat Kebijakan Lingkungan Hidup, Kemaritiman, Sumber Daya Alam, dan Ketenaganukliran</t>
   </si>
   <si>
-    <t>gmt_pyplotter v2.0</t>
-[...5 lines deleted...]
-    <t>EC002025142802</t>
+    <t>TerraClassify</t>
+  </si>
+  <si>
+    <t>Monica Dwi Wahyu Sumunaringrum ; Rachmawan Atmaji Perdana ; Mohammad Hamdani ; Tanzi Mubaroq Santoso ; Risnandar ; Lyla Ruslana Aini ; Fara Ayuningtyas ;</t>
+  </si>
+  <si>
+    <t>EC002025142803</t>
+  </si>
+  <si>
+    <t>Dataset Pengelasan FCAW Pada Baja KI Grade A untuk Konstruksi Kapal dan Struktur Kelautan</t>
+  </si>
+  <si>
+    <t>Bambang Irawan ; Buana Ma`ruf ; A. Bisri ; Erwien Yuliansyah Putera ; Dr.Eng. M. Anis Mustaghfirin, S.T., M.T. ; Priyambodo Nur Ardi Nugroho, S.T., M.T., PhD. ; M. Karim al Amin, S.T., M.T. ; Hendri Budi Kurniyanto, S.ST., M.T. ; Fathurrahmi Dasril, B.E (Chem), M.B.A. ; Irawan Palgunadi, B.Eng (Hons) ; Ilham Khoirul Ibad, S.T. ;</t>
+  </si>
+  <si>
+    <t>EC002025142797</t>
   </si>
   <si>
     <t>Aplikasi Pemrosesan Data SAR Sentinel-1 untuk Analysis Ready Data (ARD) Time Series dalam Pemantauan Periodik Lahan Sawah</t>
   </si>
   <si>
     <t>Siti Nadia Nurhidayah ; Dede Dirgahayu Domiri ; I Made Parsa ; Hilda Ayu Pratikasiwi ; R. Johannes Manalu ; Kurdianto ; Hengki Muradi ; Yanuar Ryyan Irawan ;</t>
   </si>
   <si>
     <t>EC002025142801</t>
   </si>
   <si>
-    <t>SeisCLustIndo : Seismic Cluster Indonesia</t>
-[...32 lines deleted...]
-    <t>EC002025142797</t>
+    <t>Web Edukasi Gizi Remaja Putri Teen ‘n Fit</t>
+  </si>
+  <si>
+    <t>Dwi Sisca Kumala Putri ; Kencana Sari ; Nur Handayani Utami ; Mieska Despitasari ; Irlina Raswanti Irawan ; Muhammad Azzumar ; Adindra Vickar Ega ; Nadia Yuthie Salwa ; Bagas Eka Ristianto ;</t>
+  </si>
+  <si>
+    <t>2025-09-16</t>
+  </si>
+  <si>
+    <t>EC002025132920</t>
   </si>
   <si>
     <t>Aplikasi Prediksi Kandungan Klorofil Total Tanaman dari Citra Satelit Landsat-8/9</t>
   </si>
   <si>
     <t>Gatot Nugroho ; Tri Muji Susantoro ; Kurdianto ; Sayidah Sulma ; Suliantara ; Herru Lastiadi Setiawan ; Danang Surya Candra ; M. Rokhis Khomarudin ;</t>
   </si>
   <si>
-    <t>2025-09-16</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025132925</t>
   </si>
   <si>
+    <t>Adaptive Regularized Interference Cancellation (ARIC)</t>
+  </si>
+  <si>
+    <t>Nasril ; Mario Ardhany ; Ratna Mayasari ; Cecep Sujana ; Danny Mokhammad Gandana ; Agus Widodo ; Ahmad Musthofa ; Bayu Sumarno Putro ; Arwidya Tantri Agtusia ; Robby Marlon Brando ; Galuh Prihantoro ; Galang Ilman Islami ;</t>
+  </si>
+  <si>
+    <t>EC002025132926,</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Daur Ulang sampah polybag menjadi material substitusi (Beam)</t>
+  </si>
+  <si>
+    <t>Geby Otivriyanti ; Maya Larasati Donna Wardani ; Arief Ameir Rahman Setiawan ; Francisca Maria Erny Septiarsi ; Zulwelly M ; Riana Yenni Hartana Sinaga ; Nurus Sahari Laili ; Mulyono ; Anita Yustisia I. Z. ; Ni Luh Putu Ayu Ratri Utami ; Dharmawan ; Vionita Lukitari Ari P. ; Adik Avianto Soedarsono ; Muhammad Sudiono ; Onny Ujianto ;</t>
+  </si>
+  <si>
+    <t>EC002025132931</t>
+  </si>
+  <si>
+    <t>Dataset Biodiversitas Laut Dangkal : Terumbu Karang pulau Pramuka dan pulau Tidung, Kepulauan Seribu</t>
+  </si>
+  <si>
+    <t>Mulyanto Darmawan ; Bayu Sutejo ; Arief Sartono ; Fadhlullah Ramadhani ; Agung Syetiawan ; Syarif Budhiman ; Muhammad Rangga Panji Kusuma ;</t>
+  </si>
+  <si>
+    <t>EC002025156092</t>
+  </si>
+  <si>
+    <t>Dataset Reflektansi Spektral Beberapa Jenis sampah Laut BerbasisPengukuran ASD Handheld</t>
+  </si>
+  <si>
+    <t>Nugraheni Setyaningrum ; Ety Parwati ; Syarif Budhiman ; Maryani Hartuti ; Rahmadi ; Donna Monica ; Fanny Meliani ; Yennie Marini ; Wiji Prasetio ; Winarno ; Ivonne M. Radjawane, S.Si.,M.Si.,Ph.D. ; Dr. Ir. Yulianto Suteja, S.Kel., M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002025132923</t>
+  </si>
+  <si>
+    <t>Aplikasi Estimasi Indeks Pertanaman Indonesia v1</t>
+  </si>
+  <si>
+    <t>Vicca Karolinoerita ; Alpeus Manihuruk ; Fadhlullah Ramadhani ; Mochamad Irwan Hariyono ; Aris Yaman ; Cipto Nugroho ; Destika Cahyana ; Yudi Riadi Fanggidae ; Muhammad Munsarif ; Maria Rini Setia ;</t>
+  </si>
+  <si>
+    <t>EC002025132935</t>
+  </si>
+  <si>
+    <t>HortiHeat Tracker</t>
+  </si>
+  <si>
+    <t>Satrio Adi Priyambada ; Mathias Prathama ;</t>
+  </si>
+  <si>
+    <t>EC002025132930</t>
+  </si>
+  <si>
+    <t>AC-HDF5toCSV - Aplikasi Penyederhanaan Konversi Data Hujan Satelit Global HDF5 ke CSV</t>
+  </si>
+  <si>
+    <t>Elenora Gita Alamanda Sapan ; Ilvi Fauziyah Cahyaningtiyas ; Winarno ; Irvan Dwi Junianto ; Budi Heru Santosa ; Wiwiek Dwi Susanti ;</t>
+  </si>
+  <si>
+    <t>EC002025132921</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Gula Semut dari Nira Kelapa</t>
+  </si>
+  <si>
+    <t>Ari Kabul Paminto ; Ira Nurhayati Djarot ; Titin Handayani ; Nuha ; Akhmad Rifai ; Hismiaty Bahua ; Sri Peni Wijayanti ; Febrian Isharyadi ; Agusta Samodra Putra ; Afifah Nurmala Karima ; Hanifah Nisrina ; Azalea Eugenie ; Rizki Amaliyah ; Netty Widyastuti ; Amita Indah Sitomurni ; Diana Nurani ; Djatmiko Pinardi ; R.r. Noorwitri Utami ; Prof. Dr. Dwi Sunu Widyartini, M.Si. ; Dr. Sri Lestari, S.Si., M.Si. ; Dr.rer.nat. M. Husein Sastranegara, M.Si ;</t>
+  </si>
+  <si>
+    <t>EC002025132932</t>
+  </si>
+  <si>
+    <t>Charging Management Operating System (CMOS)</t>
+  </si>
+  <si>
+    <t>Prasetyo Aji ; Panca Kurniawan ; Prima Trie Wijaya ; Eka Rakhman Priandana ; Riza ; Supriono Agung Wibowo ; Dionysius Aldion Renata ; Dwidharma Priyasta Tasurun ; Fito Wigunanto Herminawan ; Wahyu Cesar ; Melyana ; Eka Setianingsih ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>EC002025132919</t>
+  </si>
+  <si>
+    <t>Aset Game 2D/3D Indonesia Timur Seri 2</t>
+  </si>
+  <si>
+    <t>M. Yudhi Rezaldi ; Ambar Yoganingrum ; Esa Prakasa ; Dian Andriana ; Abdurrakhman Prasetyadi ; Ridwan Suhud ; Rio Nurtantyana ; Aang Gunawan S ; Ana Hadiana ; Aria Bisri ; Rumadi ; Muhammad Reza Pujiyanto ; Ratu Berliana Nursabrina Shiddiq ; ; Dayfa Sahla Azeeza ; Lala Lailatul Badriah ; Justin Zidane Chaniago ; Siti Rahmani Wulandari ; Malika Adilah Tatyana Usman ; Bagas Ananta Mardjuki ; Muhammad Angga Nabil Saputra ; Sayid Muhammad Athaya Rahman ; Mario ; Tiara Radinska Deanda ; Arief Budiman ; Muhammad Adharamadinka ; Yayat Sudaryat ; Irfan Dwi Rahadianto ;</t>
+  </si>
+  <si>
+    <t>EC002025132928</t>
+  </si>
+  <si>
+    <t>BRIN, Universitas Telkom, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>FertControlPro V02</t>
+  </si>
+  <si>
+    <t>Abriansyah Arisoni ; Endang Suwandi ; Peni Laksmita Widati ; Rahmayati Alindra ; Marga Asta Jaya Mulya ; Maristya Rahmadiansyah ;</t>
+  </si>
+  <si>
+    <t>EC002025132927</t>
+  </si>
+  <si>
     <t>Mush Trace - Aplikasi rantai pasokan pangan dan pertanian dengan berbasis Smart Contracts Blockchain dan Integrasi Internet of Things (IoT)</t>
   </si>
   <si>
     <t>Christian Wisnu Purnaadi ; I Putu Ananta Yogiswara ; Anak Agung Ngurah Ananda Kusuma ; Faizurrahman `Allam Majid ; Andi Kurnianto ; Abhimata Ar Rasyiid ; Tahar Agastani ; Sakinah Puspa Anggraeni ; Dedy Irawan ; Mohammad Hamdani ;</t>
   </si>
   <si>
     <t>EC002025132929</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Telekomunikasi</t>
   </si>
   <si>
+    <t>MIEShappy Emotion Detection (MED) – Aplikasi Deteksi Emosi Wajah Secara RealTime</t>
+  </si>
+  <si>
+    <t>Mieska Despitasari ; Harimat Hendarwan ; Nurhayati ; Achmad Shidiq ; Sundari Wirasmi ; Aris Yulianto ; Yudi Adityawarman ; Pesigrihastamadya Normakristagaluh ; Nova Hadi Lestriandoko ; Gembong Satrio Wibowanto ; Riski Fitriani ; Muhammad Nurkhoiri Hindratno ; Galuh Prihantoro ; Rachmawan Atmaji Perdana ;</t>
+  </si>
+  <si>
+    <t>EC002025132922</t>
+  </si>
+  <si>
     <t>Dataset Prediksi Parameter Keselamatan Termal-Hidraulik Kritis pada Peristiwa Station Blackout (SBO) di PLTN AP1000</t>
   </si>
   <si>
     <t>Anggraini Ratih Kumaraningrum ; Andi Sofrany Ekariansyah ; Sudarno ; Deswandri ; Ratih Luhuring Tyas ; Restu Maerani ; Arya Adhyaksa Waskita ;</t>
   </si>
   <si>
     <t>EC002025132934</t>
   </si>
   <si>
-    <t>Dataset LCI (Life Cycle Inventory) Produksi Gula Semut dari Nira Kelapa</t>
-[...43 lines deleted...]
-  <si>
     <t>LIKOE - A Simple Liquefaction Analysis Tool</t>
   </si>
   <si>
     <t>Kokoy Siti Komariah ; Wa Ode Sumartini ; Volvariella Volvacea ; Satrio Adi Priyambada ; Adi Susilo ;</t>
   </si>
   <si>
     <t>EC002025132933</t>
   </si>
   <si>
     <t>SISTEM INFORMASI MONITORING DAN ESTIMASI KARBON MANGROVE (Mangrove Application for Carbon Estimation - MACA)</t>
   </si>
   <si>
     <t>Nugraheni Setyaningrum ; Laju Gandharum ; Fiolenta Marpaung ; Muhammad Iqbal Habibie ; Nanin Anggraini ; Fanny Meliani ; Sepanie Putiamini ; Edy Trihatmoko ; A. A. Md. Ananda Putra Suardana ; Arief Darmawan ; Siti Arfah ; Rahmadi ;</t>
   </si>
   <si>
     <t>EC002025132924</t>
   </si>
   <si>
-    <t>Adaptive Regularized Interference Cancellation (ARIC)</t>
-[...71 lines deleted...]
-    <t>EC002025132919</t>
+    <t>BRIGATA – BRIN Rekonstruksi Citra Gamma Tomografi</t>
+  </si>
+  <si>
+    <t>Firliyani Rahmatia Ningsih ; Wibisono ; Kristedjo Kurnianto ;</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>EC002025119058</t>
+  </si>
+  <si>
+    <t>Dashboard MEVI</t>
+  </si>
+  <si>
+    <t>Nurul Hasanah ; Taufik Ibnu Salim ; Bambang Wahono ; Yanuandri Putrasari ; Mulia Pratama ; Arifin Nur ; Ahmad Dimyani ; Rakhmad Indra Pramana ; Suherman ; Akbari Indra Basuki ; Kuwat Santoso ; Lisgiyanto Sofiyan ;</t>
+  </si>
+  <si>
+    <t>EC002025119057</t>
+  </si>
+  <si>
+    <t>Program Komputer Perangkat Spatial Decision Support System (SDSS) Site Selection Rumah Tahan Gempa, Tahan Api, Cepat Bangun, dan Murah (SDSS Site-RTM)</t>
+  </si>
+  <si>
+    <t>Prabu Kresna Putra ; Dewayany ; Robby Arifandri ; Hari Prayogi ; Muhammad Iqbal Habibie ; Ati Rahadiati ; Udrekh ; Trevi Jayanti Puspasari ; Sukahar Eka Adi Saputra ; Amien Widodo ;</t>
+  </si>
+  <si>
+    <t>EC002025119060</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Konservasi Sumber Daya Laut dan Perairan Darat</t>
+  </si>
+  <si>
+    <t>Program Komputer Pemetaan Probabilitas Partikel Tenggelam (Probability_sinking.py)</t>
+  </si>
+  <si>
+    <t>Mochamad Riza Iskandar ; Dewi Surinati ; Dessy Berlianty ;</t>
+  </si>
+  <si>
+    <t>EC002025119053</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Oseanografi</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak HMI Filter Washable Biodiesel</t>
+  </si>
+  <si>
+    <t>Ahmad Taufiqur Rohman ; Ahmad Musthofa ; Budi Rochmanto ; Muchammad Taufiq Suryantoro ; Ramadhani Deniartio Samanhudi ; Taufik Yuwono ; Dedy Indriatmono ;</t>
+  </si>
+  <si>
+    <t>EC002025119059</t>
   </si>
   <si>
     <t>InviRad:Invisible Radar, Aplikasi Radar Tembus Dinding untuk Deteksi Keberadaan Objek Terhalang</t>
   </si>
   <si>
     <t>Ratna Indrawijaya ; Budiman Putra Asma`ur Rohman ;</t>
   </si>
   <si>
-    <t>2025-08-26</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025119055</t>
   </si>
   <si>
-    <t>BRIGATA – BRIN Rekonstruksi Citra Gamma Tomografi</t>
-[...37 lines deleted...]
-  <si>
     <t>PUNA-NPK</t>
   </si>
   <si>
     <t>Amrullah Kamaruddin ; Taufik Iqbal Ramdhani ; Yaya Suryana ; Adnan ; Taslim Rochmadi ; Abdul Aziz ; Wenny Oktaviani ; Arie Rakhman Hakim ; Fahrodji ; Laela Nuraini ; Anugerah Fitri Amalia ; Nizam Ghazali ; Adim Hadi ;</t>
   </si>
   <si>
     <t>EC002025119054</t>
   </si>
   <si>
     <t>Dataset Kecelakaan Truk Berat di Indonesia Hasil Pengolahan Menggunakan Machine Learning</t>
   </si>
   <si>
     <t>Indra Kurniawan ; Novi Irawati ; Mutharuddin ; Subaryata ; M. Rosyidi ; Sahid Bismantoko ; Hastiya Annisa Fitri ; Tetty Sulastry Mardiana ; Tris Handoyo ; Ludfi Pratiwi Bowo ; Feronika Sekar Puriningsih ; Sinung Nugroho ; Ayudhia Pangestu Gusti ; Made Asri Puspadewi ; Siti Hidayanti Mutiara Kurnia ; Prastya Rizky R. ; Ahmad Muhtadi ;</t>
   </si>
   <si>
     <t>EC002025119056</t>
   </si>
   <si>
-    <t>Program Komputer Perangkat Spatial Decision Support System (SDSS) Site Selection Rumah Tahan Gempa, Tahan Api, Cepat Bangun, dan Murah (SDSS Site-RTM)</t>
-[...8 lines deleted...]
-    <t>BRIN, Pusat Riset Konservasi Sumber Daya Laut dan Perairan Darat</t>
+    <t>Rapython App</t>
+  </si>
+  <si>
+    <t>Agung Budi Santoso ; Nisa Agistiani Rachman ;</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>EC002025114814</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Ekonomi Makro dan Keuangan</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Otomasi Proses Publish dan Subscribe Data Sensor menggunakan Protokol MQTT pada Testbed InaCBT</t>
+  </si>
+  <si>
+    <t>Sakinah Puspa Anggraeni ; Rifqi Fajar Giyana ; Anak Agung Ngurah Ananda Kusuma ; Tahar Agastani ; Arfan Ridwan Hartawan ; Dedy Irawan ; Christian Wisnu Purnaadi ; Mohammad Hamdani ; Toto Bachtiar Palokoto ; Widrianto Sih Pinastiko ; Xerandy ;</t>
+  </si>
+  <si>
+    <t>EC002025114785</t>
+  </si>
+  <si>
+    <t>Dataset Kelayakan Lokasi Dermaga Sungai Berbasis Analisis Spasial dan Multikriteria</t>
+  </si>
+  <si>
+    <t>Ade R. Ispandiari ; Eko Kustiyanto ; Favian Mafazi Giska Putra ; Nanda Yustina ; Zulfa Qonita ; Robby Arifandri ; Muhammad Imaduddin Abdur Rohim ; Noor Muhammad Ridha Fuadi ; Annissa Roschyntawati ; Abdul Kadir ; Hendra Palebangan ; Anas Noor Firdaus, S.T., M.Si. ; Yuni Ari Wibowo, S.T., M.T. ;</t>
+  </si>
+  <si>
+    <t>EC002025114788</t>
+  </si>
+  <si>
+    <t>VIAQ 2025: Akuisisi Citra X-Ray Computed Tomography</t>
+  </si>
+  <si>
+    <t>Andeka Tris Susanto ; Kristedjo Kurnianto ; Nur Khasan ; Jos Budi Sulistyo ; Firliyani Rahmatia Ningsih ; Achmad Hindasyah ; Rahmat ; Fahrurrozi Akbar ; Ariyawan Sunardi ; Abu Khalid Rivai ;</t>
+  </si>
+  <si>
+    <t>EC002025114782</t>
+  </si>
+  <si>
+    <t>Data Set Life Cycle Inventory (LCI) Produk Teh Hijau (Green Tea)</t>
+  </si>
+  <si>
+    <t>Chintya Komala Sari ; Rosmeika ; Arif Dwi Santoso ; Edi Iswanto Wiloso ; Anny Sulaswatty ; Nugroho Adi Sasongko ; Aditiyawan ; Muryanto ; Utari Ayuningtyas ; Delfi Fatina Soraya ;</t>
+  </si>
+  <si>
+    <t>EC002025114781</t>
   </si>
   <si>
     <t>SmartDieselPyro: Aplikasi Web untuk Prediksi dan Optimasi Kinerja Mesin Diesel Berbasis AI dengan Bahan Bakar Pirolisis</t>
   </si>
   <si>
     <t>Fauzi Dwi Setiawan ; Fitra Hidiyanto ; Rizqon Fajar ; Heru Priyanto ; Yaaro Telaumbanua ; Sigit Tri Atmaja ; Muhammad Samsul Maarif ; Dhani Avianto Sugeng ;</t>
   </si>
   <si>
-    <t>2025-08-19</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025114813</t>
   </si>
   <si>
+    <t>Spesimen Pipa Uji Las SMAW dengan Cacat Buatan sebagai Media Pelatihan Uji Tak Rusak</t>
+  </si>
+  <si>
+    <t>Desi Listianti ; Iswanto ; Yulaida Maya Sari ; Irvan Dwi Junianto ; Muhammad Afton Muhandis ; Jepri Sutanto ; Khusnul Khotimah ; Edwin Yoga Pratama ; Ika Wahyu Setya Andani ; Baskan Hanurajie ;</t>
+  </si>
+  <si>
+    <t>EC002025114787</t>
+  </si>
+  <si>
+    <t>AKUDIJALAN: Aplikasi Kamera untuk Deteksi Permukaan Jalan</t>
+  </si>
+  <si>
+    <t>Asep Haryono ; Umi Chasanah ; Tri Widodo ; Eko Syamsuddin Hasrito ; Sofwan Hidayat ; Harris Zenal ; Djoko Wahyu Karmiadji ; Nofrijadi N. ; Vebriyanti Hayoto ; Okghi Adam Qowiy ;</t>
+  </si>
+  <si>
+    <t>EC002025114783</t>
+  </si>
+  <si>
     <t>BRiS: BRIN Radiation Surveillance</t>
   </si>
   <si>
     <t>Indry Nikitasary Purba ; Dian Fitri Atmoko ; Fitri Surya Ningsih ; Adli Muhaimin ; Ryan Tirta Saputra ; Indarzah Masbatin Putra ; Devina Chandra Dewi ; Bagas Try Maryoga ; Romadhon ; Rhakamerta Hijazi ; Rissa Damayanti ; Beny Syawaludin ;</t>
   </si>
   <si>
     <t>EC002025114786</t>
   </si>
   <si>
-    <t>Rapython App</t>
-[...64 lines deleted...]
-  <si>
     <t>Aplikasi Ionoscalling</t>
   </si>
   <si>
     <t>Angga Yolanda Putra ; La Ode Muhammad Musafar Kilowasid ; Fitri Nuraeni ; Moh Andi Aris Biyantoro ; Mira Juangsih ; Setyanto Cahyo Pranoto ; Nia Syafitri ; Silmie Vidiya Fani ; Syarif Rakhmat Hidayat ; Mahdalena ; Singgih Anggi Purnama ; Hadi Rasidi ;</t>
   </si>
   <si>
     <t>2025-08-01</t>
   </si>
   <si>
     <t>EC002025103933</t>
   </si>
   <si>
     <t>PadiKu</t>
   </si>
   <si>
     <t>Setia Sari Br. Girsang ; Taufik Iqbal Ramdhani ; Indra Sakti ; Susilawati ; Arlyna Budi Pustika ; Pandu Laksono ; Hasil Sembiring ; Twenty Liana ; Agus Suprihatin ; Amelia Sebayang ; Yanti Rina D ; Dorkas Parhusip ; Tommy Purba ;</t>
   </si>
   <si>
     <t>2025-07-29</t>
   </si>
   <si>
     <t>EC002025100902</t>
   </si>
   <si>
+    <t>Program Firmware Smart Pelampung Suar Menggunakan Teknologi Lorawan</t>
+  </si>
+  <si>
+    <t>Leli Lailatul Jannah ; Andi Kurnianto ; Abhimata Ar Rasyiid ; Bondan Suwandi ; Moh. Alma Samudro ; Widar Dwi Gustian ; Azrizal Akbar ; Hanifah Dwiyanti ; Fachri Renaldy ; Faizurrahman `Allam Majid ; Yoga Prastiya Wibawa ; Budi Sulistya ; Wayan Wira Yogantara ;</t>
+  </si>
+  <si>
+    <t>EC002025100903</t>
+  </si>
+  <si>
     <t>OseStrat (Program Analisa Stratifikasi Oseanografik)</t>
   </si>
   <si>
     <t>Indra Kurniawan ; Omar Moefti ; Julianto Saut Hamonangan ; Rahadian ; Sri Ardhyastuti ; Dwi Haryanto ;</t>
   </si>
   <si>
     <t>EC002025100899</t>
   </si>
   <si>
     <t>ViableView</t>
   </si>
   <si>
     <t>Seri Intan Kuala ; Mira Landep Widiastuti ; Yuti Giamerti ; Eko Kuncoro Pramono ; Pepi Nur Susilawati ;</t>
   </si>
   <si>
     <t>EC002025100974</t>
   </si>
   <si>
-    <t>Program Firmware Smart Pelampung Suar Menggunakan Teknologi Lorawan</t>
-[...7 lines deleted...]
-  <si>
     <t>VELOST V1 (Vertically timE series ocean current anaLysis and quality cOntrol with poST-processing)</t>
   </si>
   <si>
     <t>Muhammad Fadli ; Priyadi Dwi Santoso ; Teguh Agustiadi ; Bayu Priyono ;</t>
   </si>
   <si>
     <t>EC002025100900</t>
   </si>
   <si>
+    <t>RainPCA: Aplikasi Analisis Statistik Multivariat untuk Variabilitas Spasial – Temporal Curah Hujan di Wilayah Tropis dengan Data CHIRPS</t>
+  </si>
+  <si>
+    <t>Sitarani Safitri ; Orbita Roswintiarti ; Okta Fajar Saputra ; Galdita Aruba Chulafak ; Gatot Nugroho ; Wismu Sunarmodo ; Kusumaning Ayu Dyah Sukowati ; Hana Listi Fitriana ;</t>
+  </si>
+  <si>
+    <t>2025-07-16</t>
+  </si>
+  <si>
+    <t>EC002025090632</t>
+  </si>
+  <si>
+    <t>Aplikasi Penghitung Koefisien Limpasan Permukaan (Surface Run Off) Berbasis Citra Satelit Landsat</t>
+  </si>
+  <si>
+    <t>Galdita Aruba Chulafak ; Gatot Nugroho ; Wismu Sunarmodo ; Orbita Roswintiarti ; Sitarani Safitri ; Okta Fajar Saputra ; Kusumaning Ayu Dyah Sukowati ; Hana Listi Fitriana ;</t>
+  </si>
+  <si>
+    <t>EC002025090629</t>
+  </si>
+  <si>
+    <t>Website Database Pengujian dan Standard untuk Energi Terbarukan</t>
+  </si>
+  <si>
+    <t>Rahmi Kartika Jati ; Marlina Pandin ; Adindra Vickar Ega ; Sik Sumaedi ; Tri Widianti ; Tri Rakhmawati ; Sih Damayanti ; Meilinda Ayundyahrini ; Mauludin Hidayat ; Medi Yarmen ; Hendy Gunawan ; Igif Gimin Prihanto ; Mahmudi ; Nurfadlih Syahlani ; Agung Widyo Utomo ; Anggini Dinaseviani ; I Gede Mahatma Yuda Bakti ; Nidya Judhi Astrini ; Aris Yaman ; Aminuddin ; Vetri Nurliyanti ; Nurry Widya Hesty ; Medhina Magdalena ; Bono Pranoto ; Silvy Rahmah Fithri ; Arief Heru Kuncoro ; Arfie Ikhsan Firmansyah ; Nina Konitat Supriatna ; I Made Agus Dharma Susila ; Hari Soekarno ; Sevalino Elfata ;</t>
+  </si>
+  <si>
+    <t>EC002025090630</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Pengujian dan Standar</t>
+  </si>
+  <si>
     <t>Rapid Regression Software</t>
   </si>
   <si>
     <t>Agung Budi Santoso ; Ekwasita Rini Pribadi ;</t>
   </si>
   <si>
-    <t>2025-07-16</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025090631,</t>
   </si>
   <si>
-    <t>Website Database Pengujian dan Standard untuk Energi Terbarukan</t>
-[...26 lines deleted...]
-    <t>EC002025090632</t>
+    <t>InaTRC: Indonesia Toll Road Vehicle Classification Dataset</t>
+  </si>
+  <si>
+    <t>Umi Chasanah ; Sahid Bismantoko ; Gilang Mantara Putra ; Linda Nuryanti ; Asep Haryono ; Tri Widodo ; Sofwan Hidayat ;</t>
+  </si>
+  <si>
+    <t>2025-06-30</t>
+  </si>
+  <si>
+    <t>EC002025078515</t>
+  </si>
+  <si>
+    <t>2025-07-30</t>
+  </si>
+  <si>
+    <t>Program Komputer untuk Perhitungan Tinggi dan Periode Gelombang Signifikan Berbasis Windfetch</t>
+  </si>
+  <si>
+    <t>Hanah Khoirunnisa ; Hamzah Haru Radityo Suharyanto ; Mardi Wibowo ; Aloysius Bagyo Widagdo ; Reno Arief Rachman ; Fuad Azminuddin ;</t>
+  </si>
+  <si>
+    <t>EC002025078512</t>
+  </si>
+  <si>
+    <t>Program Komputer untuk Pengolahan dan Visualisasi Data Marine NetCDF files</t>
+  </si>
+  <si>
+    <t>Hanah Khoirunnisa ; Fuad Azminuddin ; Hamzah Haru Radityo Suharyanto ; Mardi Wibowo ; Aloysius Bagyo Widagdo ; Reno Arief Rachman ;</t>
+  </si>
+  <si>
+    <t>EC002025078510</t>
+  </si>
+  <si>
+    <t>Network Traffic Scraper and Generator Web Interface v1.0</t>
+  </si>
+  <si>
+    <t>Amalia Irma Nurwidya ; Toto Bachtiar Palokoto ; Anak Agung Ngurah Ananda Kusuma ; Widrianto Sih Pinastiko ; Tahar Agastani ; Xerandy ; Dedy Irawan ; Mohammad Hamdani ; Muhammad Iqbal ; Rifqi Fajar Giyana ; Arfan Ridwan Hartawan ; Sakinah Puspa Anggraeni ; Christian Wisnu Purnaadi ;</t>
+  </si>
+  <si>
+    <t>EC002025078511</t>
   </si>
   <si>
     <t>Ekstraksi Ciri EEG (ECiE)</t>
   </si>
   <si>
     <t>Annida Rahmawati ; Papat Hidayatulloh ; Aulia Darojatun ; Artha Ivonita Simbolon ; Ulfah Nadiya ; Kadek Heri Sanjaya ; Dwi Esti Kusumandari ; M Faizal Amri ;</t>
   </si>
   <si>
-    <t>2025-06-30</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025078514</t>
   </si>
   <si>
-    <t>InaTRC: Indonesia Toll Road Vehicle Classification Dataset</t>
-[...37 lines deleted...]
-  <si>
     <t>Program Kendali Kebisingan Aktif pada Kotak Insulasi Bunyi</t>
   </si>
   <si>
     <t>Denny Hermawanto ; Chery Chaen Putri ; Ninuk Ragil Prasasti ; Bondan Dwisetyo ; Fajar Budi Utomo ; R. Rudi Anggoro Samodro ;</t>
   </si>
   <si>
     <t>2025-06-17</t>
   </si>
   <si>
     <t>EC002025068354</t>
   </si>
   <si>
+    <t>ChiMONIC (Chili Monitoring and Nutrient Control with IoT) - Aplikasi Sistem Monitoring dan Pemberian Nutrisi Pada Tanaman Cabai Berbasis IoT</t>
+  </si>
+  <si>
+    <t>Rian Putra Pratama ; Harry Bangkit ; Aris Munandar ; Hanif Fakhrurroja ; Hilman Syaeful Alam ; Slamet Supriadi ; Setyanto Cahyo Pranoto ;</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>EC002025067367</t>
+  </si>
+  <si>
     <t>MANG IoV</t>
   </si>
   <si>
     <t>Akbari Indra Basuki ; Taufik Ibnu Salim ; Iwan Setiawan ; Didi Rosiyadi ; Heru Susanto ; Ibrahim Danial Bisulthon ;</t>
   </si>
   <si>
-    <t>2025-06-16</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025067361</t>
   </si>
   <si>
-    <t>ChiMONIC (Chili Monitoring and Nutrient Control with IoT) - Aplikasi Sistem Monitoring dan Pemberian Nutrisi Pada Tanaman Cabai Berbasis IoT</t>
-[...7 lines deleted...]
-  <si>
     <t>Multimodal Drowsiness Detection Application</t>
   </si>
   <si>
     <t>Siti Hidayanti Mutiara Kurnia ; Muhammad Nurkhoiri Hindratno ; Yuki Istianto ; Nanda Yustina ; Ludfi Pratiwi Bowo ; Sinung Nugroho ; Hastiya Annisa Fitri ; Dwitya Harits Waskito ;</t>
   </si>
   <si>
     <t>EC002025067362</t>
   </si>
   <si>
+    <t>Sistem Big Data Bahasa dan Sastra Lisan Perbatasan (BAHASAN)</t>
+  </si>
+  <si>
+    <t>Foni Agus Setiawan ; Yusup Irawan ; Dedy Ari Asfar ; Irmayani ; Herpanus ; Muhammad Pramulya ; Lilian Slow ;</t>
+  </si>
+  <si>
+    <t>2025-05-27</t>
+  </si>
+  <si>
+    <t>EC002025055955</t>
+  </si>
+  <si>
+    <t>Aplikasi Pengolahan Citra Satelit Resolusi Menengah untuk Analisis Area Terbakar Menggunakan Threshold Otsu</t>
+  </si>
+  <si>
+    <t>Gatot Nugroho ; Mohammad Ardha ; Yenni Vetrita ; Tatik Kartika ;</t>
+  </si>
+  <si>
+    <t>EC002025055954</t>
+  </si>
+  <si>
+    <t>Data Parameter Iklim dan Kecepatan Angin pada Ketinggian Hub turbin Angin untuk Perencanaan Transisi Energi Terbarukan di Pulau Sumba</t>
+  </si>
+  <si>
+    <t>Nurry Widya Hesty ; Agus Nurrohim ; Silvy Rahmah Fithri ; Aminuddin ; Prima Trie Wijaya ; Afri Dwijatmiko ; Vetri Nurliyanti ; Andri Subandriya ; Arief Heru Kuncoro ; Edi Hilmawan ; Agus Sugiyono ; Joko Santosa ; Yudiartono ; Nona Niode ; Erwin Siregar ; Ira Fitriana ; La Ode Muhammad Abdul Wahid ; Muhammad Amirullah Makmunsyah Oktaufik ;</t>
+  </si>
+  <si>
+    <t>EC002025055963</t>
+  </si>
+  <si>
     <t>Aset Game 2D/3D Indonesia Timur</t>
   </si>
   <si>
     <t>M. Yudhi Rezaldi ; Esa Prakasa ; Dian Andriana ; Abdurrakhman Prasetyadi ; Ridwan Suhud ; Aang Gunawan S ; Rio Nurtantyana ; M. Yudhi Rezaldi ; Dian Andriana ; Riky Taufik Afif ; Yayat Sudaryat ; Arief Budiman ; Nisrina Qatrunnada ; Adya Saladina Athaya ; Moh. Reffy Aditya Dharma ; Gian Daffa Sonjaya ; Nurhidayani Sulfiany ; Arief aflah ; Agus Setiawan ; Purmaningrum Maeni ; Erna Nurmalinda ; Muammar Mochtar ; Boy Irwan Budiman ; Rakha Fadilah ; Firas Shaquille Zharfan ; Muhammad Fadhil Hamdani ; Sarah Faradiba ;</t>
   </si>
   <si>
-    <t>2025-05-27</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002025055947</t>
   </si>
   <si>
-    <t>Aplikasi Pengolahan Citra Satelit Resolusi Menengah untuk Analisis Area Terbakar Menggunakan Threshold Otsu</t>
-[...16 lines deleted...]
-  <si>
     <t>Dataset LCI (Life Cycle Inventory) Sustainable Smart Greenhouse (Smart Farming System) untuk Komoditas Melon</t>
   </si>
   <si>
     <t>Ratna Etie Puspita Dewi ; Helena Lina Susilawati ; Tri Martini ; Nugroho Adi Sasongko ; Meidaliyantisyah ; Catur Oktivian Indri Hastuti ; Heru Susanto ; Tri Cahyono ; Rahadian Mawardi ; Taupik Rahman ; Astriany Noer ; Nur Dewi Pusporini ;</t>
   </si>
   <si>
     <t>EC002025055948</t>
   </si>
   <si>
-    <t>Data Parameter Iklim dan Kecepatan Angin pada Ketinggian Hub turbin Angin untuk Perencanaan Transisi Energi Terbarukan di Pulau Sumba</t>
-[...5 lines deleted...]
-    <t>EC002025055963</t>
+    <t>Advanced MSMEs POS using e-Meterai</t>
+  </si>
+  <si>
+    <t>Marini Wulandari ; Dini Fronitasari ; Ahmad Mundhofa ; Yufan Amri ; Elfrin Erawan ; Wahyu Juniardi ; Wawan Hermawan ; Sri Agustiningtyas ; Arti Dian Nastiti ; Ridha Radhitya ; Darius Alexander Go Reinnamah ;</t>
+  </si>
+  <si>
+    <t>2025-05-09</t>
+  </si>
+  <si>
+    <t>EC002025048036</t>
+  </si>
+  <si>
+    <t>Smartfarm Service</t>
+  </si>
+  <si>
+    <t>Reza Septiawan ; I Putu Ananta Yogiswara ; Nashrullah Taufik ; Arief Rufiyanto ; Bondan Suwandi ; Budi Sulistya ; Yoga Prastiya Wibawa ; Hanifah Dwiyanti ; Moh. Alma Samudro ; Widar Dwi Gustian ; Azrizal Akbar ; Christian Wisnu Purnaadi ; Sakinah Puspa Anggraeni ; Yuki Istianto ; Ryan Prasetya Utama ; I Made Astawa ;</t>
+  </si>
+  <si>
+    <t>EC002025048064</t>
   </si>
   <si>
     <t>Software Komputer untuk Perhitungan Emisi Gas Rumah Kaca (GRK) Berbasis Satelit Landsat-8 dengan Pendekatan Model Regresi Linier Sederhana</t>
   </si>
   <si>
     <t>Eduard Thomas Prakoso M ; Krisna Malik Sukarno ; Fadillah Halim Rasyidy ; Steward Augusto ; Hilda Ayu Pratikasiwi ; Dandy Aditya Novresiandi ; Khalifah Insan Nur Rahmi ; Parwati ;</t>
   </si>
   <si>
-    <t>2025-05-09</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202025048037</t>
   </si>
   <si>
-    <t>Advanced MSMEs POS using e-Meterai</t>
-[...5 lines deleted...]
-    <t>EC002025048036</t>
+    <t>Chatbot Lisa (Hemodialisa) versi 2.0 berbasis LLM+RAG</t>
+  </si>
+  <si>
+    <t>Elvira Nurfadhilah ; Lyla Ruslana Aini ; Agung Santosa ; Prabu Kresna Putra ; Siska Pebiana ; Radhiyatul Fajri ; M. Teduh Uliniansyah ; Esa Prakasa ;</t>
+  </si>
+  <si>
+    <t>EC002025048065</t>
   </si>
   <si>
     <t>MEVI Visual</t>
   </si>
   <si>
     <t>Nurul Hasanah ; Taufik Ibnu Salim ; Bambang Wahono ; Adi Waskito ; Andri Joko Purwanto ; Endro Junianto ; Akbari Indra Basuki ; Dikdik Krisnandi ; Fikri Majid ; Lisgiyanto Sofiyan ; Tri Raharjo Yudantoro ;</t>
   </si>
   <si>
     <t>EC002025048034</t>
   </si>
   <si>
-    <t>Chatbot Lisa (Hemodialisa) versi 2.0 berbasis LLM+RAG</t>
-[...16 lines deleted...]
-  <si>
     <t>TapNPlug</t>
   </si>
   <si>
     <t>Eka Setianingsih ; Dwidharma Priyasta Tasurun ; Wahyu Cesar ; Fito Wigunanto Herminawan ; Tanzi Mubaroq Santoso ; Prasetyo Aji ; Riza ; Eka Rakhman Priandana ; Panca Kurniawan ; Supriono Agung Wibowo ; Prima Trie Wijaya ; Melyana ; Firson Satriasta ;</t>
   </si>
   <si>
     <t>2025-04-29</t>
   </si>
   <si>
     <t>EC002025043980</t>
   </si>
   <si>
     <t>MethaRice v1.0 : Aplikasi Perhitungan Emisi Gas Metana (CH₄) Lahan Sawah di Indonesia berbasis Citra Satelit</t>
   </si>
   <si>
     <t>Hilda Ayu Pratikasiwi ; Khalifah Insan Nur Rahmi ; Parwati ; Rahmat Arief ; Dandy Aditya Novresiandi ; Rendi Handika ; Terry Ayu Adriany ; Destika Cahyana ; Wage Ratna Rohaeni ; R. Iman Muhardiono BR ;</t>
   </si>
   <si>
     <t>EC002025043813</t>
   </si>
   <si>
     <t>Dataset Tutupan Lahan Kabupaten Sumbawa Dengan Resolusi Spasial 10 meter</t>
   </si>
   <si>
     <t>Muhammad Ramdhan ; Taslim Arifin ; Yulius ;</t>
@@ -2846,2633 +2846,2642 @@
   <si>
     <t>Asep Haryono ; Umi Chasanah ; Linda Nuryanti ; Hilda Luthfiyah ; Yuki Istianto ; Rully Kusumajaya ; Sofyan Mufti Prasetiyo ; Muhammad Fadhlan Putranto ; Adi Nurhadiyatna ;</t>
   </si>
   <si>
     <t>2025-03-18</t>
   </si>
   <si>
     <t>EC002025032667</t>
   </si>
   <si>
     <t>AQUACULTURE DEVELOPMENT IN ARCHIPELAGO</t>
   </si>
   <si>
     <t>Erma Primanita Hayuningtyas ; Estu Nugroho ; Imron ; Rosmiati ; Bambang Gunadi ; Khairul Syahputra ; Herlinah ; Adam Robisalmi ; Adang Saputra ; Apri I. Supii ; Andi Parenrengi ; Arsad Tirta Subangkit ; Bambang Iswanto ; Bastiar Nur ; Brata Pantjara ; Dewi Puspaningsih ; Didik Ariyanto ; Eni Kusrini ; Emma Suryati ; Evi Tahapari ; Fajar Anggraeni ; Gunarto ; Huria Marnis ; I Gusti Ngurah Permana ; Ibnu Rusdi ; Ikhsan Khasani ; Irin Iriana Kusnini ; Jadmiko Darmawan Widi Prasetiya ; Jhon Harianto Hutapea ; Jojo Subagja ; Kurniawan ; Lies Setijaningsih ; Listio Dharmawantho ; Muhammad Marzuqi ; Mulyasari ; Nunak Nafiqoh ; Nunuk Listiyowati ; Nurdiansyah ; Otong Zaenal Arifin ; Rahmat Hidayat ; Rasidi ; Rommy Suprapto ; Ruby Vidia Kusumah ; Samuel Lante ; Sawung Cindelaras ; Siti Murniasih ; Suharyanto ; Sulaeman ; Sularto ; Sulasy Rohmy ; Tony Setia Dharma ; Vitas Atmadi Prakoso ; Wahyu Pamungkas Soengkawati ; Wahyulia Cahyanti ; Yogi Himawan ; Zafran ; Anang Hari Kristano ; Andi Tenriulo ; Gigih Setia Wibawa ; Ngurah Sedana Yasa ;</t>
   </si>
   <si>
     <t>2024-12-16</t>
   </si>
   <si>
     <t>EC002024253487</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Perikanan</t>
   </si>
   <si>
+    <t>The Indonesian Perspective On Democracy</t>
+  </si>
+  <si>
+    <t>Firman Noor ; Sri Nuryanti ; Mardyanto Wahyu Tryatmoko ; Defbry Margiansyah ; Devi Darmawan ; Sandy Nur Ikfal Raharjo ; Ridho Imawan Hanafi ; Muhamad Haripin ; Lidya Christin Sinaga ; Khanisa ; Luky Sandra Amalia ; Wasisto Raharjo Jati ;</t>
+  </si>
+  <si>
+    <t>2024-12-12</t>
+  </si>
+  <si>
+    <t>EC002024250529</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Politik</t>
+  </si>
+  <si>
     <t>Fragmentasi Dan Soliditas Partai Islam Di Indonesia</t>
   </si>
   <si>
-    <t>2024-12-12</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024250531</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Politik</t>
-[...8 lines deleted...]
-    <t>EC002024250529</t>
+    <t>Aplikasi AUDIT TOOLS LATIK</t>
+  </si>
+  <si>
+    <t>Armita Widyasuri ; Andrari Grahitandaru ; Zain Saifullah ; Miranti Jatnika Riski ; Friyogi Resvy Mahda ; Sopian Amir ; Mochammad Fikri ; Harnum Annisa Prafitia ; Nimas Ayu Untariyati ; Retno Anggreini Dyah Ayuningtias ; Wardatul Hanifah ;</t>
+  </si>
+  <si>
+    <t>2024-12-11</t>
+  </si>
+  <si>
+    <t>EC002024249617</t>
+  </si>
+  <si>
+    <t>PosTagBugis3K - Dataset Part-of- Speech Tag Korpus Bahasa Bugis</t>
+  </si>
+  <si>
+    <t>Andi Djalal Latief ; Yuyun ; M. Teduh Uliniansyah ; Gunarso ; Tri Sampurno ; Elvira Nurfadhilah ; Siska Pebiana ; Dian Isnaeni Nurul Afra ; Nuraisa Novia Hidayati ; Gusnawati ; Pammuda ; Mutahharah Nemin Kaharuddin ; Ita Rosvita ; Nurfaedah ; Dalyan Tahir ;</t>
+  </si>
+  <si>
+    <t>EC002024249616</t>
+  </si>
+  <si>
+    <t>BRIN, Fakultas Ilmu Budaya - Universitas Hasanuddin, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Sistem Manajemen Warehouse Dan Point Of Sales (POS) E- commerce</t>
+  </si>
+  <si>
+    <t>Arafat Febriandirza ; Budi Nugroho ; Abdurrakhman Prasetyadi ; M. Yudhi Rezaldi ; Ambar Yoganingrum ; Christine Cecylia Munthe ; Marcellito Vido Triwibowo ; Dery Andrian Pratama ;</t>
+  </si>
+  <si>
+    <t>EC002024249615</t>
+  </si>
+  <si>
+    <t>BRIN, PT Inovasi Teknologi Kebaikan, Pusat Riset Sains Data dan Informasi</t>
   </si>
   <si>
     <t>Watershed Health Assessment System (WHAS)</t>
   </si>
   <si>
     <t>Foni Agus Setiawan ; Irfan Budi Pramono ; Budi Heru Santosa ; Agus Wuryanta ; Rachmat Fajar Lubis ; Galdita Aruba Chulafak ; Novita Br Ginting ;</t>
   </si>
   <si>
-    <t>2024-12-11</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024249614</t>
   </si>
   <si>
-    <t>Sistem Manajemen Warehouse Dan Point Of Sales (POS) E- commerce</t>
-[...29 lines deleted...]
-    <t>EC002024249617</t>
+    <t>BRIN – ORCA (Oilspills Recognition And Clustering Automation)</t>
+  </si>
+  <si>
+    <t>Rizky Faristyawan ; Muhammad Fadhlan Putranto ; Argo Galih Suhadha ; Maryani Hartuti ; Widodo Setiyo Pranowo ; Tri Muji Susantoro ; Try Kusuma Wardana ; Andi Ibrahim ;</t>
+  </si>
+  <si>
+    <t>2024-12-10</t>
+  </si>
+  <si>
+    <t>EC002024248776</t>
+  </si>
+  <si>
+    <t>Big Data Processing For Automatic Water Body Extraction From Sentinel-2 Imagery</t>
+  </si>
+  <si>
+    <t>Rossi Hamzah ; Danang Surya Candra ; Udhi Catur Nugroho ; Galdita Aruba Chulafak ; Khalifah Insan Nur Rahmi ; Hana Listi Fitriana ; Ihsan Naufan ; Angga Trysa Yuherdha ; Andryana Dwi Permadi ;</t>
+  </si>
+  <si>
+    <t>EC002024248755</t>
   </si>
   <si>
     <t>Program Komputer Untuk Visualisasi Ocean Climate Index</t>
   </si>
   <si>
     <t>Dessy Berlianty ; Munawar Sahabuddin ; Putri Adia Utari ;</t>
   </si>
   <si>
-    <t>2024-12-10</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024248773</t>
   </si>
   <si>
+    <t>Aplikasi BRIN CSPP Processing Service V1.0</t>
+  </si>
+  <si>
+    <t>Panji Rachman Ramadhan ; Andy Indradjad ; Dinari Nikken Sulastrie Sirin ; Nurmajid Setyasaputra ; Sutan Takdir Ali Munawar ;</t>
+  </si>
+  <si>
+    <t>EC002024248775</t>
+  </si>
+  <si>
     <t>Perangkat Lunak Mesin High Energy Milling (HEM)</t>
   </si>
   <si>
     <t>Dito Eka Cahya ; Nurul Taufiqu Rochman ; Tsani Hendro Nugroho ; Zaid Cahya Dinul Haq ; Fadhil Taufiqul Akbar Rusady, S.Si ; Usman Abdulaziz, S.Ars ;</t>
   </si>
   <si>
     <t>EC002024248774</t>
   </si>
   <si>
-    <t>BRIN – ORCA (Oilspills Recognition And Clustering Automation)</t>
-[...7 lines deleted...]
-  <si>
     <t>Peta Gunungapi Anak Krakatau Tahun 2023</t>
   </si>
   <si>
     <t>EC002024248777</t>
   </si>
   <si>
-    <t>Aplikasi BRIN CSPP Processing Service V1.0</t>
-[...14 lines deleted...]
-    <t>EC002024248755</t>
+    <t>Perangkat Lunak Misi Pencitraan Indonesia (MICIN)</t>
+  </si>
+  <si>
+    <t>Nur Salma Yusuf Hasanah ; Satriya Utama ; Rise Hapshary Surayuda ; Suraduita Mupasanta ; Wakhid Abdurrokhman ; Ahmad Zammir Ribah ; Nova Maras Nurul Khamsah ; Anshari Akbar ; Patria Rachman Hakim ;</t>
+  </si>
+  <si>
+    <t>2024-12-09</t>
+  </si>
+  <si>
+    <t>EC002024247593</t>
   </si>
   <si>
     <t>Sistem Penilaian Kesiapan Research Data Management</t>
   </si>
   <si>
     <t>Ekawati Marlina ; Hermin Triasih ; Betty Purwandari ; Achmad Nizar Hidayanto ; Andi Yudi Prayoga ;</t>
   </si>
   <si>
-    <t>2024-12-09</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024247596</t>
   </si>
   <si>
+    <t>TRANSPAY</t>
+  </si>
+  <si>
+    <t>Rachmat Hidayat ; Heru Susanto ; Andri Saputra ; Budhi Riyanto ; Iwan Setiawan ; Arief Indriarto Haris ; Raden Muhammad Taufik Yuniantoro ; Taufik Iqbal Ramdhani ; Rd. Angga Ferianda ; Akbari Indra Basuki ; Lakmi Makarti ;</t>
+  </si>
+  <si>
+    <t>EC002024247595</t>
+  </si>
+  <si>
+    <t>VIIRS Level 1 Conversion Toolkit (NC To TIFF)</t>
+  </si>
+  <si>
+    <t>Andy Indradjad ; Rossi Hamzah ; Teguh Prayogo ; Syarif Budhiman ; Karunika Diwyacitta ; Ika Siwi Supriyani ; Rise Hapshary Surayuda ; Olivia Maftukhaturrizqoh ; Fauzan Al Ayyubi ; Muchammad Soleh ;</t>
+  </si>
+  <si>
+    <t>EC002024247586</t>
+  </si>
+  <si>
+    <t>Dataset Distribusi Spasial Pengujian Konsentrasi Klorofil-a Tervalidasi Berbasis Otomatisasi Landsat Dan Model Aljabar</t>
+  </si>
+  <si>
+    <t>EC002024247599</t>
+  </si>
+  <si>
+    <t>Aplikasi Untuk Optimasi Rute Transportasi Fatty Acid Methyl Ester (FAME) Sebagai Bahan Baku Biodiesel Dengan Mempertimbangkan Variabel Resiko Disebabkan Kerusakan Jalan</t>
+  </si>
+  <si>
+    <t>Dwi Phalita Upahita ; Rutma Pujiwat ; M. Rosyidi ; Djoko Prijo Utomo ; Yustina Niken Raharina Hendra ; Sucipto ; Annissa Roschyntawati ; Maharani Almira Salsabilla ; Siti Hidayanti Mutiara Kurnia ; Asep Yayat Nurhidayat ; Windra Priatna Humang ; Dedy Arianto ; Hasriwan Putra ; Mohamad Ivan Aji Saputro ; Mega Novetrishka Putri ; Nur Fitriana ;</t>
+  </si>
+  <si>
+    <t>EC002024247587</t>
+  </si>
+  <si>
+    <t>Aplikasi Komputer Penentuan Rute Kapal Untuk Meminimalkan Biaya Transportasi Pada Angkutan Laut Bersubsidi Di Indonesia</t>
+  </si>
+  <si>
+    <t>Windra Priatna Humang ; Djoko Prijo Utomo ; Hasriwan Putra ; Dedy Arianto ; Rutma Pujiwat ; Dwi Phalita Upahita ; Sucipto ; Asep Yayat Nurhidayat ; Yustina Niken Raharina Hendra ; Maharani Almira Salsabilla ; Mohamad Ivan Aji Saputro ; Mega Novetrishka Putri ; Nur Fitriana ;</t>
+  </si>
+  <si>
+    <t>EC002024247597</t>
+  </si>
+  <si>
+    <t>Dataset Mangrove Budeng Bali 2023</t>
+  </si>
+  <si>
+    <t>Frida Sidik ; Edi Kurniawan ; Nuryani Widagti ; Adiguna Rahmat Nugraha ; I Nyoman Surana ; Ni Made Nia Bunga Surya Dewi ;</t>
+  </si>
+  <si>
+    <t>EC002024247598</t>
+  </si>
+  <si>
+    <t>Dataset Lahan Tanaman Ilegal</t>
+  </si>
+  <si>
+    <t>Aris Surya Yunata ; Yomi Guno ; Fadjar Rahino Triputra ; Widyawasta ; Karyawan ; Dewi Habsari Budiarti ; Irfansyah Yudhi Tanasa ; Frandi Adi Kaharjito ; Apid Rustandi ; M. Yudhi Rezaldi ; Ridwan Suhud ; Aang Gunawan S ; Abid Paripurna Fuadi ; Mukti Wibowo ; Asyaraf Hidayat ; Syahrul ; Yohanes Pringeten Dilianto Sembiring Depari ; Jemie Muliadi ; Guno Wicaksono ;</t>
+  </si>
+  <si>
+    <t>EC002024247590</t>
+  </si>
+  <si>
+    <t>Dataset Elemen Matriks Bertetangga Untuk Gambar Digital N X N Pixel</t>
+  </si>
+  <si>
+    <t>Iwan Setiawan ; Rachmat Hidayat ; Didi Rosiyadi ; Prof. Edy Tri Baskoro, M.Sc., Ph.D ; Dra.Rina Ratianingsih, M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002024247589</t>
+  </si>
+  <si>
+    <t>Dataset Tingkat Kematangan Buah Pisang Cavendish</t>
+  </si>
+  <si>
+    <t>Dito Eka Cahya ; Zaid Cahya Dinul Haq ; Tsani Hendro Nugroho ; Heru Taufiqurrohman ; Ardani Cesario Zuhri ; Waqif Agusta ; Herdiarti Destika H. ;</t>
+  </si>
+  <si>
+    <t>EC002024247588</t>
+  </si>
+  <si>
+    <t>Dataset Data Training Dan Testing Untuk Klasifikasi Tutupan Lahan Di Kabupaten Indramayu Berbasis Citra Satelit Sentinel-2A</t>
+  </si>
+  <si>
+    <t>Wawan Hendriawan Nur ; Yuliana Susilowati ; Yugo Kumoro ; Okta Fajar Saputra ; Mamat Suhermat ; Aang Gunawan S ; Titan Listiani ; Gibtha Fitri Laxmi ; Bayu Ardiyanto ; Dewi Mustika Pertiwi ; Dina Haryanti ; Khafidz Asshidqi Al Awaby ; Moch Rafli Firmansyah ;</t>
+  </si>
+  <si>
+    <t>EC002024247600</t>
+  </si>
+  <si>
+    <t>Sistem Penilaian Resiko Penerbangan Pesawat Terbang Tanpa Awak Dengan Pendekatan SORA (Specific Operations Risk Assessment)</t>
+  </si>
+  <si>
+    <t>Abdul Rohman ; Abdul Aziz ; Aries Asrianto Ramadian ; Danartomo Kusumoaji ; Irma Rismayanti ; Ildefonsa Anna Fransiska Nahak ; Rudi Choirul Anwar ; Hartono ; Fuad Surastyo Pranoto ; Ari Sugeng Budiyanta ; Fadilah Hasim ; Gunawan Setyo Prabowo ;</t>
+  </si>
+  <si>
+    <t>EC002024247591</t>
+  </si>
+  <si>
     <t>Perangkat Lunak Modul Alat Pemantauan Nilai Kapasitansi Dan Nilai Induktansi Secara Real Time Pada LCL Filter (BRINTEC V1)</t>
   </si>
   <si>
     <t>Asep Dadan Hermawan ; Tsani Hendro Nugroho ; Fitra Hidiyanto ; Arief Kurniawan ; Heri Nugraha ; Dwie Vannia Dianti ; Teddy Anugrah Ramanel ; Muhammad Taufiq ; Agus Basuki ;</t>
   </si>
   <si>
     <t>EC002024247592</t>
   </si>
   <si>
-    <t>Dataset Distribusi Spasial Pengujian Konsentrasi Klorofil-a Tervalidasi Berbasis Otomatisasi Landsat Dan Model Aljabar</t>
-[...76 lines deleted...]
-  <si>
     <t>PV Microgrid For Green Data Center (PV- Gender) Aplikasi Simulasi Tekno Ekonomi Sistem PV Pada Pusat Data Hijau Berbasis Python Dan Containerization</t>
   </si>
   <si>
     <t>Dannya Maharani Putri Utami ; Kholid Akhmad ; Taufik Iqbal Ramdhani ; Prasetyo Aji ; Vetri Nurliyanti ; Adinda Prawitasari ; Eka Nurdiana ; Dhea Amelia Rianjani ; Suhraeni Syafei ; Arif Cahyono Dwi Nugroho ; Dani Ramdani ; Ilham Rahmat Kurnia ; Nugraha Ramadhana ; Hafsah Halidah ; Khotimatul Fauziah ; Dionysius Aldion Renata ; Yusuf Margowadi ; Munadiyan Nurhuda ; Ahmad Gusyairi ; Zulramadhanie ;</t>
   </si>
   <si>
     <t>EC002024247594</t>
   </si>
   <si>
-    <t>Sistem Penilaian Resiko Penerbangan Pesawat Terbang Tanpa Awak Dengan Pendekatan SORA (Specific Operations Risk Assessment)</t>
-[...23 lines deleted...]
-    <t>EC002024247600</t>
+    <t>Sistem Akusisi Dan Pemantauan Konsumsi Bahan Bakar Mesin Diesel Genset Berbasis SCADA</t>
+  </si>
+  <si>
+    <t>Arya Bhaskara Adiprabowo ; Frendy Rian Saputro ; Wargiantoro Prabowo ; Trisno Anggoro ; Imron Masfuri ; Bambang Muharto ; Erlan Rosyadi ; Dhani Avianto Sugeng ; Dr. Ahmad Muhsin Bin Ithnin ; Prof. Madya Ts. Dr. Wira Jazair Bin Yahya ;</t>
+  </si>
+  <si>
+    <t>2024-12-06</t>
+  </si>
+  <si>
+    <t>EC002024245558</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Cacat Pada Hasil Pengelasan Shielded Metal Arc Welding (SMAW) Dengan Menggunakan Arsitektur Mask R-CNN</t>
+  </si>
+  <si>
+    <t>Agus Sasmito ; Nandiko Rizal ; Irfan Eko Sandjaja ; Totok Triputrastyo Murwatono ; Andik Machfudin ; Dian Purnama Sari ; Mubessirul Ummah ; Rima Tri Wahyuningrum ; Mohamad Imron Mustajib ;</t>
+  </si>
+  <si>
+    <t>EC002024245574</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Biochar Sekam Padi</t>
+  </si>
+  <si>
+    <t>Tri Wahyuni ; Tri Martini ; Helena Lina Susilawati ; Meidaliyantisyah ; Prof. Dr. Ir. Bambang Purwantana, M.Agr ; Dr. Ngadisih, S.T.P., M.Sc ; Dr. Rizki Maftukhah, S.T.P., M.Sc ;</t>
+  </si>
+  <si>
+    <t>EC002024245559</t>
+  </si>
+  <si>
+    <t>Plugins TRIGRSMap</t>
+  </si>
+  <si>
+    <t>Khori Sugianti ; Mamat Suhermat ; Arifan Jaya Syahbana ; Wawan Hendriawan Nur ; Aang Gunawan S ; Adrin Tohari ; Okta Fajar Saputra ; Hasan Tri Atmojo ;</t>
+  </si>
+  <si>
+    <t>EC002024245566</t>
+  </si>
+  <si>
+    <t>Jakarta Slum Area Segmentation Dataset</t>
+  </si>
+  <si>
+    <t>Andre Sihombing ; Yustisi Ardhitasari Lumban Gaol ; Aninda Wisaksanti Rudiastuti ; Florence Elfriede Sinthauli Silalahi ; Yosef Prihanto ; Galdita Aruba Chulafak ; Aldino Rizaldy, S.T., M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC002024245563</t>
   </si>
   <si>
     <t>Gmt_pyplotter V1.0 - Generic Mapping Tools (GMT) Interactive Script Generator Berbasis Python</t>
   </si>
   <si>
     <t>Aditya Dwi Prasetio ; Titi Anggono ; Syuhada ; Febty Febriani ; Mohamad Ramdhan ; Cinantya Nirmala Dewi ; Ade Surya Putra ; Fa'iz Muttaqy ; Atin Nur Aulia ; Mohammad Hasib ;</t>
   </si>
   <si>
-    <t>2024-12-06</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024245564</t>
   </si>
   <si>
+    <t>Program Komputer Sistem Telemetri Untuk Pemantauan Parameter Cuaca Dan Kondisi Lahan Gambut</t>
+  </si>
+  <si>
+    <t>Muhamad Djazim Syaifullah ; Dwipa Wirawan ; Purwadi ;</t>
+  </si>
+  <si>
+    <t>EC002024245565</t>
+  </si>
+  <si>
+    <t>Sistem Otomatisasi Publishing Data Ke Sistem Pemantauan Bumi Nasional</t>
+  </si>
+  <si>
+    <t>Siti Nadia Nurhidayah ; Rubini Jusuf ; Ahmad Sutanto ; Steward Augusto ; Eduard Thomas Prakoso M ; Krisna Malik Sukarno ; Anwar Annas ; Silvan Anggia Bayu Setia Permana ; Agnes Sondita Payani ; Taufik Hidayat ; Reno Ogestro ; Bayulodie Vallianto ; Irham Febrieka PH ;</t>
+  </si>
+  <si>
+    <t>EC002024245572</t>
+  </si>
+  <si>
+    <t>Program Komputer Visualisasi Hasil Pengukuran Responsivitas Spektral Objek Dengan Menggunakan Spektroradiometer (v.1)</t>
+  </si>
+  <si>
+    <t>Musyarofah ; Andy Indradjad ; Rr. Erna Sri Adiningsih ; Andie Setiyoko ; Ahmad Maryanto ; D. Heri Yuli Sulyantara ; Hendayani ; Dianovita ; Dinari Nikken Sulastrie Sirin ; Kiki Winda Veronica ; Bayulodie Vallianto ;</t>
+  </si>
+  <si>
+    <t>EC002024245567</t>
+  </si>
+  <si>
+    <t>ProVigna</t>
+  </si>
+  <si>
+    <t>Ariani Indrawati ; Deden Sumirat Hidayat ; Dadan Ridwan Saleh ; Yulia Aris Kartika ; Zaenal Akbar ; Dwi Setyo Rini ; Arya Adhyaksa Waskita ; Hidayat ; Jahval Romiz Septrada ;</t>
+  </si>
+  <si>
+    <t>EC002024245571</t>
+  </si>
+  <si>
+    <t>Sistem Penghitung Tumbuhan Ganja Menggunakan Arsitektur Unet Dan Metode Yolo</t>
+  </si>
+  <si>
+    <t>Muhammad Sulaiman Nur Ubay ; Kuncoro Teguh Setiawan ; Hastuadi Harsa ; Rafi Mochamad Fahreza ; Dimas Chandra Widya Pratama ; Guno Wicaksono ; Alberto Leonardus ;</t>
+  </si>
+  <si>
+    <t>EC002024245573</t>
+  </si>
+  <si>
+    <t>Aplikasi Pembelajaran Mesin Untuk Evaluasi Model Fase Padi (MODEPADI)</t>
+  </si>
+  <si>
+    <t>Adi Ankafia ; Dede Dirgahayu Domiri ; Hengki Muradi ; I Made Parsa ; Anisa Rarasati ; I Kadek Yoga Dwi Putra ; R. Johannes Manalu ; Hilda Ayu Pratikasiwi ;</t>
+  </si>
+  <si>
+    <t>EC002024245569</t>
+  </si>
+  <si>
+    <t>Program Komputer Pre-processing Data Curah Hujan Observasi</t>
+  </si>
+  <si>
+    <t>Edy Maryadi ; Eddy Hermawan ; Teguh Harjana ; Ammar Abiyyu Tsaqib, S.Si. ; Ir. Yanto, S.T., M.S.E., Ph.D., IPM ; Dr. Annisa Nur Falah, M.Mat. ; Yudhie Andriyana, M.Sc., Ph.D. ;</t>
+  </si>
+  <si>
+    <t>EC002024245560</t>
+  </si>
+  <si>
     <t>GeSerHB</t>
   </si>
   <si>
     <t>Korri Elvanita El Khobar ; Caecilia Hapsari Ceriapuri Sukowati ; Turyadi ; Agustiningsih ; Muhammad Rezki Rasyak ; Dhita Prabasri Wibowo ; Sri Jayanti ; David Handojo Muljono ;</t>
   </si>
   <si>
     <t>EC002024245570</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Biologi Molekuler Eijkman</t>
   </si>
   <si>
-    <t>Sistem Penghitung Tumbuhan Ganja Menggunakan Arsitektur Unet Dan Metode Yolo</t>
-[...106 lines deleted...]
-  <si>
     <t>Spesimen Uji Bentuk Pelat Persegi Panjang Dengan Cacat Buatan Hasil Pengelasan Busur Logam Terlindung Sebagai Alat Peraga Uji Tak Rusak</t>
   </si>
   <si>
     <t>Jepri Sutanto ; Siswoto ; Yulaida Maya Sari ; Budi Santoso ; Iswanto ; Dinnia Intaningrum ; Irvan Dwi Junianto ; Mochammad Ari Rahmadani ; Ika Wahyu Setya Andani ; Baskan Hanurajie ; Alfitri Meliana ; Sugiyarto ;</t>
   </si>
   <si>
     <t>EC002024245568</t>
   </si>
   <si>
+    <t>Dataset Emisi Gas Metana (CH4) Di Lahan Sawah Alternate Wetting And Drying (AWD) Dan Continuous Flooding (CF) Kabupaten Subang</t>
+  </si>
+  <si>
+    <t>Hilda Ayu Pratikasiwi ; Khalifah Insan Nur Rahmi ; Rahmat Arief ; Parwati ; Dandy Aditya Novresiandi ; Destika Cahyana ; Terry Ayu Adriany ; Helena Lina Susilawati ; Wage Ratna Rohaeni ; Asmarhansyah ; Iman Muhardiono BR ; Vidya Nahdhiyatul Fikriyah ;</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>EC002024244173</t>
+  </si>
+  <si>
+    <t>SATUMASA – Aplikasi Kaji Diri Budaya Keselamatan</t>
+  </si>
+  <si>
+    <t>Khusnul Khotimah ; Agus Teguh Pranoto ; Edwin Yoga Pratama ; Chevy Cahyana ; Ika Wahyu Setya Andani ; Nunik Madyaningarum ; Ratih Luhuring Tyas ; Budi Santoso ; Rismiyanto ; Joko Waluyo ; Kurnia Anzhar ; Hadi Suntoko ; Siti Alimah ; Fepriadi ; Agus Aryanto ; Sriyana ;</t>
+  </si>
+  <si>
+    <t>EC002024244171</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Geopolimer Berbahan Limbah Abu Terbang Dan Serbuk Kaca Silika</t>
+  </si>
+  <si>
+    <t>Novy Ariyanto ; Nugroho Adi Sasongko ; Yoyon Wahyono ; Danaytha Ayuningtyas ; Yureana Wijayanti, S.T., M.Eng., Ph.D ; Alfaldo Branoyasensa Baria ; Norbert Olvan Victorianus ; Riyanti Putri ; Bima Sukma Aji ; Tasrikin Agustianto, S.T. ;</t>
+  </si>
+  <si>
+    <t>EC002024244182</t>
+  </si>
+  <si>
+    <t>TANAM’AMAN: Aplikasi Berbasis Machine Learning Untuk Prediksi Insidensi Penyakit Tungro Padi Dan Rekomondasi Secara Real-Time Di Indonesia</t>
+  </si>
+  <si>
+    <t>Wasis Senoaji ; Nur Rosida ; Kestrilia Rega Prilianti ; Stanley Adi Dewangga ;</t>
+  </si>
+  <si>
+    <t>EC002024244172</t>
+  </si>
+  <si>
+    <t>Program Komputer Untuk Visualisasi Upwelling Anomaly</t>
+  </si>
+  <si>
+    <t>Dessy Berlianty ; Putri Adia Utari ;</t>
+  </si>
+  <si>
+    <t>EC002024244174</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Cacat Hasil Pengelasan Shielded Metal Arc Welding (SMAW) Berbasis Image Processing Menggunakan Yolov8</t>
+  </si>
+  <si>
+    <t>Agus Sasmito ; Nandiko Rizal ; Irfan Eko Sandjaja ; Totok Triputrastyo Murwatono ; Andik Machfudin ; Dian Purnama Sari ; Retno Hestiningrum ; Rima Tri Wahyuningrum ; Mohamad Imron Mustajib ;</t>
+  </si>
+  <si>
+    <t>EC002024244168</t>
+  </si>
+  <si>
+    <t>Software Identifikasi Lahan Sawah Berbasis Data Citra Synthetic Aperture Radar (SAR) Dengan Metode Recurrent Neural Network (RNN)</t>
+  </si>
+  <si>
+    <t>Anugrah Indah Lestari ; Krisna Malik Sukarno ; Budhi Gustiandi ; Mukhoriyah ; Dony Kushardono ; Rahmat Arief ; Sanjiwana Arjasakusuma ;</t>
+  </si>
+  <si>
+    <t>EC002024244154</t>
+  </si>
+  <si>
+    <t>Batimetri Resolusi Tinggi Perairan Marina Jambu</t>
+  </si>
+  <si>
+    <t>Rido Dwi Ismanto ; Arnida L. Latifah ; Novan Tofany ; Ayu Shabrina ; Wiko Setyonegoro ; Subiyanto ; Didit Adytia ; Andreas Parama Wijaya ; Fauzi ; Henokh Lugo Hariyanto ; Amandha Affa Auliya ; Mochammad Raja Jaefant Alphalevy ;</t>
+  </si>
+  <si>
+    <t>EC002024244159</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Geopolimer Berbahan Limbah Abu Terbang Dan Plastik Rekayasa Ulang</t>
+  </si>
+  <si>
+    <t>EC002024244183</t>
+  </si>
+  <si>
+    <t>IndoBugis 10K - Dataset Kalimat Paralel Bahasa Indonesia Dan Bahasa Bugis</t>
+  </si>
+  <si>
+    <t>M. Teduh Uliniansyah ; Yuyun ; Gunarso ; Andi Djalal Latief ; Tri Sampurno ; Elvira Nurfadhilah ; Nuraisa Novia Hidayati ; Siska Pebiana ; Dian Isnaeni Nurul Afra ; Gusnawaty ; Pammuda ; Mutahharah Nemin Kaharuddin ; Ita Rosvita ; Nurfaedah Jufri ; Zahrani ; Munawirah ; Hazriani ;</t>
+  </si>
+  <si>
+    <t>EC002024244160</t>
+  </si>
+  <si>
+    <t>BRIN, Fakultas Ilmu Budaya, Universitas Hasanuddin, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>AR-Deni: Aplikasi Interaktif Berbasis Mobile Dengan Teknologi Augmented Reality (AR) Dan Retrieval-augmented Generation (RAG) Untuk Pembelajaran Topik Pembangkit Listrik Tenaga Nuklir Di Indonesia</t>
+  </si>
+  <si>
+    <t>Rio Nurtantyana ; Halim Hamadi ; Sahara Eka Kencana Murni ;</t>
+  </si>
+  <si>
+    <t>EC002024244155</t>
+  </si>
+  <si>
+    <t>Tsunami Kuisioner Online (TSUNAKO)</t>
+  </si>
+  <si>
+    <t>Lian Yuanita Andikasari ; Ritha Riyandari ; Zulfa Qonita ; Bondan Fiqi Riyalda ; Novian Andri Akhirianto ; Anies Ma'rufatin ; Riski Fitriani ; Diyah Krisna Yuliana ; Dwi Abad Tiwi ; Bambang Marwanta ; Marina C. G. Frederik ;</t>
+  </si>
+  <si>
+    <t>EC002024244156</t>
+  </si>
+  <si>
+    <t>PyResilience V .01</t>
+  </si>
+  <si>
+    <t>EC002024244177</t>
+  </si>
+  <si>
+    <t>Aplikasi Penapisan Keluarga Berisiko Stunting Berbasis Website</t>
+  </si>
+  <si>
+    <t>Yekti Widodo ; Sahid Bismantoko ; Rika Rachmalina ; Salimar ; Nuzuliyati Nurhidayati ; Irlina Raswanti Irawan ; Noviati Fuada ; Rika Rachmawati ; Yunita Diana Sari ; Budi Setyawati ; Andre Yunianto ; Margareth Maya Parulianta Naibaho ;</t>
+  </si>
+  <si>
+    <t>EC002024244166</t>
+  </si>
+  <si>
+    <t>SecureFile</t>
+  </si>
+  <si>
+    <t>Rd. Angga Ferianda ; Heru Susanto ; Andri Saputra ; Budhi Riyanto ; Iwan Setiawan ; Rachmat Hidayat ; Arief Indriarto Haris ; Raden Muhammad Taufik Yuniantoro ; Taufik Iqbal Ramdhani ; Lakmi Makarti ;</t>
+  </si>
+  <si>
+    <t>EC002024244164</t>
+  </si>
+  <si>
+    <t>Dataset Segmentasi Fitoplankton Perairan Belitung</t>
+  </si>
+  <si>
+    <t>Aria Bisri ; Esa Prakasa ; Arief Rachman ; Diah Radini Noerdjito ; Riyo Wardoyo ; Ovide Decroly Wisnu Ardhi ; Tri Retnaningsih Soeprobowati ; Kusworo Adi ; Syifa Salsabila ; Namira Salsabilla ; Akmal Muzaki Bakir ;</t>
+  </si>
+  <si>
+    <t>EC002024244169</t>
+  </si>
+  <si>
+    <t>Aplikasi Estimasi Probabilitas Piksel Awan Satelit Optis</t>
+  </si>
+  <si>
+    <t>Ahmad Luthfi Hadiyanto ; Tri Muji Susantoro ; Dedi Irawadi ; Sukristiyanti ; Sitarani Safitri ; Kurdianto ; Jansen Sitorus ; Dr. Ir. Agung Budi Harto, M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC002024244167</t>
+  </si>
+  <si>
+    <t>Aplikasi Penghapusan Awan Dari Citra Satelit Sentinel-2 Pada Band RGB Dengan Metode Multi-Temporal Cloud Removal (MTCR)</t>
+  </si>
+  <si>
+    <t>Lia Sadita ; Andre Sihombing ; Ira Maryati ; Roni Salambue ; Suhardiman ; Aruni Yasmin Azizah ;</t>
+  </si>
+  <si>
+    <t>EC002024244180</t>
+  </si>
+  <si>
+    <t>BRIN, FMIPA UNRI, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>Platform Komputasi Berkinerja Tinggi Untuk Pipeline Pemodelan Molekuler</t>
+  </si>
+  <si>
+    <t>Ihsan Nugraha ; Maulida Mazaya ; Ratna Surya Alwi ; Sahid Bismantoko ; Stevry Yushady CH Bissa ; Rifki Sadikin ;</t>
+  </si>
+  <si>
+    <t>EC002024244181</t>
+  </si>
+  <si>
+    <t>IndoMakassar 9K - Dataset Kalimat Paralel Bahasa Indonesia Dan Bahasa Makassar</t>
+  </si>
+  <si>
+    <t>Dian Isnaeni Nurul Afra ; M. Teduh Uliniansyah ; Andi Djalal Latief ; Yuyun ; Elvira Nurfadhilah ; Gunarso ; Tri Sampurno ; Nasrullah ; Najirah Umar ; Abdul Latief Arda ; Abdul Jalil ; Muhammad Risal ; Sitti Zuhriyah ;</t>
+  </si>
+  <si>
+    <t>EC002024244148</t>
+  </si>
+  <si>
+    <t>BRIN, Fakultas Ilmu Komputer, Universitas Handayani, Pusat Riset Sains Data dan Informasi</t>
+  </si>
+  <si>
+    <t>IndoCia 6K - Dataset Korpus Paralel Bahasa Indonesia Dan Bahasa Cia-Cia</t>
+  </si>
+  <si>
+    <t>Kokoy Siti Komariah ; Yuyun ; M. Teduh Uliniansyah ; Dian Isnaeni Nurul Afra ; Yaniasih ; Radhiyatul Fajri ; Siska Pebiana ; Nasrullah ; Najirah Umar ; Abdul Latief Arda ; Abdul Jalil ; Muhammad Risal ; Sitti Zuhriyah ; Supriadi ; A. Edeth Fuari Anatasya ; M. Adnan Nur ; Billy Eden William Asrul ; Mirfan ; Pujianti Wahyuningsih ;</t>
+  </si>
+  <si>
+    <t>EC002024244147</t>
+  </si>
+  <si>
+    <t>Aplikasi Terpadu Prediksi Bahan Pakan Ternak (PakanTernakTerpaduBrebes) Kab. Brebes, Prov. Jawa Tengah</t>
+  </si>
+  <si>
+    <t>Fadhlullah Ramadhani ; Yudi Adinata ; Alek Ibrahim ; Bayu Andri Atmoko ; Noor Hudhia Krishna ; Tanda Sahat Sastradarmaja Panjaitan ; Frediansyah Firdaus ; Retno Widiyawati ; Heri Kurnianto ; Ivan Mambaul Munir ; Destika Cahyana ; Suwarti ; Ir. Panjono, S.Pt., MP., Ph.D., IPM., ASEAN Eng ; drh. Agung Budiyanto, MP., Ph.D. ; drh. Ismu Subroto, M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002024244149</t>
+  </si>
+  <si>
+    <t>Aplikasi Sistem Observasi Terbang Roket Sonda - Ground Monitoring System For Sounding Rocket</t>
+  </si>
+  <si>
+    <t>Nurul Fahrizatul Rohmah ; Ikhwannuary Raditya Priyadana ; Ardian Wardhana ; Fikana Mahardika Cantri ; Faisa Lailiyul Mutho'Affifah ; Mirza Zulfikar Rahmat ; Anita Pascawati ; Herma Yudhi Irwanto ; Muh. Fakhri ; Sonny Dwi Harsono ; Kandi Rahardiyanti ; Yuniarto Wimbo Nugroho ;</t>
+  </si>
+  <si>
+    <t>EC002024244165</t>
+  </si>
+  <si>
+    <t>Dataset Interpretasi Citra Satelit Sentinel-2 Dengan 15 Indeks Berdasarkan Titik Pengamatan Lapang Secara Spasial</t>
+  </si>
+  <si>
+    <t>Fadhlullah Ramadhani ; Yudi Riadi Fanggidae ; Muhammad Iqbal Habibie ; Dede Dirgahayu Domiri ; Vicca Karolinoerita ; Robby Arifandri ; Dr. Swelandiah Endah Pratiwi ; Dr. Dharmayanti ; Widiastuti, S. Kom., MMSI ; Dr. Robby Kurniawan Harahap ;</t>
+  </si>
+  <si>
+    <t>EC002024244150</t>
+  </si>
+  <si>
+    <t>BRIN, Fakultas Ilmu Komputer, Universitas Handayani, Pusat Riset Geoinformatika</t>
+  </si>
+  <si>
+    <t>Aplikasi Analisis Profil Pola Pengambilan Mata Kuliah Mahasiswa Berdasarkan Kesesuaiannya Dengan Pedoman Kurikulum</t>
+  </si>
+  <si>
+    <t>Satrio Adi Priyambada ;</t>
+  </si>
+  <si>
+    <t>EC002024244161</t>
+  </si>
+  <si>
+    <t>Sistem Dasbor Peringatan Dini Tsunami Secara Real-Time</t>
+  </si>
+  <si>
+    <t>Amien Rusdiutomo ; Dhedy Husada Fadjar Perdana ; Edwin Adi Wiguna ; Andan Sigit Purwoko ; Ayu Novitasari Saputri ; Destianingrum Ratna Prabawardani ; Wahyu Hendriyono ; Sapto Nugroho ; Widjo Kongko ;</t>
+  </si>
+  <si>
+    <t>EC002024244157</t>
+  </si>
+  <si>
+    <t>Sistem Pelacakan Susu</t>
+  </si>
+  <si>
+    <t>Pradeka Brilyan Purwandoko ; Ignatius Fajar Apriyanto ; Seri Intan Kuala ; Novita Dwi Susanti ; Arif Nur Rohman ;</t>
+  </si>
+  <si>
+    <t>EC002024244163</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Tepat Guna</t>
+  </si>
+  <si>
     <t>Aplikasi Web Prediksi Dan Optimasi Performa Mesin Diesel Berbasis Pembelajaran Mesin</t>
   </si>
   <si>
     <t>Arya Bhaskara Adiprabowo ; Nilam Sari Octaviani ; Fitra Hidiyanto ; Sigit Tri Atmaja ; Kurnia Fajar Adhi Sukra ; Ardani Cesario Zuhri ; Dhani Avianto Sugeng ; Rizqon Fajar ; Muchammad Taufiq Suryantoro ; Raditya Hendra Pratama ;</t>
   </si>
   <si>
-    <t>2024-12-05</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024244170</t>
   </si>
   <si>
-    <t>Aplikasi Deteksi Cacat Hasil Pengelasan Shielded Metal Arc Welding (SMAW) Berbasis Image Processing Menggunakan Yolov8</t>
-[...95 lines deleted...]
-    <t>EC002024244171</t>
+    <t>Aplikasi Perhitungan Ketinggian Planetary Boundary Layer Berbasis Data Radiosonde Wyoming (PBLH – Calc)</t>
+  </si>
+  <si>
+    <t>Sumaryati ; Risyanto ; Lambang Nurdiansah ; Teguh Nugraha Pratama ; Atep Radiana ; Saipul Hamdi ; Nani Cholianawati ; Ridho Pratama ; Emmanuel Adetya ; Angga Yolanda Putra ; Syafridjon ;</t>
+  </si>
+  <si>
+    <t>EC002024244158</t>
+  </si>
+  <si>
+    <t>“eRiskA” (Electronic Information System For Risk Analysis Based On Fuzzy FMEA)</t>
+  </si>
+  <si>
+    <t>Tri Widianti ; Himma Firdaus ; Muhammad Azzumar ; Sik Sumaedi ; Adindra Vickar Ega ; R. Rudi Anggoro Samodro ; Mahmudi ; Meilinda Ayundyahrini ; Mauludin Hidayat ; Sih Damayanti ; Tri Rakhmawati ; Anggini Dinaseviani ; Nurfadlih Syahlani ; Agung Widyo Utomo ;</t>
+  </si>
+  <si>
+    <t>EC002024244178</t>
+  </si>
+  <si>
+    <t>Document Reiew Information System (DORIS) ISO/IEC 17025</t>
+  </si>
+  <si>
+    <t>Juliansyah ; Teguh Muttaqie ; Muhammad Haekal Habibie ; Oman Zuas ; Nuryatini ; Priyo Wibowo ; Muhammad Azzumar ; Farham Harvianto ;</t>
+  </si>
+  <si>
+    <t>EC002024244175</t>
   </si>
   <si>
     <t>Sistem Diseminasi Curah Hujan Near-realtime Berbasis Satelit Himawari</t>
   </si>
   <si>
     <t>Wismu Sunarmodo ; Galdita Aruba Chulafak ;</t>
   </si>
   <si>
     <t>EC002024244162</t>
   </si>
   <si>
     <t>Aplikasi Sistem Sensor Pengukur Gaya Longitudinal Pada Kereta Api</t>
   </si>
   <si>
     <t>Arga Agung Nugroho ; Muchamad Gozali ; Makmuri ; Budi Prasetiyo ; Harris Zenal ; Yudi Irawadi ; Bambang Purnomo Yanuarso ; Mahfudz Al Huda ; Djoko Wahyu Karmiadji ; Anwar ; Yana Heryana ; Indra Hardiman Mulyowardono ; Wahyu Sulistiyo ; Budi Haryanto ; Mustasyar Perkasa ; Muhammad Awwaluddin ; Wahyu Purnawirawan ; Effendi Dodi Arisandi ; Akhmad Sarif ; Rohadi Satrio Budi Utomo ;</t>
   </si>
   <si>
     <t>EC002024244176</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Teknologi Kekuatan Struktur</t>
   </si>
   <si>
-    <t>Tsunami Kuisioner Online (TSUNAKO)</t>
-[...176 lines deleted...]
-    <t>BRIN, Fakultas Ilmu Budaya, Universitas Hasanuddin, Pusat Riset Sains Data dan Informasi</t>
+    <t>Sistem Identifikasi Image Splicing (SiMaCi)</t>
+  </si>
+  <si>
+    <t>Uus Khusni ; Rachmat Hidayat ; Heru Susanto ; Asep Insani ; Taufik Iqbal Ramdhani ;</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>EC002024233566</t>
+  </si>
+  <si>
+    <t>Transformasi Sinyal Medan Dekat Menjadi Sinyal Medan Jauh</t>
+  </si>
+  <si>
+    <t>Wahyudi ; Cahya Edi Santosa ; Donatina Miswati Hadiyanti ; Yomi Guno ; Mohammad Amanta Kumala Sakti ; Yanuar Prabowo ; Imas Tri Setyadewi ; Novelita Rahayu ; Ir. Novalio Daratha, S.T., M.Sc., Ph.D. ; Ir. Hendy Santosa, S.T., M.T., Ph.D. ; Jeri Harliangga ; Fergandito Bramasta ; Herian Perdana ; ; M. Khairul Insanny ;</t>
+  </si>
+  <si>
+    <t>EC002024233559</t>
+  </si>
+  <si>
+    <t>Program Analisa Data Geomagnetik Berbasis Fast Fourier Transform (FFT) untuk Mengamati Anomali Sebelum Gempa</t>
+  </si>
+  <si>
+    <t>Cinantya Nirmala Dewi ; Febty Febriani ;</t>
+  </si>
+  <si>
+    <t>EC002024233567</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Pemantauan Kualitas Air (SI PEKA)</t>
+  </si>
+  <si>
+    <t>Arianto Budi Santoso ; Vicky Zilvan ; Furqon Hensan Muttaqien ; Silvan Anggia Bayu Setia Permana ; Faiz Ivan Tama ; Nurul Hidayatullah ; Muhammad Ridwan Syah ; Rodiah ; Diana Tri Susetianingtias ;</t>
+  </si>
+  <si>
+    <t>EC002024233560</t>
+  </si>
+  <si>
+    <t>Piranti Lunak Progammable Logic Controller (PLC) Untuk Sistem Otomasi Pembangkit Listrik Panas Bumi 3 MW</t>
+  </si>
+  <si>
+    <t>Junanto Prihantoro ; Teddy Alhady Lubis ; Tsani Hendro Nugroho ; Heru Taufiqurrohman ; Suyanto ; Akhmad Sarif ; Cahyadi ; Agus Nurrohim ; Cuk Supriyadi Ali Nandar ; Erwin Nashrullah ; Eka Rakhman Priandana ; Mochamad Adityo Rachmadi ;</t>
+  </si>
+  <si>
+    <t>EC002024233575</t>
+  </si>
+  <si>
+    <t>Aplikasi U-Calculator Penghitung Massa Dan Konsentrasi Uranium Dengan Data Spektrometri Gamma</t>
+  </si>
+  <si>
+    <t>Mohamad Sukron Fajrin Husein ; Ahadi Damar Prasetya ; Denia Karlina Utami Putri ; Kesi Indriana ; Fajar Muhammad Ramadhan ; Arisya Julviana ; Susanto ;</t>
+  </si>
+  <si>
+    <t>EC002024233562</t>
+  </si>
+  <si>
+    <t>Prediksi Bobot Badan Kambing (APLIBOKA)</t>
+  </si>
+  <si>
+    <t>Alfian Destomo ; Bess Tiesnamurti ; Endang Romjali ; Ismeth Inounu ; Eko Handiwirawan ; Simon Elieser ; Aryogi ; Peni Wahyu Prihandini ; Chalid Talib ; Alek Ibrahim ; ; Fajar Ariadi ;</t>
+  </si>
+  <si>
+    <t>EC002024233570</t>
+  </si>
+  <si>
+    <t>IHoya, Aplikasi Identifikasi Spesies Tanaman Hoya Indonesia</t>
+  </si>
+  <si>
+    <t>Wawan Hendriawan Nur ; Shidiq Al Hakim ; Foni Agus Setiawan ; Lindung Parningotan Manik ; Al Hafiz Akbar Maulana Siagian ; Siti Kania Kushadiani ; Niken Fitria Apriani ; Sri Rahayu ; Gibtha Fitri Laxmi, M.Kom. ; Hurriyatul Fitriyah, S.T., M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC002024233564</t>
+  </si>
+  <si>
+    <t>Sistem Klasifikasi Kanker Paru-Paru Menggunakan Ensembel Deep Learning</t>
+  </si>
+  <si>
+    <t>Julfa Muhammad Amda ; Arya Adhyaksa Waskita ; Chevy Cahyana ; Edwin Yoga Pratama ; Helmi Fauzi Rahmatullah ; Hidayat ; Jahval Romiz Septrada ;</t>
+  </si>
+  <si>
+    <t>EC002024233561</t>
+  </si>
+  <si>
+    <t>Akuisisi Sinyal Satelit AQUA Berbasis GNU Radio Companion Menggunakan SDR Nuand BladeRF XA9</t>
+  </si>
+  <si>
+    <t>Farid Armin ; Supriyono ; Suhermanto ; Hidayat Gunawan ; Andy Indradjad ; Adi Aufarachman Putra Bambang Dwi ; Sutan Takdir Ali Munawar ; Nurmajid Setyasaputra ;</t>
+  </si>
+  <si>
+    <t>EC002024233573</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Lahan Dan Hutan (SILAH)</t>
+  </si>
+  <si>
+    <t>Nugraheni Setyaningrum ; Fadhlullah Ramadhani ; Edy Trihatmoko ; Joko Widodo ; Fahmi Amhar ; Rizatus Shofiyati ; Mochamad Irwan Hariyono ; Hastuadi Harsa ; Rendi Handika ; Bintang Aulia Pradnya Paramita ; Leili Muroffaah ; Khanna Itsnaini ; Sudarsono Sianipar ; I Gusti Agung Made Andika Wiratmaja ; Bimo Adi Satrio Pratama ;</t>
+  </si>
+  <si>
+    <t>EC002024233587</t>
+  </si>
+  <si>
+    <t>Dataset Pendeteksian Tumpahan Minyak Dengan Citra Satelit Sentinel-1 Menggunakan Google Earth Engine (GEE)</t>
+  </si>
+  <si>
+    <t>Hariyanto ; Zulfa Qonita ; Muhammad Iqbal Habibie ; Noor Muhammad Ridha Fuadi ; Robby Arifandri ; Pronika Kricella ; Nurul Shabrina ; Nanda Itohasi Gutami ; Waluyo ; Kunto Ismoyo ; Farid Arif Binaruno ; Dewi Kartikasari ; Siti Sadiah ; Muh. Mulyadi Agus Widodo ; Muh Hisyam Khoirudin ;</t>
+  </si>
+  <si>
+    <t>EC002024233579</t>
+  </si>
+  <si>
+    <t>VolcaHeatTrack Indonesia</t>
+  </si>
+  <si>
+    <t>Rahmadi ; Imam Santoso ; Suwarsono ; Yenni Vetrita ; Arum Tjahyaningsih ; Farikhotul Chusnayah ; Rido Dwi Ismanto ; Donna Monica ; Deni Kartika ; Mamat Suhermat ;</t>
+  </si>
+  <si>
+    <t>EC002024233568</t>
+  </si>
+  <si>
+    <t>Spot Ratio On Leaf (SROL)</t>
+  </si>
+  <si>
+    <t>Raden Putri Ayu Pramesti ; Aulia Haritsuddin Karisma Muhammad Subekti ; Muhamad Rodhi Supriyadi ; Josua Geovani Pinem ; Muhammad Reza Alfin ; Gilang Mantara Putra ; Mukti Wibowo ; Umi Chasanah ; Dewi Habsari Budiarti ; Jemie Muliadi ; Bambang Widiyatmoko ;</t>
+  </si>
+  <si>
+    <t>EC002024233586</t>
+  </si>
+  <si>
+    <t>Aplikasi Untuk Estimasi Emisi Gas Rumah Kaca (GRK) Dari Dekomposisi Gambut Akibat Perubahan Penggunaan Lahan Di Provinsi Jambi (E-GRK Gambut)</t>
+  </si>
+  <si>
+    <t>Fadhlullah Ramadhani ; Ai Dariah ; Neneng Laela Nurida ; Anny Mulyani ; Maswar ; Rahmah Dewi Yustika ; Muhammad Hikmat ; Vicca Karolinoerita ; Diah Puspita Hati ; Erwinda ; Mira Media Pratamaningsih ; Jon Hendri ;</t>
+  </si>
+  <si>
+    <t>EC002024233569</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Akuisisi Data Sistem Deteksi Gamma Density P2O5</t>
+  </si>
+  <si>
+    <t>Indarzah Masbatin Putra ; Rony Djokorayono ; Usep Setia Gunawan ; Ikhsan Shobari ; Fitri Surya Ningsih ; Haryo Seno ; Nur Khasan ; Tukiman ;</t>
+  </si>
+  <si>
+    <t>EC002024233572</t>
+  </si>
+  <si>
+    <t>Web Hubung Alat Monitor Pemantauan Aktifitas Fisik, Perilaku Sedentary, Dan Tidur Pada Anak : Go Motion Fit : Get In Motion 'n Get Fit</t>
+  </si>
+  <si>
+    <t>Kencana Sari ; Muhammad Azzumar ; Dwi Sisca Kumala Putri ; Irlina Raswanti Irawan ; Yonan Prihhapso ; Nur Handayani Utami ; Fadha Aditya Kautsar Murti ;</t>
+  </si>
+  <si>
+    <t>EC002024233576</t>
+  </si>
+  <si>
+    <t>Program Otomatisasi Komposit Citra Satelit Sentinel-2 Untuk Interpretasi Visual</t>
+  </si>
+  <si>
+    <t>Steward Augusto ; Krisna Malik Sukarno ; Eduard Thomas Prakoso M ;</t>
+  </si>
+  <si>
+    <t>EC002024233584</t>
+  </si>
+  <si>
+    <t>Sistem Monitoring Degradasi Lahan Gambut (MODE-G)</t>
+  </si>
+  <si>
+    <t>Joko Widodo ; Nugraheni Setyaningrum ; Edy Trihatmoko ; Rendi Handika ; Gatot Nugroho ; Argo Galih Suhadha ; Parwati ; Awaluddin ;</t>
+  </si>
+  <si>
+    <t>EC002024233578</t>
   </si>
   <si>
     <t>Electric Motorcycle Battery Swapping Management Application (EMoBSSM)</t>
   </si>
   <si>
     <t>Dionysius Aldion Renata ; Eka Rakhman Priandana ; Yusuf Margowadi ; Heri Nugraha ; Dhea Amelia Rianjani ; Bayu Aji Putra Wibowo ; Rahmat Farhan Habibi ; Joko Sunardi, SST, M.Kom ;</t>
   </si>
   <si>
-    <t>2024-11-25</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024233589</t>
   </si>
   <si>
+    <t>Data Spektroradiometer Geobiofisik Obyek Lahan Gambut Di Kawasan Hidrologi Gambut (KHG) Kahayan Sebangau - Kalimantan Tengah</t>
+  </si>
+  <si>
+    <t>Babag Purbantoro ; Andie Setiyoko ; Joko Widodo ; Rahmat Arief ; Destika Cahyana ; Parwati ; Nugraheni Setyaningrum ; Edy Trihatmoko ; Rendi Handika ; Silvan Anggia Bayu Setia Permana ; Awaluddin ; Qori'atu Zahro ; Dandy Aditya Novresiandi ; Mohammad Ardha ; Galih Prasetya Dinanta ; Dr. Yulianto, S.Hut., M.T ; Agus Yasin, S.Hut., M.Si. ; Pricilia Chika Alexandra, S.Si ;</t>
+  </si>
+  <si>
+    <t>EC002024233582</t>
+  </si>
+  <si>
     <t>Dataset LCI (Life Cycle Inventory) Plastik Lembaran/Film PP</t>
   </si>
   <si>
     <t>Maya Larasati Donna Wardani ; Arief Ameir Rahman Setiawan ; Francisca Maria Erny Septiarsi ; Riana Yenni Hartana Sinaga ; Mulyono ; Zulwelly M ; Hismiaty Bahua ; Geby Otivriyanti ; Nurus Sahari Laili ; Anita Yustisia I. Z. ; Vionita Lukitari Ari P. ; Dharmawan ; Adik Avianto Soedarsono ; Muhammad Sudiono ; Ni Luh Putu Ayu Ratri Utami ;</t>
   </si>
   <si>
     <t>EC002024233577</t>
   </si>
   <si>
     <t>BRIN, PT. SSN, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
   </si>
   <si>
-    <t>Sistem Identifikasi Image Splicing (SiMaCi)</t>
-[...7 lines deleted...]
-  <si>
     <t>Perangkat Lunak Pada Sistem Tertanam Terdistribusi Untuk Akuisisi Data Pemantauan Hutan Gambut</t>
   </si>
   <si>
     <t>Riski Fitriani ; Yudi Adityawarman ; Bernadus Herdi Sirenden ; Dimas Biwas Putra ; Fito Wigunanto Herminawan ; Khaula Nurul Hakim ; I Putu Ananta Yogiswara ; Yoga Prastiya Wibawa ; Moh. Alma Samudro ; Muhammad Shabran Syakur ;</t>
   </si>
   <si>
     <t>EC002024233563</t>
   </si>
   <si>
+    <t>Planet NDVI System</t>
+  </si>
+  <si>
+    <t>Olivia Maftukhaturrizqoh ; Fauzan Al Ayyubi ; Karunika Diwyacitta ; Ika Siwi Supriyani ; Bayu Satya Adhitama ; Syarif Budhiman ; Dedi Irawadi ; Dony Kushardono ;</t>
+  </si>
+  <si>
+    <t>EC002024233583</t>
+  </si>
+  <si>
+    <t>Program Otomatisasi Klasifikasi Area Bekas Terbakar Dengan Metode Pixel-Based</t>
+  </si>
+  <si>
+    <t>Steward Augusto ; Krisna Malik Sukarno ; Eduard Thomas Prakoso M ; Agnes Sondita Payani ; Siti Nadia Nurhidayah ; Silvan Anggia Bayu Setia Permana ; Anwar Annas ; Yenni Vetrita ; Indah Prasasti ; Imam Santoso ; Tatik Kartika ;</t>
+  </si>
+  <si>
+    <t>EC002024233565</t>
+  </si>
+  <si>
+    <t>Measuring Index For Enhancing And Stimulating Happiness (MIEShappy) V.2</t>
+  </si>
+  <si>
+    <t>Mieska Despitasari ; Nurhayati ; Muhammad Imaduddin Abdur Rohim ; Harimat Hendarwan ; Pesigrihastamadya Normakristagaluh ; Sundari Wirasmi ; Nova Hadi Lestriandoko ; Gembong Satrio Wibowanto ; Muhammad Nurkhoiri Hindratno ; Ahmad Erlan ; Auliati Nisa ; Armedy Ronny Hasugian ; Aris Yulianto ; Achmad Shidiq ;</t>
+  </si>
+  <si>
+    <t>EC002024233591</t>
+  </si>
+  <si>
+    <t>ChainTracker: Aplikasi Perekam Dan Penampil Lokasi Kendaraan Berbasis Blockchain</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Didi Rosiyadi ; Arief Indriarto Haris ; Iwan Setiawan ; Taufik Ibnu Salim ; Taufik Iqbal Ramdhani ; Muhammad Fajar Sidiq ;</t>
+  </si>
+  <si>
+    <t>EC002024233574</t>
+  </si>
+  <si>
+    <t>Kendali Adaptif Sistem Listrik Tenaga Surya Dengan Beban Induktif Berbasis Algoritma Fuzzy Logic</t>
+  </si>
+  <si>
+    <t>Denny Hermawanto ; Chery Chaen Putri ; Ninuk Ragil Prasasti ; Bondan Dwisetyo ; Fajar Budi Utomo ; Miftahul Munir ; Muhammad Azzumar ; Gigin Ginanjar ; Marcellina Ayudha Kristanti Titasari ; Frandi Adi Kaharjito ;</t>
+  </si>
+  <si>
+    <t>EC002024233588</t>
+  </si>
+  <si>
     <t>Pustaka Kelir Tanah: Pustaka PHP Untuk Perhitungan Warna Tanah Dengan Skala Munsell</t>
   </si>
   <si>
     <t>EC002024233571</t>
   </si>
   <si>
-    <t>Planet NDVI System</t>
-[...187 lines deleted...]
-  <si>
     <t>Aplikasi Antarmuka Stasiun Penukaran Baterai Kendaraan Listrik Umum Untuk Sepeda Motor Listrik Gesits</t>
   </si>
   <si>
     <t>Yusuf Margowadi ; Eka Rakhman Priandana ; Dionysius Aldion Renata ; Tsani Hendro Nugroho ; Heri Nugraha ; Arief Kurniawan ; Dhea Amelia Rianjani ; Yelvia Deni ; Joko Sunardi ; Ahmad Taqiuddin ; Rahmat Farhan Habibi ; Bayu Aji Putrawibowo ;</t>
   </si>
   <si>
     <t>EC002024233585</t>
   </si>
   <si>
-    <t>Program Otomatisasi Komposit Citra Satelit Sentinel-2 Untuk Interpretasi Visual</t>
-[...25 lines deleted...]
-  <si>
     <t>Dataset Fatalitas Kecelakaan Di Jalan Tol Hasil Pengolahan Dengan Menggunakan Machine Learning</t>
   </si>
   <si>
     <t>Indra Kurniawan ; Novi Irawati ; Mutharuddin ; M. Rosyidi ; Hastiya Annisa Fitri ; Dwitya Harits Waskito ; Tris Handoyo ; Subaryata ;</t>
   </si>
   <si>
     <t>2024-11-12</t>
   </si>
   <si>
     <t>EC002024223568</t>
   </si>
   <si>
+    <t>PreLong-TabNet: Aplikasi Prediksi Longsor Menggunakan Machine Learning Dengan TabNet</t>
+  </si>
+  <si>
+    <t>Taufik Iqbal Ramdhani ; Dian Nuraini Melati ; Wisyanto ; Sukristiyanti ; Yukni Arifianti ; Astisiasari ; Raditya Panji Umbara ; Syakira Trisnafiah ; Trinugroho ;</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>EC002024223234</t>
+  </si>
+  <si>
+    <t>Program Komputer Visualisasi Diagram Termodinamika Profil GNSS Radio Occultation</t>
+  </si>
+  <si>
+    <t>Noersomadi ; Edy Maryadi ;</t>
+  </si>
+  <si>
+    <t>EC002024223228</t>
+  </si>
+  <si>
+    <t>Grid Integration Management Application (GRITMAPP)</t>
+  </si>
+  <si>
+    <t>Dionysius Aldion Renata ; Khotimatul Fauziah ; Yusuf Margowadi ; Eka Rakhman Priandana ; Dhea Amelia Rianjani ; Hafsah Halidah ; Munadiyan Nurhuda ; Asih Kurniasari ; Kholid Akhmad ;</t>
+  </si>
+  <si>
+    <t>EC002024223237</t>
+  </si>
+  <si>
+    <t>Sistem Monitoring Mangrove Berbasis Google Earth Engine (Smanggee)</t>
+  </si>
+  <si>
+    <t>Ferman Setia Nugroho ; Kurnia Ulfa ; Randy Prima Brahmantara ; Fanny Aditya Putri ; Danang Surya Candra ; Marendra Eko Budiono ; D. Heri Yuli Sulyantara ;</t>
+  </si>
+  <si>
+    <t>EC002024223236</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi dan Penjejakan Objek Statis dan Bergerak</t>
+  </si>
+  <si>
+    <t>Dian Andriana ; Dwi Wahyu Indriani ; Siti Irma Rahmawati ;</t>
+  </si>
+  <si>
+    <t>EC002024223230</t>
+  </si>
+  <si>
+    <t>SIDEJAPU: Sistem Deteksi Wajah Palsu Berbasis InceptionV3 Menggunakan Fitur RGB Dan Depth Layer Berbasis Web</t>
+  </si>
+  <si>
+    <t>Taufik Iqbal Ramdhani ; Yuni Arti ; Ninon Nurul Faiza ; Akbari Indra Basuki ; Didi Rosiyadi ; Heru Susanto ; Rachmat Hidayat ; Uus Khusni ;</t>
+  </si>
+  <si>
+    <t>EC002024223235</t>
+  </si>
+  <si>
+    <t>SIAGA (Sistem Informasi Monitoring Tinggi Muka Air Sungai Dan Gejala Alam)</t>
+  </si>
+  <si>
+    <t>Elenora Gita Alamanda Sapan ; Teguh Arif Pianto ; Bayu Sutejo ; Harun Idham Akbar ; Lena Sumargana ; Aninda Wisaksanti Rudiastuti ; Hari Priyadi ; Reni Sulistyowati ; Fanny Meliani ; Ilvi Fauziyah Cahyaningtiyas ; Bambang Winarno ; Dr. I Putu Santikayasa ; Muhammad Iqbal, M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002024223231</t>
+  </si>
+  <si>
+    <t>Aplikasi Monitoring Indeks Biodiversitas Laut Dangkal (Monitoring- IBLD), Kab. Kepulauan Seribu, Prov. DKI Jakarta</t>
+  </si>
+  <si>
+    <t>Fadhlullah Ramadhani ; Mulyanto Darmawan ; Bayu Sutejo ; Muhammad Ramdhan ; Sitarani Safitri ; Mohammad Ardha ; Arief Sartono ; M. Rokhis Khomarudin ; Aditya Nursyahbani ; Imam Fitrianto, S.TP., M.E.Sc. ; Dr. Fery Kurniawan, S.Kel., M.Si. ;</t>
+  </si>
+  <si>
+    <t>EC002024223224</t>
+  </si>
+  <si>
+    <t>Aplikasi Potensi Kekeringan Berbasis Geo-AI (ApPiK Geo-AI)</t>
+  </si>
+  <si>
+    <t>Gatot Nugroho ; Parwati ; Nugraheni Setyaningrum ;</t>
+  </si>
+  <si>
+    <t>EC002024223225</t>
+  </si>
+  <si>
+    <t>TraLice: Aplikasi Manajemen Lisensi Data Lintasan Berkendara Berbasis Blockchain</t>
+  </si>
+  <si>
+    <t>Akbari Indra Basuki ; Taufik Ibnu Salim ; Arief Indriarto Haris ; Ibrahim Danial Bisulthon ;</t>
+  </si>
+  <si>
+    <t>EC002024223232</t>
+  </si>
+  <si>
+    <t>SiDeProJa: Sistem Deteksi Problem Wajah Berbasis Machine Learning</t>
+  </si>
+  <si>
+    <t>Taufik Iqbal Ramdhani ; Imam Civi Cartealy ; Sahid Bismantoko ; Akbari Indra Basuki ; Didi Rosiyadi ; Heru Susanto ; Rachmat Hidayat ; Uus Khusni ; Raditya Panji Umbara ;</t>
+  </si>
+  <si>
+    <t>EC002024223233</t>
+  </si>
+  <si>
+    <t>Aplikasi Webgis Peta Tanah Prediktif Di Kabupaten Bogor Berbasis Digital Soil Mapping</t>
+  </si>
+  <si>
+    <t>Destika Cahyana ; Yiyi Sulaeman ; Fadhlullah Ramadhani ; Vicca Karolinoerita ; Sukarman ; Baba Barus ; Darmawan ; Budi Mulyanto ;</t>
+  </si>
+  <si>
+    <t>EC002024223226</t>
+  </si>
+  <si>
+    <t>AESSIMS TLE Generator</t>
+  </si>
+  <si>
+    <t>Stevry Yushady CH Bissa ; Ibnu Nurul Huda ; Farahhati Mumtahana ; Timbul Manik ; Peberlin Parulian Sitompul ; Mario Batubara ; Musthofa Lathif ; Rizal Suryana ;</t>
+  </si>
+  <si>
+    <t>EC002024223239</t>
+  </si>
+  <si>
+    <t>Dataset Peta Habitat Kritis Cumi-cumi: Daerah Penempelan Telur Cumi-cumi Sebagai Area Pemijahan Cumi-cumi Jenis Uroteuthis Chinensis, Gray (1849)</t>
+  </si>
+  <si>
+    <t>Reny Puspasari ; Arip Rahman ; Yayuk Sugianti ; Masayu Rahmia Anwar Putri ; Mujiyanto ; Khairul Amri ; Tirtadanu ; Indra Ambalika Syari ; Aditya Pamungkas ;</t>
+  </si>
+  <si>
+    <t>EC002024223240</t>
+  </si>
+  <si>
+    <t>Dataset Diagram Garis Tunggal (single Line Diagram/ SLD) Sistem JAringan KetenaGAlisTrikan KAlimantan RAya (SiJAGAT KARA)</t>
+  </si>
+  <si>
+    <t>Abdul Wachid Syamroni ; Asih Kurniasari ; Akim Windaru ; Tisha Aditya Anggraini Jamaluddin ; Galih Prasetya Dinanta ; Moch Arief Albachrony ; Danang Yogisworo ;</t>
+  </si>
+  <si>
+    <t>EC002024223229</t>
+  </si>
+  <si>
     <t>Indonesian News Aggregator (INA)</t>
   </si>
   <si>
-    <t>2024-11-11</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024223227</t>
   </si>
   <si>
-    <t>Aplikasi Deteksi dan Penjejakan Objek Statis dan Bergerak</t>
-[...131 lines deleted...]
-    <t>EC002024223239</t>
+    <t>Perangkat Lunak Programmable Logic Controller HVAC Untuk Biosafety Laboraturium Level 2.</t>
+  </si>
+  <si>
+    <t>Khairul Jauhari ; Tsani Hendro Nugroho ; Heru Taufiqurrohman ; Zaid Cahya Dinul Haq ; Mochamad Adityo Rachmadi ; Juliansyah ; Ahmad Musthofa ; Marsetiayu Ningsih ; Achmad Zaki Rahman ; Mahfudz Al Huda ; Teddy Alhady Lubis ;</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>EC002024214037</t>
+  </si>
+  <si>
+    <t>A VRKom</t>
+  </si>
+  <si>
+    <t>Abdurrakhman Prasetyadi ; M. Yudhi Rezaldi ; Arafat Febriandirza ; Cahyo Trianggoro ; Ridwan Suhud ; Aang Gunawan S ; Aria Bisri ; Muhammad Mughni Nur Fayyadh ; Ayung Candra Padmasari, S.Pd., M.T. ;</t>
+  </si>
+  <si>
+    <t>EC002024214042</t>
+  </si>
+  <si>
+    <t>Simulasi Dinamika Terbang Roket 3 Dimensi</t>
+  </si>
+  <si>
+    <t>Idris Eko Putro ; Ahmad Riyadl ; Hakiki ; Azizul Hanif ; Arif Nur Hakim ;</t>
+  </si>
+  <si>
+    <t>EC002024214041</t>
+  </si>
+  <si>
+    <t>ImageSecuredID (Sistem Keamanan Inovatif Pada Data Gambar)</t>
+  </si>
+  <si>
+    <t>Rachmat Hidayat ; Uus Khusni ; Heru Susanto ; Taufik Iqbal Ramdhani ; Iwan Setiawan ; Akbari Indra Basuki ; Didi Rosiyadi ; Aulia Hasan Widjaya ;</t>
+  </si>
+  <si>
+    <t>EC002024214039</t>
+  </si>
+  <si>
+    <t>Dataset Berita Palsu Bahasa Indonesia Dengan Penelusuran Fakta Berbasis LLM</t>
+  </si>
+  <si>
+    <t>Rini Wijayanti ; Iftitahu Ni'mah ; Agung Santosa ; Asril ; M. Teduh Uliniansyah ; Yuyun ; Purnomo Husnul Khotimah ; Ke Xu ;</t>
+  </si>
+  <si>
+    <t>EC002024214047</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Tertanam Smart Personal Dosimeter V2</t>
+  </si>
+  <si>
+    <t>Adli Muhaimin ; Atang Susila ; Sukandar ; Gina Kusuma ; I Putu Susila ; Heru Prasetio ; Okky Agassy Firmansyah ; Agus Nur Rachman ;</t>
+  </si>
+  <si>
+    <t>EC002024214044</t>
+  </si>
+  <si>
+    <t>Aplikasi Penilaian Keamanan Aplikasi Berbasis Web</t>
+  </si>
+  <si>
+    <t>Hartanto Kurniawan ; Cahyono Nugroho ; Samsudiat ; Andri Saputra ; Aditya Nursyahbani ; Nungki Dian Sulistyo Darmayanti ; Gita Citra Puspita ; Anto Satriyo Nugroho ; Muhammad Arief ;</t>
+  </si>
+  <si>
+    <t>EC002024214035</t>
+  </si>
+  <si>
+    <t>Software Antarmuka Modul Kontrol Elektronik Thruster Bipropellan Versi 2.0</t>
+  </si>
+  <si>
+    <t>Adi Farmasiantoro ; Hasan Mayditia ; Eriko Nasemudin Nasser ; Ery Fitrianingsih ; Sofian Rizal ; Unggul Satrio Yudhotomo ; Bustanul Arifin ; Nurrochman Ferdiansyah ;</t>
+  </si>
+  <si>
+    <t>EC002024214038</t>
+  </si>
+  <si>
+    <t>Fotogrametri Udara Daerah Gudangkahuripan - Lembang, Kabupaten Bandung Barat</t>
+  </si>
+  <si>
+    <t>Khori Sugianti ; Mamat Suhermat ; Arifan Jaya Syahbana ; Adrin Tohari ; Wawan Hendriawan Nur ; Aang Gunawan S ; Okta Fajar Saputra ;</t>
+  </si>
+  <si>
+    <t>EC002024214034</t>
+  </si>
+  <si>
+    <t>Dataset VR Lab Komputer</t>
+  </si>
+  <si>
+    <t>Abdurrakhman Prasetyadi ; M. Yudhi Rezaldi ; Arafat Febriandirza ; Cahyo Trianggoro ; Aria Bisri ; Muhammad Mughni Nur Fayyadh ; Ayung Candra Padmasari, S.Pd., M.T. ;</t>
+  </si>
+  <si>
+    <t>EC002024214033</t>
+  </si>
+  <si>
+    <t>Step Towards Assembling The Superior Koi Fish</t>
+  </si>
+  <si>
+    <t>Bambang Widyo Prastowo ; Estu Nugroho ; Sawung Cindelaras ; Asep Ridwanudin ; Ibnu Sahidhir ; Akhmad Murtadho ; Arofah Lyla Nurhayati ; Rahma Aulia ; Nurhidayat ; Rahmat Hidayat ; Tutik Kadarini ; Dian Permana ; Asmanik ;</t>
+  </si>
+  <si>
+    <t>EC002024214048</t>
   </si>
   <si>
     <t>FLIGHTLINK TOOLKIT: Analisis Distribusi Komunikasi UAV</t>
   </si>
   <si>
     <t>Yusuf Nur Wijayanto ; Fadjar Rahino Triputra ; Asyaraf Hidayat ; Irfansyah Yudhi Tanasa ; Frandi Adi Kaharjito ; Abriansyah Arisoni ; Yomi Guno ; Aris Surya Yunata ; Peni Laksmita Widati ; Rifki Firdaus ; Amalia Irma Nurwidya ; Fadilah Hasim ; Mohammad Amanta Kumala Sakti ; Agus Wiyono ; Cahya Edi Santosa ; Yanuar Prabowo ; Imas Tri Setyadewi ; Wahyudi ; Donatina Miswati Hadiyanti ; Novelita Rahayu ; Widyawasta ; Muhammad Fajar ; Teuku Mohd Ichwanul Hakim ; Karyawan ; Siti Vivi Octaviany ; Joko Suryana ; Trio Adiono ;</t>
   </si>
   <si>
-    <t>2024-10-29</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024214036</t>
   </si>
   <si>
-    <t>Fotogrametri Udara Daerah Gudangkahuripan - Lembang, Kabupaten Bandung Barat</t>
-[...41 lines deleted...]
-    <t>EC002024214033</t>
+    <t>Aplikasi Particulate Matter Predictor (PMP) Berbasis AI</t>
+  </si>
+  <si>
+    <t>Adindra Vickar Ega ; R. Rudi Anggoro Samodro ; M Rizky Mulyana ; Yosi Aristiawan ; Gigin Ginanjar ; Hafid ; Yonan Prihhapso ; Miftahul Munir ; Bernadus Herdi Sirenden ; Zuhdi Ismail ; Beni Adi Trisna ; Nathaniel Aba Roestandy ; Nidaa Fauziyyah ;</t>
+  </si>
+  <si>
+    <t>EC002024214040</t>
+  </si>
+  <si>
+    <t>BRIN, PT NAFAS APLIKASI INDONESIA, Pusat Riset Teknologi Pengujian dan Standar</t>
+  </si>
+  <si>
+    <t>Program Analisis Spektrum Gelombang Terintegrasi Dengan Metode Butterworth, Welch, FFT, STFT, Dan PSD</t>
+  </si>
+  <si>
+    <t>Hanah Khoirunnisa ; Hamzah Haru Radityo Suharyanto ; Mardi Wibowo ; Aloysius Bagyo Widagdo ; Reno Arief Rachman ;</t>
+  </si>
+  <si>
+    <t>EC002024214032</t>
+  </si>
+  <si>
+    <t>BRIN50K Website Pengukuran Kesiapan Sertifikasi Sistem Management Energi Berbasis ISO 50001</t>
+  </si>
+  <si>
+    <t>Rahmi Kartika Jati ; Meilinda Ayundyahrini ; Marlina Pandin ; Adindra Vickar Ega ; Agung Widyo Utomo ; Nurfadlih Syahlani ; Sik Sumaedi ; Nina Konitat Supriatna ; Endang Widayati ; Primaldi Anugrah Utama ;</t>
+  </si>
+  <si>
+    <t>EC002024214043</t>
   </si>
   <si>
     <t>Aplikasi Data Acquisition System (DAS) Berbasis Internet Of Things (IoT) Untuk Monitoring Data Emisi</t>
   </si>
   <si>
     <t>Tata Sutardi ; Yusuf Margowadi ; Dionysius Aldion Renata ; Heri Nugraha ; Nur Endah Eny Sulistyawati ; Taopik Hidayat ; Arief Surachman ; Yustika Agustin ; Asep Rachmat ; Indah Sakina Pansawati ; Rendi Januardi ;</t>
   </si>
   <si>
     <t>EC002024214045</t>
   </si>
   <si>
-    <t>Program Analisis Spektrum Gelombang Terintegrasi Dengan Metode Butterworth, Welch, FFT, STFT, Dan PSD</t>
-[...71 lines deleted...]
-    <t>EC002024214043</t>
+    <t>Program Komputer Model Hybrid Deep Learning Berbasiskan Kombinasi Jaringan Deep Stem-inceptions Dan Mekanisme Atensi Channel-spatial Yang Tertanam Pada Jaringan Residual Untuk Klasifikasi Kondisi Pemesinan (chatter)</t>
+  </si>
+  <si>
+    <t>Khairul Jauhari ; Achmad Zaki Rahman ; Mahfudz Al Huda ; Marsetiayu Ningsih ;</t>
+  </si>
+  <si>
+    <t>2024-10-14</t>
+  </si>
+  <si>
+    <t>EC002024205582</t>
   </si>
   <si>
     <t>Dataset Tinggi Gelombang Hasil Uji Model Laboratorium Tsunami Terhadap Desain Pelindung Pantai Untuk Skenario Tunggal Dan Bauran</t>
   </si>
   <si>
     <t>Amalia Nurwijayanti ; Widjo Kongko ; Adnan Sandy Dwi Marta ; Teguh Budi Pratomo ; Hanah Khoirunnisa ; Favian Mafazi Giska Putra ;</t>
   </si>
   <si>
-    <t>2024-10-14</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024205587</t>
   </si>
   <si>
+    <t>Lora Satellite Terminal Configurator</t>
+  </si>
+  <si>
+    <t>Maulana Ali Arifin ; Nurrochman Ferdiansyah ; Rosza Madina ; Eriko Nasemudin Nasser ; Abdul Karim ; Chusnul Tri Judianto ; Aulia Haque Qonita ; Rifki Ardinal ; Anshari Akbar ;</t>
+  </si>
+  <si>
+    <t>EC002024205585</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pengolah Citra Multispectral Satelit Lapan A3</t>
+  </si>
+  <si>
+    <t>Agung Wahyudiono ; Patria Rachman Hakim ; Ega Asti Anggari ; Agus Herawan ; Elvira Rachim ; Bambang Sigit Pamadi ; Kamirul ; Satriya Utama ; A. Hadi Syafrudin ; Sartika Salaswati ;</t>
+  </si>
+  <si>
+    <t>EC002024205583</t>
+  </si>
+  <si>
+    <t>VIIRS DNB Automatic Downloader Versi 1.0</t>
+  </si>
+  <si>
+    <t>Ika Siwi Supriyani ; Rossi Hamzah ; Teguh Prayogo ; Syarif Budhiman ; Karunika Diwyacitta ; Rise Hapshary Surayuda ; Olivia Maftukhaturrizqoh ; Fauzan Al Ayyubi ; Andy Indradjad ; Muchammad Soleh ;</t>
+  </si>
+  <si>
+    <t>EC002024205584</t>
+  </si>
+  <si>
     <t>Dataset LCI (Life Cycle Inventory) Produksi Kulit Sintetis Dari Miselium</t>
   </si>
   <si>
     <t>Ari Kabul Paminto ; Hismiaty Bahua ; Sri Peni Wijayanti ; Nadia Rizki Ariyani ; Netty Widyastuti ; Ira Nurhayati Djarot ; Agusta Samodra Putra ; Febrian Isharyadi ; Nuha ; Titin Handayani ; Amita Indah Sitomurni ; Arief Ameir Rahman Setiawan ; Mulyono ;</t>
   </si>
   <si>
     <t>EC002024205586</t>
   </si>
   <si>
     <t>BRIN, PT Miko Bahtera Nusantara, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
   </si>
   <si>
-    <t>Lora Satellite Terminal Configurator</t>
-[...32 lines deleted...]
-    <t>EC002024205583</t>
+    <t>Perangkat Lunak Antarmuka Interpretasi ACS (Attitude Control System)</t>
+  </si>
+  <si>
+    <t>Gafur Hasan Zam Bahari ; Muhammad Taufik ; Rommy Hartono ; Dede Ardianto ; A. Hadi Syafrudin ; Deddy El Amin ; M. Arif Saifudin ;</t>
+  </si>
+  <si>
+    <t>2024-09-30</t>
+  </si>
+  <si>
+    <t>EC002024196770</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Genangan Banjir Dari Citra Sentinel-2 Berbasis Google Earth Engine</t>
+  </si>
+  <si>
+    <t>Muhammad Priyatna ; Gatot Nugroho ; Galdita Aruba Chulafak ; M. Rokhis Khomarudin ; Ahmad Maryanto ; Drs. Sastra Kusuma Wijaya, Ph.D. ; Muhammad Arfin Hussein ;</t>
+  </si>
+  <si>
+    <t>EC002024196801</t>
+  </si>
+  <si>
+    <t>Aplikasi Penilaian Tingkat Kesiapan Industri 4.0 Berbasis Web</t>
+  </si>
+  <si>
+    <t>Ari Gunawan ; R. Susalit Setya Wibowo ; Makmuri ; Suharto Ngudiwaluyo ; Kusumawati Dewi Budiarti ; Adhi Pramono ; Nasrul Baddu ; Asep Duduh Abdurahman ; Hartanto Kurniawan ; Cahyono Nugroho ; Darmawan ; Suyatmin ; Sigit Santosa ; Sunarto ; Satmintareja ;</t>
+  </si>
+  <si>
+    <t>EC002024196859</t>
+  </si>
+  <si>
+    <t>Dataset Life Cycle Inventory (LCI) Produksi Tenaga Listrik Teknologi Co-Firing Biomassa Rice Husk 12%</t>
+  </si>
+  <si>
+    <t>I Made Agus Dharma Susila ; Nadirah ; Irhan Febijanto ; Nugroho Adi Sasongko ; Ahmad Ismed Yanuar ; Hismiaty Bahua ; Adolf Leopold Sihol Marusaha Sihombing ; Rudi Herdioso ; Bambang Rustianto ; Suheti Lusiana ; Inna Zulfa Kurniawati ; Edy Syamsuddin ; Nizam Ghazali ; Aditiyawan ; Dadi Soedjati ; Mochamad Soleh ;</t>
+  </si>
+  <si>
+    <t>EC002024196781</t>
+  </si>
+  <si>
+    <t>BRIN, PLN, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>Dataset Life Cycle Inventory (LCI) Produksi Tenaga Listrik Teknologi Co-Firing Biomassa Woodchip 12%</t>
+  </si>
+  <si>
+    <t>Adolf Leopold Sihol Marusaha Sihombing ; Nadirah ; Irhan Febijanto ; Nugroho Adi Sasongko ; Ahmad Ismed Yanuar ; Hismiaty Bahua ; Rudi Herdioso ; Bambang Rustianto ; Inna Zulfa Kurniawati ; Edy Syamsuddin ; Suheti Lusiana ; I Made Agus Dharma Susila ; Muhammad Amirullah Makmunsyah Oktaufik ; Yaya Suryana ; Taufik Iqbal Ramdhani ; Mochamad Soleh ;</t>
+  </si>
+  <si>
+    <t>EC002024196786</t>
+  </si>
+  <si>
+    <t>LiDAR Data Processing For Tree Detection And Segmentation</t>
+  </si>
+  <si>
+    <t>Muhammad Rizki Nandika ; A. A. Md. Ananda Putra Suardana ;</t>
+  </si>
+  <si>
+    <t>EC002024196825</t>
+  </si>
+  <si>
+    <t>DrowsyAlertData: Indonesian Truck Driver’s Face And Heart Rate Variability Dataset</t>
+  </si>
+  <si>
+    <t>Siti Hidayanti Mutiara Kurnia ; Ludfi Pratiwi Bowo ; Sinung Nugroho ; Hastiya Annisa Fitri ; Dwitya Harits Waskito ; Nanda Yustina ; Muhammad Nurkhoiri Hindratno ; Yuki Istianto ;</t>
+  </si>
+  <si>
+    <t>EC002024196820</t>
+  </si>
+  <si>
+    <t>Batimetri Resolusi Tinggi Pantai Tiska, Bandar Lampung</t>
+  </si>
+  <si>
+    <t>EC002024196791</t>
+  </si>
+  <si>
+    <t>Dashboard OSL (Observatorium Sesar Lembang)</t>
+  </si>
+  <si>
+    <t>Aang Gunawan S ; Nuraini Rahma Hanifa ; Abdurrakhman Prasetyadi ; Achmad Fakhrus Shomim ; Aria Bisri ; Muhammad Daffa Ferdiansyah ; Dufha Arista ; Agastya Pandu Satriya Utama ; Cinta Armevia Armin ;</t>
+  </si>
+  <si>
+    <t>EC002024196836</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Pupuk Organik Cair Dari Biomassa Krisan</t>
+  </si>
+  <si>
+    <t>Nur Dewi Pusporini ; Tri Martini ; Taupik Rahman ; Meidaliyantisyah ; Tri Wahyuni ; Catur Oktivian Indri Hastuti ; Widodo Suwito ; Astriany Noer ;</t>
+  </si>
+  <si>
+    <t>EC002024196796</t>
+  </si>
+  <si>
+    <t>Machine Learning Untuk Prediksi Waktu Dan Hasil Panen Bawang Merah Di Kabupaten Brebes</t>
+  </si>
+  <si>
+    <t>Bonnie Octivanus Benyamin ; Arief Arianto ; Mulyana Hadipernata ; Agung Hendriadi ; Noveria Sjafrina ; Huda Mohamad Elmatsani ; Yogi Purna Rahardjo ; Puji Astuti ; Helni M. Jumhur ; Maya Ariyanti ; Gadang Ramantoko ; Ratri Wahyuningtyas ; Tora Fakhrudin ;</t>
+  </si>
+  <si>
+    <t>EC002024196761</t>
+  </si>
+  <si>
+    <t>BRIN, Universitas Telkom, Pusat Riset Agroindustri</t>
+  </si>
+  <si>
+    <t>Aplikasi COI Sebagai Alat Deteksi Beban Ekonomi Akibat Leptospirosis</t>
+  </si>
+  <si>
+    <t>Robby Arifandri ; Wahyu Pudji Nugraheni ; Prabu Kresna Putra ; Azalea Eugenie ; Doni Fernando ; Sinta Dewi Lestyoningrum ; Indah Pawitaningtyas ; Syarifah Nuraini ; Linta Meyla Putri ;</t>
+  </si>
+  <si>
+    <t>EC002024196777</t>
+  </si>
+  <si>
+    <t>HMI-GCS FertiSense</t>
+  </si>
+  <si>
+    <t>Djohar Syamsi ; Oka Mahendra ; Hanif Fakhrurroja ;</t>
+  </si>
+  <si>
+    <t>EC002024196815</t>
   </si>
   <si>
     <t>Aplikasi Pemetaan Tutupan Lahan Cerdas: Memanfaatkan Data Landsat 8, Teknik Pembelajaran Mesin, Dan Pendekatan Suara Terbanyak Untuk Peningkatan Akurasi Berbasis Skrip Jupyter Python</t>
   </si>
   <si>
     <t>Fadhlullah Ramadhani ; Muhammad Ramdhan ; Destika Cahyana ; Vicca Karolinoerita ; Misnawati ; Dino Gunawan Pryambodo ;</t>
   </si>
   <si>
-    <t>2024-09-30</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002024196810</t>
   </si>
   <si>
-    <t>LiDAR Data Processing For Tree Detection And Segmentation</t>
-[...62 lines deleted...]
-    <t>EC002024196770</t>
+    <t>Slide-Map – Aplikasi Pemodelan Kerentanan Wilayah Terhadap Bahaya Longsor Berbasis Laman Interaktif Spasial</t>
+  </si>
+  <si>
+    <t>Astisiasari ; Taufik Iqbal Ramdhani ; Raditya Panji Umbara ; Dian Nuraini Melati ; Syakira Trisnafiah ; Trinugroho ; Wisyanto ; Yukni Arifianti ; Sukristiyanti ; Diyah Krisna Yuliana ; Ritha Riyandari ;</t>
+  </si>
+  <si>
+    <t>EC002024196930</t>
+  </si>
+  <si>
+    <t>Ricardo Hydra Single Cylinder Diesel Motoring Modeling</t>
+  </si>
+  <si>
+    <t>Yohanes Pringeten Dilianto Sembiring Depari ; Bagus Anang Nugroho ; Sigit Tri Atmaja ; Hari Sumartono ; Mokhtar ;</t>
+  </si>
+  <si>
+    <t>EC002024196772</t>
+  </si>
+  <si>
+    <t>AViRSinami</t>
+  </si>
+  <si>
+    <t>M. Yudhi Rezaldi ; Ambar Yoganingrum ; Abdurrakhman Prasetyadi ; Ridwan Suhud ; Aria Bisri ; Nuraini Rahma Hanifa ; Eko Yulianto ; Achmad Fakhrus Shomim ; Wiwin Windupranata ; Sahla Hamidah ; Wahyu Zulya Syaputra ;</t>
+  </si>
+  <si>
+    <t>EC002024196831</t>
   </si>
   <si>
     <t>Perangkat Lunak Antarmuka Pada Sistem Pembangkit Listrik Tenaga Panas Bumi 3 MW</t>
   </si>
   <si>
     <t>Junanto Prihantoro ; Tsani Hendro Nugroho ; Heru Taufiqurrohman ; Teddy Alhady Lubis ; Suyanto ; Akhmad Sarif ; Pradika Wahyu Dwi Putra ; Eka Rakhman Priandana ; Zaid Cahya Dinul Haq ;</t>
   </si>
   <si>
     <t>EC002024196766</t>
   </si>
   <si>
-    <t>Slide-Map – Aplikasi Pemodelan Kerentanan Wilayah Terhadap Bahaya Longsor Berbasis Laman Interaktif Spasial</t>
-[...77 lines deleted...]
-    <t>EC002024196831</t>
+    <t>Program Estimasi Kandungan Klorofil Total</t>
+  </si>
+  <si>
+    <t>Gatot Nugroho ; Tri Muji Susantoro ; Suliantara ; Herru Lastiadi Setiawan ; M. Rokhis Khomarudin ; Sayidah Sulma ; Danang Surya Candra ; Rahmat Arief ; Yohanes Fridolin Hestrio ; Ahmad Maryanto ; Kurdianto ; Adis Jayati ; Silvan Anggia Bayu Setia Permana ;</t>
+  </si>
+  <si>
+    <t>2024-08-30</t>
+  </si>
+  <si>
+    <t>EC00202496175</t>
+  </si>
+  <si>
+    <t>Dataset Life Cycle Inventory (LCI) Produksi Tenaga Listrik Teknologi Co-Firing Biomassa Sawdust 12%</t>
+  </si>
+  <si>
+    <t>Ahmad Ismed Yanuar ; Nadirah ; Irhan Febijanto ; Rosmeika ; Hismiaty Bahua ; Arif Dwi Santoso ; Adolf Leopold Sihol Marusaha Sihombing ; I Made Agus Dharma Susila ; Inna Zulfa Kurniawati ; Arief Barkah ; Suheti Lusiana ; Mochamad Soleh ;</t>
+  </si>
+  <si>
+    <t>EC00202496179</t>
+  </si>
+  <si>
+    <t>BRIN, PT PLN (Persero) Pusat Penelitian dan Pengembangan Ketenagalistrikan, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>SoilPren-N Aplikasi Deteksi Nitrogen Untuk Unsur Hara Tanah</t>
+  </si>
+  <si>
+    <t>Amrullah Kamaruddin ; Yaya Suryana ; Adnan ; Taufik Iqbal Ramdhani ; Abdul Aziz ; Wenny Oktaviani ; Arie Rakhman Hakim ; Fahrodji ; Laela Nuraini ; Anugerah Fitri Amalia ; Nizam Ghazali ; Solichah Vichy Budiwati ; Adim Hadi ; Taslim Rochmadi ;</t>
+  </si>
+  <si>
+    <t>EC00202496177</t>
+  </si>
+  <si>
+    <t>GANA (Game Asset Nusantara)</t>
+  </si>
+  <si>
+    <t>Niken Fitria Apriani ; Hayuning Titi Karsanti ; Budi Nugroho ; Esa Prakasa ; M. Yudhi Rezaldi ; Ridwan Suhud ; Dian Andriana ; Aang Gunawan S ; Hammam Ahmad Hanif ; Farhan Maulana Iqbal ; Ahmad Ghozali ; Imam Alhafizi ; Fri Ady Fadillah ; Aurelia Sandi Rahardjo ; Ida Ayu Adya Priti Karuni ; Nathania Felicia Gunadi ; Yolanda ; Drs. Agus Setiawan, Int., M.Sn. ; Dr.Sn. Yusup Sigit Martyastiadi, S.T., M.Inf.Tech. ; Lalitya Talitha Pinasthika, M.Ds. ;</t>
+  </si>
+  <si>
+    <t>EC00202496180</t>
   </si>
   <si>
     <t>Program Ingest Berbasis Field Programmable Gate Array (FPGA) Untuk Penerimaan Data Satelit NOAA-18/19 Dan MetOp-B/C Melalui Interface Output Universal Serial Bus (USB)</t>
   </si>
   <si>
     <t>Ali Syahputra Nasution ; Adi Aufarachman Putra Bambang Dwi ; Bayu Satya Adhitama ; Fadillah Halim Rasyidy ; Suhermanto ; Hidayat Gunawan ; Nugroho Widi Jatmiko ; Yuvita Dian Safitri ; A. Hadi Syafrudin ;</t>
   </si>
   <si>
-    <t>2024-08-30</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202496186</t>
   </si>
   <si>
-    <t>SoilPren-N Aplikasi Deteksi Nitrogen Untuk Unsur Hara Tanah</t>
-[...37 lines deleted...]
-  <si>
     <t>Program Komputer Visualisasi Data Atmosfer Berbasis Data Satelit Dengan Metode Kriging</t>
   </si>
   <si>
     <t>Edy Maryadi ; Eddy Hermawan ; Teguh Harjana ; Haries Satyawardhana ; Risyanto ; Yudhie Andriyana, M.Sc., Ph.D. ; Dr. Annisa Nur Falah ;</t>
   </si>
   <si>
     <t>2024-08-29</t>
   </si>
   <si>
     <t>EC00202495436</t>
   </si>
   <si>
+    <t>Sistem Pengolahan Data Sitasi Dalam Teks</t>
+  </si>
+  <si>
+    <t>Yaniasih ; Gita Citra Puspita ; Hayuning Titi Karsanti ; Ambar Yoganingrum ; Ira Maryati ; Ekawati Marlina ;</t>
+  </si>
+  <si>
+    <t>EC00202495435</t>
+  </si>
+  <si>
     <t>Software Pembuatan Initial Sea Surface Height Untuk Perhitungan Model Numerik Tsunami Berbasis Python (Versi 1.0)</t>
   </si>
   <si>
     <t>Yudhi Prabowo ; Widjo Kongko ; Imam Fachrudin ; Mardi Wibowo ; Fajar Yulianto ; Hanah Khoirunnisa ; Edwin Adi Wiguna ; Hilmi Aziz ; Marindah Yulia Iswari ; Nurkhalis Rahili ;</t>
   </si>
   <si>
     <t>EC00202495434</t>
   </si>
   <si>
-    <t>Sistem Pengolahan Data Sitasi Dalam Teks</t>
-[...5 lines deleted...]
-    <t>EC00202495435</t>
+    <t>Perangkat Lunak Pengatur Kompensasi Doppler Pada Frekuensi Radio UHF/VHF</t>
+  </si>
+  <si>
+    <t>Nur Salma Yusuf Hasanah ; Dicka Ariptian Rahayu ; Mohammad Mukhayadi ; Tri Meidiansyah ; Amrullah Abdul Qadir ; Muazam Nugroho ; Yuvita Dian Safitri ; Ega Asti Anggari ; Chusnul Tri Judianto ;</t>
+  </si>
+  <si>
+    <t>2024-08-23</t>
+  </si>
+  <si>
+    <t>EC00202490274</t>
+  </si>
+  <si>
+    <t>Dataset Pengujian Hidrodinamika Wahana Apung Pesawat Terbang Tipe 09x98</t>
+  </si>
+  <si>
+    <t>Sayuti Syamsuar ; Rizqon Fajar ; Sigit Tri Atmaja ; Annissa Roschyntawati ; Nanda Itohasi Gutami ; Feronika Sekar Puriningsih ; Muhammad ; Hendrato ; Sulistiya ; Irfan Ansori ; Beny Halfina ; Andik Dwi Kurniawan ; Guino Verma ; Yudiawan Fajar Kusuma ; Erwandi ; Daif Rahuna ; Andi Muhdiar Kadir ; Fithri Nur Purnamastuti ; Widyawasta ; Nurhadi Pramana ; Fadjar Rahino Triputra ; Yomi Guno ; Karyawan ; Gunawan Wijiatmoko ; Meedy Kooshartoyo ; Arief Setyawan ; Prof. Dr. Bagiyo Suwasono, S.T., M.T, FRINA. ; Sutiyo, S.T., M.T. ; Sinung Widiyanto, S.T., M.Eng. ;</t>
+  </si>
+  <si>
+    <t>EC00202490271</t>
+  </si>
+  <si>
+    <t>Aplikasi Pemodelan Topik Untuk Ekstraksi Informasi Menggunakan Parameter Bertopic Optimal</t>
+  </si>
+  <si>
+    <t>Aang Gunawan S ; Nuraisa Novia Hidayati ; Siti Shaleha ;</t>
+  </si>
+  <si>
+    <t>EC00202490269</t>
+  </si>
+  <si>
+    <t>Aplikasi BRIN Modis Processing Service V1.0</t>
+  </si>
+  <si>
+    <t>EC00202490268</t>
+  </si>
+  <si>
+    <t>Chatbot Lisa (Hemodialisa) Versi 1.0</t>
+  </si>
+  <si>
+    <t>Elvira Nurfadhilah ; Eneng Ulfifauziah ; Kakang Permana Saputra ;</t>
+  </si>
+  <si>
+    <t>EC00202490266</t>
+  </si>
+  <si>
+    <t>PortStationPro V01: Perangkat Lunak PLC &amp; SCADA Untuk Sistem Kendali Dan Pengawasan Stasiun Pengisian Bahan Bakar Di Pelabuhan</t>
+  </si>
+  <si>
+    <t>Maristya Rahmadiansyah ;</t>
+  </si>
+  <si>
+    <t>EC00202490262</t>
+  </si>
+  <si>
+    <t>SisMonEKG1L</t>
+  </si>
+  <si>
+    <t>I Made Astawa ; Rony Febryarto ; Pratondo Busono ; Syaeful Karim ; Riyanto ; Marlin Ramadhan Baidillah ; Dede Sumantri ; Arky Astasari ; I Putu Ananta Yogiswara ; Faizurrahman `allam Majid ; Armedy Ronny Hasugian ; Elrade Rofaani ; Imam Mudita ; Nuralih ; Chaerul Achmad ;</t>
+  </si>
+  <si>
+    <t>EC00202490270</t>
   </si>
   <si>
     <t>SADAR: SANS Data Reduction Software</t>
   </si>
   <si>
     <t>Bharoto ; Nadi Suparno ; Arum Patriati ; Abarrul Ikram ; Iwan Sumirat ; Irfan Hafid ; Achmad Ramadhani ; Fahrurrozi Akbar ; Rissa Damayanti ;</t>
   </si>
   <si>
-    <t>2024-08-23</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202490273</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Teknologi Deteksi Radiasi dan Analisis Nuklir</t>
   </si>
   <si>
+    <t>Program Multi Mode Auto Tracking Antena Telemetri 2,4 GHz</t>
+  </si>
+  <si>
+    <t>Sonny Dwi Harsono ; Muh. Fakhri ; Anita Pascawati ; Kandi Rahardiyanti ; Mirza Zulfikar Rahmat ; Yuniarto Wimbo Nugroho ; Nurul Fahrizatul Rohmah ;</t>
+  </si>
+  <si>
+    <t>EC00202490272</t>
+  </si>
+  <si>
+    <t>Charging Starter &amp; Payment V1.0</t>
+  </si>
+  <si>
+    <t>Eka Setianingsih ; Dwidharma Priyasta Tasurun ; Fito Wigunanto Herminawan ; Wahyu Cesar ; Sardjono Trihatmo ; Riza ; Prasetyo Aji ; Eka Rakhman Priandana ; Panca Kurniawan ; Supriono Agung Wibowo ; Prima Trie Wijaya ; Bernadus Herdi Sirenden ; Melyana ; Firson Satriasta ;</t>
+  </si>
+  <si>
+    <t>EC00202490267</t>
+  </si>
+  <si>
     <t>Perangkat Lunak Dose Callibrator</t>
   </si>
   <si>
     <t>Riswal Nafi Siregar ; Gina Kusuma ; Sukandar ; Amir Su`udi ; Lelly Andayasari ; Budi Santoso ; Yuyus Takhkik ; Anton Suryatma ; elfi fauziah ; Joko Sumanto ;</t>
   </si>
   <si>
     <t>EC00202490264</t>
   </si>
   <si>
-    <t>SisMonEKG1L</t>
-[...74 lines deleted...]
-    <t>EC00202490272</t>
+    <t>Sistem Deteksi Tsunami Pantai Selatan Jawa (SIDETSU PANSELA)</t>
+  </si>
+  <si>
+    <t>Wahyu Hendriyono ; Ayu Novitasari Saputri ; Andan Sigit Purwoko ; Amien Rusdiutomo ; Mardi Wibowo ; Widjo Kongko ;</t>
+  </si>
+  <si>
+    <t>2024-08-12</t>
+  </si>
+  <si>
+    <t>EC00202481829</t>
+  </si>
+  <si>
+    <t>YAWIS – Aplikasi Penentuan Waktu Penyinaran Radiasi Sinar Gamma Dalam Bidang Uji Tak Rusak – Radiografi</t>
+  </si>
+  <si>
+    <t>Irvan Dwi Junianto ; Siswoto ; Mochammad Ari Rahmadani ; Yulaida Maya Sari ; Edwin Yoga Pratama ;</t>
+  </si>
+  <si>
+    <t>EC00202481828</t>
   </si>
   <si>
     <t>Dataset Pengujian Terowongan Angin Kereta Cepat Model A</t>
   </si>
   <si>
     <t>Beny Halfina ; Irfan Ansori ; Hendrato ; Jean Mario Valentino ; Yohanes Pringeten Dilianto Sembiring Depari ; Muhammad ; Khoerul Anwar ; Andik Dwi Kurniawan ; Sulistiya ; Guino Verma ; Basir ; Barep Luhur Widodo ; Lukman Shalahuddin ; Dimas Bahtera Eskayudha ;</t>
   </si>
   <si>
-    <t>2024-08-12</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202481830</t>
   </si>
   <si>
-    <t>Sistem Deteksi Tsunami Pantai Selatan Jawa (SIDETSU PANSELA)</t>
-[...16 lines deleted...]
-  <si>
     <t>Dataset LCI (Life Cycle Inventory) Produksi Feronikel</t>
   </si>
   <si>
     <t>Novy Ariyanto ; Yoyon Wahyono ; Nugroho Adi Sasongko ; Anisah ; Isnaeni Kumalasari ; Mutia Citrawati Lestari ; Virny Zasyana Eka Putri ; Muhammad Raihan Farras Hakim ; Endah Dwi Novianti ; Sundari ; Lambas Parlaungan Panggabean ; Rohmadi Ridlo ; Anissa Dewi Suryaningtyas ; Anggara Lomak Prihatin ; Hadiyanto ;</t>
   </si>
   <si>
     <t>2024-07-31</t>
   </si>
   <si>
     <t>EC00202475254</t>
   </si>
   <si>
+    <t>Software Sea Surface Temperature (SST) Datacube Derived From OSTIA Multisensor Data</t>
+  </si>
+  <si>
+    <t>Emiyati ; Sayidah Sulma ; Dony Kushardono ; Teguh Prayogo ; Sartono Marpaung ; Rossi Hamzah ; Hastuadi Harsa ; Hety Hartaty ; Lilis Sadiyah ; Fayakun Satria ; Aris Budiarto ; Achmad Fachruddin Syah ;</t>
+  </si>
+  <si>
+    <t>2024-07-30</t>
+  </si>
+  <si>
+    <t>EC00202474475</t>
+  </si>
+  <si>
+    <t>Aplikasi Pemodelan Zona Rawan Longsor Menggunakan Machine Learning</t>
+  </si>
+  <si>
+    <t>Dian Nuraini Melati ; Raditya Panji Umbara ; Astisiasari ; Syakira Trisnafiah ; Yukni Arifianti ; Trinugroho ; Wisyanto ; Firman Prawiradisastra ; Taufik Iqbal Ramdhani ; Sukristiyanti ; Dr. Samsul Arifin, S.Si., M.Sc. ;</t>
+  </si>
+  <si>
+    <t>EC00202474473</t>
+  </si>
+  <si>
+    <t>FertControlPro V01 : Perangkat Lunak PLC &amp; SCADA Untuk Sistem Kendali Dan Pengawasan Handling System Untuk Komoditi Bahan/Produk Curah Kering</t>
+  </si>
+  <si>
+    <t>EC00202474479</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produk Stasiun Pengisian Kendaraan Listrik Umum Tipe Hibrida (Hybrid Charging Station/HCS)</t>
+  </si>
+  <si>
+    <t>Ayu Erliza ; Rosmeika ; Muhammad Akbar Hipi ; Agam Wira Sani ; Aditiyawan ; Hermawan Febriansyah ; Annisa Indah Pratiwi ; Delfi Fatina Soraya ; Utari Ayuningtyas ; Marini Septiani ; Chintya Komala Sari ; Maya Larasati Donna Wardani ; Nofalia Andriyani ; Nugroho Adi Sasongko ;</t>
+  </si>
+  <si>
+    <t>EC00202474471</t>
+  </si>
+  <si>
+    <t>Aplikasi Deteksi Permukiman Kumuh Dari Citra SPOT-6/7 Berbasis Google Earth Engine</t>
+  </si>
+  <si>
+    <t>Galdita Aruba Chulafak ; Gatot Nugroho ; I Kadek Yoga Dwi Putra ; Silvan Anggia Bayu Setia Permana ; Orbita Roswintiarti ; M. Rokhis Khomarudin ; Kusumaning Ayu Dyah Sukowati ; Udhi Catur Nugroho ; Mohammad Ardha ;</t>
+  </si>
+  <si>
+    <t>EC00202474476</t>
+  </si>
+  <si>
+    <t>Bat Identification</t>
+  </si>
+  <si>
+    <t>Yulia Aris Kartika ; Deden Sumirat Hidayat ; Gono Semiadi ; Ni Luh Putu Rischa Phadmacanty ; Nanang Supriatna ; Dr. Imas Sukaesih Sitanggang, S.Si., M.Kom. ;</t>
+  </si>
+  <si>
+    <t>EC00202474472</t>
+  </si>
+  <si>
+    <t>Kompilasi Ciptaan: Digitalisasi Identitas Pohon (ID) Dan Penggunaan QR ID Code Di Taman Satwa Taru Jurug (TSTJ), Surakarta</t>
+  </si>
+  <si>
+    <t>ILG Nurtjahjaningsih ; Harry Budi Santoso Sulistiadi ; Liliana Baskorowati ; Rina Laksmi Hendrati ; Mudji Susanto ; Mashudi ; Dedi Setiadi ; Sugeng Pudjiono ; Sumardi ; Drh. Siti Nuraini ; Iman ;</t>
+  </si>
+  <si>
+    <t>EC00202474477</t>
+  </si>
+  <si>
+    <t>BRIN, PEMUDA TSTJ, Pusat Riset Botani Terapan</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Realisasi Anggaran Tepat Waktu Sesuai Jadwal Kegiatan "SIRATU SEJAGAT"</t>
+  </si>
+  <si>
+    <t>Dewi Suci Rafianti ; Insan Ramadhan ; Faisol Ba'abdullah ; Agus Sutejo ; Triyono Susanto ; Rully Kusumajaya ; Kusnanda Supriatna ; Sri Saraswati Wisjnu Wardhani ; Ali Reza Syariati ; Andri Puji Prasetiyo ; Aan Khunaifi ; Karina Mayasita Handoyo ; Muhammad Rafi Juliansyah ; Fajaryan Wijananto ; Tanzi Mubaroq Santoso ; Muhammad Thufaili Imdad ; Topan Try Harmanda ; Yosi Sahreza ; Mohammad Hamdani ; Wenwen Ruswendi ; Agoeng Srimoeljanto ; Fara Ayuningtyas ; Monica Dwi Wahyu Sumunaringrum ; Linda Nuryanti ; Sofyan Mufti Prasetiyo ; Muhammad Hidayat, SE ; Ika Retno Wardati, S.Si ; Febri Vernando Parsaulin, SE, ME, MIDS ; Ir. R. Edi Santoso, M.Sc ;</t>
+  </si>
+  <si>
+    <t>EC00202474478</t>
+  </si>
+  <si>
     <t>Program Preprocessing Data COVID-19</t>
   </si>
   <si>
     <t>Sri Sulasmi ; Masdalina Pane ; Made Ayu Lely Suratri ; Sahid Bismantoko ; Asep Haryono ; Gilang Mantara Putra ; Umi Chasanah ; Muhammad Aulia Rahman ;</t>
   </si>
   <si>
-    <t>2024-07-30</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202474474</t>
   </si>
   <si>
-    <t>Software Sea Surface Temperature (SST) Datacube Derived From OSTIA Multisensor Data</t>
-[...70 lines deleted...]
-  <si>
     <t>TSS Chamber Dashboard Monitoring V1</t>
   </si>
   <si>
     <t>Rifki Firdaus ; Fajar Adi Marianto ; Azrizal Akbar ; Bondan Suwandi ; Eka Nurhangga ; Winda Nawfetrias ; Irna Surya Bidara ; Dwi Pangesti Handayani ; Ahmad Suhendra ; Delvi Maretta ; Darwin Taulabi ; Djatmiko Pinardi ; Mathias Prathama ; Nazly Aswani ;</t>
   </si>
   <si>
     <t>2024-06-27</t>
   </si>
   <si>
     <t>EC00202455895</t>
   </si>
   <si>
+    <t>Perangkat Lunak Diagnosa Fungsi Kelenjar Gondok</t>
+  </si>
+  <si>
+    <t>Riswal Nafi Siregar ; Gina Kusuma ; Sukandar ; Atang Susila ; Mukhlissul Faatih ; Achmad Shidiq ; Romadhon ; Hari Nurcahyadi ; Sundari Wirasmi ; Joko Sumanto ;</t>
+  </si>
+  <si>
+    <t>EC00202455900</t>
+  </si>
+  <si>
+    <t>Mobile Smart Farm Monitoring</t>
+  </si>
+  <si>
+    <t>I Putu Ananta Yogiswara ; Arfan Ridwan Hartawan ; Arief Rufiyanto ; Yoga Prastiya Wibawa ; Bondan Suwandi ; Widar Dwi Gustian ; Hanifah Dwiyanti ; Fajar Adi Marianto ; Azrizal Akbar ; Bagus Bhakti Irawan ; Reza Septiawan ; Nashrullah Taufik ; Ryan Prasetya Utama ; Rizky Hanifa ; Sakinah Puspa Anggraeni ; Budi Sulistya ; Toto Bachtiar Palokoto ; Riky Alam Ma'arif ; Moh. Alma Samudro ; Christian Wisnu Purnaadi ; Lukita Devy ; Widyanti ; Arif Rahmat Ardiansyah ; Yuki Istianto ; Rizky Rahmatullah ;</t>
+  </si>
+  <si>
+    <t>EC00202455902</t>
+  </si>
+  <si>
+    <t>BRIN, Organisasi Riset Elektronika dan Informatika</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Bahan Bakar Cair Dari Sampah Plastik</t>
+  </si>
+  <si>
+    <t>Ratna Etie Puspita Dewi ; Heru Susanto ; Tri Martini ; Tri Wahyuni ; Tri Cahyono ; Hano Hanafi ; Rahadian Mawardi ; Helena Lina Susilawati ; Sudarwaji Edi Yuwono Trihadi ; Priyambodo Rahardjo ; Budi Trisno Aji ; Muhamad Oky Saputro ; Eyda Firdausi ;</t>
+  </si>
+  <si>
+    <t>EC00202455896</t>
+  </si>
+  <si>
+    <t>BRIN, Bank Sampah Banjarnegara, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>MaintainHub Aplikasi Manajemen Pemeliharaan Berbasis Reliability Centered Maintenance (RCM)</t>
+  </si>
+  <si>
+    <t>Rahmi Kartika Jati ; Jimmy Abdel Kadar ; Anggini Dinaseviani ; Amelia Febri Ariani ;</t>
+  </si>
+  <si>
+    <t>EC00202455891</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Tamanu Oil (Minyak Nyamplung) untuk Bahan Baku Biofuel dan Biofarmaka</t>
+  </si>
+  <si>
+    <t>Astriany Noer ; Tri Martini ; Tri Cahyono ; Hano Hanafi ; Tri Wahyuni ; Heru Susanto ; Rahadian Mawardi ; Helena Lina Susilawati ; Ratna Etie Puspita Dewi ; Edi Supriyanto ; dr. Sofyan Suri Susilo Hadi, Sp.THT ; Dr. dr. Hermawan Udiyanto, SpOG.K-Onk ;</t>
+  </si>
+  <si>
+    <t>EC00202455903</t>
+  </si>
+  <si>
+    <t>Aplikasi TekenID</t>
+  </si>
+  <si>
+    <t>Rahmat Irfan ; Marini Wulandari ; Wawan Hermawan ; Dionysius Aldion Renata ; Ridha Radhitya ; Elfrin Erawan ; Almuchlisin ; Darius Alexander Go Reinnamah ; Dhika Rizki Anbiya ; Satyo Yudanto ; Sri Agustiningtyas ; Wahyu Juniardi ; Arti Dian Nastiti ; Yuni Arti ; Ninon Nurul Faiza ; Intan Permatasari ; Irfani Ahmad ;</t>
+  </si>
+  <si>
+    <t>EC00202455898</t>
+  </si>
+  <si>
     <t>Web Aplikasi Berbasis Machine Learning Untuk Prediksi Hasil Uji Emisi, ELV Dan Rating Koefisien Pajak</t>
   </si>
   <si>
     <t>Fitra Hidiyanto ; Rizqon Fajar ; Kurnia Fajar Adhi Sukra ; Nilam Sari Octaviani ; Dhani Avianto Sugeng ;</t>
   </si>
   <si>
     <t>EC00202455905</t>
   </si>
   <si>
-    <t>Perangkat Lunak Diagnosa Fungsi Kelenjar Gondok</t>
-[...40 lines deleted...]
-  <si>
     <t>DICOM AUTOMATION RECOVERY MANAGER</t>
   </si>
   <si>
     <t>Rifqi Fajar Giyana ; Michael Andreas Purwoadi ; Sasono Rahardjo ; Fadjar Rahino Triputra ; Lesti Setianingrum ; Maratul Hamidah ; Muhammad Iqbal ; Mery Diana ; Dio Randa Damara ; Arfan Ridwan Hartawan ; Christian Wisnu Purnaadi ; Sakinah Puspa Anggraeni ; Dedy Irawan ; Anak Agung Ngurah Ananda Kusuma ; Muhammad Yusha Firdaus ; Nur Aulia Rachmadini ;</t>
   </si>
   <si>
     <t>EC00202455897</t>
   </si>
   <si>
+    <t>DCPC: Drug Candidates For The Prevention Of COVID-19</t>
+  </si>
+  <si>
+    <t>Raden Sandra Yuwana ; Hilman Ferdinandus Pardede ; Vicky Zilvan ; Andria Arisal ; Ana Heryana ; Jimmy Abdel Kadar ; Candra Nur Ihsan ; Asri Rizki Yuliani ; Ade Ramdan ; Endang Suryawati ; Dikdik Krisnandi ; Ns. Heni Dwi Windarwati ;</t>
+  </si>
+  <si>
+    <t>EC00202455899</t>
+  </si>
+  <si>
+    <t>Software Chlorophyll-a Datacube Generated Based on Copernicus-Globcolour Multisensor Data</t>
+  </si>
+  <si>
+    <t>EC00202455893</t>
+  </si>
+  <si>
+    <t>Software Pembuatan Dataset Awan dan Bayangan Awan untuk Deep Learning</t>
+  </si>
+  <si>
+    <t>Fadillah Halim Rasyidy ; Yudhi Prabowo ; Danang Surya Candra ; Yohanes Fridolin Hestrio ; Kurnia Ulfa ; Mulia Inda Rahayu ;</t>
+  </si>
+  <si>
+    <t>EC00202455894</t>
+  </si>
+  <si>
     <t>Program Komputer Pendeteksi Getaran Tak Terkendali (Chatter) Secara Online Untuk Proses Pemesinan Milling.</t>
   </si>
   <si>
     <t>EC00202455892</t>
   </si>
   <si>
-    <t>Software Pembuatan Dataset Awan dan Bayangan Awan untuk Deep Learning</t>
-[...38 lines deleted...]
-    <t>EC00202455898</t>
+    <t>Aplikasi E-recording Untuk Wilayah Sumber Bibit Ternak Berbasis Android</t>
+  </si>
+  <si>
+    <t>Hartati ; Widya Pintaka Bayu Putra ; Mariyono ; Lukman Affandhy S ; Dewi Khosiya Robba ; Sulistiyoningtiyas Irmawanti ; Ferry Irawan ; Aprisal ;</t>
+  </si>
+  <si>
+    <t>2024-05-29</t>
+  </si>
+  <si>
+    <t>EC00202442775</t>
+  </si>
+  <si>
+    <t>BRIN, PT. Bina Bersama Niaga Digital, Pusat Riset Peternakan</t>
+  </si>
+  <si>
+    <t>Bi-Project: Aplikasi Penerjemahan Bahasa Isyarat Indonesia (BISINDO) Berbasis Web</t>
+  </si>
+  <si>
+    <t>Edy Maryadi ; Syahrul ; Dea Maulidya ; Muh. Hafizh Izzaturrahim ; Esa Prakasa ; Risnandar ; Dian Andriana ;</t>
+  </si>
+  <si>
+    <t>EC00202442772</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Programmable Logic Controller Untuk Mesin Computer Numerical Control (CNC) Milling 8 KW</t>
+  </si>
+  <si>
+    <t>Mochamad Adityo Rachmadi ; Ahmad Musthofa ; Galuh Prihantoro ; Nasril ; Teddy Alhady Lubis ; Robby Marlon Brando ; Sari Andarwati Kunharyanto ; Ratna Mayasari ; Ismail Saleh ; Arwidya Tantri Agtusia ; Eko Agus Nugroho ; Ardani Cesario Zuhri ; Abudin ; Mario Ardhany ; Albertus Rianto Suryaningrat ; Tsani Hendro Nugroho ; Dito Eka Cahya ; Heru Taufiqurrohman ; Zaid Cahya Dinul Haq ; Nuril Aditya Dewi ; Hens Saputra ; Furkan Jadid ;</t>
+  </si>
+  <si>
+    <t>EC00202442771</t>
   </si>
   <si>
     <t>Dataset LCI (Life Cycle Inventory) Produksi Bunga Potong Krisan Di Dataran Rendah</t>
   </si>
   <si>
     <t>Ratna Etie Puspita Dewi ; Tri Martini ; Tri Wahyuni ; Taupik Rahman ; Meidaliyantisyah ; Heru Susanto ; Catur Oktivian Indri Hastuti ; Araz Meilin ; Widodo Suwito ;</t>
   </si>
   <si>
-    <t>2024-05-29</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202442777</t>
   </si>
   <si>
     <t>PAWANGBot: Pengamatan Awan Menggunakan TelegramTM ChatBot”</t>
   </si>
   <si>
     <t>Halda Aditya Belgaman ; Purwadi ; Sholehhudin Al Ayubi ; Muhamad Fadhlan Thalib ; Bayu Ihsanul Hak ; Muhamad Djazim Syaifullah ; Findy Renggono ; Rahmawati Syahdiza ;</t>
   </si>
   <si>
     <t>EC00202442776</t>
   </si>
   <si>
-    <t>Aplikasi E-recording Untuk Wilayah Sumber Bibit Ternak Berbasis Android</t>
-[...26 lines deleted...]
-    <t>EC00202442771</t>
+    <t>Aplikasi Penapisan Keluarga Berisiko Stunting</t>
+  </si>
+  <si>
+    <t>Yekti Widodo ; Rika Rachmalina ; Salimar ; Nuzuliyati Nurhidayati ; Anissa Rizkianti ; Sri Lilestina Nasution ; Sari Kistiana ; Margareth Maya Parulianta Naibaho ; Budi Setyawati ;</t>
+  </si>
+  <si>
+    <t>2024-04-26</t>
+  </si>
+  <si>
+    <t>EC00202433302</t>
+  </si>
+  <si>
+    <t>Dataset Area Rawan Genangan Akibat Kenaikan Muka Air Laut (Sea Level Rise) Desa Baru, Desa Lalang Dan Desa Bukulimau</t>
+  </si>
+  <si>
+    <t>Yulius ; Hadiwijaya Lesmana Salim ; Taslim Arifin ; Muhammad Ramdhan ;</t>
+  </si>
+  <si>
+    <t>EC00202433303</t>
   </si>
   <si>
     <t>RAMSIS: Reliability, Availability, Maintainability, And Safety Information System</t>
   </si>
   <si>
     <t>Asep Haryono ; Tri Widodo ; Sofwan Hidayat ; Sahid Bismantoko ; M. Rosyidi ; Umi Chasanah ; Gilang Mantara Putra ;</t>
   </si>
   <si>
-    <t>2024-04-26</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202433304</t>
   </si>
   <si>
-    <t>Dataset Area Rawan Genangan Akibat Kenaikan Muka Air Laut (Sea Level Rise) Desa Baru, Desa Lalang Dan Desa Bukulimau</t>
-[...16 lines deleted...]
-  <si>
     <t>Aplikasi Electronic Nose Sebagai Alat Pendeteksi Pencampuran Daging Sapi Dan Babi</t>
   </si>
   <si>
     <t>Ratna Mayasari ; Danny Mokhammad Gandana ; Nasril ; Agus Widodo ; Albertus Rianto Suryaningrat ; Ahmad Musthofa ; Ardani Cesario Zuhri ; Mario Ardhany ; Galuh Prihantoro ; Galang Ilman Islami ; Robby Marlon Brando ; Sari Andarwati Kunharyanto ; Cecep Sujana ; Atih Suprihati ; Amalina Ratih Puspa, S.P., M.Si ; Maryam Jameelah, S.Si., M.Si. ; Nadya Mara Adelina, S.T.P., M. Agr. ;</t>
   </si>
   <si>
     <t>2024-04-02</t>
   </si>
   <si>
     <t>EC00202429278</t>
   </si>
   <si>
     <t>BRIN, Universitas Al Azhar Indonesia, Pusat Riset Teknologi Industri Proses dan Manufaktur</t>
   </si>
   <si>
+    <t>GSS – (Gripper Sensor Simulator) Aplikasi Untuk Mengontrol Gripper Lengan Robot Dan Visualisasi Tactile Sensor</t>
+  </si>
+  <si>
+    <t>Aris Munandar ; Muhammad Arifin ; Rian Putra Pratama ; Catur Hilman Adritya Haryo Bhakti Baskoro ; Oka Mahendra ; Veny Rachmawati ; Lista Eka Yulianti ; Taufik Ibnu Salim ;</t>
+  </si>
+  <si>
+    <t>EC00202429279</t>
+  </si>
+  <si>
+    <t>Aplikasi Mobile Berbasis Android Teen ‘n Fit</t>
+  </si>
+  <si>
+    <t>Dwi Sisca Kumala Putri ; Muhammad Azzumar ; Kencana Sari ; Adindra Vickar Ega ; Nur Handayani Utami ; Nazarina ; Nadira Yuthie Salwa ; Tiara Amelia ;</t>
+  </si>
+  <si>
+    <t>EC00202429280</t>
+  </si>
+  <si>
+    <t>Dataset LCI (Life Cycle Inventory) Produksi Spirulina Pangan Fungsional</t>
+  </si>
+  <si>
+    <t>Ari Kabul Paminto ; Titin Handayani ; Ira Nurhayati Djarot ; Netty Widyastuti ; Agusta Samodra Putra ; Muhamad Maulana Azimatun Nur ; Amak Muhamad Ya’qoub ;</t>
+  </si>
+  <si>
+    <t>EC00202429281</t>
+  </si>
+  <si>
+    <t>BRIN, PT Spiralife Bioteknologi Indonesia, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
     <t>ARDV – MIT BIH Arrhythmia Database Visualization</t>
   </si>
   <si>
     <t>Aris Munandar ; Muhammad Ilham Rizqyawan ; Jony Winaryo Wibowo ; Dwi Esti Kusumandari ; M Faizal Amri ; Dika Setiawan ; Taufik Ibnu Salim ; Artha Ivonita Simbolon ; Ulfah Nadiya ; Edi Triono Nuryatno ;</t>
   </si>
   <si>
     <t>EC00202429277</t>
   </si>
   <si>
-    <t>GSS – (Gripper Sensor Simulator) Aplikasi Untuk Mengontrol Gripper Lengan Robot Dan Visualisasi Tactile Sensor</t>
-[...28 lines deleted...]
-  <si>
     <t>Software Kompresi Citra Satelit Resolusi Sangat Tinggi Dengan JP2</t>
   </si>
   <si>
     <t>Fadillah Halim Rasyidy ; Danang Surya Candra ; Yohanes Fridolin Hestrio ; Yudhi Prabowo ; Kurnia Ulfa ; Mulia Inda Rahayu ;</t>
   </si>
   <si>
     <t>2023-12-20</t>
   </si>
   <si>
     <t>EC002023136259</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Penginderaan Jauh</t>
   </si>
   <si>
     <t>Volcanic Thermal Activity Monitoring System (VoTAMS V-1.0).</t>
   </si>
   <si>
     <t>Rahmadi ; Imam Santoso ; Yenni Vetrita ; Suwarsono ; Arum Tjahyaningsih ; Jansen Sitorus ; Rido Dwi Ismanto ; Deni Kartika ; Farikhotul Chusnayah ; Mamat Suhermat ; Andy Indradjad ;</t>
   </si>
   <si>
     <t>2023-12-19</t>
   </si>
   <si>
     <t>EC002023135385</t>
   </si>
   <si>
+    <t>Software Deteksi Pohon Kelapa Sawit Pada Citra Satelit Resolusi Sangat Tinggi Dengan Menggunakan Deep Learning (Versi 1.0)</t>
+  </si>
+  <si>
+    <t>Yohanes Fridolin Hestrio ; Yudhi Prabowo ; Danang Surya Candra ; Andie Setiyoko ; Kuncoro Adi Pradono ; Fadillah Halim Rasyidy ; Musyarofah ; Kurnia Ulfa ; Qonita Amriyah ;</t>
+  </si>
+  <si>
+    <t>EC002023135386</t>
+  </si>
+  <si>
     <t>Dataset Pemodelan Bangunan Dan Lingkungan Virtual KST Samaun Samadikun BRIN</t>
   </si>
   <si>
     <t>Abdurrakhman Prasetyadi ; M. Yudhi Rezaldi ; Ridwan Suhud ; Cahyo Trianggoro ; Arafat Febriandirza ;</t>
   </si>
   <si>
     <t>EC002023135391</t>
   </si>
   <si>
-    <t>Software Deteksi Pohon Kelapa Sawit Pada Citra Satelit Resolusi Sangat Tinggi Dengan Menggunakan Deep Learning (Versi 1.0)</t>
-[...7 lines deleted...]
-  <si>
     <t>Aplikasi Klasifikasi Fase Tumbuh Padi Menggunakan Deep Learning</t>
   </si>
   <si>
     <t>Robby Arifandri ; Dian Andriana ; Agustan ; Heri Sadmono ; Lena Sumargana ; Fauziah Alhasanah ; Muhammad Iqbal Habibie ; Hari Prayogi ; Dionysius Bryan Sencaki ; Prabu Kresna Putra ; Tiara Grace Franzisca L ; Ir. Swasetyo Yulianto ;</t>
   </si>
   <si>
     <t>EC002023135380</t>
   </si>
   <si>
+    <t>Basis Data Photogrammetri Untuk 3D Orthomosaic Sebagai Support Kontent Virtual Reality, Pantai Wisata Teluk Penyu-Cilacap</t>
+  </si>
+  <si>
+    <t>Nuraini Rahma Hanifa ; M. Yudhi Rezaldi ; Ambar Yoganingrum ; Abdurrakhman Prasetyadi ; Ridwan Suhud ; Eko Yulianto ; Achmad Fakhrus Shomim ; Dr. rer. nat. Wiwin Windupranata, S.T, M.Si. ;</t>
+  </si>
+  <si>
+    <t>2023-12-18</t>
+  </si>
+  <si>
+    <t>EC002023134468</t>
+  </si>
+  <si>
     <t>Aplikasi Mobile Berbasis Android Untuk Pencarian Lokasi Dan Penukaran Baterai Kendaraan Listrik Umum Roda 2</t>
   </si>
   <si>
     <t>Monica Dwi Wahyu Sumunaringrum ; Rachmawan Atmaji Perdana ; Friyogi Resvy Mahda ; Muhammad Nurkhoiri Hindratno ; Tanzi Mubaroq Santoso ; Topan Try Harmanda ; Rully Kusumajaya ; Meidy Layooari ; Nunik Sofiyati ; Kusnanda Supriatna ; Eka Wibowo ; Prasetyo Aji ; Riza ; Eka Rakhman Priandana ; Made Gunawan ; Yusuf Margowadi ; Mohammad Hamdani ; Yahya Andreas Lapian ;</t>
   </si>
   <si>
-    <t>2023-12-18</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002023134462</t>
   </si>
   <si>
     <t>Terdaftar</t>
   </si>
   <si>
+    <t>Deteksi Tumpahan Minyak Dari Data Sentinel-2 Menggunakan Oil Spill Index (OSI) Berbasis Google Earth Engine (GEE)</t>
+  </si>
+  <si>
+    <t>Agung Dwi Wijaya ; Sayidah Sulma ; Fajar Bahari Kusuma ; Maryani Hartuti ; Chatra Herdanis ; Teguh Prayogo ; Ety Parwati ; Tri Muji Susantoro ; Rizky Faristyawan ; Andi Ibrahim ; Pingkan Mayestika Afgatiani ;</t>
+  </si>
+  <si>
+    <t>EC002023134469</t>
+  </si>
+  <si>
+    <t>Dashboard Analisis Real-Time Filter Lanczos, Spektrogram, Dan Periodogram Data InaCBT</t>
+  </si>
+  <si>
+    <t>Amalia Irma Nurwidya ; Sakinah Puspa Anggraeni ; Michael Andreas Purwoadi ; Wahyu Widodo Pandoe ; Alfi Rusdiansyah ; Zulfa Qonita ; Imam Fachrudin ; Eko Pradjoko ;</t>
+  </si>
+  <si>
+    <t>EC002023134465</t>
+  </si>
+  <si>
+    <t>Foto Udara Daerah Gunung Batu - Lembang, Kabupaten Bandung Barat</t>
+  </si>
+  <si>
+    <t>Khori Sugianti ; Antonina Pri Martireni ; Koko Hermawan ; Arifan Jaya Syahbana ; Adrin Tohari ; Anggraini Rizkita Puji ;</t>
+  </si>
+  <si>
+    <t>EC002023134466</t>
+  </si>
+  <si>
     <t>Indonesian Nucleotide Archives (InNA), Platform Repository Dan Discovery Untuk Sekuen Nucleotide Versi 1.0</t>
   </si>
   <si>
     <t>Inna Syafarina ; Rifki Sadikin ; Sahid Bismantoko ; Stevry Yushady CH Bissa ; Syam Budi Iryanto ; Maulida Mazaya ; Ariani Indrawati ; Anis Kamilah Hayati ; Imam Civi Cartealy ; Ihsan Nugraha ; Wisnu Ananta Kusuma ;</t>
   </si>
   <si>
     <t>EC002023134470</t>
   </si>
   <si>
     <t>Dataset LCI (Life Cycle Inventory) Daur Ulang Masker Non Medis Berbahan Polipropilen Menjadi Pelet</t>
   </si>
   <si>
     <t>Zulwelly M ; Francisca Maria Erny Septiarsi ; Riana Yenni Hartana Sinaga ; Mulyono ; Hismiaty Bahua ; Vionita Lukitari Ari P. ; Muhammad Sudiono ; Nurus Sahari Laili ; Anita Yustisia I. Z. ; Geby Otivriyanti ; Maya Larasati Donna Wardani ; Adik Avianto Soedarsono ;</t>
   </si>
   <si>
     <t>EC002023134467</t>
   </si>
   <si>
     <t>BRIN, BRIND, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
   </si>
   <si>
-    <t>Basis Data Photogrammetri Untuk 3D Orthomosaic Sebagai Support Kontent Virtual Reality, Pantai Wisata Teluk Penyu-Cilacap</t>
-[...7 lines deleted...]
-  <si>
     <t>Chatsicum</t>
   </si>
   <si>
     <t>Ariani Indrawati ; Lindung Parningotan Manik ; Zaenal Akbar ; Dwi Setyo Rini ; Tutie Djarwaningsih ; Agusdin Dharma Fefirenta ; Priyanti ; Hani Febri Mustika ;</t>
   </si>
   <si>
     <t>EC002023134458</t>
   </si>
   <si>
-    <t>Foto Udara Daerah Gunung Batu - Lembang, Kabupaten Bandung Barat</t>
-[...25 lines deleted...]
-  <si>
     <t>Dataset: Sumberdaya Penyimpanan CO2 Indonesia Pada Lapangan Minyak Dan Gas Bumi Di Cekungan Sedimen Produksi</t>
   </si>
   <si>
     <t>Mohamad Romli ; Usman ; Bambang Widarsono ; Djoko Sunarjanto ; Sugihardjo ; Panca Wahyudi S ; Rudi Suhartono Wijayako ; Suliantara ; Tri Muji Susantoro ; Herru Lastiadi Setiawan ; Nurkamelia ; Sunting Kepies ; Diana Dwiyanarti ; Edy Widjanarko ; Garindia Gandhi ; Jatmianto Jayeng Sugiantoro ; Johannes Doi Wangge ; Febry Yorda Leksmana ; Yosua Pandapotan ; Muhammad Ghazian Rahman Aziz ;</t>
   </si>
   <si>
     <t>EC002023134463</t>
   </si>
   <si>
     <t>BRIN, LEMIGAS, Pusat Riset Teknologi Industri Proses dan Manufaktur</t>
   </si>
   <si>
     <t>Data Set Kerentanan Erosi Daerah Cilacap Dan Sekitarnya</t>
   </si>
   <si>
     <t>Eko Widi Santoso ; Suharsono ;</t>
   </si>
   <si>
     <t>EC002023134464</t>
   </si>
   <si>
+    <t>MyHealthy Versi 1.0</t>
+  </si>
+  <si>
+    <t>Faizurrahman `allam Majid ; Pratondo Busono ; I Made Astawa ; Rony Febryarto ; Amrullah Kamaruddin ; Riyanto ; Syaeful Karim ; Marlin Ramadhan Baidillah ; Arky Astasari ; Irfansyah Yudhi Tanasa ; Dede Sumantri ; I Putu Ananta Yogiswara ; Riky Alam Ma'arif ; Dimas Sangaji ;</t>
+  </si>
+  <si>
+    <t>2023-12-15</t>
+  </si>
+  <si>
+    <t>EC002023133155</t>
+  </si>
+  <si>
+    <t>Dataset Citra Digital Benih Padi Inpari Digdaya</t>
+  </si>
+  <si>
+    <t>Seri Intan Kuala ; Eko Kuncoro Pramono ; Yusnan Hasani Siregar ; Ignatius Fajar Apriyanto ; Mira Landep Widiastuti ; Ramlah Arief ; Sri Wahyuni ;</t>
+  </si>
+  <si>
+    <t>EC002023133157</t>
+  </si>
+  <si>
+    <t>K'Mis Siraman: Sistem Klasifikasi Mikro-plastik Dengan Spektrum Raman</t>
+  </si>
+  <si>
+    <t>Rini Khamimatul Ula ; Risnandar ; Bambang Widiyatmoko ; Dwi Hanto ; Deliyo Rival ; Vinsensius Mustoyo ; Julius Dias Dwiatmoko W ; Nafisah Nur Laila ;</t>
+  </si>
+  <si>
+    <t>EC002023133152</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Fotonik</t>
+  </si>
+  <si>
+    <t>Data Spasial Kerentanan Dan Risiko Tsunami Desa Batukaras</t>
+  </si>
+  <si>
+    <t>Ahmad Pratama Putra ; Nuraini Rahma Hanifa ; Achmad Fakhrus Shomim ; Aulia Oktaviani ; Azelia Maudine Khadijah Fahira ;</t>
+  </si>
+  <si>
+    <t>EC002023133153</t>
+  </si>
+  <si>
+    <t>Data Set Sebaran Habitat Keong Inang Perantara Schistosomiasis</t>
+  </si>
+  <si>
+    <t>Junus Widjaja ; Gunawan ; Meiske Elisabeth Koraag ; Afi Nursafingi ;</t>
+  </si>
+  <si>
+    <t>EC002023133144</t>
+  </si>
+  <si>
+    <t>MatPisDuk: Perangkat Lunak Detektor Kematangan Pisang Tanduk</t>
+  </si>
+  <si>
+    <t>Risnandar ; Edy Maryadi ; Syahrul ; Dea Maulidya ; Eko Kuncoro Pramono ; Bedy Purnama ;</t>
+  </si>
+  <si>
+    <t>EC002023133156</t>
+  </si>
+  <si>
+    <t>Pengendali Adaptif Pada Sistem Listrik Tenaga Surya Dengan Beban Induktif</t>
+  </si>
+  <si>
+    <t>Denny Hermawanto ; Ninuk Ragil Prasasti ; Miftahul Munir ; Fajar Budi Utomo ; Marcellinus Mandira Budi Utomo ; Frandi Adi Kaharjito ; Bondan Dwisetyo ; Chery Chaen Putri ; I Wayan Sutaya ; I Putu Suka Arsa ;</t>
+  </si>
+  <si>
+    <t>EC002023133149</t>
+  </si>
+  <si>
+    <t>Heroic Unity</t>
+  </si>
+  <si>
+    <t>Akhmad Junaidi ; Syahrir Ika ; Aditama Setyo Moekti ; Adi Suryo Hutomo ; Agung Sutoto ; Dr. Irma Himmatul Aliyyah, M.Psi.Psikolog ; Laila Meiliyandrie Indah Wardani, Ph.D ; Abdurrazak Syakir Muharam ;</t>
+  </si>
+  <si>
+    <t>EC002023133154</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Koperasi, Korporasi dan Ekonomi Kerakyatan</t>
+  </si>
+  <si>
+    <t>Dataset Pemodelan Machine Learning Koefisien Pajak Berbasis Data Emisi Kendaraan Bermotor Berbahan Bakar Diesel</t>
+  </si>
+  <si>
+    <t>Nilam Sari Octaviani ; Rizqon Fajar ; Kurnia Fajar Adhi Sukra ; Fitra Hidiyanto ; Hari Setiapraja ; Siti Yubaidah ; Noor Rachmaniah ; Ratna Kartikasari ; Isa Ansyori ; Reza Irvano Wirawan ;</t>
+  </si>
+  <si>
+    <t>EC002023133146</t>
+  </si>
+  <si>
+    <t>BRIN, KLHK, Pusat Riset Teknologi Transportasi</t>
+  </si>
+  <si>
     <t>Pilot in the Loop</t>
   </si>
   <si>
     <t>Abriansyah Arisoni ; Fadjar Rahino Triputra ; Irfansyah Yudhi Tanasa ; Fuad Surastyo Pranoto ; Adi Wirawan ; Annisa Sarah ; Yomi Guno ; Agus Wiyono ; Frandi Adi Kaharjito ; Muhammad Fajar ; Prasetyo Ardi Probo Suseno ; Peni Laksmita Widati ; Teuku Mohd Ichwanul Hakim ; Asyaraf Hidayat ; Rifki Firdaus ; Sayr Bahri ; Amalia Irma Nurwidya ; Widyawasta ; Lalu Aan Sasaka Akbar ; Aris Surya Yunata ; Karyawan ; Eko Syamsuddin Hasrito ; Mohamad Dahsyat ;</t>
   </si>
   <si>
-    <t>2023-12-15</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002023133148</t>
   </si>
   <si>
-    <t>Data Spasial Kerentanan Dan Risiko Tsunami Desa Batukaras</t>
-[...23 lines deleted...]
-    <t>EC002023133157</t>
+    <t>Program Perhitungan Dispersi Atmosfir “Dispersia-BRIN”</t>
+  </si>
+  <si>
+    <t>Anik Purwaningsih ; Jupiter Sitorus Pane ; Theo Alvin Ryanto ; Fahmi Alfa Muslimu ; Muhammad Septyawan Aulia ; Muhammad Budi Setiawan ; Arif Yuniarto ; Subiharto ; R. Mohammad Subekti ; Ihda Husnayani ; Mohammad Dhandhang Purwadi ; Moh. Cecep Cepi Hikmat ; Heni Susiati ; Rakhmat Saleh ; Seto Baruno ; Danang Eko Nuryanto ;</t>
+  </si>
+  <si>
+    <t>EC002023133151</t>
+  </si>
+  <si>
+    <t>Aplikasi BRIN Landsat Processing Machine V1.0 Untuk Produksi Data Landsat Level L0Rp (Level 0 Reformatted Product)</t>
+  </si>
+  <si>
+    <t>Panji Rachman Ramadhan ; Dinari Nikken Sulastrie Sirin ; Suhermanto ; Hidayat Gunawan ; Ali Syahputra Nasution ; Bayu Satya Adhitama ; B Pratiknyo Adi Mahatmanto ; Yohanes Fridolin Hestrio ; Patria Rachman Hakim ;</t>
+  </si>
+  <si>
+    <t>EC002023133147</t>
   </si>
   <si>
     <t>Dataset Gambar Untuk Penghitungan Orang Di Luar Ruangan Pada Area Publik</t>
   </si>
   <si>
     <t>Pradika Wahyu Dwi Putra ; Junanto Prihantoro ; Erwin Nashrullah ; Heru Taufiqurrohman ; Kornelis Kopong Ola ; Fandy Rizqi Azhari Harahap ; Toha Zaky ; Hariyanto ;</t>
   </si>
   <si>
     <t>EC002023133145</t>
   </si>
   <si>
-    <t>Heroic Unity</t>
-[...34 lines deleted...]
-  <si>
     <t>WASMON (Waste Monitoring System)</t>
   </si>
   <si>
     <t>Muhammad Haqqiyuddin Robbani ; Wiharja ; Muhammad Agus Salim ; Naufal Riadhi Yusuf ; Wahyu Purwanta ; Muhammad Hanif ; Prihartanto ; Manis Yuliani ; Dian Purwitasari Dewanti ; Khalda Afifah Haris ; Muhammad Miranda ;</t>
   </si>
   <si>
     <t>EC002023133150</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Lingkungan dan Teknologi Bersih</t>
   </si>
   <si>
-    <t>Data Set Sebaran Habitat Keong Inang Perantara Schistosomiasis</t>
-[...41 lines deleted...]
-    <t>EC002023133151</t>
+    <t>FaCoSwap: Aplikasi Penukar Komponen Wajah</t>
+  </si>
+  <si>
+    <t>Nova Hadi Lestriandoko ;</t>
+  </si>
+  <si>
+    <t>2023-12-14</t>
+  </si>
+  <si>
+    <t>EC002023132253</t>
+  </si>
+  <si>
+    <t>Program Otomatisasi Segmentasi Area Terbakar Berbasis OBIA Dengan Ambang Batas Tunggal</t>
+  </si>
+  <si>
+    <t>Steward Augusto ; Krisna Malik Sukarno ; Eduard Thomas Prakoso M ; Rubini Jusuf ; Yenni Vetrita ; Indah Prasasti ;</t>
+  </si>
+  <si>
+    <t>EC002023132249</t>
+  </si>
+  <si>
+    <t>Delivery Tracking Inovatif Era Blockchain (DELIVERA)</t>
+  </si>
+  <si>
+    <t>Heru Susanto ; Uus Khusni ; Rachmat Hidayat ; Alifya Kayla Shafa ; Desi Setiana ;</t>
+  </si>
+  <si>
+    <t>EC002023132256</t>
   </si>
   <si>
     <t>Software Deteksi Awan Untuk Citra Satelit Resolusi Sangat Tinggi Menggunakan Tilebased CNN (Versi 1.0)</t>
   </si>
   <si>
     <t>Kurnia Ulfa ; Randy Prima Brahmantara ; D. Heri Yuli Sulyantara ; Kiki Winda Veronica ; Marendra Eko Budiono ; Kuncoro Adi Pradono ;</t>
   </si>
   <si>
-    <t>2023-12-14</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002023132246</t>
   </si>
   <si>
+    <t>Perangkat Lunak Pengolah Data Muatan Magnetometer Ilmiah LAPAN-A3</t>
+  </si>
+  <si>
+    <t>Agung Wahyudiono ; Satriya Utama ; Muhamad Riza Fakhlevi ; Rise Hapshary Surayuda ; Nova Maras Nurul Khamsah ; Patria Rachman Hakim ; Amrullah Abdul Qadir ; Dede Ardianto ; Ahmedi Asraf ;</t>
+  </si>
+  <si>
+    <t>EC002023132250</t>
+  </si>
+  <si>
+    <t>Sistem Informasi Untuk Pemantauan Kondisi Pesawat Pada Pesawat Tanpa Awak (SIPeKA)</t>
+  </si>
+  <si>
+    <t>Abdul Rohman ; Abdul Aziz ; Danartomo Kusumoaji ; Irma Rismayanti ; Ildefonsa Anna Fransiska Nahak ; Fuad Surastyo Pranoto ; Ari Sugeng Budiyanta ; Fadilah Hasim ; Gunawan Setyo Prabowo ; Fajar Ari Wandono ; Try Kusuma Wardana ;</t>
+  </si>
+  <si>
+    <t>EC002023132268</t>
+  </si>
+  <si>
+    <t>SisMonAWS</t>
+  </si>
+  <si>
+    <t>I Putu Ananta Yogiswara ; Dimas Biwas Putra ; Fito Wigunanto Herminawan ; Yoga Prastiya Wibawa ; Moh. Alma Samudro ; Riski Fitriani ; Bondan Suwandi ; Yusuf Nur Wijayanto ; Yudi Adityawarman ; Achmad Wibisono ;</t>
+  </si>
+  <si>
+    <t>EC002023132252</t>
+  </si>
+  <si>
     <t>NetFIG: Penghasil Dataset Graf Interaksi Berbasis Network Flow</t>
   </si>
   <si>
     <t>Akbari Indra Basuki ; Iwan Setiawan ; Didi Rosiyadi ; Muhammad Hilya Surya Dilaga Yasin ; Husnul Ulfa ;</t>
   </si>
   <si>
     <t>EC002023132248</t>
   </si>
   <si>
-    <t>Program Otomatisasi Segmentasi Area Terbakar Berbasis OBIA Dengan Ambang Batas Tunggal</t>
-[...7 lines deleted...]
-  <si>
     <t>Perangkat Lunak Tertanam Smart Personal Dosimeter V1</t>
   </si>
   <si>
     <t>Fitrah Azizah ; Gina Kusuma ; Atang Susila ; I Putu Susila ; Wiranto Budi Santoso ; Sukandar ; Adli Muhaimin ; Heru Prasetio ; Fanisa Zidna Taqia ; Okky Agassy Firmansyah ; Leli Yuniarsari ;</t>
   </si>
   <si>
     <t>EC002023132247</t>
   </si>
   <si>
-    <t>Delivery Tracking Inovatif Era Blockchain (DELIVERA)</t>
-[...25 lines deleted...]
-  <si>
     <t>Kalkulator Fuzzy-RPN</t>
   </si>
   <si>
     <t>Himma Firdaus ; Sik Sumaedi ; Muhammad Azzumar ; Tri Widianti ; R. Rudi Anggoro Samodro ; Adindra Vickar Ega ; Mahmudi ; Meilinda Ayundyahrini ; Mauludin Hidayat ; Sih Damayanti ; Tri Rakhmawati ; Anggini Dinaseviani ;</t>
   </si>
   <si>
     <t>EC002023132267</t>
   </si>
   <si>
+    <t>Aplikasi IDF Engine Splitter Untuk Membagi Proses Produksi Data Landsat-8/9 Per Data Misi</t>
+  </si>
+  <si>
+    <t>Panji Rachman Ramadhan ; Dinari Nikken Sulastrie Sirin ; Suhermanto ; Hidayat Gunawan ; Ali Syahputra Nasution ; Taufik Syam ; Bayu Satya Adhitama ; B Pratiknyo Adi Mahatmanto ; Yohanes Fridolin Hestrio ;</t>
+  </si>
+  <si>
+    <t>EC002023132255</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Data Akuisisi Kecepatan Tinggi Dan Kontrol Robot Synthetic Aperture Radar (SAR)</t>
+  </si>
+  <si>
+    <t>Abdul Rohman ; Agus Wiyono ; Jefri Abner Hamonangan ; Farohaji Kurniawan ; Bambang Setiadi ; Wahyu Widada ; Satria Arief Aditya ; Agus Hendra Wahyudi ; Nurul Chasanah ; Abdurrasyid Ruhiyat ; Muksin ; Novelita Rahayu ; Nurul Lailatul Muzayadah ; Dewi Anggraeni ; Bina Pratomo ; Sri Kliwati ; Iman Firmansyah ; Andria Arisal ; Benni F. Ramadhoni ; Agus Subekti ; Effendi Dodi Arisandi ; Peberlin Parulian Sitompul ; Fadilah Hasim ; Dwiyanto ; Joko Widodo ; formulir identifikasi ; Muhammad Fauzan Edy Purnomo, S.T., M.T. ;</t>
+  </si>
+  <si>
+    <t>EC002023132259</t>
+  </si>
+  <si>
     <t>SEL SURYA BERBASIS PEWARNA DENGAN STRUKTUR MONOLITIK BESERTA PROSES PEMBUATANNYA</t>
   </si>
   <si>
     <t>Achmad Fatchuttamam Abka ;</t>
   </si>
   <si>
     <t>EC002023132254</t>
   </si>
   <si>
-    <t>Aplikasi IDF Engine Splitter Untuk Membagi Proses Produksi Data Landsat-8/9 Per Data Misi</t>
-[...32 lines deleted...]
-    <t>EC002023132253</t>
+    <t>Climate Data Tools For Python (cdtPy) V 1.0.0</t>
+  </si>
+  <si>
+    <t>Rahaden Bagas Hatmaja ;</t>
+  </si>
+  <si>
+    <t>2023-12-13</t>
+  </si>
+  <si>
+    <t>EC002023131559</t>
+  </si>
+  <si>
+    <t>Py-CPT</t>
+  </si>
+  <si>
+    <t>Arifan Jaya Syahbana ; Firman Prawiradisastra ; Ahmad Pratama Putra ; Ahmad Fauzi Yunus ; Achmad Fakhrus Shomim ; Syakira Trisnafiah ; Shafira Rahmadilla Hape ; Aji Febri Atmoko ;</t>
+  </si>
+  <si>
+    <t>EC002023131557</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Pemantauan Perilaku Pengemudi</t>
+  </si>
+  <si>
+    <t>Jimmy Abdel Kadar ; Ana Heryana ; Endang Suryawati ; Candra Nur Ihsan ; Hilman Ferdinandus Pardede ; R. Budiarianto Suryo Kusumo ; Raden Sandra Yuwana ; Vicky Zilvan ; Ade Ramdan ; Asri Rizki Yuliani ;</t>
+  </si>
+  <si>
+    <t>EC002023131551</t>
+  </si>
+  <si>
+    <t>L-UV: Landsat Ul-tra Vision Database</t>
+  </si>
+  <si>
+    <t>Rido Dwi Ismanto ; Arie Vatresia ; Ferzha Putra Utama ;</t>
+  </si>
+  <si>
+    <t>EC002023131555</t>
+  </si>
+  <si>
+    <t>Sistem Indexing Data Penginderaan Jauh Dengan Implementasi Spesifikasi STAC</t>
+  </si>
+  <si>
+    <t>Ika Siwi Supriyani ; Fauzan Al Ayyubi ; Eduard Thomas Prakoso M ; Rubini Jusuf ; Yohanes Fridolin Hestrio ; Babag Purbantoro ;</t>
+  </si>
+  <si>
+    <t>EC002023131553</t>
+  </si>
+  <si>
+    <t>DISCHEV (Discharge Evaluation)</t>
+  </si>
+  <si>
+    <t>Adinda Tisha Desviana ; Edwin Yoga Pratama ; Chevy Cahyana ; Arya Pramana Sembiring ; Muhamad Aminudin ; Egnes Ekaranti ; Syarifatul Ulya ; Arya Adhyaksa Waskita ; Julfa Muhammad Amda ;</t>
+  </si>
+  <si>
+    <t>EC002023131554</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Keselamatan, Metrologi dan Mutu Nuklir</t>
+  </si>
+  <si>
+    <t>Sistem Pengaturan Hak Akses Informasi Untuk Berbagi Data Geospasial Pada Aplikasi SPBN</t>
+  </si>
+  <si>
+    <t>Siti Nadia Nurhidayah ; Krisna Malik Sukarno ; Ahmad Sutanto ; Muhammad Priyatna ; Taufik Hidayat ; Anwar Annas ; Aby Al Khudri ; Silvan Anggia Bayu Setia Permana ; Reno Ogestro ; Adis Jayati ; Bayulodie Vallianto ; Irham Febrieka PH ; Masita Dwi Mandini Manessa ;</t>
+  </si>
+  <si>
+    <t>EC002023131550</t>
+  </si>
+  <si>
+    <t>Dataset Citra Kereta Api Penumpang Dengan Penggerak Indonesia (KAPPI)</t>
+  </si>
+  <si>
+    <t>Okghi Adam Qowiy ; Hilda Luthfiyah ; Ratna Nurmayni ; Arwidya Tantri Agtusia ; Siti Vivi Octaviany ; Teddy Anugrah Ramanel ; Gilang Mantara Putra ; Eko Syamsuddin Hasrito ; Tri Widodo ; Sofwan Hidayat ; Syamsul Kamar ; Meiyanne Lestari ; Vebriyanti Hayoto ;</t>
+  </si>
+  <si>
+    <t>EC002023131556</t>
+  </si>
+  <si>
+    <t>INNAlysis: Platform Analysis Data Sekuen Pada Indonesia Nucleotide Archive (INNA) Versi 1.0</t>
+  </si>
+  <si>
+    <t>Ihsan Nugraha ; Rifki Sadikin ; Imam Civi Cartealy ; Sahid Bismantoko ; Stevry Yushady CH Bissa ; Syam Budi Iryanto ;</t>
+  </si>
+  <si>
+    <t>EC002023131560</t>
   </si>
   <si>
     <t>(Near) Realtime Data Analysis On The InaCBT</t>
   </si>
   <si>
     <t>Wahyu Widodo Pandoe ; Michael Andreas Purwoadi ; Alfi Rusdiansyah ; Zulfa Qonita ; Aris Suwarjono ; Amalia Irma Nurwidya ; Sakinah Puspa Anggraeni ; Karina Mayasita Handoyo ;</t>
   </si>
   <si>
-    <t>2023-12-13</t>
-[...1 lines deleted...]
-  <si>
     <t>EC002023131549</t>
   </si>
   <si>
-    <t>Py-CPT</t>
-[...82 lines deleted...]
-  <si>
     <t>MATTER (Multi Account Table Top Exercise For Responders)</t>
   </si>
   <si>
     <t>Adinda Tisha Desviana ; Muhamad Aminudin ; Chevy Cahyana ; Egnes Ekaranti ; Arya Pramana Sembiring ; Edwin Yoga Pratama ; Syarifatul Ulya ; Arya Adhyaksa Waskita ; Julfa Muhammad Amda ;</t>
   </si>
   <si>
     <t>EC002023131558</t>
   </si>
   <si>
     <t>Perangkat Lunak Tertanam Remote Terminal Unit Untuk Pemantauan Radiasi Lingkungan</t>
   </si>
   <si>
     <t>Fitrah Azizah ; Joko Triyanto ; Istofa ; Leli Yuniarsari ; I Putu Susila ; Gina Kusuma ; Sukandar ; Hasriyasti Saptowati ; Budi Santoso ; Romadhon ;</t>
   </si>
   <si>
     <t>EC002023131552</t>
   </si>
   <si>
     <t>Dataset Citra Tanaman Hoya Indonesia</t>
   </si>
   <si>
     <t>Wawan Hendriawan Nur ; Shidiq Al Hakim ; Foni Agus Setiawan ; Lindung Parningotan Manik ; Slamet Riyanto ; Al Hafiz Akbar Maulana Siagian ; Siti Kania Kushadiani ; Niken Fitria Apriani ; Sri Rahayu ; Gibtha Fitri Laxmi, M.Kom ; Hurriyatul Fitriyah, S.T., M.Sc. ;</t>
   </si>
   <si>
     <t>2023-12-11</t>
@@ -7568,51 +7577,51 @@
   <si>
     <t>2021-10-21</t>
   </si>
   <si>
     <t>EC00202156600</t>
   </si>
   <si>
     <t>- Stasiun Bumi Penginderaan Jauh Parepare</t>
   </si>
   <si>
     <t>Modul Perangkat Lunak Simulasi Pengkodean Konvolusi Rate 1/2 K = 7 Data Muatan Satelit LAPAN sesuai Standard CCSDS</t>
   </si>
   <si>
     <t>Widya Roza, Deddy El Amin, Ade Putri Septi Jayani, Eriko Nasemudin Nasser ;</t>
   </si>
   <si>
     <t>EC00202156612</t>
   </si>
   <si>
     <t>- Pusat Teknologi Satelit</t>
   </si>
   <si>
     <t>Modul Perangkat Lunak Simulasi Pengkodean Reed-Solomon (255,223) Data Muatan Satelit LAPAN sesuai Standard CCSDS</t>
   </si>
   <si>
-    <t>Eriko Nasemudin Nasser, Tri Mediansyah, Widya Roza, Rosza Madina ;</t>
+    <t>Eriko Nasemudin Nasser ; Widya Roza ; Rosza Madina ;</t>
   </si>
   <si>
     <t>EC00202156613</t>
   </si>
   <si>
     <t>Software Cloud Identification untuk Datacube Citra Landsat 8</t>
   </si>
   <si>
     <t>Anis Kamilah Hayati, Wismu Sunarmodo ;</t>
   </si>
   <si>
     <t>EC00202156603</t>
   </si>
   <si>
     <t>- Pusat Teknologi dan Data Penginderaan Jauh</t>
   </si>
   <si>
     <t>Sistem Pengolahan Data Satelit Seri NOAA JPSS untuk Menghasilkan Produk Raster RGB secara Otomatis</t>
   </si>
   <si>
     <t>Karunika Diwyacitta, Andy Indradjad, Budhi Gustiandi ;</t>
   </si>
   <si>
     <t>EC00202156609</t>
   </si>
@@ -7775,105 +7784,105 @@
   <si>
     <t>Muhammad Taufik, Deddy El Amin, Muhammad Arif Saifudin, Mohammad Farid Huzain, Mochamad Riva'i, Puji Rianto ;</t>
   </si>
   <si>
     <t>EC00202121276</t>
   </si>
   <si>
     <t>Modul Pengelolaan Data Rawdata Satelit NOAA-20 Berbasis Bash Shell</t>
   </si>
   <si>
     <t>EC00202121332</t>
   </si>
   <si>
     <t>Program Otomatisasi Informasi Potensi Banjir Harian Berbasis Data Himawari 8</t>
   </si>
   <si>
     <t>Anwar Annas, Mohammad Ardha, Ahmad Sutanto, Aby Al Khudri, Rahmadi ;</t>
   </si>
   <si>
     <t>EC00202121301</t>
   </si>
   <si>
     <t>- Pusat Pemanfaatan Penginderaan Jauh</t>
   </si>
   <si>
+    <t>Program Aplikasi "Platform Digital Service Kebencanaan Berbasis Web"</t>
+  </si>
+  <si>
+    <t>Muhammad Priyatna, Silvan Anggia Bayu Setia Permana, Taufik Hidayat, M. Rokhis Khomarudin, Bayulodie Vallianto, Reno Ogestro ;</t>
+  </si>
+  <si>
+    <t>EC00202121337</t>
+  </si>
+  <si>
+    <t>Program Modul Semi Otomatis Informasi Potensi Banjir Harian Berbasis Data Himawari 8 Menggunakan QGIS Processing Modeler</t>
+  </si>
+  <si>
+    <t>Ahmad Sutanto, Mohammad Ardha, Anwar Annas, Aby Al Khudri, Rahmadi ;</t>
+  </si>
+  <si>
+    <t>EC00202121296</t>
+  </si>
+  <si>
+    <t>Perangkat Lunak Antarmuka Digital Sun Sensor</t>
+  </si>
+  <si>
+    <t>Muhammad Taufik, Deddy El Amin, Muhammad Arif Saifudin, Mohammad Farid Huzain, Mochamad Riva'i ;</t>
+  </si>
+  <si>
+    <t>EC00202121277</t>
+  </si>
+  <si>
     <t>Software Sistem Informasi Kinerja TTC Stasiun Bumi dan Pendukung Operasi Satelit LAPAN</t>
   </si>
   <si>
     <t>Dicka Ariptian Rahayu, Nurrochman Ferdiansyah, Muazam Nugroho, Nova Maras Nurul Khamsah, Ahmad Zammir Ribah, Ahmedi Asraf, Sony DwI Harsono ;</t>
   </si>
   <si>
     <t>EC00202121342</t>
   </si>
   <si>
-    <t>Program Modul Semi Otomatis Informasi Potensi Banjir Harian Berbasis Data Himawari 8 Menggunakan QGIS Processing Modeler</t>
-[...25 lines deleted...]
-  <si>
     <t>Aplikasi SISKONAWAS</t>
   </si>
   <si>
-    <t>Aditya Nursyahbani, S.SI. ; Novi Turniawati, S.Kom., M.M. ; Supriana Suwanda S.Kom., M.Kom.Ph.D ; Hayuning Titi Karsanti, S.Kom.,M.Eng. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Dhika Rizki Anbiya, S.Kom, M.T ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Cahyono Nugroho, S.Kom. ; Arif Cahyono Dwi Nugroho, S.Si. ; Ronal, S.T. ; Ilham Rahmat Kurnia, S.T. ; Andri Saputra, S.Kom. ; Dani Ramdani, S.Kom., M.T. ; Sri Ayu Alfiani, S.E., M.Ak. ; Tarsono ; Ir. Jojo Syahrianto, MM ; Kelik Budiana, S.Si, M. Kom ; Ir. Makmuri, M.M. ; Ditya Gumilar, S. Kom ; Ario Dipoyono, S.E, MM ; Novi Turniawati, S.Kom., M.M. ; Supriana Suwanda S.Kom., M.Kom.Ph.D ; Hayuning Titi Karsanti, S.Kom.,M.Eng. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Dhika Rizki Anbiya, S.Kom, M.T ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Cahyono Nugroho, S.Kom. ; Arif Cahyono Dwi Nugroho, S.Si. ; Ronal, S.T. ; Ilham Rahmat Kurnia, S.T. ; Andri Saputra, S.Kom. ; Dani Ramdani, S.Kom., M.T. ; Sri Ayu Alfiani, S.E., M.Ak. ; Tarsono ; Ir. Jojo Syahrianto, MM ; Kelik Budiana, S.Si, M. Kom ; Ir. Makmuri, M.M. ; Ditya Gumilar, S. Kom ; Ario Dipoyono, S.E, MM ;</t>
+    <t>Novi Turniawati ; Supriana Suwanda ; Hayuning Titi Karsanti ; Dhika Rizki Anbiya ; Nungki Dian Sulistyo Darmayanti ; Maria Regina Karunia ; Cahyono Nugroho ; Arif Cahyono Dwi Nugroho ; Ilham Rahmat Kurnia ; Andri Saputra ; Dani Ramdani ; Sri Ayu Alfiani ; Makmuri ; Aditya Nursyahbani, S.SI. ; Novi Turniawati, S.Kom., M.M. ; Supriana Suwanda S.Kom., M.Kom.Ph.D ; Hayuning Titi Karsanti, S.Kom.,M.Eng. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Dhika Rizki Anbiya, S.Kom, M.T ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Cahyono Nugroho, S.Kom. ; Arif Cahyono Dwi Nugroho, S.Si. ; Ronal, S.T. ; Ilham Rahmat Kurnia, S.T. ; Andri Saputra, S.Kom. ; Dani Ramdani, S.Kom., M.T. ; Sri Ayu Alfiani, S.E., M.Ak. ; Tarsono ; Ir. Jojo Syahrianto, MM ; Kelik Budiana, S.Si, M. Kom ; Ir. Makmuri, M.M. ; Ditya Gumilar, S. Kom ; Ario Dipoyono, S.E, MM ; Novi Turniawati, S.Kom., M.M. ; Supriana Suwanda S.Kom., M.Kom.Ph.D ; Hayuning Titi Karsanti, S.Kom.,M.Eng. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Dhika Rizki Anbiya, S.Kom, M.T ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Cahyono Nugroho, S.Kom. ; Arif Cahyono Dwi Nugroho, S.Si. ; Ronal, S.T. ; Ilham Rahmat Kurnia, S.T. ; Andri Saputra, S.Kom. ; Dani Ramdani, S.Kom., M.T. ; Sri Ayu Alfiani, S.E., M.Ak. ; Tarsono ; Ir. Jojo Syahrianto, MM ; Kelik Budiana, S.Si, M. Kom ; Ir. Makmuri, M.M. ; Ditya Gumilar, S. Kom ; Ario Dipoyono, S.E, MM ;</t>
   </si>
   <si>
     <t>2021-03-09</t>
   </si>
   <si>
     <t>EC00202114881</t>
   </si>
   <si>
     <t>- Balai Jaringan Informasi dan Komunikasi</t>
   </si>
   <si>
     <t>Aplikasi SIMBSL2</t>
   </si>
   <si>
-    <t>Novi Turniawati, S.Kom., M.M. ; Arief Sartono, B.Sc., M.M. ; Aditya Nursyahbani, S.SI. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Hayuning Titi Karsanti, S.Kom., M.Eng. ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Samsudiat, S.T. ; Rahmat Nur Azzis, S.Kom. ; Maman Firmansyah, S.E. ; Tarsono. ; Frederik Raimond R, S.E. ; Sri Ayu Alfiani, S.E., M.Ak. ; Dani Ramdani, S.Kom., M.T. ; Andika Dian Nugraha, S.T. ; Almuchlisin, S.T. ; Sri Widayati ; Arief Sartono, B.Sc., M.M. ; Aditya Nursyahbani, S.SI. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Hayuning Titi Karsanti, S.Kom., M.Eng. ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Samsudiat, S.T. ; Rahmat Nur Azzis, S.Kom. ; Maman Firmansyah, S.E. ; Tarsono. ; Frederik Raimond R, S.E. ; Sri Ayu Alfiani, S.E., M.Ak. ; Dani Ramdani, S.Kom., M.T. ; Andika Dian Nugraha, S.T. ; Almuchlisin, S.T. ; Sri Widayati ;</t>
+    <t>Novi Turniawati ; Arief Sartono ; Hayuning Titi Karsanti ; Nungki Dian Sulistyo Darmayanti ; Maria Regina Karunia ; Samsudiat ; Rahmat Nur Azzis ; Maman Firmansyah ; Tarsono ; Sri Ayu Alfiani ; Dani Ramdani ; Andika Dian Nugraha ; Almuchlisin ; Sri Widayati ; Novi Turniawati, S.Kom., M.M. ; Arief Sartono, B.Sc., M.M. ; Aditya Nursyahbani, S.SI. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Hayuning Titi Karsanti, S.Kom., M.Eng. ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Samsudiat, S.T. ; Rahmat Nur Azzis, S.Kom. ; Maman Firmansyah, S.E. ; Tarsono. ; Frederik Raimond R, S.E. ; Sri Ayu Alfiani, S.E., M.Ak. ; Dani Ramdani, S.Kom., M.T. ; Andika Dian Nugraha, S.T. ; Almuchlisin, S.T. ; Sri Widayati ; Arief Sartono, B.Sc., M.M. ; Aditya Nursyahbani, S.SI. ; Hartanto Kurniawan, S.Kom., M.Sc. ; Hayuning Titi Karsanti, S.Kom., M.Eng. ; Nungki Dian Sulistyo Darmayanti, S.T. ; Maria Regina Karunia, S.Kom. ; Samsudiat, S.T. ; Rahmat Nur Azzis, S.Kom. ; Maman Firmansyah, S.E. ; Tarsono. ; Frederik Raimond R, S.E. ; Sri Ayu Alfiani, S.E., M.Ak. ; Dani Ramdani, S.Kom., M.T. ; Andika Dian Nugraha, S.T. ; Almuchlisin, S.T. ; Sri Widayati ;</t>
   </si>
   <si>
     <t>2021-02-25</t>
   </si>
   <si>
     <t>EC00202113076</t>
   </si>
   <si>
     <t>Aplikasi Charging Proxy v1.0</t>
   </si>
   <si>
     <t>Ing. Afrias Sarotama, M.Sc. ; Dwidharma Priyasta, B.Eng., M.Sc. ; Dr. Dipl-Ing. Michael Andreas Purwoadi, DEA. ; Dr. Yudi Purwantoro. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Beti Tuntari, S.Kom. ; Fito Wigunanto, M.Eng. ; Wahyu Cesar, S.Si ; Eka Setianingsih, S.T. ; Ir. Yanti Susanthi, M.Sc. ; Widyanti, S.P. ; Edhi Purnomo, B.Eng. ; Firson Satriasta ; Dwidharma Priyasta, B.Eng., M.Sc. ; Dr. Dipl-Ing. Michael Andreas Purwoadi, DEA. ; Dr. Yudi Purwantoro. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Beti Tuntari, S.Kom. ; Fito Wigunanto, M.Eng. ; Wahyu Cesar, S.Si ; Eka Setianingsih, S.T. ; Ir. Yanti Susanthi, M.Sc. ; Widyanti, S.P. ; Edhi Purnomo, B.Eng. ; Firson Satriasta ;</t>
   </si>
   <si>
     <t>2021-02-22</t>
   </si>
   <si>
     <t>EC00202112407</t>
   </si>
   <si>
     <t>Aplikasi Sistem Manajemen Surat-menyurat (SMS)</t>
   </si>
   <si>
     <t>Natalia Tumba Bine ; Juliansyah ; Sudarmadi ; Juliansyah ; Hendrarto Hermanoe ; Hendrarto Hermanoe ; Natalia Tumba Bine ;</t>
   </si>
@@ -7904,77 +7913,77 @@
   <si>
     <t>2021-02-06</t>
   </si>
   <si>
     <t>EC00202125713</t>
   </si>
   <si>
     <t>- Balai Teknologi Mesin Perkakas, Produksi, dan Otomasi</t>
   </si>
   <si>
     <t>Sistem Edukasi Penerbangan dan Antariksa Berbasis Android (Edu Hub LAPAN)</t>
   </si>
   <si>
     <t>Unggul Satrio Yudhotomo, Bina Pratomo ;</t>
   </si>
   <si>
     <t>2020-12-24</t>
   </si>
   <si>
     <t>EC00202072791</t>
   </si>
   <si>
     <t>- Balai Uji Teknologi dan Pengamatan Antariksa dan Atmosfer Garut</t>
   </si>
   <si>
+    <t>Aplikasi Android untuk Smart Innovated Ventilator Indonesia (SI-Venesia)</t>
+  </si>
+  <si>
+    <t>Budi Prawara ; Dadin Mahmudin ; Dayat Kurniawan ; Deni Permana Kurniadi ; Eko Joni Pristianto ; Erry Dwi Kurniawan ; Hana Arisesa ; Pamungkas Daud ; Hery Soepriyadi ;</t>
+  </si>
+  <si>
+    <t>2020-12-21</t>
+  </si>
+  <si>
+    <t>EC00202064772</t>
+  </si>
+  <si>
+    <t>- Pusat Penelitian Elektronika dan Telekomunikasi</t>
+  </si>
+  <si>
     <t>Peta Rekomendasi Alokasi Karamba Jaring Apung di Danau Toba</t>
   </si>
   <si>
     <t>Arianto Budi Santoso ; Hadiid Agita Rustini ; Iwan Ridwansyah ; Astried Sunaryani ; Eko Harsono ;</t>
   </si>
   <si>
-    <t>2020-12-21</t>
-[...1 lines deleted...]
-  <si>
     <t>EC00202064771</t>
   </si>
   <si>
     <t>- Pusat Penelitian Limnologi</t>
   </si>
   <si>
-    <t>Aplikasi Android untuk Smart Innovated Ventilator Indonesia (SI-Venesia)</t>
-[...10 lines deleted...]
-  <si>
     <t>Otomatisasi Perhitungan Luas Tingkat Kehijauan Vegetasi untuk Informasi Kekeringan per Kabupaten/Kota Wilayah Indonesia</t>
   </si>
   <si>
     <t>Khalifah Insan Nur Rahmi, Jalu Tejo Nugroho, Indah Prasasti, Sri Harini, Johannes Manalu ;</t>
   </si>
   <si>
     <t>2020-12-14</t>
   </si>
   <si>
     <t>EC00202059306</t>
   </si>
   <si>
     <t>Otomatisasi Pengolahan Standardized Precipitation Index (SPI) untuk Deteksi Kekeringan di Wilayah Indonesia</t>
   </si>
   <si>
     <t>Jalu Tejo Nugroho, Galdita Aruba Chulafak, Atriyon Julzarika, Suwarsono, Argo Galih Suhadha, Rudi Budi Agung ;</t>
   </si>
   <si>
     <t>EC00202059305</t>
   </si>
   <si>
     <t>Software Registrasi Data Penginderaan Jauh untuk Penyimpanan Bank Data Penginderaan Jauh Versi 1.0</t>
   </si>
   <si>
     <t>Yohanes Fridolin Hestrio, Destriyanti Hutapea, Anis Kamilah Hayati, Muchamad Muchlis, Ayom Widipaminto ;</t>
@@ -8072,51 +8081,51 @@
   <si>
     <t>EC00202047913</t>
   </si>
   <si>
     <t>- Balai Besar Teknologi Aerodinamika, Aeroelastika, dan Aeroakustika</t>
   </si>
   <si>
     <t>Perangkat Lunak Kalibrasi Terowongan Angin Subsonik</t>
   </si>
   <si>
     <t>Jefri Abner Hamonangan, Muhammad Fajar, Sinung Tirtha Pinindriya, Arfan Fajrin ;</t>
   </si>
   <si>
     <t>2020-11-04</t>
   </si>
   <si>
     <t>EC00202046466</t>
   </si>
   <si>
     <t>- Pusat Teknologi Penerbangan</t>
   </si>
   <si>
     <t>Perangkat Lunak Command dan Penyimpanan Data Inertial Measurement Unit 6 Axis</t>
   </si>
   <si>
-    <t>Gafur Hasan Zam Bahari, A. Hadi Syafrudin, Eriko Nasemudin Nasser, Rise Hapshary Surayuda ;</t>
+    <t>Eriko Nasemudin Nasser ;</t>
   </si>
   <si>
     <t>EC00202046473</t>
   </si>
   <si>
     <t>Sistem Ekstraksi dan Plotting Hasil DATCOM Berbasis Octave</t>
   </si>
   <si>
     <t>Ardian Rizaldi ;</t>
   </si>
   <si>
     <t>EC00202046470</t>
   </si>
   <si>
     <t>Perangkat Lunak Sistem Pemantauan Maritim</t>
   </si>
   <si>
     <t>Prasetyo Ardi Probo Suseno, Seno Sahisnu, Try Kusuma Wardana, Adi Wirawan, Gunawan Setyo Prabowo ;</t>
   </si>
   <si>
     <t>EC00202046468</t>
   </si>
   <si>
     <t>Sistem Status Kelaikudaraan Pesawat Udara</t>
   </si>
@@ -8225,119 +8234,119 @@
   <si>
     <t>EC00202038933</t>
   </si>
   <si>
     <t>Software Pemantau Muatan Balon Atmosfer</t>
   </si>
   <si>
     <t>Asif Awaludin, Ginaldi Ari Nugroho, Tiin Sinatra, Atep Radiana ;</t>
   </si>
   <si>
     <t>2020-09-30</t>
   </si>
   <si>
     <t>EC00202036764</t>
   </si>
   <si>
     <t>Aplikasi Satellite-based Disaster Early Warning System (SADEWA)</t>
   </si>
   <si>
     <t>Didi Satiadi, Teguh Harjana, Farid Lasmono. Ibnu Fathrio, Risyanto, Aisya Nafiisyanti, Edy Maryadi ;</t>
   </si>
   <si>
     <t>EC00202036770</t>
   </si>
   <si>
+    <t>Sistem Informasi Hujan Spasial Berbasis Radar X-Band</t>
+  </si>
+  <si>
+    <t>Candra Nur Ihsan, Ginaldi Ari Nugroho, Tiin Sinatra, Asif Awaludin ;</t>
+  </si>
+  <si>
+    <t>EC00202036769</t>
+  </si>
+  <si>
     <t>Software Pemantau Konsentrasi CO2 Permukaan</t>
   </si>
   <si>
     <t>Asif Awaludin, Ginaldi Ari Nugroho, Tiin Sinatra, Afif Budiyono ;</t>
   </si>
   <si>
     <t>EC00202036766</t>
   </si>
   <si>
-    <t>Sistem Informasi Hujan Spasial Berbasis Radar X-Band</t>
-[...7 lines deleted...]
-  <si>
     <t>Program Modul Semi Otomatis Informasi Potensi Longsor Harian Berbasis Data Himawari 8 Menggunakan QGIS Processing Modeler</t>
   </si>
   <si>
     <t>Ahmad Sutanto, Mohammad Ardha, Anwar Annas, Aby Alkhudri, Rahmadi ;</t>
   </si>
   <si>
     <t>2020-08-29</t>
   </si>
   <si>
     <t>EC00202029979</t>
   </si>
   <si>
     <t>Sistem Pengolahan Data Satelit Seri NOAA JPSS untuk Menghasilkan Produk Deteksi Banjir Secara Otomatis</t>
   </si>
   <si>
     <t>Budhi Gustiandi, Andy Indradjad ;</t>
   </si>
   <si>
     <t>2020-08-28</t>
   </si>
   <si>
     <t>EC00202029821</t>
   </si>
   <si>
+    <t>Program Otomatisasi Informasi Potensi Longsor Harian Berbasis Data Himawari 8</t>
+  </si>
+  <si>
+    <t>Anwar Annas, Mohammad Ardha, Ahmad Sutanto, Aby Alkhudri, Rahmadi ;</t>
+  </si>
+  <si>
+    <t>EC00202029899</t>
+  </si>
+  <si>
     <t>Sistem Pencari Data Citra Satelit LAPAN</t>
   </si>
   <si>
     <t>Agus Herawan, Patria Rachman Hakim, Sartika Salas, Agung Wahyudiono, Ega Asti Anggari, Muhammad Riza Fakhlevi, Bambang Sigit Pamadi ;</t>
   </si>
   <si>
     <t>EC00202029852</t>
   </si>
   <si>
     <t>Perangkat Lunak Pengolah Raw Data SpaceCam LAPAN-A2</t>
   </si>
   <si>
     <t>Kamirul, Sartika Salaswati, Astriany Noer, Bambang Sigit Pamadi, Rosza Madina, A. Hadi Syafrudin, Wahyudi Hasbi ;</t>
   </si>
   <si>
     <t>EC00202029887</t>
   </si>
   <si>
-    <t>Program Otomatisasi Informasi Potensi Longsor Harian Berbasis Data Himawari 8</t>
-[...7 lines deleted...]
-  <si>
     <t>BPPT Charge Point Configuration Settings v1.0</t>
   </si>
   <si>
     <t>Dwidharma Priyasta, B.Eng., M.Sc. ; Fito Wigunanto, M.Eng. ; Dr. Yudi Purwantoro ; Ing. Afrias Sarotama, M.Sc. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Widyanti, S.P. ; Wahyu Cesar, S.Si. ; Beti Tuntari, S.Kom. ; Eka Setianingsih, S.T. ; Ir. Yanti Susanthi, M.Sc. ; Edhi Purnomo, B.Eng. ; Firson Satriasta. ; Fito Wigunanto, M.Eng. ; Dr. Yudi Purwantoro ; Ing. Afrias Sarotama, M.Sc. ; Himawan Indra Bayu, S.Kom. ; Melyana, S.Kom. ; Widyanti, S.P. ; Wahyu Cesar, S.Si. ; Beti Tuntari, S.Kom. ; Eka Setianingsih, S.T. ; Ir. Yanti Susanthi, M.Sc. ; Edhi Purnomo, B.Eng. ; Firson Satriasta. ;</t>
   </si>
   <si>
     <t>2020-08-27</t>
   </si>
   <si>
     <t>EC00202029615</t>
   </si>
   <si>
     <t>BPPT Minutiae Viewer : program pembaca minutiae sidik jari berdasarkan ISO/IEC 19794-2:2005</t>
   </si>
   <si>
     <t>Dr. Dipl. Ing. Michael Andreas Purwoadi, DEA ; Dr. Anto Satriyo Nugroho, B.Eng, M.Eng. ; Rully Kusumajaya, S.Kom ; Yuki Istianto, S.Kom., M.Sc. ; Rachmawan Atmaji Perdana, S.Kom. ; Elvira Nurfadhilah, S.Komp, M.Kom. ; Nurdianti Rizki Hapsari, S.Si., M.Sc. ; Ir. Eka Wibowo ; Miranti Jatnika Riski, S.Kom ; Gembong Satrio Wibowanto, M.Sc. ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom. ; Ir. Vitria Pragesjvara ; Dipl. Ing. Meidy Layooari ; Maratul Hamidah, S.T., M.T ; Mohammad Hamdani, S.T., M.TI ; Firson Satriasta. ; Dr. Anto Satriyo Nugroho, B.Eng, M.Eng. ; Rully Kusumajaya, S.Kom ; Yuki Istianto, S.Kom., M.Sc. ; Rachmawan Atmaji Perdana, S.Kom. ; Elvira Nurfadhilah, S.Komp, M.Kom. ; Nurdianti Rizki Hapsari, S.Si., M.Sc. ; Ir. Eka Wibowo ; Miranti Jatnika Riski, S.Kom ; Gembong Satrio Wibowanto, M.Sc. ; Ir. Sri Saraswati Wisjnu Wardhani, M.Kom. ; Ir. Vitria Pragesjvara ; Dipl. Ing. Meidy Layooari ; Maratul Hamidah, S.T., M.T ; Mohammad Hamdani, S.T., M.TI ; Firson Satriasta. ;</t>
   </si>
   <si>
     <t>EC00202029616</t>
   </si>
   <si>
     <t>Aplikasi Android Untuk Smart Low Cost UV-C Sanitizer Dengan Nama Si-SUSan</t>
   </si>
   <si>
     <t>Budi Prawara ; Dayat Kurniawan ; Eko Joni Pristianto ; Yusuf Nur Wijayanto ;</t>
@@ -9011,78 +9020,81 @@
   <si>
     <t>Dwidharma Priyasta, B.Eng., M.Sc ; Wahyu Cesar, S.Si ; Gembong Wibowanto, M.Sc ; Rully Kusumajaya, S.Kom ; Firson Satriasta ; Wahyu Cesar, S.Si ; Gembong Wibowanto, M.Sc ; Rully Kusumajaya, S.Kom ; Firson Satriasta ;</t>
   </si>
   <si>
     <t>2019-07-18</t>
   </si>
   <si>
     <t>EC00201946524</t>
   </si>
   <si>
     <t>APLIKASI INSTALASI APPLET JAVA CARD KTP ELEKTRONIK</t>
   </si>
   <si>
     <t>Dwidharma Priyasta, B.Eng., M.Sc ; Wahyu Cesar, S.Si ; Gembong Wibowanto, M.Sc. ; Rully Kusumajaya, S.Kom. ; Firson Satriasta ; Wahyu Cesar, S.Si ; Gembong Wibowanto, M.Sc. ; Rully Kusumajaya, S.Kom. ; Firson Satriasta ;</t>
   </si>
   <si>
     <t>2019-06-26</t>
   </si>
   <si>
     <t>EC00201944792</t>
   </si>
   <si>
     <t>Decoder Satelit LAPAN-A3</t>
   </si>
   <si>
-    <t>Rizki Permala, S.T. ; Wahyudi Hasbi, S.Si., M.Kom., ; dkk ;</t>
+    <t>Eriko Nasemudin Nasser ; Rizki Permala, S.T. ; Wahyudi Hasbi, S.Si., M.Kom., ; dkk ;</t>
   </si>
   <si>
     <t>2019-06-17</t>
   </si>
   <si>
     <t>EC00201942572</t>
   </si>
   <si>
     <t>S-band Receiver Satelit LAPAN-A2</t>
   </si>
   <si>
+    <t>Eriko Nasemudin Nasser ; Rizki Permala, S.T. ; Mohammad Mukhayadi, S.T., M.Kom., ; dkk ;</t>
+  </si>
+  <si>
+    <t>EC00201942569</t>
+  </si>
+  <si>
+    <t>Sistem Simulasi Posisi Satelit Orbit Rendah 2 Dimensi</t>
+  </si>
+  <si>
+    <t>Bina Pratomo, S.T., M.Si. ; Hasan Mayditia, S.Si., M.T. ;</t>
+  </si>
+  <si>
+    <t>EC00201942570</t>
+  </si>
+  <si>
+    <t>LAPAN Satellites Schedule Viewer</t>
+  </si>
+  <si>
     <t>Rizki Permala, S.T. ; Mohammad Mukhayadi, S.T., M.Kom., ; dkk ;</t>
-  </si>
-[...13 lines deleted...]
-    <t>LAPAN Satellites Schedule Viewer</t>
   </si>
   <si>
     <t>EC00201942573</t>
   </si>
   <si>
     <t>Sistem Dokumentasi Rancang Bangun Pesawat Udara</t>
   </si>
   <si>
     <t>Abdul Aziz, S.T. ; Danartomo Kusumoaji, M.T., ; dkk ;</t>
   </si>
   <si>
     <t>EC00201942565</t>
   </si>
   <si>
     <t>Logger Satelit LAPAN-A2</t>
   </si>
   <si>
     <t>Rizki Permala, S.T. ; Tri Mediansyah, S.T., ; dkk ;</t>
   </si>
   <si>
     <t>EC00201942566</t>
   </si>
   <si>
     <t>Logger Satelit LAPAN-A3</t>
   </si>
@@ -9899,54 +9911,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I964"/>
+  <dimension ref="A1:I965"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A964" sqref="A964"/>
+      <selection activeCell="A965" sqref="A965"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="0.427" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -10107,109 +10119,109 @@
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="I7" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G9" t="s">
         <v>27</v>
       </c>
       <c r="H9" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" t="s">
         <v>46</v>
       </c>
       <c r="G10" t="s">
@@ -10252,80 +10264,80 @@
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>52</v>
       </c>
       <c r="C12" t="s">
         <v>53</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="F12" t="s">
         <v>54</v>
       </c>
       <c r="G12" t="s">
         <v>27</v>
       </c>
       <c r="H12" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="I12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="F13" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G13" t="s">
         <v>27</v>
       </c>
       <c r="H13" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="I13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
       <c r="C14" t="s">
         <v>60</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="F14" t="s">
         <v>61</v>
       </c>
       <c r="G14" t="s">
@@ -10339,51 +10351,51 @@
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>63</v>
       </c>
       <c r="C15" t="s">
         <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="F15" t="s">
         <v>65</v>
       </c>
       <c r="G15" t="s">
         <v>27</v>
       </c>
       <c r="H15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>66</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>68</v>
       </c>
       <c r="F16" t="s">
         <v>69</v>
       </c>
       <c r="G16" t="s">
@@ -10513,51 +10525,51 @@
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>87</v>
       </c>
       <c r="C21" t="s">
         <v>88</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>89</v>
       </c>
       <c r="F21" t="s">
         <v>90</v>
       </c>
       <c r="G21" t="s">
         <v>89</v>
       </c>
       <c r="H21" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="I21" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>91</v>
       </c>
       <c r="C22" t="s">
         <v>92</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>89</v>
       </c>
       <c r="F22" t="s">
         <v>93</v>
       </c>
       <c r="G22" t="s">
@@ -10571,51 +10583,51 @@
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>95</v>
       </c>
       <c r="C23" t="s">
         <v>96</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>89</v>
       </c>
       <c r="F23" t="s">
         <v>97</v>
       </c>
       <c r="G23" t="s">
         <v>89</v>
       </c>
       <c r="H23" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="I23" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>98</v>
       </c>
       <c r="C24" t="s">
         <v>99</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>89</v>
       </c>
       <c r="F24" t="s">
         <v>100</v>
       </c>
       <c r="G24" t="s">
@@ -10716,138 +10728,138 @@
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>113</v>
       </c>
       <c r="C28" t="s">
         <v>114</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>104</v>
       </c>
       <c r="F28" t="s">
         <v>115</v>
       </c>
       <c r="G28" t="s">
         <v>104</v>
       </c>
       <c r="H28" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I28" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>116</v>
       </c>
       <c r="C29" t="s">
         <v>117</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>104</v>
       </c>
       <c r="F29" t="s">
         <v>118</v>
       </c>
       <c r="G29" t="s">
         <v>104</v>
       </c>
       <c r="H29" t="s">
-        <v>78</v>
+        <v>119</v>
       </c>
       <c r="I29" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C30" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>104</v>
       </c>
       <c r="F30" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G30" t="s">
         <v>104</v>
       </c>
       <c r="H30" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C31" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>104</v>
       </c>
       <c r="F31" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="G31" t="s">
         <v>104</v>
       </c>
       <c r="H31" t="s">
-        <v>126</v>
+        <v>78</v>
       </c>
       <c r="I31" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>127</v>
       </c>
       <c r="C32" t="s">
         <v>128</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>129</v>
       </c>
       <c r="F32" t="s">
         <v>130</v>
       </c>
       <c r="G32" t="s">
@@ -10861,51 +10873,51 @@
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>132</v>
       </c>
       <c r="C33" t="s">
         <v>133</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>129</v>
       </c>
       <c r="F33" t="s">
         <v>134</v>
       </c>
       <c r="G33" t="s">
         <v>129</v>
       </c>
       <c r="H33" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>135</v>
       </c>
       <c r="C34" t="s">
         <v>136</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>129</v>
       </c>
       <c r="F34" t="s">
         <v>137</v>
       </c>
       <c r="G34" t="s">
@@ -10948,80 +10960,80 @@
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>143</v>
       </c>
       <c r="C36" t="s">
         <v>144</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>129</v>
       </c>
       <c r="F36" t="s">
         <v>145</v>
       </c>
       <c r="G36" t="s">
         <v>129</v>
       </c>
       <c r="H36" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I36" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>146</v>
       </c>
       <c r="C37" t="s">
         <v>147</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>129</v>
       </c>
       <c r="F37" t="s">
         <v>148</v>
       </c>
       <c r="G37" t="s">
         <v>129</v>
       </c>
       <c r="H37" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="I37" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>149</v>
       </c>
       <c r="C38" t="s">
         <v>150</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>129</v>
       </c>
       <c r="F38" t="s">
         <v>151</v>
       </c>
       <c r="G38" t="s">
@@ -11093,51 +11105,51 @@
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>159</v>
       </c>
       <c r="C41" t="s">
         <v>160</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>129</v>
       </c>
       <c r="F41" t="s">
         <v>161</v>
       </c>
       <c r="G41" t="s">
         <v>129</v>
       </c>
       <c r="H41" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I41" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>162</v>
       </c>
       <c r="C42" t="s">
         <v>163</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>129</v>
       </c>
       <c r="F42" t="s">
         <v>164</v>
       </c>
       <c r="G42" t="s">
@@ -11238,51 +11250,51 @@
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>176</v>
       </c>
       <c r="C46" t="s">
         <v>177</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>129</v>
       </c>
       <c r="F46" t="s">
         <v>178</v>
       </c>
       <c r="G46" t="s">
         <v>129</v>
       </c>
       <c r="H46" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I46" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>179</v>
       </c>
       <c r="C47" t="s">
         <v>180</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>129</v>
       </c>
       <c r="F47" t="s">
         <v>181</v>
       </c>
       <c r="G47" t="s">
@@ -11296,109 +11308,109 @@
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>183</v>
       </c>
       <c r="C48" t="s">
         <v>184</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>129</v>
       </c>
       <c r="F48" t="s">
         <v>185</v>
       </c>
       <c r="G48" t="s">
         <v>129</v>
       </c>
       <c r="H48" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I48" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>186</v>
       </c>
       <c r="C49" t="s">
         <v>187</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>129</v>
       </c>
       <c r="F49" t="s">
         <v>188</v>
       </c>
       <c r="G49" t="s">
         <v>129</v>
       </c>
       <c r="H49" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I49" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>189</v>
       </c>
       <c r="C50" t="s">
         <v>190</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>129</v>
       </c>
       <c r="F50" t="s">
         <v>191</v>
       </c>
       <c r="G50" t="s">
         <v>129</v>
       </c>
       <c r="H50" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="I50" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>192</v>
       </c>
       <c r="C51" t="s">
         <v>193</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>129</v>
       </c>
       <c r="F51" t="s">
         <v>194</v>
       </c>
       <c r="G51" t="s">
@@ -11470,51 +11482,51 @@
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>204</v>
       </c>
       <c r="C54" t="s">
         <v>205</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>129</v>
       </c>
       <c r="F54" t="s">
         <v>206</v>
       </c>
       <c r="G54" t="s">
         <v>129</v>
       </c>
       <c r="H54" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I54" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>207</v>
       </c>
       <c r="C55" t="s">
         <v>208</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>129</v>
       </c>
       <c r="F55" t="s">
         <v>209</v>
       </c>
       <c r="G55" t="s">
@@ -11557,196 +11569,196 @@
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>213</v>
       </c>
       <c r="C57" t="s">
         <v>214</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>129</v>
       </c>
       <c r="F57" t="s">
         <v>215</v>
       </c>
       <c r="G57" t="s">
         <v>129</v>
       </c>
       <c r="H57" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I57" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>216</v>
       </c>
       <c r="C58" t="s">
         <v>217</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>129</v>
       </c>
       <c r="F58" t="s">
         <v>218</v>
       </c>
       <c r="G58" t="s">
         <v>129</v>
       </c>
       <c r="H58" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I58" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>219</v>
       </c>
       <c r="C59" t="s">
         <v>220</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>129</v>
       </c>
       <c r="F59" t="s">
         <v>221</v>
       </c>
       <c r="G59" t="s">
         <v>129</v>
       </c>
       <c r="H59" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I59" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>222</v>
       </c>
       <c r="C60" t="s">
         <v>223</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>129</v>
       </c>
       <c r="F60" t="s">
         <v>224</v>
       </c>
       <c r="G60" t="s">
         <v>129</v>
       </c>
       <c r="H60" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I60" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>225</v>
       </c>
       <c r="C61" t="s">
         <v>226</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>129</v>
       </c>
       <c r="F61" t="s">
         <v>227</v>
       </c>
       <c r="G61" t="s">
         <v>129</v>
       </c>
       <c r="H61" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I61" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>228</v>
       </c>
       <c r="C62" t="s">
         <v>229</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>129</v>
       </c>
       <c r="F62" t="s">
         <v>230</v>
       </c>
       <c r="G62" t="s">
         <v>129</v>
       </c>
       <c r="H62" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="I62" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>231</v>
       </c>
       <c r="C63" t="s">
         <v>232</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>129</v>
       </c>
       <c r="F63" t="s">
         <v>233</v>
       </c>
       <c r="G63" t="s">
@@ -11847,80 +11859,80 @@
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>247</v>
       </c>
       <c r="C67" t="s">
         <v>248</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>129</v>
       </c>
       <c r="F67" t="s">
         <v>249</v>
       </c>
       <c r="G67" t="s">
         <v>129</v>
       </c>
       <c r="H67" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I67" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>250</v>
       </c>
       <c r="C68" t="s">
         <v>251</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>252</v>
       </c>
       <c r="F68" t="s">
         <v>253</v>
       </c>
       <c r="G68" t="s">
         <v>252</v>
       </c>
       <c r="H68" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I68" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>254</v>
       </c>
       <c r="C69" t="s">
         <v>255</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>252</v>
       </c>
       <c r="F69" t="s">
         <v>256</v>
       </c>
       <c r="G69" t="s">
@@ -11934,80 +11946,80 @@
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>258</v>
       </c>
       <c r="C70" t="s">
         <v>259</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>252</v>
       </c>
       <c r="F70" t="s">
         <v>260</v>
       </c>
       <c r="G70" t="s">
         <v>252</v>
       </c>
       <c r="H70" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I70" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>261</v>
       </c>
       <c r="C71" t="s">
         <v>262</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>252</v>
       </c>
       <c r="F71" t="s">
         <v>263</v>
       </c>
       <c r="G71" t="s">
         <v>252</v>
       </c>
       <c r="H71" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I71" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>264</v>
       </c>
       <c r="C72" t="s">
         <v>265</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>252</v>
       </c>
       <c r="F72" t="s">
         <v>266</v>
       </c>
       <c r="G72" t="s">
@@ -12021,51 +12033,51 @@
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>268</v>
       </c>
       <c r="C73" t="s">
         <v>269</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>252</v>
       </c>
       <c r="F73" t="s">
         <v>270</v>
       </c>
       <c r="G73" t="s">
         <v>252</v>
       </c>
       <c r="H73" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I73" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>271</v>
       </c>
       <c r="C74" t="s">
         <v>272</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>252</v>
       </c>
       <c r="F74" t="s">
         <v>273</v>
       </c>
       <c r="G74" t="s">
@@ -12108,51 +12120,51 @@
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>277</v>
       </c>
       <c r="C76" t="s">
         <v>278</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>252</v>
       </c>
       <c r="F76" t="s">
         <v>279</v>
       </c>
       <c r="G76" t="s">
         <v>252</v>
       </c>
       <c r="H76" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I76" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>280</v>
       </c>
       <c r="C77" t="s">
         <v>281</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>252</v>
       </c>
       <c r="F77" t="s">
         <v>282</v>
       </c>
       <c r="G77" t="s">
@@ -12253,51 +12265,51 @@
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>294</v>
       </c>
       <c r="C81" t="s">
         <v>295</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>252</v>
       </c>
       <c r="F81" t="s">
         <v>296</v>
       </c>
       <c r="G81" t="s">
         <v>252</v>
       </c>
       <c r="H81" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I81" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>297</v>
       </c>
       <c r="C82" t="s">
         <v>298</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
         <v>252</v>
       </c>
       <c r="F82" t="s">
         <v>299</v>
       </c>
       <c r="G82" t="s">
@@ -12311,51 +12323,51 @@
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="1">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>300</v>
       </c>
       <c r="C83" t="s">
         <v>301</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
         <v>252</v>
       </c>
       <c r="F83" t="s">
         <v>302</v>
       </c>
       <c r="G83" t="s">
         <v>252</v>
       </c>
       <c r="H83" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I83" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>303</v>
       </c>
       <c r="C84" t="s">
         <v>304</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
         <v>252</v>
       </c>
       <c r="F84" t="s">
         <v>305</v>
       </c>
       <c r="G84" t="s">
@@ -12485,51 +12497,51 @@
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>320</v>
       </c>
       <c r="C89" t="s">
         <v>321</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
         <v>252</v>
       </c>
       <c r="F89" t="s">
         <v>322</v>
       </c>
       <c r="G89" t="s">
         <v>252</v>
       </c>
       <c r="H89" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="I89" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>323</v>
       </c>
       <c r="C90" t="s">
         <v>324</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
         <v>252</v>
       </c>
       <c r="F90" t="s">
         <v>325</v>
       </c>
       <c r="G90" t="s">
@@ -12543,51 +12555,51 @@
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="1">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>326</v>
       </c>
       <c r="C91" t="s">
         <v>327</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
         <v>252</v>
       </c>
       <c r="F91" t="s">
         <v>328</v>
       </c>
       <c r="G91" t="s">
         <v>252</v>
       </c>
       <c r="H91" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I91" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>329</v>
       </c>
       <c r="C92" t="s">
         <v>330</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
         <v>252</v>
       </c>
       <c r="F92" t="s">
         <v>331</v>
       </c>
       <c r="G92" t="s">
@@ -12804,51 +12816,51 @@
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>357</v>
       </c>
       <c r="C100" t="s">
         <v>358</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
         <v>252</v>
       </c>
       <c r="F100" t="s">
         <v>359</v>
       </c>
       <c r="G100" t="s">
         <v>252</v>
       </c>
       <c r="H100" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I100" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>360</v>
       </c>
       <c r="C101" t="s">
         <v>361</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
         <v>252</v>
       </c>
       <c r="F101" t="s">
         <v>362</v>
       </c>
       <c r="G101" t="s">
@@ -12920,51 +12932,51 @@
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>370</v>
       </c>
       <c r="C104" t="s">
         <v>371</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
         <v>372</v>
       </c>
       <c r="F104" t="s">
         <v>373</v>
       </c>
       <c r="G104" t="s">
         <v>372</v>
       </c>
       <c r="H104" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I104" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="1">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>374</v>
       </c>
       <c r="C105" t="s">
         <v>375</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
         <v>372</v>
       </c>
       <c r="F105" t="s">
         <v>376</v>
       </c>
       <c r="G105" t="s">
@@ -13181,51 +13193,51 @@
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="1">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>399</v>
       </c>
       <c r="C113" t="s">
         <v>400</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>372</v>
       </c>
       <c r="F113" t="s">
         <v>401</v>
       </c>
       <c r="G113" t="s">
         <v>372</v>
       </c>
       <c r="H113" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I113" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>402</v>
       </c>
       <c r="C114" t="s">
         <v>403</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>372</v>
       </c>
       <c r="F114" t="s">
         <v>404</v>
       </c>
       <c r="G114" t="s">
@@ -13297,51 +13309,51 @@
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="1">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>413</v>
       </c>
       <c r="C117" t="s">
         <v>414</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>372</v>
       </c>
       <c r="F117" t="s">
         <v>415</v>
       </c>
       <c r="G117" t="s">
         <v>372</v>
       </c>
       <c r="H117" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I117" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="1">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>416</v>
       </c>
       <c r="C118" t="s">
         <v>417</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>372</v>
       </c>
       <c r="F118" t="s">
         <v>418</v>
       </c>
       <c r="G118" t="s">
@@ -13471,80 +13483,80 @@
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>433</v>
       </c>
       <c r="C123" t="s">
         <v>434</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>372</v>
       </c>
       <c r="F123" t="s">
         <v>435</v>
       </c>
       <c r="G123" t="s">
         <v>372</v>
       </c>
       <c r="H123" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I123" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1">
         <v>123</v>
       </c>
       <c r="B124" t="s">
         <v>436</v>
       </c>
       <c r="C124" t="s">
         <v>437</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>372</v>
       </c>
       <c r="F124" t="s">
         <v>438</v>
       </c>
       <c r="G124" t="s">
         <v>372</v>
       </c>
       <c r="H124" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I124" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="1">
         <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>439</v>
       </c>
       <c r="C125" t="s">
         <v>440</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>372</v>
       </c>
       <c r="F125" t="s">
         <v>441</v>
       </c>
       <c r="G125" t="s">
@@ -13558,51 +13570,51 @@
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="1">
         <v>125</v>
       </c>
       <c r="B126" t="s">
         <v>442</v>
       </c>
       <c r="C126" t="s">
         <v>443</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>372</v>
       </c>
       <c r="F126" t="s">
         <v>444</v>
       </c>
       <c r="G126" t="s">
         <v>372</v>
       </c>
       <c r="H126" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I126" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="1">
         <v>126</v>
       </c>
       <c r="B127" t="s">
         <v>445</v>
       </c>
       <c r="C127" t="s">
         <v>446</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>372</v>
       </c>
       <c r="F127" t="s">
         <v>447</v>
       </c>
       <c r="G127" t="s">
@@ -13906,51 +13918,51 @@
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="1">
         <v>137</v>
       </c>
       <c r="B138" t="s">
         <v>481</v>
       </c>
       <c r="C138" t="s">
         <v>482</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>372</v>
       </c>
       <c r="F138" t="s">
         <v>483</v>
       </c>
       <c r="G138" t="s">
         <v>372</v>
       </c>
       <c r="H138" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I138" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>484</v>
       </c>
       <c r="C139" t="s">
         <v>485</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>372</v>
       </c>
       <c r="F139" t="s">
         <v>486</v>
       </c>
       <c r="G139" t="s">
@@ -14022,51 +14034,51 @@
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="1">
         <v>141</v>
       </c>
       <c r="B142" t="s">
         <v>494</v>
       </c>
       <c r="C142" t="s">
         <v>495</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>372</v>
       </c>
       <c r="F142" t="s">
         <v>496</v>
       </c>
       <c r="G142" t="s">
         <v>372</v>
       </c>
       <c r="H142" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I142" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="1">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>497</v>
       </c>
       <c r="C143" t="s">
         <v>498</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>372</v>
       </c>
       <c r="F143" t="s">
         <v>499</v>
       </c>
       <c r="G143" t="s">
@@ -14109,51 +14121,51 @@
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="1">
         <v>144</v>
       </c>
       <c r="B145" t="s">
         <v>503</v>
       </c>
       <c r="C145" t="s">
         <v>504</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
         <v>372</v>
       </c>
       <c r="F145" t="s">
         <v>505</v>
       </c>
       <c r="G145" t="s">
         <v>372</v>
       </c>
       <c r="H145" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I145" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="1">
         <v>145</v>
       </c>
       <c r="B146" t="s">
         <v>506</v>
       </c>
       <c r="C146" t="s">
         <v>507</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
         <v>372</v>
       </c>
       <c r="F146" t="s">
         <v>508</v>
       </c>
       <c r="G146" t="s">
@@ -14167,80 +14179,80 @@
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="1">
         <v>146</v>
       </c>
       <c r="B147" t="s">
         <v>510</v>
       </c>
       <c r="C147" t="s">
         <v>511</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
         <v>372</v>
       </c>
       <c r="F147" t="s">
         <v>512</v>
       </c>
       <c r="G147" t="s">
         <v>372</v>
       </c>
       <c r="H147" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="I147" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="1">
         <v>147</v>
       </c>
       <c r="B148" t="s">
         <v>513</v>
       </c>
       <c r="C148" t="s">
         <v>514</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
         <v>372</v>
       </c>
       <c r="F148" t="s">
         <v>515</v>
       </c>
       <c r="G148" t="s">
         <v>372</v>
       </c>
       <c r="H148" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I148" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="1">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>516</v>
       </c>
       <c r="C149" t="s">
         <v>517</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
         <v>372</v>
       </c>
       <c r="F149" t="s">
         <v>518</v>
       </c>
       <c r="G149" t="s">
@@ -14254,80 +14266,80 @@
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="1">
         <v>149</v>
       </c>
       <c r="B150" t="s">
         <v>520</v>
       </c>
       <c r="C150" t="s">
         <v>521</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>372</v>
       </c>
       <c r="F150" t="s">
         <v>522</v>
       </c>
       <c r="G150" t="s">
         <v>523</v>
       </c>
       <c r="H150" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I150" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="1">
         <v>150</v>
       </c>
       <c r="B151" t="s">
         <v>524</v>
       </c>
       <c r="C151" t="s">
         <v>525</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>372</v>
       </c>
       <c r="F151" t="s">
         <v>526</v>
       </c>
       <c r="G151" t="s">
         <v>372</v>
       </c>
       <c r="H151" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I151" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="1">
         <v>151</v>
       </c>
       <c r="B152" t="s">
         <v>527</v>
       </c>
       <c r="C152" t="s">
         <v>528</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
         <v>372</v>
       </c>
       <c r="F152" t="s">
         <v>529</v>
       </c>
       <c r="G152" t="s">
@@ -14399,51 +14411,51 @@
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="1">
         <v>154</v>
       </c>
       <c r="B155" t="s">
         <v>537</v>
       </c>
       <c r="C155" t="s">
         <v>538</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
         <v>372</v>
       </c>
       <c r="F155" t="s">
         <v>539</v>
       </c>
       <c r="G155" t="s">
         <v>372</v>
       </c>
       <c r="H155" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I155" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="1">
         <v>155</v>
       </c>
       <c r="B156" t="s">
         <v>540</v>
       </c>
       <c r="C156" t="s">
         <v>541</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
         <v>372</v>
       </c>
       <c r="F156" t="s">
         <v>542</v>
       </c>
       <c r="G156" t="s">
@@ -14573,167 +14585,167 @@
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" s="1">
         <v>160</v>
       </c>
       <c r="B161" t="s">
         <v>555</v>
       </c>
       <c r="C161" t="s">
         <v>556</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
         <v>372</v>
       </c>
       <c r="F161" t="s">
         <v>557</v>
       </c>
       <c r="G161" t="s">
         <v>372</v>
       </c>
       <c r="H161" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I161" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" s="1">
         <v>161</v>
       </c>
       <c r="B162" t="s">
         <v>558</v>
       </c>
       <c r="C162" t="s">
         <v>559</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
         <v>372</v>
       </c>
       <c r="F162" t="s">
         <v>560</v>
       </c>
       <c r="G162" t="s">
         <v>372</v>
       </c>
       <c r="H162" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I162" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" s="1">
         <v>162</v>
       </c>
       <c r="B163" t="s">
         <v>561</v>
       </c>
       <c r="C163" t="s">
         <v>562</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
         <v>372</v>
       </c>
       <c r="F163" t="s">
         <v>563</v>
       </c>
       <c r="G163" t="s">
         <v>372</v>
       </c>
       <c r="H163" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I163" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" s="1">
         <v>163</v>
       </c>
       <c r="B164" t="s">
         <v>564</v>
       </c>
       <c r="C164" t="s">
         <v>565</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
         <v>372</v>
       </c>
       <c r="F164" t="s">
         <v>566</v>
       </c>
       <c r="G164" t="s">
         <v>372</v>
       </c>
       <c r="H164" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I164" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" s="1">
         <v>164</v>
       </c>
       <c r="B165" t="s">
         <v>567</v>
       </c>
       <c r="C165" t="s">
         <v>568</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
         <v>372</v>
       </c>
       <c r="F165" t="s">
         <v>569</v>
       </c>
       <c r="G165" t="s">
         <v>523</v>
       </c>
       <c r="H165" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I165" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" s="1">
         <v>165</v>
       </c>
       <c r="B166" t="s">
         <v>570</v>
       </c>
       <c r="C166" t="s">
         <v>571</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
         <v>372</v>
       </c>
       <c r="F166" t="s">
         <v>572</v>
       </c>
       <c r="G166" t="s">
@@ -14776,80 +14788,80 @@
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" s="1">
         <v>167</v>
       </c>
       <c r="B168" t="s">
         <v>577</v>
       </c>
       <c r="C168" t="s">
         <v>578</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
         <v>372</v>
       </c>
       <c r="F168" t="s">
         <v>579</v>
       </c>
       <c r="G168" t="s">
         <v>372</v>
       </c>
       <c r="H168" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I168" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" s="1">
         <v>168</v>
       </c>
       <c r="B169" t="s">
         <v>580</v>
       </c>
       <c r="C169" t="s">
         <v>581</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
         <v>372</v>
       </c>
       <c r="F169" t="s">
         <v>582</v>
       </c>
       <c r="G169" t="s">
         <v>372</v>
       </c>
       <c r="H169" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I169" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" s="1">
         <v>169</v>
       </c>
       <c r="B170" t="s">
         <v>583</v>
       </c>
       <c r="C170" t="s">
         <v>584</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
         <v>372</v>
       </c>
       <c r="F170" t="s">
         <v>585</v>
       </c>
       <c r="G170" t="s">
@@ -15037,1820 +15049,1820 @@
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" s="1">
         <v>176</v>
       </c>
       <c r="B177" t="s">
         <v>605</v>
       </c>
       <c r="C177" t="s">
         <v>606</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
         <v>607</v>
       </c>
       <c r="F177" t="s">
         <v>608</v>
       </c>
       <c r="G177" t="s">
         <v>607</v>
       </c>
       <c r="H177" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="I177" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" s="1">
         <v>177</v>
       </c>
       <c r="B178" t="s">
         <v>609</v>
       </c>
       <c r="C178" t="s">
         <v>610</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
         <v>607</v>
       </c>
       <c r="F178" t="s">
         <v>611</v>
       </c>
       <c r="G178" t="s">
         <v>607</v>
       </c>
       <c r="H178" t="s">
-        <v>343</v>
+        <v>612</v>
       </c>
       <c r="I178" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" s="1">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C179" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
         <v>607</v>
       </c>
       <c r="F179" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="G179" t="s">
         <v>607</v>
       </c>
       <c r="H179" t="s">
-        <v>615</v>
+        <v>123</v>
       </c>
       <c r="I179" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" s="1">
         <v>179</v>
       </c>
       <c r="B180" t="s">
         <v>616</v>
       </c>
       <c r="C180" t="s">
         <v>617</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
         <v>607</v>
       </c>
       <c r="F180" t="s">
         <v>618</v>
       </c>
       <c r="G180" t="s">
         <v>607</v>
       </c>
       <c r="H180" t="s">
-        <v>238</v>
+        <v>619</v>
       </c>
       <c r="I180" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" s="1">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C181" t="s">
-        <v>620</v>
+        <v>476</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
         <v>607</v>
       </c>
       <c r="F181" t="s">
         <v>621</v>
       </c>
       <c r="G181" t="s">
         <v>607</v>
       </c>
       <c r="H181" t="s">
-        <v>343</v>
+        <v>78</v>
       </c>
       <c r="I181" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" s="1">
         <v>181</v>
       </c>
       <c r="B182" t="s">
         <v>622</v>
       </c>
       <c r="C182" t="s">
         <v>623</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
         <v>607</v>
       </c>
       <c r="F182" t="s">
         <v>624</v>
       </c>
       <c r="G182" t="s">
         <v>607</v>
       </c>
       <c r="H182" t="s">
-        <v>625</v>
+        <v>47</v>
       </c>
       <c r="I182" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" s="1">
         <v>182</v>
       </c>
       <c r="B183" t="s">
+        <v>625</v>
+      </c>
+      <c r="C183" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
         <v>607</v>
       </c>
       <c r="F183" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="G183" t="s">
         <v>607</v>
       </c>
       <c r="H183" t="s">
         <v>78</v>
       </c>
       <c r="I183" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" s="1">
         <v>183</v>
       </c>
       <c r="B184" t="s">
+        <v>628</v>
+      </c>
+      <c r="C184" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
         <v>607</v>
       </c>
       <c r="F184" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="G184" t="s">
         <v>607</v>
       </c>
       <c r="H184" t="s">
-        <v>70</v>
+        <v>172</v>
       </c>
       <c r="I184" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" s="1">
         <v>184</v>
       </c>
       <c r="B185" t="s">
+        <v>631</v>
+      </c>
+      <c r="C185" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
         <v>607</v>
       </c>
       <c r="F185" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="G185" t="s">
         <v>607</v>
       </c>
       <c r="H185" t="s">
-        <v>530</v>
+        <v>29</v>
       </c>
       <c r="I185" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" s="1">
         <v>185</v>
       </c>
       <c r="B186" t="s">
+        <v>634</v>
+      </c>
+      <c r="C186" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
         <v>607</v>
       </c>
       <c r="F186" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="G186" t="s">
         <v>607</v>
       </c>
       <c r="H186" t="s">
-        <v>638</v>
+        <v>343</v>
       </c>
       <c r="I186" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" s="1">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C187" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
         <v>607</v>
       </c>
       <c r="F187" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="G187" t="s">
         <v>607</v>
       </c>
       <c r="H187" t="s">
-        <v>172</v>
+        <v>530</v>
       </c>
       <c r="I187" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" s="1">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="C188" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
         <v>607</v>
       </c>
       <c r="F188" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="G188" t="s">
         <v>607</v>
       </c>
       <c r="H188" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="I188" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" s="1">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="C189" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
         <v>607</v>
       </c>
       <c r="F189" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="G189" t="s">
         <v>607</v>
       </c>
       <c r="H189" t="s">
-        <v>51</v>
+        <v>646</v>
       </c>
       <c r="I189" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" s="1">
         <v>189</v>
       </c>
       <c r="B190" t="s">
+        <v>647</v>
+      </c>
+      <c r="C190" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
         <v>607</v>
       </c>
       <c r="F190" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="G190" t="s">
         <v>607</v>
       </c>
       <c r="H190" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="I190" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" s="1">
         <v>190</v>
       </c>
       <c r="B191" t="s">
+        <v>650</v>
+      </c>
+      <c r="C191" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
         <v>607</v>
       </c>
       <c r="F191" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="G191" t="s">
         <v>607</v>
       </c>
       <c r="H191" t="s">
-        <v>122</v>
+        <v>70</v>
       </c>
       <c r="I191" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" s="1">
         <v>191</v>
       </c>
       <c r="B192" t="s">
+        <v>653</v>
+      </c>
+      <c r="C192" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
         <v>607</v>
       </c>
       <c r="F192" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="G192" t="s">
         <v>607</v>
       </c>
       <c r="H192" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="I192" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" s="1">
         <v>192</v>
       </c>
       <c r="B193" t="s">
+        <v>656</v>
+      </c>
+      <c r="C193" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193" t="s">
         <v>607</v>
       </c>
       <c r="F193" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="G193" t="s">
         <v>607</v>
       </c>
       <c r="H193" t="s">
-        <v>267</v>
+        <v>47</v>
       </c>
       <c r="I193" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" s="1">
         <v>193</v>
       </c>
       <c r="B194" t="s">
+        <v>659</v>
+      </c>
+      <c r="C194" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194" t="s">
         <v>607</v>
       </c>
       <c r="F194" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="G194" t="s">
         <v>607</v>
       </c>
       <c r="H194" t="s">
-        <v>47</v>
+        <v>267</v>
       </c>
       <c r="I194" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" s="1">
         <v>194</v>
       </c>
       <c r="B195" t="s">
+        <v>662</v>
+      </c>
+      <c r="C195" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195" t="s">
         <v>607</v>
       </c>
       <c r="F195" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="G195" t="s">
         <v>607</v>
       </c>
       <c r="H195" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="I195" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" s="1">
         <v>195</v>
       </c>
       <c r="B196" t="s">
+        <v>665</v>
+      </c>
+      <c r="C196" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="D196" t="s">
         <v>11</v>
       </c>
       <c r="E196" t="s">
         <v>607</v>
       </c>
       <c r="F196" t="s">
         <v>667</v>
       </c>
       <c r="G196" t="s">
         <v>607</v>
       </c>
       <c r="H196" t="s">
-        <v>78</v>
+        <v>343</v>
       </c>
       <c r="I196" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" s="1">
         <v>196</v>
       </c>
       <c r="B197" t="s">
         <v>668</v>
       </c>
       <c r="C197" t="s">
         <v>669</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197" t="s">
         <v>670</v>
       </c>
       <c r="F197" t="s">
         <v>671</v>
       </c>
       <c r="G197" t="s">
         <v>670</v>
       </c>
       <c r="H197" t="s">
-        <v>293</v>
+        <v>78</v>
       </c>
       <c r="I197" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" s="1">
         <v>197</v>
       </c>
       <c r="B198" t="s">
         <v>672</v>
       </c>
       <c r="C198" t="s">
         <v>673</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198" t="s">
         <v>670</v>
       </c>
       <c r="F198" t="s">
         <v>674</v>
       </c>
       <c r="G198" t="s">
         <v>670</v>
       </c>
       <c r="H198" t="s">
-        <v>33</v>
+        <v>293</v>
       </c>
       <c r="I198" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" s="1">
         <v>198</v>
       </c>
       <c r="B199" t="s">
         <v>675</v>
       </c>
       <c r="C199" t="s">
         <v>676</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199" t="s">
         <v>670</v>
       </c>
       <c r="F199" t="s">
         <v>677</v>
       </c>
       <c r="G199" t="s">
         <v>670</v>
       </c>
       <c r="H199" t="s">
-        <v>678</v>
+        <v>29</v>
       </c>
       <c r="I199" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" s="1">
         <v>199</v>
       </c>
       <c r="B200" t="s">
+        <v>678</v>
+      </c>
+      <c r="C200" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="D200" t="s">
         <v>11</v>
       </c>
       <c r="E200" t="s">
         <v>670</v>
       </c>
       <c r="F200" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="G200" t="s">
         <v>670</v>
       </c>
       <c r="H200" t="s">
-        <v>78</v>
+        <v>257</v>
       </c>
       <c r="I200" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" s="1">
         <v>200</v>
       </c>
       <c r="B201" t="s">
+        <v>681</v>
+      </c>
+      <c r="C201" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201" t="s">
         <v>670</v>
       </c>
       <c r="F201" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="G201" t="s">
         <v>670</v>
       </c>
       <c r="H201" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="I201" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" s="1">
         <v>201</v>
       </c>
       <c r="B202" t="s">
+        <v>684</v>
+      </c>
+      <c r="C202" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202" t="s">
         <v>670</v>
       </c>
       <c r="F202" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="G202" t="s">
         <v>670</v>
       </c>
       <c r="H202" t="s">
-        <v>257</v>
+        <v>687</v>
       </c>
       <c r="I202" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" s="1">
         <v>202</v>
       </c>
       <c r="B203" t="s">
         <v>688</v>
       </c>
       <c r="C203" t="s">
         <v>689</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203" t="s">
         <v>670</v>
       </c>
       <c r="F203" t="s">
         <v>690</v>
       </c>
       <c r="G203" t="s">
         <v>670</v>
       </c>
       <c r="H203" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I203" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" s="1">
         <v>203</v>
       </c>
       <c r="B204" t="s">
         <v>691</v>
       </c>
       <c r="C204" t="s">
         <v>692</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204" t="s">
         <v>670</v>
       </c>
       <c r="F204" t="s">
         <v>693</v>
       </c>
       <c r="G204" t="s">
         <v>670</v>
       </c>
       <c r="H204" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="I204" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" s="1">
         <v>204</v>
       </c>
       <c r="B205" t="s">
         <v>694</v>
       </c>
       <c r="C205" t="s">
         <v>695</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205" t="s">
         <v>670</v>
       </c>
       <c r="F205" t="s">
         <v>696</v>
       </c>
       <c r="G205" t="s">
         <v>670</v>
       </c>
       <c r="H205" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="I205" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" s="1">
         <v>205</v>
       </c>
       <c r="B206" t="s">
         <v>697</v>
       </c>
       <c r="C206" t="s">
         <v>698</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206" t="s">
         <v>699</v>
       </c>
       <c r="F206" t="s">
         <v>700</v>
       </c>
       <c r="G206" t="s">
         <v>699</v>
       </c>
       <c r="H206" t="s">
-        <v>33</v>
+        <v>199</v>
       </c>
       <c r="I206" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" s="1">
         <v>206</v>
       </c>
       <c r="B207" t="s">
         <v>701</v>
       </c>
       <c r="C207" t="s">
         <v>702</v>
       </c>
       <c r="D207" t="s">
         <v>11</v>
       </c>
       <c r="E207" t="s">
         <v>699</v>
       </c>
       <c r="F207" t="s">
         <v>703</v>
       </c>
       <c r="G207" t="s">
         <v>699</v>
       </c>
       <c r="H207" t="s">
-        <v>704</v>
+        <v>29</v>
       </c>
       <c r="I207" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" s="1">
         <v>207</v>
       </c>
       <c r="B208" t="s">
+        <v>704</v>
+      </c>
+      <c r="C208" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208" t="s">
         <v>699</v>
       </c>
       <c r="F208" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="G208" t="s">
         <v>699</v>
       </c>
       <c r="H208" t="s">
-        <v>257</v>
+        <v>332</v>
       </c>
       <c r="I208" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" s="1">
         <v>208</v>
       </c>
       <c r="B209" t="s">
+        <v>707</v>
+      </c>
+      <c r="C209" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209" t="s">
         <v>699</v>
       </c>
       <c r="F209" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="G209" t="s">
         <v>699</v>
       </c>
       <c r="H209" t="s">
         <v>369</v>
       </c>
       <c r="I209" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" s="1">
         <v>209</v>
       </c>
       <c r="B210" t="s">
+        <v>710</v>
+      </c>
+      <c r="C210" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210" t="s">
         <v>699</v>
       </c>
       <c r="F210" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="G210" t="s">
-        <v>699</v>
+        <v>607</v>
       </c>
       <c r="H210" t="s">
-        <v>332</v>
+        <v>29</v>
       </c>
       <c r="I210" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" s="1">
         <v>210</v>
       </c>
       <c r="B211" t="s">
+        <v>713</v>
+      </c>
+      <c r="C211" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
       <c r="D211" t="s">
         <v>11</v>
       </c>
       <c r="E211" t="s">
         <v>699</v>
       </c>
       <c r="F211" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="G211" t="s">
         <v>699</v>
       </c>
       <c r="H211" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I211" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" s="1">
         <v>211</v>
       </c>
       <c r="B212" t="s">
+        <v>716</v>
+      </c>
+      <c r="C212" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212" t="s">
         <v>699</v>
       </c>
       <c r="F212" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="G212" t="s">
         <v>699</v>
       </c>
       <c r="H212" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="I212" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" s="1">
         <v>212</v>
       </c>
       <c r="B213" t="s">
+        <v>719</v>
+      </c>
+      <c r="C213" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213" t="s">
         <v>699</v>
       </c>
       <c r="F213" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="G213" t="s">
         <v>699</v>
       </c>
       <c r="H213" t="s">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="I213" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" s="1">
         <v>213</v>
       </c>
       <c r="B214" t="s">
+        <v>722</v>
+      </c>
+      <c r="C214" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
       <c r="D214" t="s">
         <v>11</v>
       </c>
       <c r="E214" t="s">
         <v>699</v>
       </c>
       <c r="F214" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="G214" t="s">
         <v>699</v>
       </c>
       <c r="H214" t="s">
-        <v>20</v>
+        <v>203</v>
       </c>
       <c r="I214" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" s="1">
         <v>214</v>
       </c>
       <c r="B215" t="s">
+        <v>725</v>
+      </c>
+      <c r="C215" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215" t="s">
         <v>699</v>
       </c>
       <c r="F215" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="G215" t="s">
         <v>699</v>
       </c>
       <c r="H215" t="s">
-        <v>33</v>
+        <v>369</v>
       </c>
       <c r="I215" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" s="1">
         <v>215</v>
       </c>
       <c r="B216" t="s">
+        <v>728</v>
+      </c>
+      <c r="C216" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
       <c r="D216" t="s">
         <v>11</v>
       </c>
       <c r="E216" t="s">
         <v>699</v>
       </c>
       <c r="F216" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="G216" t="s">
         <v>699</v>
       </c>
       <c r="H216" t="s">
-        <v>332</v>
+        <v>293</v>
       </c>
       <c r="I216" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" s="1">
         <v>216</v>
       </c>
       <c r="B217" t="s">
+        <v>731</v>
+      </c>
+      <c r="C217" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>733</v>
       </c>
       <c r="D217" t="s">
         <v>11</v>
       </c>
       <c r="E217" t="s">
         <v>699</v>
       </c>
       <c r="F217" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="G217" t="s">
         <v>699</v>
       </c>
       <c r="H217" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="I217" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" s="1">
         <v>217</v>
       </c>
       <c r="B218" t="s">
+        <v>735</v>
+      </c>
+      <c r="C218" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>737</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
       <c r="E218" t="s">
         <v>699</v>
       </c>
       <c r="F218" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="G218" t="s">
-        <v>607</v>
+        <v>699</v>
       </c>
       <c r="H218" t="s">
-        <v>33</v>
+        <v>332</v>
       </c>
       <c r="I218" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" s="1">
         <v>218</v>
       </c>
       <c r="B219" t="s">
+        <v>738</v>
+      </c>
+      <c r="C219" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>740</v>
       </c>
       <c r="D219" t="s">
         <v>11</v>
       </c>
       <c r="E219" t="s">
         <v>699</v>
       </c>
       <c r="F219" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="G219" t="s">
         <v>699</v>
       </c>
       <c r="H219" t="s">
-        <v>369</v>
+        <v>741</v>
       </c>
       <c r="I219" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" s="1">
         <v>219</v>
       </c>
       <c r="B220" t="s">
         <v>742</v>
       </c>
       <c r="C220" t="s">
         <v>743</v>
       </c>
       <c r="D220" t="s">
         <v>11</v>
       </c>
       <c r="E220" t="s">
         <v>699</v>
       </c>
       <c r="F220" t="s">
         <v>744</v>
       </c>
       <c r="G220" t="s">
         <v>699</v>
       </c>
       <c r="H220" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="I220" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" s="1">
         <v>220</v>
       </c>
       <c r="B221" t="s">
         <v>745</v>
       </c>
       <c r="C221" t="s">
         <v>746</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221" t="s">
         <v>699</v>
       </c>
       <c r="F221" t="s">
         <v>747</v>
       </c>
       <c r="G221" t="s">
         <v>699</v>
       </c>
       <c r="H221" t="s">
-        <v>199</v>
+        <v>257</v>
       </c>
       <c r="I221" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" s="1">
         <v>221</v>
       </c>
       <c r="B222" t="s">
         <v>748</v>
       </c>
       <c r="C222" t="s">
         <v>749</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222" t="s">
         <v>699</v>
       </c>
       <c r="F222" t="s">
         <v>750</v>
       </c>
       <c r="G222" t="s">
         <v>699</v>
       </c>
       <c r="H222" t="s">
-        <v>203</v>
+        <v>20</v>
       </c>
       <c r="I222" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" s="1">
         <v>222</v>
       </c>
       <c r="B223" t="s">
         <v>751</v>
       </c>
       <c r="C223" t="s">
         <v>752</v>
       </c>
       <c r="D223" t="s">
         <v>11</v>
       </c>
       <c r="E223" t="s">
         <v>699</v>
       </c>
       <c r="F223" t="s">
         <v>753</v>
       </c>
       <c r="G223" t="s">
         <v>699</v>
       </c>
       <c r="H223" t="s">
-        <v>293</v>
+        <v>29</v>
       </c>
       <c r="I223" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" s="1">
         <v>223</v>
       </c>
       <c r="B224" t="s">
         <v>754</v>
       </c>
       <c r="C224" t="s">
         <v>755</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224" t="s">
         <v>756</v>
       </c>
       <c r="F224" t="s">
         <v>757</v>
       </c>
       <c r="G224" t="s">
         <v>756</v>
       </c>
       <c r="H224" t="s">
-        <v>704</v>
+        <v>62</v>
       </c>
       <c r="I224" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" s="1">
         <v>224</v>
       </c>
       <c r="B225" t="s">
         <v>758</v>
       </c>
       <c r="C225" t="s">
         <v>759</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225" t="s">
         <v>756</v>
       </c>
       <c r="F225" t="s">
         <v>760</v>
       </c>
       <c r="G225" t="s">
         <v>756</v>
       </c>
       <c r="H225" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="I225" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" s="1">
         <v>225</v>
       </c>
       <c r="B226" t="s">
         <v>761</v>
       </c>
       <c r="C226" t="s">
         <v>762</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226" t="s">
         <v>756</v>
       </c>
       <c r="F226" t="s">
         <v>763</v>
       </c>
       <c r="G226" t="s">
         <v>756</v>
       </c>
       <c r="H226" t="s">
-        <v>122</v>
+        <v>764</v>
       </c>
       <c r="I226" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" s="1">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C227" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227" t="s">
         <v>756</v>
       </c>
       <c r="F227" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="G227" t="s">
         <v>756</v>
       </c>
       <c r="H227" t="s">
-        <v>293</v>
+        <v>768</v>
       </c>
       <c r="I227" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" s="1">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="C228" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D228" t="s">
         <v>11</v>
       </c>
       <c r="E228" t="s">
         <v>756</v>
       </c>
       <c r="F228" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="G228" t="s">
         <v>756</v>
       </c>
       <c r="H228" t="s">
-        <v>770</v>
+        <v>293</v>
       </c>
       <c r="I228" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" s="1">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C229" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D229" t="s">
         <v>11</v>
       </c>
       <c r="E229" t="s">
         <v>756</v>
       </c>
       <c r="F229" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="G229" t="s">
         <v>756</v>
       </c>
       <c r="H229" t="s">
-        <v>369</v>
+        <v>741</v>
       </c>
       <c r="I229" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" s="1">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C230" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D230" t="s">
         <v>11</v>
       </c>
       <c r="E230" t="s">
         <v>756</v>
       </c>
       <c r="F230" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="G230" t="s">
         <v>756</v>
       </c>
       <c r="H230" t="s">
-        <v>343</v>
+        <v>369</v>
       </c>
       <c r="I230" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" s="1">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C231" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231" t="s">
         <v>756</v>
       </c>
       <c r="F231" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="G231" t="s">
         <v>756</v>
       </c>
       <c r="H231" t="s">
-        <v>780</v>
+        <v>343</v>
       </c>
       <c r="I231" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" s="1">
         <v>231</v>
       </c>
       <c r="B232" t="s">
         <v>781</v>
       </c>
       <c r="C232" t="s">
         <v>782</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232" t="s">
         <v>783</v>
       </c>
       <c r="F232" t="s">
         <v>784</v>
       </c>
       <c r="G232" t="s">
         <v>783</v>
       </c>
       <c r="H232" t="s">
-        <v>343</v>
+        <v>785</v>
       </c>
       <c r="I232" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" s="1">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C233" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233" t="s">
         <v>783</v>
       </c>
       <c r="F233" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="G233" t="s">
         <v>783</v>
       </c>
       <c r="H233" t="s">
-        <v>62</v>
+        <v>741</v>
       </c>
       <c r="I233" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" s="1">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C234" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234" t="s">
         <v>783</v>
       </c>
       <c r="F234" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="G234" t="s">
         <v>783</v>
       </c>
       <c r="H234" t="s">
-        <v>791</v>
+        <v>343</v>
       </c>
       <c r="I234" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" s="1">
         <v>234</v>
       </c>
       <c r="B235" t="s">
         <v>792</v>
       </c>
       <c r="C235" t="s">
         <v>793</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235" t="s">
         <v>783</v>
       </c>
       <c r="F235" t="s">
         <v>794</v>
       </c>
       <c r="G235" t="s">
         <v>783</v>
       </c>
       <c r="H235" t="s">
-        <v>576</v>
+        <v>62</v>
       </c>
       <c r="I235" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" s="1">
         <v>235</v>
       </c>
       <c r="B236" t="s">
         <v>795</v>
       </c>
       <c r="C236" t="s">
         <v>796</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236" t="s">
         <v>783</v>
       </c>
       <c r="F236" t="s">
         <v>797</v>
       </c>
       <c r="G236" t="s">
         <v>783</v>
       </c>
       <c r="H236" t="s">
-        <v>704</v>
+        <v>369</v>
       </c>
       <c r="I236" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" s="1">
         <v>236</v>
       </c>
       <c r="B237" t="s">
         <v>798</v>
       </c>
       <c r="C237" t="s">
         <v>799</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237" t="s">
         <v>783</v>
       </c>
       <c r="F237" t="s">
         <v>800</v>
       </c>
       <c r="G237" t="s">
         <v>783</v>
       </c>
       <c r="H237" t="s">
-        <v>62</v>
+        <v>343</v>
       </c>
       <c r="I237" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" s="1">
         <v>237</v>
       </c>
       <c r="B238" t="s">
         <v>801</v>
       </c>
       <c r="C238" t="s">
         <v>802</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238" t="s">
         <v>783</v>
       </c>
       <c r="F238" t="s">
         <v>803</v>
       </c>
       <c r="G238" t="s">
         <v>783</v>
       </c>
       <c r="H238" t="s">
-        <v>369</v>
+        <v>576</v>
       </c>
       <c r="I238" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" s="1">
         <v>238</v>
       </c>
       <c r="B239" t="s">
         <v>804</v>
       </c>
       <c r="C239" t="s">
         <v>805</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239" t="s">
         <v>783</v>
       </c>
       <c r="F239" t="s">
         <v>806</v>
       </c>
       <c r="G239" t="s">
@@ -16864,51 +16876,51 @@
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" s="1">
         <v>239</v>
       </c>
       <c r="B240" t="s">
         <v>807</v>
       </c>
       <c r="C240" t="s">
         <v>808</v>
       </c>
       <c r="D240" t="s">
         <v>11</v>
       </c>
       <c r="E240" t="s">
         <v>783</v>
       </c>
       <c r="F240" t="s">
         <v>809</v>
       </c>
       <c r="G240" t="s">
         <v>783</v>
       </c>
       <c r="H240" t="s">
-        <v>343</v>
+        <v>62</v>
       </c>
       <c r="I240" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" s="1">
         <v>240</v>
       </c>
       <c r="B241" t="s">
         <v>810</v>
       </c>
       <c r="C241" t="s">
         <v>811</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241" t="s">
         <v>812</v>
       </c>
       <c r="F241" t="s">
         <v>813</v>
       </c>
       <c r="G241" t="s">
@@ -16922,515 +16934,515 @@
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" s="1">
         <v>241</v>
       </c>
       <c r="B242" t="s">
         <v>814</v>
       </c>
       <c r="C242" t="s">
         <v>815</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242" t="s">
         <v>816</v>
       </c>
       <c r="F242" t="s">
         <v>817</v>
       </c>
       <c r="G242" t="s">
         <v>816</v>
       </c>
       <c r="H242" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="I242" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" s="1">
         <v>242</v>
       </c>
       <c r="B243" t="s">
         <v>818</v>
       </c>
       <c r="C243" t="s">
         <v>819</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243" t="s">
         <v>816</v>
       </c>
       <c r="F243" t="s">
         <v>820</v>
       </c>
       <c r="G243" t="s">
         <v>816</v>
       </c>
       <c r="H243" t="s">
-        <v>625</v>
+        <v>332</v>
       </c>
       <c r="I243" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" s="1">
         <v>243</v>
       </c>
       <c r="B244" t="s">
         <v>821</v>
       </c>
       <c r="C244" t="s">
         <v>822</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
       <c r="E244" t="s">
         <v>816</v>
       </c>
       <c r="F244" t="s">
         <v>823</v>
       </c>
       <c r="G244" t="s">
         <v>816</v>
       </c>
       <c r="H244" t="s">
-        <v>29</v>
+        <v>646</v>
       </c>
       <c r="I244" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" s="1">
         <v>244</v>
       </c>
       <c r="B245" t="s">
         <v>824</v>
       </c>
       <c r="C245" t="s">
         <v>825</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245" t="s">
         <v>816</v>
       </c>
       <c r="F245" t="s">
         <v>826</v>
       </c>
       <c r="G245" t="s">
         <v>816</v>
       </c>
       <c r="H245" t="s">
-        <v>332</v>
+        <v>51</v>
       </c>
       <c r="I245" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" s="1">
         <v>245</v>
       </c>
       <c r="B246" t="s">
         <v>827</v>
       </c>
       <c r="C246" t="s">
         <v>828</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246" t="s">
         <v>816</v>
       </c>
       <c r="F246" t="s">
         <v>829</v>
       </c>
       <c r="G246" t="s">
         <v>816</v>
       </c>
       <c r="H246" t="s">
-        <v>625</v>
+        <v>646</v>
       </c>
       <c r="I246" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" s="1">
         <v>246</v>
       </c>
       <c r="B247" t="s">
         <v>830</v>
       </c>
       <c r="C247" t="s">
         <v>831</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247" t="s">
         <v>832</v>
       </c>
       <c r="F247" t="s">
         <v>833</v>
       </c>
       <c r="G247" t="s">
         <v>832</v>
       </c>
       <c r="H247" t="s">
-        <v>791</v>
+        <v>29</v>
       </c>
       <c r="I247" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" s="1">
         <v>247</v>
       </c>
       <c r="B248" t="s">
         <v>834</v>
       </c>
       <c r="C248" t="s">
         <v>835</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248" t="s">
         <v>832</v>
       </c>
       <c r="F248" t="s">
         <v>836</v>
       </c>
       <c r="G248" t="s">
         <v>832</v>
       </c>
       <c r="H248" t="s">
-        <v>837</v>
+        <v>29</v>
       </c>
       <c r="I248" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" s="1">
         <v>248</v>
       </c>
       <c r="B249" t="s">
+        <v>837</v>
+      </c>
+      <c r="C249" t="s">
         <v>838</v>
-      </c>
-[...1 lines deleted...]
-        <v>839</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
       <c r="E249" t="s">
         <v>832</v>
       </c>
       <c r="F249" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="G249" t="s">
         <v>832</v>
       </c>
       <c r="H249" t="s">
-        <v>33</v>
+        <v>840</v>
       </c>
       <c r="I249" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" s="1">
         <v>249</v>
       </c>
       <c r="B250" t="s">
         <v>841</v>
       </c>
       <c r="C250" t="s">
         <v>842</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250" t="s">
         <v>832</v>
       </c>
       <c r="F250" t="s">
         <v>843</v>
       </c>
       <c r="G250" t="s">
         <v>832</v>
       </c>
       <c r="H250" t="s">
-        <v>33</v>
+        <v>785</v>
       </c>
       <c r="I250" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" s="1">
         <v>250</v>
       </c>
       <c r="B251" t="s">
         <v>844</v>
       </c>
       <c r="C251" t="s">
         <v>845</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251" t="s">
         <v>846</v>
       </c>
       <c r="F251" t="s">
         <v>847</v>
       </c>
       <c r="G251" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="H251" t="s">
-        <v>122</v>
+        <v>343</v>
       </c>
       <c r="I251" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" s="1">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C252" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D252" t="s">
         <v>11</v>
       </c>
       <c r="E252" t="s">
         <v>846</v>
       </c>
       <c r="F252" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="G252" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
       <c r="H252" t="s">
-        <v>343</v>
+        <v>43</v>
       </c>
       <c r="I252" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" s="1">
         <v>252</v>
       </c>
       <c r="B253" t="s">
         <v>852</v>
       </c>
       <c r="C253" t="s">
         <v>853</v>
       </c>
       <c r="D253" t="s">
         <v>11</v>
       </c>
       <c r="E253" t="s">
         <v>846</v>
       </c>
       <c r="F253" t="s">
         <v>854</v>
       </c>
       <c r="G253" t="s">
         <v>846</v>
       </c>
       <c r="H253" t="s">
-        <v>332</v>
+        <v>43</v>
       </c>
       <c r="I253" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" s="1">
         <v>253</v>
       </c>
       <c r="B254" t="s">
         <v>855</v>
       </c>
       <c r="C254" t="s">
         <v>856</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
       <c r="E254" t="s">
         <v>846</v>
       </c>
       <c r="F254" t="s">
         <v>857</v>
       </c>
       <c r="G254" t="s">
         <v>846</v>
       </c>
       <c r="H254" t="s">
-        <v>47</v>
+        <v>332</v>
       </c>
       <c r="I254" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" s="1">
         <v>254</v>
       </c>
       <c r="B255" t="s">
         <v>858</v>
       </c>
       <c r="C255" t="s">
         <v>859</v>
       </c>
       <c r="D255" t="s">
         <v>11</v>
       </c>
       <c r="E255" t="s">
         <v>846</v>
       </c>
       <c r="F255" t="s">
         <v>860</v>
       </c>
       <c r="G255" t="s">
         <v>846</v>
       </c>
       <c r="H255" t="s">
-        <v>47</v>
+        <v>123</v>
       </c>
       <c r="I255" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" s="1">
         <v>255</v>
       </c>
       <c r="B256" t="s">
         <v>861</v>
       </c>
       <c r="C256" t="s">
         <v>862</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
       <c r="E256" t="s">
         <v>863</v>
       </c>
       <c r="F256" t="s">
         <v>864</v>
       </c>
       <c r="G256" t="s">
         <v>863</v>
       </c>
       <c r="H256" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="I256" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" s="1">
         <v>256</v>
       </c>
       <c r="B257" t="s">
         <v>865</v>
       </c>
       <c r="C257" t="s">
         <v>866</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257" t="s">
         <v>867</v>
       </c>
       <c r="F257" t="s">
         <v>868</v>
       </c>
       <c r="G257" t="s">
         <v>867</v>
       </c>
       <c r="H257" t="s">
-        <v>51</v>
+        <v>123</v>
       </c>
       <c r="I257" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" s="1">
         <v>257</v>
       </c>
       <c r="B258" t="s">
         <v>869</v>
       </c>
       <c r="C258" t="s">
         <v>870</v>
       </c>
       <c r="D258" t="s">
         <v>11</v>
       </c>
       <c r="E258" t="s">
         <v>867</v>
       </c>
       <c r="F258" t="s">
         <v>871</v>
       </c>
       <c r="G258" t="s">
         <v>867</v>
       </c>
       <c r="H258" t="s">
-        <v>122</v>
+        <v>47</v>
       </c>
       <c r="I258" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" s="1">
         <v>258</v>
       </c>
       <c r="B259" t="s">
         <v>872</v>
       </c>
       <c r="C259" t="s">
         <v>873</v>
       </c>
       <c r="D259" t="s">
         <v>11</v>
       </c>
       <c r="E259" t="s">
         <v>867</v>
       </c>
       <c r="F259" t="s">
         <v>874</v>
       </c>
       <c r="G259" t="s">
@@ -17473,225 +17485,225 @@
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" s="1">
         <v>260</v>
       </c>
       <c r="B261" t="s">
         <v>879</v>
       </c>
       <c r="C261" t="s">
         <v>880</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261" t="s">
         <v>877</v>
       </c>
       <c r="F261" t="s">
         <v>881</v>
       </c>
       <c r="G261" t="s">
         <v>877</v>
       </c>
       <c r="H261" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I261" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" s="1">
         <v>261</v>
       </c>
       <c r="B262" t="s">
         <v>882</v>
       </c>
       <c r="C262" t="s">
         <v>883</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262" t="s">
         <v>877</v>
       </c>
       <c r="F262" t="s">
         <v>884</v>
       </c>
       <c r="G262" t="s">
         <v>877</v>
       </c>
       <c r="H262" t="s">
-        <v>20</v>
+        <v>293</v>
       </c>
       <c r="I262" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" s="1">
         <v>262</v>
       </c>
       <c r="B263" t="s">
         <v>885</v>
       </c>
       <c r="C263" t="s">
         <v>886</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263" t="s">
         <v>877</v>
       </c>
       <c r="F263" t="s">
         <v>887</v>
       </c>
       <c r="G263" t="s">
         <v>877</v>
       </c>
       <c r="H263" t="s">
-        <v>369</v>
+        <v>20</v>
       </c>
       <c r="I263" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" s="1">
         <v>263</v>
       </c>
       <c r="B264" t="s">
         <v>888</v>
       </c>
       <c r="C264" t="s">
         <v>889</v>
       </c>
       <c r="D264" t="s">
         <v>11</v>
       </c>
       <c r="E264" t="s">
         <v>877</v>
       </c>
       <c r="F264" t="s">
         <v>890</v>
       </c>
       <c r="G264" t="s">
         <v>877</v>
       </c>
       <c r="H264" t="s">
-        <v>293</v>
+        <v>369</v>
       </c>
       <c r="I264" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" s="1">
         <v>264</v>
       </c>
       <c r="B265" t="s">
         <v>891</v>
       </c>
       <c r="C265" t="s">
         <v>892</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
       <c r="E265" t="s">
         <v>893</v>
       </c>
       <c r="F265" t="s">
         <v>894</v>
       </c>
       <c r="G265" t="s">
         <v>893</v>
       </c>
       <c r="H265" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="I265" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" s="1">
         <v>265</v>
       </c>
       <c r="B266" t="s">
         <v>895</v>
       </c>
       <c r="C266" t="s">
         <v>896</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266" t="s">
         <v>893</v>
       </c>
       <c r="F266" t="s">
         <v>897</v>
       </c>
       <c r="G266" t="s">
         <v>893</v>
       </c>
       <c r="H266" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="I266" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" s="1">
         <v>266</v>
       </c>
       <c r="B267" t="s">
         <v>898</v>
       </c>
       <c r="C267" t="s">
         <v>899</v>
       </c>
       <c r="D267" t="s">
         <v>11</v>
       </c>
       <c r="E267" t="s">
         <v>893</v>
       </c>
       <c r="F267" t="s">
         <v>900</v>
       </c>
       <c r="G267" t="s">
         <v>893</v>
       </c>
       <c r="H267" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="I267" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" s="1">
         <v>267</v>
       </c>
       <c r="B268" t="s">
         <v>901</v>
       </c>
       <c r="C268" t="s">
         <v>902</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268" t="s">
         <v>893</v>
       </c>
       <c r="F268" t="s">
         <v>903</v>
       </c>
       <c r="G268" t="s">
@@ -17705,51 +17717,51 @@
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" s="1">
         <v>268</v>
       </c>
       <c r="B269" t="s">
         <v>904</v>
       </c>
       <c r="C269" t="s">
         <v>905</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269" t="s">
         <v>893</v>
       </c>
       <c r="F269" t="s">
         <v>906</v>
       </c>
       <c r="G269" t="s">
         <v>893</v>
       </c>
       <c r="H269" t="s">
-        <v>238</v>
+        <v>123</v>
       </c>
       <c r="I269" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" s="1">
         <v>269</v>
       </c>
       <c r="B270" t="s">
         <v>907</v>
       </c>
       <c r="C270" t="s">
         <v>908</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270" t="s">
         <v>909</v>
       </c>
       <c r="F270" t="s">
         <v>910</v>
       </c>
       <c r="G270" t="s">
@@ -17763,80 +17775,80 @@
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" s="1">
         <v>270</v>
       </c>
       <c r="B271" t="s">
         <v>911</v>
       </c>
       <c r="C271" t="s">
         <v>912</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271" t="s">
         <v>909</v>
       </c>
       <c r="F271" t="s">
         <v>913</v>
       </c>
       <c r="G271" t="s">
         <v>909</v>
       </c>
       <c r="H271" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I271" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" s="1">
         <v>271</v>
       </c>
       <c r="B272" t="s">
         <v>914</v>
       </c>
       <c r="C272" t="s">
         <v>915</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272" t="s">
         <v>916</v>
       </c>
       <c r="F272" t="s">
         <v>917</v>
       </c>
       <c r="G272" t="s">
         <v>916</v>
       </c>
       <c r="H272" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I272" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" s="1">
         <v>272</v>
       </c>
       <c r="B273" t="s">
         <v>918</v>
       </c>
       <c r="C273" t="s">
         <v>919</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273" t="s">
         <v>920</v>
       </c>
       <c r="F273" t="s">
         <v>921</v>
       </c>
       <c r="G273" t="s">
@@ -17879,80 +17891,80 @@
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" s="1">
         <v>274</v>
       </c>
       <c r="B275" t="s">
         <v>927</v>
       </c>
       <c r="C275" t="s">
         <v>928</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275" t="s">
         <v>929</v>
       </c>
       <c r="F275" t="s">
         <v>930</v>
       </c>
       <c r="G275" t="s">
         <v>929</v>
       </c>
       <c r="H275" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I275" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" s="1">
         <v>275</v>
       </c>
       <c r="B276" t="s">
         <v>931</v>
       </c>
       <c r="C276" t="s">
         <v>932</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
       <c r="E276" t="s">
         <v>933</v>
       </c>
       <c r="F276" t="s">
         <v>934</v>
       </c>
       <c r="G276" t="s">
         <v>933</v>
       </c>
       <c r="H276" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I276" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" s="1">
         <v>276</v>
       </c>
       <c r="B277" t="s">
         <v>935</v>
       </c>
       <c r="C277" t="s">
         <v>936</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
       <c r="E277" t="s">
         <v>937</v>
       </c>
       <c r="F277" t="s">
         <v>938</v>
       </c>
       <c r="G277" t="s">
@@ -17979,93 +17991,93 @@
         <v>11</v>
       </c>
       <c r="E278" t="s">
         <v>941</v>
       </c>
       <c r="F278" t="s">
         <v>942</v>
       </c>
       <c r="G278" t="s">
         <v>941</v>
       </c>
       <c r="H278" t="s">
         <v>943</v>
       </c>
       <c r="I278" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" s="1">
         <v>278</v>
       </c>
       <c r="B279" t="s">
         <v>944</v>
       </c>
+      <c r="C279" t="s">
+        <v>945</v>
+      </c>
       <c r="D279" t="s">
         <v>11</v>
       </c>
       <c r="E279" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="F279" t="s">
+        <v>947</v>
+      </c>
+      <c r="G279" t="s">
         <v>946</v>
       </c>
-      <c r="G279" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H279" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="I279" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" s="1">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>948</v>
-[...1 lines deleted...]
-      <c r="C280" t="s">
         <v>949</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="F280" t="s">
         <v>950</v>
       </c>
       <c r="G280" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="H280" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="I280" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" s="1">
         <v>280</v>
       </c>
       <c r="B281" t="s">
         <v>951</v>
       </c>
       <c r="C281" t="s">
         <v>952</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281" t="s">
         <v>953</v>
       </c>
       <c r="F281" t="s">
         <v>954</v>
       </c>
       <c r="G281" t="s">
@@ -18166,541 +18178,541 @@
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" s="1">
         <v>284</v>
       </c>
       <c r="B285" t="s">
         <v>966</v>
       </c>
       <c r="C285" t="s">
         <v>967</v>
       </c>
       <c r="D285" t="s">
         <v>11</v>
       </c>
       <c r="E285" t="s">
         <v>968</v>
       </c>
       <c r="F285" t="s">
         <v>969</v>
       </c>
       <c r="G285" t="s">
         <v>968</v>
       </c>
       <c r="H285" t="s">
-        <v>770</v>
+        <v>29</v>
       </c>
       <c r="I285" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" s="1">
         <v>285</v>
       </c>
       <c r="B286" t="s">
         <v>970</v>
       </c>
       <c r="C286" t="s">
         <v>971</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286" t="s">
         <v>968</v>
       </c>
       <c r="F286" t="s">
         <v>972</v>
       </c>
       <c r="G286" t="s">
         <v>968</v>
       </c>
       <c r="H286" t="s">
-        <v>238</v>
+        <v>29</v>
       </c>
       <c r="I286" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" s="1">
         <v>286</v>
       </c>
       <c r="B287" t="s">
         <v>973</v>
       </c>
       <c r="C287" t="s">
         <v>974</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287" t="s">
         <v>968</v>
       </c>
       <c r="F287" t="s">
         <v>975</v>
       </c>
       <c r="G287" t="s">
         <v>968</v>
       </c>
       <c r="H287" t="s">
-        <v>33</v>
+        <v>768</v>
       </c>
       <c r="I287" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" s="1">
         <v>287</v>
       </c>
       <c r="B288" t="s">
         <v>976</v>
       </c>
+      <c r="C288" t="s">
+        <v>977</v>
+      </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
       <c r="E288" t="s">
         <v>968</v>
       </c>
       <c r="F288" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="G288" t="s">
         <v>968</v>
       </c>
       <c r="H288" t="s">
-        <v>78</v>
+        <v>29</v>
       </c>
       <c r="I288" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" s="1">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C289" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
       <c r="E289" t="s">
         <v>968</v>
       </c>
       <c r="F289" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="G289" t="s">
         <v>968</v>
       </c>
       <c r="H289" t="s">
-        <v>33</v>
+        <v>238</v>
       </c>
       <c r="I289" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" s="1">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>981</v>
-[...1 lines deleted...]
-      <c r="C290" t="s">
         <v>982</v>
       </c>
       <c r="D290" t="s">
         <v>11</v>
       </c>
       <c r="E290" t="s">
         <v>968</v>
       </c>
       <c r="F290" t="s">
         <v>983</v>
       </c>
       <c r="G290" t="s">
         <v>968</v>
       </c>
       <c r="H290" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="I290" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" s="1">
         <v>290</v>
       </c>
       <c r="B291" t="s">
         <v>984</v>
       </c>
       <c r="C291" t="s">
         <v>985</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
       <c r="E291" t="s">
         <v>986</v>
       </c>
       <c r="F291" t="s">
         <v>987</v>
       </c>
       <c r="G291" t="s">
         <v>986</v>
       </c>
       <c r="H291" t="s">
-        <v>20</v>
+        <v>267</v>
       </c>
       <c r="I291" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" s="1">
         <v>291</v>
       </c>
       <c r="B292" t="s">
         <v>988</v>
       </c>
       <c r="C292" t="s">
         <v>989</v>
       </c>
       <c r="D292" t="s">
         <v>11</v>
       </c>
       <c r="E292" t="s">
         <v>986</v>
       </c>
       <c r="F292" t="s">
         <v>990</v>
       </c>
       <c r="G292" t="s">
         <v>986</v>
       </c>
       <c r="H292" t="s">
-        <v>293</v>
+        <v>20</v>
       </c>
       <c r="I292" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" s="1">
         <v>292</v>
       </c>
       <c r="B293" t="s">
         <v>991</v>
       </c>
       <c r="C293" t="s">
-        <v>67</v>
+        <v>992</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
       <c r="E293" t="s">
         <v>986</v>
       </c>
       <c r="F293" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="G293" t="s">
         <v>986</v>
       </c>
       <c r="H293" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="I293" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" s="1">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C294" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D294" t="s">
         <v>11</v>
       </c>
       <c r="E294" t="s">
         <v>986</v>
       </c>
       <c r="F294" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="G294" t="s">
         <v>986</v>
       </c>
       <c r="H294" t="s">
-        <v>238</v>
+        <v>29</v>
       </c>
       <c r="I294" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" s="1">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C295" t="s">
-        <v>997</v>
+        <v>67</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
       <c r="E295" t="s">
         <v>986</v>
       </c>
       <c r="F295" t="s">
         <v>998</v>
       </c>
       <c r="G295" t="s">
         <v>986</v>
       </c>
       <c r="H295" t="s">
-        <v>770</v>
+        <v>70</v>
       </c>
       <c r="I295" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" s="1">
         <v>295</v>
       </c>
       <c r="B296" t="s">
         <v>999</v>
       </c>
       <c r="C296" t="s">
         <v>1000</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
       <c r="E296" t="s">
         <v>986</v>
       </c>
       <c r="F296" t="s">
         <v>1001</v>
       </c>
       <c r="G296" t="s">
         <v>986</v>
       </c>
       <c r="H296" t="s">
-        <v>51</v>
+        <v>343</v>
       </c>
       <c r="I296" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" s="1">
         <v>296</v>
       </c>
       <c r="B297" t="s">
         <v>1002</v>
       </c>
       <c r="C297" t="s">
         <v>1003</v>
       </c>
       <c r="D297" t="s">
         <v>11</v>
       </c>
       <c r="E297" t="s">
         <v>986</v>
       </c>
       <c r="F297" t="s">
         <v>1004</v>
       </c>
       <c r="G297" t="s">
         <v>986</v>
       </c>
       <c r="H297" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="I297" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" s="1">
         <v>297</v>
       </c>
       <c r="B298" t="s">
         <v>1005</v>
       </c>
       <c r="C298" t="s">
         <v>1006</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
       <c r="E298" t="s">
         <v>986</v>
       </c>
       <c r="F298" t="s">
         <v>1007</v>
       </c>
       <c r="G298" t="s">
         <v>986</v>
       </c>
       <c r="H298" t="s">
-        <v>343</v>
+        <v>768</v>
       </c>
       <c r="I298" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" s="1">
         <v>298</v>
       </c>
       <c r="B299" t="s">
         <v>1008</v>
       </c>
       <c r="C299" t="s">
         <v>1009</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299" t="s">
         <v>986</v>
       </c>
       <c r="F299" t="s">
         <v>1010</v>
       </c>
       <c r="G299" t="s">
         <v>986</v>
       </c>
       <c r="H299" t="s">
-        <v>343</v>
+        <v>238</v>
       </c>
       <c r="I299" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" s="1">
         <v>299</v>
       </c>
       <c r="B300" t="s">
         <v>1011</v>
       </c>
       <c r="C300" t="s">
         <v>1012</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300" t="s">
         <v>986</v>
       </c>
       <c r="F300" t="s">
         <v>1013</v>
       </c>
       <c r="G300" t="s">
         <v>986</v>
       </c>
       <c r="H300" t="s">
-        <v>267</v>
+        <v>47</v>
       </c>
       <c r="I300" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" s="1">
         <v>300</v>
       </c>
       <c r="B301" t="s">
         <v>1014</v>
       </c>
       <c r="C301" t="s">
         <v>1015</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
       <c r="E301" t="s">
         <v>986</v>
       </c>
       <c r="F301" t="s">
         <v>1016</v>
       </c>
       <c r="G301" t="s">
         <v>986</v>
       </c>
       <c r="H301" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="I301" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" s="1">
         <v>301</v>
       </c>
       <c r="B302" t="s">
         <v>1017</v>
       </c>
       <c r="C302" t="s">
         <v>1018</v>
       </c>
       <c r="D302" t="s">
         <v>11</v>
       </c>
       <c r="E302" t="s">
         <v>986</v>
       </c>
       <c r="F302" t="s">
         <v>1019</v>
       </c>
       <c r="G302" t="s">
         <v>986</v>
       </c>
       <c r="H302" t="s">
-        <v>293</v>
+        <v>20</v>
       </c>
       <c r="I302" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" s="1">
         <v>302</v>
       </c>
       <c r="B303" t="s">
         <v>1020</v>
       </c>
       <c r="C303" t="s">
         <v>1021</v>
       </c>
       <c r="D303" t="s">
         <v>11</v>
       </c>
       <c r="E303" t="s">
         <v>986</v>
       </c>
       <c r="F303" t="s">
         <v>1022</v>
       </c>
       <c r="G303" t="s">
@@ -18714,486 +18726,486 @@
       </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" s="1">
         <v>303</v>
       </c>
       <c r="B304" t="s">
         <v>1023</v>
       </c>
       <c r="C304" t="s">
         <v>1024</v>
       </c>
       <c r="D304" t="s">
         <v>11</v>
       </c>
       <c r="E304" t="s">
         <v>986</v>
       </c>
       <c r="F304" t="s">
         <v>1025</v>
       </c>
       <c r="G304" t="s">
         <v>986</v>
       </c>
       <c r="H304" t="s">
-        <v>238</v>
+        <v>293</v>
       </c>
       <c r="I304" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" s="1">
         <v>304</v>
       </c>
       <c r="B305" t="s">
         <v>1026</v>
       </c>
       <c r="C305" t="s">
         <v>1027</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305" t="s">
         <v>986</v>
       </c>
       <c r="F305" t="s">
         <v>1028</v>
       </c>
       <c r="G305" t="s">
         <v>986</v>
       </c>
       <c r="H305" t="s">
-        <v>20</v>
+        <v>293</v>
       </c>
       <c r="I305" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" s="1">
         <v>305</v>
       </c>
       <c r="B306" t="s">
         <v>1029</v>
       </c>
       <c r="C306" t="s">
         <v>1030</v>
       </c>
       <c r="D306" t="s">
         <v>11</v>
       </c>
       <c r="E306" t="s">
         <v>1031</v>
       </c>
       <c r="F306" t="s">
         <v>1032</v>
       </c>
       <c r="G306" t="s">
         <v>1031</v>
       </c>
       <c r="H306" t="s">
-        <v>78</v>
+        <v>293</v>
       </c>
       <c r="I306" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" s="1">
         <v>306</v>
       </c>
       <c r="B307" t="s">
         <v>1033</v>
       </c>
       <c r="C307" t="s">
         <v>1034</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307" t="s">
         <v>1031</v>
       </c>
       <c r="F307" t="s">
         <v>1035</v>
       </c>
       <c r="G307" t="s">
         <v>1031</v>
       </c>
       <c r="H307" t="s">
-        <v>1036</v>
+        <v>43</v>
       </c>
       <c r="I307" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" s="1">
         <v>307</v>
       </c>
       <c r="B308" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C308" t="s">
         <v>1037</v>
-      </c>
-[...1 lines deleted...]
-        <v>1038</v>
       </c>
       <c r="D308" t="s">
         <v>11</v>
       </c>
       <c r="E308" t="s">
         <v>1031</v>
       </c>
       <c r="F308" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="G308" t="s">
         <v>1031</v>
       </c>
       <c r="H308" t="s">
-        <v>33</v>
+        <v>369</v>
       </c>
       <c r="I308" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" s="1">
         <v>308</v>
       </c>
       <c r="B309" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C309" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="D309" t="s">
         <v>11</v>
       </c>
       <c r="E309" t="s">
         <v>1031</v>
       </c>
       <c r="F309" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="G309" t="s">
         <v>1031</v>
       </c>
       <c r="H309" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="I309" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" s="1">
         <v>309</v>
       </c>
       <c r="B310" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C310" t="s">
         <v>1043</v>
-      </c>
-[...1 lines deleted...]
-        <v>1044</v>
       </c>
       <c r="D310" t="s">
         <v>11</v>
       </c>
       <c r="E310" t="s">
         <v>1031</v>
       </c>
       <c r="F310" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
       <c r="G310" t="s">
         <v>1031</v>
       </c>
       <c r="H310" t="s">
-        <v>267</v>
+        <v>20</v>
       </c>
       <c r="I310" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" s="1">
         <v>310</v>
       </c>
       <c r="B311" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C311" t="s">
         <v>1046</v>
-      </c>
-[...1 lines deleted...]
-        <v>1047</v>
       </c>
       <c r="D311" t="s">
         <v>11</v>
       </c>
       <c r="E311" t="s">
         <v>1031</v>
       </c>
       <c r="F311" t="s">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="G311" t="s">
         <v>1031</v>
       </c>
       <c r="H311" t="s">
-        <v>293</v>
+        <v>78</v>
       </c>
       <c r="I311" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" s="1">
         <v>311</v>
       </c>
       <c r="B312" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C312" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="D312" t="s">
         <v>11</v>
       </c>
       <c r="E312" t="s">
         <v>1031</v>
       </c>
       <c r="F312" t="s">
-        <v>1051</v>
+        <v>1050</v>
       </c>
       <c r="G312" t="s">
         <v>1031</v>
       </c>
       <c r="H312" t="s">
         <v>33</v>
       </c>
       <c r="I312" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" s="1">
         <v>312</v>
       </c>
       <c r="B313" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C313" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="D313" t="s">
         <v>11</v>
       </c>
       <c r="E313" t="s">
         <v>1031</v>
       </c>
       <c r="F313" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
       <c r="G313" t="s">
         <v>1031</v>
       </c>
       <c r="H313" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="I313" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" s="1">
         <v>313</v>
       </c>
       <c r="B314" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C314" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056</v>
       </c>
       <c r="D314" t="s">
         <v>11</v>
       </c>
       <c r="E314" t="s">
         <v>1031</v>
       </c>
       <c r="F314" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="G314" t="s">
         <v>1031</v>
       </c>
       <c r="H314" t="s">
-        <v>37</v>
+        <v>267</v>
       </c>
       <c r="I314" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" s="1">
         <v>314</v>
       </c>
       <c r="B315" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C315" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>1059</v>
       </c>
       <c r="D315" t="s">
         <v>11</v>
       </c>
       <c r="E315" t="s">
         <v>1031</v>
       </c>
       <c r="F315" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="G315" t="s">
         <v>1031</v>
       </c>
       <c r="H315" t="s">
-        <v>369</v>
+        <v>20</v>
       </c>
       <c r="I315" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" s="1">
         <v>315</v>
       </c>
       <c r="B316" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C316" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="D316" t="s">
         <v>11</v>
       </c>
       <c r="E316" t="s">
         <v>1031</v>
       </c>
       <c r="F316" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="G316" t="s">
         <v>1031</v>
       </c>
       <c r="H316" t="s">
-        <v>78</v>
+        <v>29</v>
       </c>
       <c r="I316" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" s="1">
         <v>316</v>
       </c>
       <c r="B317" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C317" t="s">
         <v>1064</v>
-      </c>
-[...1 lines deleted...]
-        <v>1065</v>
       </c>
       <c r="D317" t="s">
         <v>11</v>
       </c>
       <c r="E317" t="s">
         <v>1031</v>
       </c>
       <c r="F317" t="s">
-        <v>1066</v>
+        <v>1065</v>
       </c>
       <c r="G317" t="s">
         <v>1031</v>
       </c>
       <c r="H317" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="I317" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" s="1">
         <v>317</v>
       </c>
       <c r="B318" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C318" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
       <c r="D318" t="s">
         <v>11</v>
       </c>
       <c r="E318" t="s">
         <v>1031</v>
       </c>
       <c r="F318" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="G318" t="s">
         <v>1031</v>
       </c>
       <c r="H318" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="I318" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" s="1">
         <v>318</v>
       </c>
       <c r="B319" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C319" t="s">
         <v>1070</v>
-      </c>
-[...1 lines deleted...]
-        <v>1071</v>
       </c>
       <c r="D319" t="s">
         <v>11</v>
       </c>
       <c r="E319" t="s">
         <v>1031</v>
       </c>
       <c r="F319" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
       <c r="G319" t="s">
         <v>1031</v>
       </c>
       <c r="H319" t="s">
-        <v>20</v>
+        <v>1072</v>
       </c>
       <c r="I319" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" s="1">
         <v>319</v>
       </c>
       <c r="B320" t="s">
         <v>1073</v>
       </c>
       <c r="C320" t="s">
         <v>1074</v>
       </c>
       <c r="D320" t="s">
         <v>11</v>
       </c>
       <c r="E320" t="s">
         <v>1031</v>
       </c>
       <c r="F320" t="s">
         <v>1075</v>
       </c>
       <c r="G320" t="s">
@@ -19207,776 +19219,776 @@
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" s="1">
         <v>320</v>
       </c>
       <c r="B321" t="s">
         <v>1076</v>
       </c>
       <c r="C321" t="s">
         <v>1077</v>
       </c>
       <c r="D321" t="s">
         <v>11</v>
       </c>
       <c r="E321" t="s">
         <v>1078</v>
       </c>
       <c r="F321" t="s">
         <v>1079</v>
       </c>
       <c r="G321" t="s">
         <v>1078</v>
       </c>
       <c r="H321" t="s">
-        <v>293</v>
+        <v>29</v>
       </c>
       <c r="I321" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" s="1">
         <v>321</v>
       </c>
       <c r="B322" t="s">
         <v>1080</v>
       </c>
       <c r="C322" t="s">
         <v>1081</v>
       </c>
       <c r="D322" t="s">
         <v>11</v>
       </c>
       <c r="E322" t="s">
         <v>1078</v>
       </c>
       <c r="F322" t="s">
         <v>1082</v>
       </c>
       <c r="G322" t="s">
         <v>1078</v>
       </c>
       <c r="H322" t="s">
-        <v>47</v>
+        <v>576</v>
       </c>
       <c r="I322" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" s="1">
         <v>322</v>
       </c>
       <c r="B323" t="s">
         <v>1083</v>
       </c>
       <c r="C323" t="s">
         <v>1084</v>
       </c>
       <c r="D323" t="s">
         <v>11</v>
       </c>
       <c r="E323" t="s">
         <v>1078</v>
       </c>
       <c r="F323" t="s">
         <v>1085</v>
       </c>
       <c r="G323" t="s">
         <v>1078</v>
       </c>
       <c r="H323" t="s">
-        <v>29</v>
+        <v>369</v>
       </c>
       <c r="I323" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" s="1">
         <v>323</v>
       </c>
       <c r="B324" t="s">
         <v>1086</v>
       </c>
       <c r="C324" t="s">
         <v>1087</v>
       </c>
       <c r="D324" t="s">
         <v>11</v>
       </c>
       <c r="E324" t="s">
         <v>1078</v>
       </c>
       <c r="F324" t="s">
         <v>1088</v>
       </c>
       <c r="G324" t="s">
         <v>1078</v>
       </c>
       <c r="H324" t="s">
-        <v>770</v>
+        <v>51</v>
       </c>
       <c r="I324" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" s="1">
         <v>324</v>
       </c>
       <c r="B325" t="s">
         <v>1089</v>
       </c>
       <c r="C325" t="s">
         <v>1090</v>
       </c>
       <c r="D325" t="s">
         <v>11</v>
       </c>
       <c r="E325" t="s">
         <v>1078</v>
       </c>
       <c r="F325" t="s">
         <v>1091</v>
       </c>
       <c r="G325" t="s">
         <v>1078</v>
       </c>
       <c r="H325" t="s">
-        <v>20</v>
+        <v>768</v>
       </c>
       <c r="I325" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" s="1">
         <v>325</v>
       </c>
       <c r="B326" t="s">
         <v>1092</v>
       </c>
       <c r="C326" t="s">
         <v>1093</v>
       </c>
       <c r="D326" t="s">
         <v>11</v>
       </c>
       <c r="E326" t="s">
         <v>1078</v>
       </c>
       <c r="F326" t="s">
         <v>1094</v>
       </c>
       <c r="G326" t="s">
         <v>1078</v>
       </c>
       <c r="H326" t="s">
-        <v>1095</v>
+        <v>43</v>
       </c>
       <c r="I326" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" s="1">
         <v>326</v>
       </c>
       <c r="B327" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C327" t="s">
         <v>1096</v>
-      </c>
-[...1 lines deleted...]
-        <v>1097</v>
       </c>
       <c r="D327" t="s">
         <v>11</v>
       </c>
       <c r="E327" t="s">
         <v>1078</v>
       </c>
       <c r="F327" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="G327" t="s">
         <v>1078</v>
       </c>
       <c r="H327" t="s">
-        <v>1099</v>
+        <v>29</v>
       </c>
       <c r="I327" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" s="1">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>1100</v>
+        <v>1098</v>
       </c>
       <c r="C328" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="D328" t="s">
         <v>11</v>
       </c>
       <c r="E328" t="s">
         <v>1078</v>
       </c>
       <c r="F328" t="s">
-        <v>1102</v>
+        <v>1100</v>
       </c>
       <c r="G328" t="s">
         <v>1078</v>
       </c>
       <c r="H328" t="s">
-        <v>369</v>
+        <v>70</v>
       </c>
       <c r="I328" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" s="1">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
       <c r="C329" t="s">
-        <v>627</v>
+        <v>1084</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" t="s">
         <v>1078</v>
       </c>
       <c r="F329" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="G329" t="s">
         <v>1078</v>
       </c>
       <c r="H329" t="s">
-        <v>78</v>
+        <v>369</v>
       </c>
       <c r="I329" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" s="1">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
       <c r="C330" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" t="s">
         <v>1078</v>
       </c>
       <c r="F330" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="G330" t="s">
         <v>1078</v>
       </c>
       <c r="H330" t="s">
-        <v>70</v>
+        <v>1106</v>
       </c>
       <c r="I330" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" s="1">
         <v>330</v>
       </c>
       <c r="B331" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C331" t="s">
         <v>1108</v>
-      </c>
-[...1 lines deleted...]
-        <v>1101</v>
       </c>
       <c r="D331" t="s">
         <v>11</v>
       </c>
       <c r="E331" t="s">
         <v>1078</v>
       </c>
       <c r="F331" t="s">
         <v>1109</v>
       </c>
       <c r="G331" t="s">
         <v>1078</v>
       </c>
       <c r="H331" t="s">
-        <v>369</v>
+        <v>20</v>
       </c>
       <c r="I331" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" s="1">
         <v>331</v>
       </c>
       <c r="B332" t="s">
         <v>1110</v>
       </c>
       <c r="C332" t="s">
         <v>1111</v>
       </c>
       <c r="D332" t="s">
         <v>11</v>
       </c>
       <c r="E332" t="s">
         <v>1078</v>
       </c>
       <c r="F332" t="s">
         <v>1112</v>
       </c>
       <c r="G332" t="s">
         <v>1078</v>
       </c>
       <c r="H332" t="s">
-        <v>576</v>
+        <v>78</v>
       </c>
       <c r="I332" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" s="1">
         <v>332</v>
       </c>
       <c r="B333" t="s">
         <v>1113</v>
       </c>
       <c r="C333" t="s">
-        <v>1114</v>
+        <v>606</v>
       </c>
       <c r="D333" t="s">
         <v>11</v>
       </c>
       <c r="E333" t="s">
         <v>1078</v>
       </c>
       <c r="F333" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="G333" t="s">
         <v>1078</v>
       </c>
       <c r="H333" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="I333" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" s="1">
         <v>333</v>
       </c>
       <c r="B334" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C334" t="s">
         <v>1116</v>
-      </c>
-[...1 lines deleted...]
-        <v>1117</v>
       </c>
       <c r="D334" t="s">
         <v>11</v>
       </c>
       <c r="E334" t="s">
         <v>1078</v>
       </c>
       <c r="F334" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="G334" t="s">
         <v>1078</v>
       </c>
       <c r="H334" t="s">
-        <v>1119</v>
+        <v>199</v>
       </c>
       <c r="I334" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" s="1">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="C335" t="s">
-        <v>1121</v>
+        <v>1119</v>
       </c>
       <c r="D335" t="s">
         <v>11</v>
       </c>
       <c r="E335" t="s">
         <v>1078</v>
       </c>
       <c r="F335" t="s">
-        <v>1122</v>
+        <v>1120</v>
       </c>
       <c r="G335" t="s">
         <v>1078</v>
       </c>
       <c r="H335" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="I335" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" s="1">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>1123</v>
+        <v>1121</v>
       </c>
       <c r="C336" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="D336" t="s">
         <v>11</v>
       </c>
       <c r="E336" t="s">
         <v>1078</v>
       </c>
       <c r="F336" t="s">
-        <v>1125</v>
+        <v>1123</v>
       </c>
       <c r="G336" t="s">
         <v>1078</v>
       </c>
       <c r="H336" t="s">
-        <v>199</v>
+        <v>20</v>
       </c>
       <c r="I336" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" s="1">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>1126</v>
+        <v>1124</v>
       </c>
       <c r="C337" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="D337" t="s">
         <v>11</v>
       </c>
       <c r="E337" t="s">
         <v>1078</v>
       </c>
       <c r="F337" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="G337" t="s">
         <v>1078</v>
       </c>
       <c r="H337" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="I337" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" s="1">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="C338" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
       <c r="D338" t="s">
         <v>11</v>
       </c>
       <c r="E338" t="s">
         <v>1078</v>
       </c>
       <c r="F338" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="G338" t="s">
         <v>1078</v>
       </c>
       <c r="H338" t="s">
-        <v>47</v>
+        <v>1130</v>
       </c>
       <c r="I338" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" s="1">
         <v>338</v>
       </c>
       <c r="B339" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C339" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="D339" t="s">
         <v>11</v>
       </c>
       <c r="E339" t="s">
         <v>1078</v>
       </c>
       <c r="F339" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="G339" t="s">
         <v>1078</v>
       </c>
       <c r="H339" t="s">
-        <v>837</v>
+        <v>70</v>
       </c>
       <c r="I339" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" s="1">
         <v>339</v>
       </c>
       <c r="B340" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C340" t="s">
         <v>1135</v>
-      </c>
-[...1 lines deleted...]
-        <v>1136</v>
       </c>
       <c r="D340" t="s">
         <v>11</v>
       </c>
       <c r="E340" t="s">
         <v>1078</v>
       </c>
       <c r="F340" t="s">
-        <v>1137</v>
+        <v>1136</v>
       </c>
       <c r="G340" t="s">
         <v>1078</v>
       </c>
       <c r="H340" t="s">
-        <v>20</v>
+        <v>1137</v>
       </c>
       <c r="I340" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" s="1">
         <v>340</v>
       </c>
       <c r="B341" t="s">
         <v>1138</v>
       </c>
       <c r="C341" t="s">
         <v>1139</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341" t="s">
         <v>1078</v>
       </c>
       <c r="F341" t="s">
         <v>1140</v>
       </c>
       <c r="G341" t="s">
         <v>1078</v>
       </c>
       <c r="H341" t="s">
-        <v>1141</v>
+        <v>1137</v>
       </c>
       <c r="I341" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" s="1">
         <v>341</v>
       </c>
       <c r="B342" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C342" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342" t="s">
         <v>1078</v>
       </c>
       <c r="F342" t="s">
-        <v>1144</v>
+        <v>1143</v>
       </c>
       <c r="G342" t="s">
         <v>1078</v>
       </c>
       <c r="H342" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I342" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" s="1">
         <v>342</v>
       </c>
       <c r="B343" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C343" t="s">
         <v>1145</v>
-      </c>
-[...1 lines deleted...]
-        <v>1146</v>
       </c>
       <c r="D343" t="s">
         <v>11</v>
       </c>
       <c r="E343" t="s">
         <v>1078</v>
       </c>
       <c r="F343" t="s">
-        <v>1147</v>
+        <v>1146</v>
       </c>
       <c r="G343" t="s">
         <v>1078</v>
       </c>
       <c r="H343" t="s">
-        <v>837</v>
+        <v>336</v>
       </c>
       <c r="I343" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" s="1">
         <v>343</v>
       </c>
       <c r="B344" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C344" t="s">
         <v>1148</v>
-      </c>
-[...1 lines deleted...]
-        <v>1149</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344" t="s">
         <v>1078</v>
       </c>
       <c r="F344" t="s">
-        <v>1150</v>
+        <v>1149</v>
       </c>
       <c r="G344" t="s">
         <v>1078</v>
       </c>
       <c r="H344" t="s">
-        <v>33</v>
+        <v>1150</v>
       </c>
       <c r="I344" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" s="1">
         <v>344</v>
       </c>
       <c r="B345" t="s">
         <v>1151</v>
       </c>
       <c r="C345" t="s">
         <v>1152</v>
       </c>
       <c r="D345" t="s">
         <v>11</v>
       </c>
       <c r="E345" t="s">
         <v>1078</v>
       </c>
       <c r="F345" t="s">
         <v>1153</v>
       </c>
       <c r="G345" t="s">
         <v>1078</v>
       </c>
       <c r="H345" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="I345" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" s="1">
         <v>345</v>
       </c>
       <c r="B346" t="s">
         <v>1154</v>
       </c>
       <c r="C346" t="s">
         <v>1155</v>
       </c>
       <c r="D346" t="s">
         <v>11</v>
       </c>
       <c r="E346" t="s">
         <v>1078</v>
       </c>
       <c r="F346" t="s">
         <v>1156</v>
       </c>
       <c r="G346" t="s">
         <v>1078</v>
       </c>
       <c r="H346" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="I346" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" s="1">
         <v>346</v>
       </c>
       <c r="B347" t="s">
         <v>1157</v>
       </c>
       <c r="C347" t="s">
         <v>1158</v>
       </c>
       <c r="D347" t="s">
         <v>11</v>
       </c>
       <c r="E347" t="s">
         <v>1078</v>
       </c>
       <c r="F347" t="s">
         <v>1159</v>
       </c>
       <c r="G347" t="s">
@@ -19990,167 +20002,167 @@
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" s="1">
         <v>347</v>
       </c>
       <c r="B348" t="s">
         <v>1161</v>
       </c>
       <c r="C348" t="s">
         <v>1162</v>
       </c>
       <c r="D348" t="s">
         <v>11</v>
       </c>
       <c r="E348" t="s">
         <v>1078</v>
       </c>
       <c r="F348" t="s">
         <v>1163</v>
       </c>
       <c r="G348" t="s">
         <v>1078</v>
       </c>
       <c r="H348" t="s">
-        <v>37</v>
+        <v>293</v>
       </c>
       <c r="I348" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" s="1">
         <v>348</v>
       </c>
       <c r="B349" t="s">
         <v>1164</v>
       </c>
       <c r="C349" t="s">
         <v>1165</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349" t="s">
         <v>1078</v>
       </c>
       <c r="F349" t="s">
         <v>1166</v>
       </c>
       <c r="G349" t="s">
         <v>1078</v>
       </c>
       <c r="H349" t="s">
-        <v>336</v>
+        <v>33</v>
       </c>
       <c r="I349" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" s="1">
         <v>349</v>
       </c>
       <c r="B350" t="s">
         <v>1167</v>
       </c>
       <c r="C350" t="s">
         <v>1168</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350" t="s">
         <v>1078</v>
       </c>
       <c r="F350" t="s">
         <v>1169</v>
       </c>
       <c r="G350" t="s">
         <v>1078</v>
       </c>
       <c r="H350" t="s">
-        <v>1160</v>
+        <v>840</v>
       </c>
       <c r="I350" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" s="1">
         <v>350</v>
       </c>
       <c r="B351" t="s">
         <v>1170</v>
       </c>
       <c r="C351" t="s">
         <v>1171</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351" t="s">
         <v>1078</v>
       </c>
       <c r="F351" t="s">
         <v>1172</v>
       </c>
       <c r="G351" t="s">
         <v>1078</v>
       </c>
       <c r="H351" t="s">
-        <v>33</v>
+        <v>840</v>
       </c>
       <c r="I351" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" s="1">
         <v>351</v>
       </c>
       <c r="B352" t="s">
         <v>1173</v>
       </c>
       <c r="C352" t="s">
         <v>1174</v>
       </c>
       <c r="D352" t="s">
         <v>11</v>
       </c>
       <c r="E352" t="s">
         <v>1078</v>
       </c>
       <c r="F352" t="s">
         <v>1175</v>
       </c>
       <c r="G352" t="s">
         <v>1078</v>
       </c>
       <c r="H352" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="I352" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" s="1">
         <v>352</v>
       </c>
       <c r="B353" t="s">
         <v>1176</v>
       </c>
       <c r="C353" t="s">
         <v>1177</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353" t="s">
         <v>1078</v>
       </c>
       <c r="F353" t="s">
         <v>1178</v>
       </c>
       <c r="G353" t="s">
@@ -20164,1443 +20176,1443 @@
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" s="1">
         <v>353</v>
       </c>
       <c r="B354" t="s">
         <v>1180</v>
       </c>
       <c r="C354" t="s">
         <v>1181</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354" t="s">
         <v>1182</v>
       </c>
       <c r="F354" t="s">
         <v>1183</v>
       </c>
       <c r="G354" t="s">
         <v>1182</v>
       </c>
       <c r="H354" t="s">
-        <v>293</v>
+        <v>47</v>
       </c>
       <c r="I354" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" s="1">
         <v>354</v>
       </c>
       <c r="B355" t="s">
         <v>1184</v>
       </c>
       <c r="C355" t="s">
         <v>1185</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355" t="s">
         <v>1182</v>
       </c>
       <c r="F355" t="s">
         <v>1186</v>
       </c>
       <c r="G355" t="s">
         <v>1182</v>
       </c>
       <c r="H355" t="s">
-        <v>1187</v>
+        <v>454</v>
       </c>
       <c r="I355" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" s="1">
         <v>355</v>
       </c>
       <c r="B356" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C356" t="s">
         <v>1188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1189</v>
       </c>
       <c r="D356" t="s">
         <v>11</v>
       </c>
       <c r="E356" t="s">
         <v>1182</v>
       </c>
       <c r="F356" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="G356" t="s">
         <v>1182</v>
       </c>
       <c r="H356" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="I356" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" s="1">
         <v>356</v>
       </c>
       <c r="B357" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C357" t="s">
         <v>1191</v>
-      </c>
-[...1 lines deleted...]
-        <v>1192</v>
       </c>
       <c r="D357" t="s">
         <v>11</v>
       </c>
       <c r="E357" t="s">
         <v>1182</v>
       </c>
       <c r="F357" t="s">
-        <v>1193</v>
+        <v>1192</v>
       </c>
       <c r="G357" t="s">
         <v>1182</v>
       </c>
       <c r="H357" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="I357" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" s="1">
         <v>357</v>
       </c>
       <c r="B358" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C358" t="s">
         <v>1194</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
       <c r="E358" t="s">
         <v>1182</v>
       </c>
       <c r="F358" t="s">
         <v>1195</v>
       </c>
       <c r="G358" t="s">
         <v>1182</v>
       </c>
       <c r="H358" t="s">
-        <v>29</v>
+        <v>293</v>
       </c>
       <c r="I358" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" s="1">
         <v>358</v>
       </c>
       <c r="B359" t="s">
         <v>1196</v>
       </c>
       <c r="C359" t="s">
         <v>1197</v>
       </c>
       <c r="D359" t="s">
         <v>11</v>
       </c>
       <c r="E359" t="s">
         <v>1182</v>
       </c>
       <c r="F359" t="s">
         <v>1198</v>
       </c>
       <c r="G359" t="s">
         <v>1182</v>
       </c>
       <c r="H359" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="I359" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" s="1">
         <v>359</v>
       </c>
       <c r="B360" t="s">
         <v>1199</v>
       </c>
       <c r="C360" t="s">
         <v>1200</v>
       </c>
       <c r="D360" t="s">
         <v>11</v>
       </c>
       <c r="E360" t="s">
         <v>1182</v>
       </c>
       <c r="F360" t="s">
         <v>1201</v>
       </c>
       <c r="G360" t="s">
         <v>1182</v>
       </c>
       <c r="H360" t="s">
-        <v>62</v>
+        <v>242</v>
       </c>
       <c r="I360" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" s="1">
         <v>360</v>
       </c>
       <c r="B361" t="s">
         <v>1202</v>
       </c>
       <c r="C361" t="s">
         <v>1203</v>
       </c>
       <c r="D361" t="s">
         <v>11</v>
       </c>
       <c r="E361" t="s">
         <v>1182</v>
       </c>
       <c r="F361" t="s">
         <v>1204</v>
       </c>
       <c r="G361" t="s">
         <v>1182</v>
       </c>
       <c r="H361" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="I361" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" s="1">
         <v>361</v>
       </c>
       <c r="B362" t="s">
         <v>1205</v>
       </c>
       <c r="C362" t="s">
         <v>1206</v>
       </c>
       <c r="D362" t="s">
         <v>11</v>
       </c>
       <c r="E362" t="s">
         <v>1182</v>
       </c>
       <c r="F362" t="s">
         <v>1207</v>
       </c>
       <c r="G362" t="s">
         <v>1182</v>
       </c>
       <c r="H362" t="s">
-        <v>267</v>
+        <v>70</v>
       </c>
       <c r="I362" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" s="1">
         <v>362</v>
       </c>
       <c r="B363" t="s">
         <v>1208</v>
       </c>
       <c r="C363" t="s">
         <v>1209</v>
       </c>
       <c r="D363" t="s">
         <v>11</v>
       </c>
       <c r="E363" t="s">
         <v>1182</v>
       </c>
       <c r="F363" t="s">
         <v>1210</v>
       </c>
       <c r="G363" t="s">
         <v>1182</v>
       </c>
       <c r="H363" t="s">
-        <v>20</v>
+        <v>267</v>
       </c>
       <c r="I363" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" s="1">
         <v>363</v>
       </c>
       <c r="B364" t="s">
         <v>1211</v>
       </c>
       <c r="C364" t="s">
         <v>1212</v>
       </c>
       <c r="D364" t="s">
         <v>11</v>
       </c>
       <c r="E364" t="s">
         <v>1182</v>
       </c>
       <c r="F364" t="s">
         <v>1213</v>
       </c>
       <c r="G364" t="s">
         <v>1182</v>
       </c>
       <c r="H364" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I364" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" s="1">
         <v>364</v>
       </c>
       <c r="B365" t="s">
         <v>1214</v>
       </c>
       <c r="C365" t="s">
         <v>1215</v>
       </c>
       <c r="D365" t="s">
         <v>11</v>
       </c>
       <c r="E365" t="s">
         <v>1182</v>
       </c>
       <c r="F365" t="s">
         <v>1216</v>
       </c>
       <c r="G365" t="s">
         <v>1182</v>
       </c>
       <c r="H365" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="I365" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" s="1">
         <v>365</v>
       </c>
       <c r="B366" t="s">
         <v>1217</v>
       </c>
       <c r="C366" t="s">
         <v>1218</v>
       </c>
       <c r="D366" t="s">
         <v>11</v>
       </c>
       <c r="E366" t="s">
         <v>1182</v>
       </c>
       <c r="F366" t="s">
         <v>1219</v>
       </c>
       <c r="G366" t="s">
         <v>1182</v>
       </c>
       <c r="H366" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I366" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" s="1">
         <v>366</v>
       </c>
       <c r="B367" t="s">
         <v>1220</v>
       </c>
       <c r="C367" t="s">
         <v>1221</v>
       </c>
       <c r="D367" t="s">
         <v>11</v>
       </c>
       <c r="E367" t="s">
         <v>1182</v>
       </c>
       <c r="F367" t="s">
         <v>1222</v>
       </c>
       <c r="G367" t="s">
         <v>1182</v>
       </c>
       <c r="H367" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="I367" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" s="1">
         <v>367</v>
       </c>
       <c r="B368" t="s">
         <v>1223</v>
       </c>
       <c r="C368" t="s">
         <v>1224</v>
       </c>
       <c r="D368" t="s">
         <v>11</v>
       </c>
       <c r="E368" t="s">
         <v>1182</v>
       </c>
       <c r="F368" t="s">
         <v>1225</v>
       </c>
       <c r="G368" t="s">
         <v>1182</v>
       </c>
       <c r="H368" t="s">
-        <v>242</v>
+        <v>29</v>
       </c>
       <c r="I368" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" s="1">
         <v>368</v>
       </c>
       <c r="B369" t="s">
         <v>1226</v>
       </c>
       <c r="C369" t="s">
         <v>1227</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369" t="s">
         <v>1182</v>
       </c>
       <c r="F369" t="s">
         <v>1228</v>
       </c>
       <c r="G369" t="s">
         <v>1182</v>
       </c>
       <c r="H369" t="s">
-        <v>454</v>
+        <v>62</v>
       </c>
       <c r="I369" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" s="1">
         <v>369</v>
       </c>
       <c r="B370" t="s">
         <v>1229</v>
       </c>
       <c r="C370" t="s">
         <v>1230</v>
       </c>
       <c r="D370" t="s">
         <v>11</v>
       </c>
       <c r="E370" t="s">
         <v>1182</v>
       </c>
       <c r="F370" t="s">
         <v>1231</v>
       </c>
       <c r="G370" t="s">
         <v>1182</v>
       </c>
       <c r="H370" t="s">
-        <v>293</v>
+        <v>199</v>
       </c>
       <c r="I370" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" s="1">
         <v>370</v>
       </c>
       <c r="B371" t="s">
         <v>1232</v>
       </c>
       <c r="C371" t="s">
         <v>1233</v>
       </c>
       <c r="D371" t="s">
         <v>11</v>
       </c>
       <c r="E371" t="s">
         <v>1182</v>
       </c>
       <c r="F371" t="s">
         <v>1234</v>
       </c>
       <c r="G371" t="s">
         <v>1182</v>
       </c>
       <c r="H371" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="I371" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" s="1">
         <v>371</v>
       </c>
       <c r="B372" t="s">
         <v>1235</v>
       </c>
       <c r="C372" t="s">
         <v>1236</v>
       </c>
       <c r="D372" t="s">
         <v>11</v>
       </c>
       <c r="E372" t="s">
         <v>1182</v>
       </c>
       <c r="F372" t="s">
         <v>1237</v>
       </c>
       <c r="G372" t="s">
         <v>1182</v>
       </c>
       <c r="H372" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="I372" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" s="1">
         <v>372</v>
       </c>
       <c r="B373" t="s">
         <v>1238</v>
       </c>
       <c r="C373" t="s">
         <v>1239</v>
       </c>
       <c r="D373" t="s">
         <v>11</v>
       </c>
       <c r="E373" t="s">
         <v>1182</v>
       </c>
       <c r="F373" t="s">
         <v>1240</v>
       </c>
       <c r="G373" t="s">
         <v>1182</v>
       </c>
       <c r="H373" t="s">
-        <v>78</v>
+        <v>293</v>
       </c>
       <c r="I373" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" s="1">
         <v>373</v>
       </c>
       <c r="B374" t="s">
         <v>1241</v>
       </c>
       <c r="C374" t="s">
         <v>1242</v>
       </c>
       <c r="D374" t="s">
         <v>11</v>
       </c>
       <c r="E374" t="s">
         <v>1182</v>
       </c>
       <c r="F374" t="s">
         <v>1243</v>
       </c>
       <c r="G374" t="s">
         <v>1182</v>
       </c>
       <c r="H374" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I374" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" s="1">
         <v>374</v>
       </c>
       <c r="B375" t="s">
         <v>1244</v>
       </c>
       <c r="C375" t="s">
         <v>1245</v>
       </c>
       <c r="D375" t="s">
         <v>11</v>
       </c>
       <c r="E375" t="s">
         <v>1182</v>
       </c>
       <c r="F375" t="s">
         <v>1246</v>
       </c>
       <c r="G375" t="s">
         <v>1182</v>
       </c>
       <c r="H375" t="s">
-        <v>33</v>
+        <v>1247</v>
       </c>
       <c r="I375" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" s="1">
         <v>375</v>
       </c>
       <c r="B376" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C376" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="D376" t="s">
         <v>11</v>
       </c>
       <c r="E376" t="s">
         <v>1182</v>
       </c>
       <c r="F376" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="G376" t="s">
         <v>1182</v>
       </c>
       <c r="H376" t="s">
-        <v>62</v>
+        <v>238</v>
       </c>
       <c r="I376" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" s="1">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="C377" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377" t="s">
         <v>1182</v>
       </c>
       <c r="F377" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="G377" t="s">
         <v>1182</v>
       </c>
       <c r="H377" t="s">
-        <v>199</v>
+        <v>29</v>
       </c>
       <c r="I377" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" s="1">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="C378" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="D378" t="s">
         <v>11</v>
       </c>
       <c r="E378" t="s">
         <v>1182</v>
       </c>
       <c r="F378" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="G378" t="s">
         <v>1182</v>
       </c>
       <c r="H378" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="I378" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" s="1">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="C379" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="D379" t="s">
         <v>11</v>
       </c>
       <c r="E379" t="s">
         <v>1182</v>
       </c>
       <c r="F379" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="G379" t="s">
         <v>1182</v>
       </c>
       <c r="H379" t="s">
-        <v>203</v>
+        <v>94</v>
       </c>
       <c r="I379" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" s="1">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="C380" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="D380" t="s">
         <v>11</v>
       </c>
       <c r="E380" t="s">
         <v>1182</v>
       </c>
       <c r="F380" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="G380" t="s">
         <v>1182</v>
       </c>
       <c r="H380" t="s">
-        <v>293</v>
+        <v>47</v>
       </c>
       <c r="I380" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" s="1">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C381" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D381" t="s">
         <v>11</v>
       </c>
       <c r="E381" t="s">
         <v>1182</v>
       </c>
       <c r="F381" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="G381" t="s">
         <v>1182</v>
       </c>
       <c r="H381" t="s">
-        <v>33</v>
+        <v>840</v>
       </c>
       <c r="I381" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" s="1">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C382" t="s">
-        <v>1266</v>
+        <v>229</v>
       </c>
       <c r="D382" t="s">
         <v>11</v>
       </c>
       <c r="E382" t="s">
         <v>1182</v>
       </c>
       <c r="F382" t="s">
         <v>1267</v>
       </c>
       <c r="G382" t="s">
         <v>1182</v>
       </c>
       <c r="H382" t="s">
-        <v>837</v>
+        <v>51</v>
       </c>
       <c r="I382" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" s="1">
         <v>382</v>
       </c>
       <c r="B383" t="s">
         <v>1268</v>
       </c>
       <c r="C383" t="s">
         <v>1269</v>
       </c>
       <c r="D383" t="s">
         <v>11</v>
       </c>
       <c r="E383" t="s">
         <v>1182</v>
       </c>
       <c r="F383" t="s">
         <v>1270</v>
       </c>
       <c r="G383" t="s">
         <v>1182</v>
       </c>
       <c r="H383" t="s">
-        <v>343</v>
+        <v>293</v>
       </c>
       <c r="I383" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" s="1">
         <v>383</v>
       </c>
       <c r="B384" t="s">
         <v>1271</v>
       </c>
       <c r="C384" t="s">
         <v>1272</v>
       </c>
       <c r="D384" t="s">
         <v>11</v>
       </c>
       <c r="E384" t="s">
         <v>1273</v>
       </c>
       <c r="F384" t="s">
         <v>1274</v>
       </c>
       <c r="G384" t="s">
         <v>1273</v>
       </c>
       <c r="H384" t="s">
         <v>343</v>
       </c>
       <c r="I384" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" s="1">
         <v>384</v>
       </c>
       <c r="B385" t="s">
         <v>1275</v>
       </c>
       <c r="C385" t="s">
-        <v>111</v>
+        <v>1276</v>
       </c>
       <c r="D385" t="s">
         <v>11</v>
       </c>
       <c r="E385" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F385" t="s">
+        <v>1278</v>
+      </c>
+      <c r="G385" t="s">
         <v>1277</v>
       </c>
-      <c r="G385" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H385" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="I385" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" s="1">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="C386" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="D386" t="s">
         <v>11</v>
       </c>
       <c r="E386" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F386" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="G386" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H386" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="I386" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" s="1">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C387" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="D387" t="s">
         <v>11</v>
       </c>
       <c r="E387" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F387" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="G387" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H387" t="s">
-        <v>37</v>
+        <v>293</v>
       </c>
       <c r="I387" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" s="1">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="C388" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="D388" t="s">
         <v>11</v>
       </c>
       <c r="E388" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F388" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="G388" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H388" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="I388" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" s="1">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="C389" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="D389" t="s">
         <v>11</v>
       </c>
       <c r="E389" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F389" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="G389" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H389" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="I389" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" s="1">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="C390" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="D390" t="s">
         <v>11</v>
       </c>
       <c r="E390" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F390" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="G390" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H390" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I390" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" s="1">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="C391" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="D391" t="s">
         <v>11</v>
       </c>
       <c r="E391" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F391" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="G391" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H391" t="s">
-        <v>29</v>
+        <v>203</v>
       </c>
       <c r="I391" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" s="1">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C392" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="D392" t="s">
         <v>11</v>
       </c>
       <c r="E392" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F392" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="G392" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H392" t="s">
-        <v>203</v>
+        <v>29</v>
       </c>
       <c r="I392" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" s="1">
         <v>392</v>
       </c>
       <c r="B393" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C393" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="D393" t="s">
         <v>11</v>
       </c>
       <c r="E393" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F393" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="G393" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H393" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I393" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" s="1">
         <v>393</v>
       </c>
       <c r="B394" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C394" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="D394" t="s">
         <v>11</v>
       </c>
       <c r="E394" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F394" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="G394" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H394" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I394" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" s="1">
         <v>394</v>
       </c>
       <c r="B395" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C395" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="D395" t="s">
         <v>11</v>
       </c>
       <c r="E395" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F395" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="G395" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H395" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="I395" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" s="1">
         <v>395</v>
       </c>
       <c r="B396" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C396" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="D396" t="s">
         <v>11</v>
       </c>
       <c r="E396" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F396" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="G396" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H396" t="s">
         <v>51</v>
       </c>
       <c r="I396" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" s="1">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C397" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="D397" t="s">
         <v>11</v>
       </c>
       <c r="E397" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F397" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="G397" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H397" t="s">
-        <v>293</v>
+        <v>70</v>
       </c>
       <c r="I397" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" s="1">
         <v>397</v>
       </c>
       <c r="B398" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C398" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D398" t="s">
         <v>11</v>
       </c>
       <c r="E398" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F398" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="G398" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H398" t="s">
-        <v>780</v>
+        <v>764</v>
       </c>
       <c r="I398" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" s="1">
         <v>398</v>
       </c>
       <c r="B399" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C399" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D399" t="s">
         <v>11</v>
       </c>
       <c r="E399" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F399" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="G399" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H399" t="s">
         <v>293</v>
       </c>
       <c r="I399" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" s="1">
         <v>399</v>
       </c>
       <c r="B400" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C400" t="s">
-        <v>1321</v>
+        <v>111</v>
       </c>
       <c r="D400" t="s">
         <v>11</v>
       </c>
       <c r="E400" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="F400" t="s">
         <v>1322</v>
       </c>
       <c r="G400" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="H400" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="I400" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="A401" s="1">
         <v>400</v>
       </c>
       <c r="B401" t="s">
         <v>1323</v>
       </c>
       <c r="C401" t="s">
         <v>1324</v>
       </c>
       <c r="D401" t="s">
         <v>11</v>
       </c>
       <c r="E401" t="s">
         <v>1325</v>
       </c>
       <c r="F401" t="s">
         <v>1326</v>
       </c>
       <c r="G401" t="s">
         <v>1325</v>
       </c>
       <c r="H401" t="s">
-        <v>238</v>
+        <v>1179</v>
       </c>
       <c r="I401" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="A402" s="1">
         <v>401</v>
       </c>
       <c r="B402" t="s">
         <v>1327</v>
       </c>
       <c r="C402" t="s">
         <v>1328</v>
       </c>
       <c r="D402" t="s">
         <v>11</v>
       </c>
       <c r="E402" t="s">
         <v>1325</v>
       </c>
       <c r="F402" t="s">
         <v>1329</v>
       </c>
       <c r="G402" t="s">
         <v>1325</v>
       </c>
       <c r="H402" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="I402" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="A403" s="1">
         <v>402</v>
       </c>
       <c r="B403" t="s">
         <v>1330</v>
       </c>
       <c r="C403" t="s">
         <v>1331</v>
       </c>
       <c r="D403" t="s">
         <v>11</v>
       </c>
       <c r="E403" t="s">
         <v>1325</v>
       </c>
       <c r="F403" t="s">
         <v>1332</v>
       </c>
       <c r="G403" t="s">
@@ -21614,15801 +21626,15836 @@
       </c>
     </row>
     <row r="404" spans="1:9">
       <c r="A404" s="1">
         <v>403</v>
       </c>
       <c r="B404" t="s">
         <v>1333</v>
       </c>
       <c r="C404" t="s">
         <v>1334</v>
       </c>
       <c r="D404" t="s">
         <v>11</v>
       </c>
       <c r="E404" t="s">
         <v>1325</v>
       </c>
       <c r="F404" t="s">
         <v>1335</v>
       </c>
       <c r="G404" t="s">
         <v>1325</v>
       </c>
       <c r="H404" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="I404" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="A405" s="1">
         <v>404</v>
       </c>
       <c r="B405" t="s">
         <v>1336</v>
       </c>
       <c r="C405" t="s">
         <v>1337</v>
       </c>
       <c r="D405" t="s">
         <v>11</v>
       </c>
       <c r="E405" t="s">
         <v>1325</v>
       </c>
       <c r="F405" t="s">
         <v>1338</v>
       </c>
       <c r="G405" t="s">
         <v>1325</v>
       </c>
       <c r="H405" t="s">
-        <v>943</v>
+        <v>20</v>
       </c>
       <c r="I405" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="A406" s="1">
         <v>405</v>
       </c>
       <c r="B406" t="s">
         <v>1339</v>
       </c>
       <c r="C406" t="s">
         <v>1340</v>
       </c>
       <c r="D406" t="s">
         <v>11</v>
       </c>
       <c r="E406" t="s">
         <v>1325</v>
       </c>
       <c r="F406" t="s">
         <v>1341</v>
       </c>
       <c r="G406" t="s">
         <v>1325</v>
       </c>
       <c r="H406" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="I406" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="407" spans="1:9">
       <c r="A407" s="1">
         <v>406</v>
       </c>
       <c r="B407" t="s">
         <v>1342</v>
       </c>
       <c r="C407" t="s">
         <v>1343</v>
       </c>
       <c r="D407" t="s">
         <v>11</v>
       </c>
       <c r="E407" t="s">
         <v>1325</v>
       </c>
       <c r="F407" t="s">
         <v>1344</v>
       </c>
       <c r="G407" t="s">
         <v>1325</v>
       </c>
       <c r="H407" t="s">
-        <v>293</v>
+        <v>47</v>
       </c>
       <c r="I407" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="A408" s="1">
         <v>407</v>
       </c>
       <c r="B408" t="s">
         <v>1345</v>
       </c>
       <c r="C408" t="s">
         <v>1346</v>
       </c>
       <c r="D408" t="s">
         <v>11</v>
       </c>
       <c r="E408" t="s">
         <v>1325</v>
       </c>
       <c r="F408" t="s">
         <v>1347</v>
       </c>
       <c r="G408" t="s">
         <v>1325</v>
       </c>
       <c r="H408" t="s">
-        <v>47</v>
+        <v>267</v>
       </c>
       <c r="I408" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="A409" s="1">
         <v>408</v>
       </c>
       <c r="B409" t="s">
         <v>1348</v>
       </c>
       <c r="C409" t="s">
         <v>1349</v>
       </c>
       <c r="D409" t="s">
         <v>11</v>
       </c>
       <c r="E409" t="s">
         <v>1325</v>
       </c>
       <c r="F409" t="s">
         <v>1350</v>
       </c>
       <c r="G409" t="s">
         <v>1325</v>
       </c>
       <c r="H409" t="s">
-        <v>1351</v>
+        <v>78</v>
       </c>
       <c r="I409" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="A410" s="1">
         <v>409</v>
       </c>
       <c r="B410" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C410" t="s">
         <v>1352</v>
-      </c>
-[...1 lines deleted...]
-        <v>1353</v>
       </c>
       <c r="D410" t="s">
         <v>11</v>
       </c>
       <c r="E410" t="s">
         <v>1325</v>
       </c>
       <c r="F410" t="s">
-        <v>1354</v>
+        <v>1353</v>
       </c>
       <c r="G410" t="s">
         <v>1325</v>
       </c>
       <c r="H410" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="I410" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="411" spans="1:9">
       <c r="A411" s="1">
         <v>410</v>
       </c>
       <c r="B411" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C411" t="s">
         <v>1355</v>
-      </c>
-[...1 lines deleted...]
-        <v>1356</v>
       </c>
       <c r="D411" t="s">
         <v>11</v>
       </c>
       <c r="E411" t="s">
         <v>1325</v>
       </c>
       <c r="F411" t="s">
-        <v>1357</v>
+        <v>1356</v>
       </c>
       <c r="G411" t="s">
         <v>1325</v>
       </c>
       <c r="H411" t="s">
-        <v>267</v>
+        <v>943</v>
       </c>
       <c r="I411" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="A412" s="1">
         <v>411</v>
       </c>
       <c r="B412" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C412" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
       <c r="D412" t="s">
         <v>11</v>
       </c>
       <c r="E412" t="s">
         <v>1325</v>
       </c>
       <c r="F412" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="G412" t="s">
         <v>1325</v>
       </c>
       <c r="H412" t="s">
-        <v>20</v>
+        <v>238</v>
       </c>
       <c r="I412" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="A413" s="1">
         <v>412</v>
       </c>
       <c r="B413" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C413" t="s">
         <v>1361</v>
-      </c>
-[...1 lines deleted...]
-        <v>1362</v>
       </c>
       <c r="D413" t="s">
         <v>11</v>
       </c>
       <c r="E413" t="s">
         <v>1325</v>
       </c>
       <c r="F413" t="s">
-        <v>1363</v>
+        <v>1362</v>
       </c>
       <c r="G413" t="s">
         <v>1325</v>
       </c>
       <c r="H413" t="s">
-        <v>1119</v>
+        <v>1363</v>
       </c>
       <c r="I413" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="A414" s="1">
         <v>413</v>
       </c>
       <c r="B414" t="s">
         <v>1364</v>
       </c>
       <c r="C414" t="s">
         <v>1365</v>
       </c>
       <c r="D414" t="s">
         <v>11</v>
       </c>
       <c r="E414" t="s">
         <v>1325</v>
       </c>
       <c r="F414" t="s">
         <v>1366</v>
       </c>
       <c r="G414" t="s">
         <v>1325</v>
       </c>
       <c r="H414" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="I414" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="A415" s="1">
         <v>414</v>
       </c>
       <c r="B415" t="s">
         <v>1367</v>
       </c>
       <c r="C415" t="s">
         <v>1368</v>
       </c>
       <c r="D415" t="s">
         <v>11</v>
       </c>
       <c r="E415" t="s">
         <v>1325</v>
       </c>
       <c r="F415" t="s">
         <v>1369</v>
       </c>
       <c r="G415" t="s">
         <v>1325</v>
       </c>
       <c r="H415" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="I415" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="A416" s="1">
         <v>415</v>
       </c>
       <c r="B416" t="s">
         <v>1370</v>
       </c>
       <c r="C416" t="s">
         <v>1371</v>
       </c>
       <c r="D416" t="s">
         <v>11</v>
       </c>
       <c r="E416" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F416" t="s">
         <v>1372</v>
       </c>
-      <c r="F416" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G416" t="s">
-        <v>1372</v>
+        <v>1325</v>
       </c>
       <c r="H416" t="s">
-        <v>47</v>
+        <v>293</v>
       </c>
       <c r="I416" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="A417" s="1">
         <v>416</v>
       </c>
       <c r="B417" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C417" t="s">
         <v>1374</v>
       </c>
-      <c r="C417" t="s">
+      <c r="D417" t="s">
+        <v>11</v>
+      </c>
+      <c r="E417" t="s">
         <v>1375</v>
-      </c>
-[...4 lines deleted...]
-        <v>1372</v>
       </c>
       <c r="F417" t="s">
         <v>1376</v>
       </c>
       <c r="G417" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="H417" t="s">
-        <v>1377</v>
+        <v>1179</v>
       </c>
       <c r="I417" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="A418" s="1">
         <v>417</v>
       </c>
       <c r="B418" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C418" t="s">
         <v>1378</v>
       </c>
-      <c r="C418" t="s">
+      <c r="D418" t="s">
+        <v>11</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F418" t="s">
         <v>1379</v>
       </c>
-      <c r="D418" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G418" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="H418" t="s">
-        <v>267</v>
+        <v>43</v>
       </c>
       <c r="I418" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="419" spans="1:9">
       <c r="A419" s="1">
         <v>418</v>
       </c>
       <c r="B419" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C419" t="s">
         <v>1381</v>
       </c>
-      <c r="C419" t="s">
+      <c r="D419" t="s">
+        <v>11</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F419" t="s">
         <v>1382</v>
       </c>
-      <c r="D419" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G419" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="H419" t="s">
-        <v>1119</v>
+        <v>267</v>
       </c>
       <c r="I419" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="A420" s="1">
         <v>419</v>
       </c>
       <c r="B420" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C420" t="s">
         <v>1384</v>
       </c>
-      <c r="C420" t="s">
+      <c r="D420" t="s">
+        <v>11</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F420" t="s">
         <v>1385</v>
       </c>
-      <c r="D420" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G420" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="H420" t="s">
-        <v>33</v>
+        <v>267</v>
       </c>
       <c r="I420" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="A421" s="1">
         <v>420</v>
       </c>
       <c r="B421" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C421" t="s">
         <v>1387</v>
       </c>
-      <c r="C421" t="s">
+      <c r="D421" t="s">
+        <v>11</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F421" t="s">
         <v>1388</v>
       </c>
-      <c r="D421" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G421" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="H421" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I421" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="A422" s="1">
         <v>421</v>
       </c>
       <c r="B422" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C422" t="s">
         <v>1390</v>
       </c>
-      <c r="C422" t="s">
+      <c r="D422" t="s">
+        <v>11</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F422" t="s">
         <v>1391</v>
       </c>
-      <c r="D422" t="s">
-[...2 lines deleted...]
-      <c r="E422" t="s">
+      <c r="G422" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H422" t="s">
         <v>1392</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
       <c r="I422" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="A423" s="1">
         <v>422</v>
       </c>
       <c r="B423" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C423" t="s">
         <v>1394</v>
       </c>
-      <c r="C423" t="s">
+      <c r="D423" t="s">
+        <v>11</v>
+      </c>
+      <c r="E423" t="s">
         <v>1395</v>
-      </c>
-[...4 lines deleted...]
-        <v>1392</v>
       </c>
       <c r="F423" t="s">
         <v>1396</v>
       </c>
       <c r="G423" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H423" t="s">
-        <v>770</v>
+        <v>267</v>
       </c>
       <c r="I423" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="A424" s="1">
         <v>423</v>
       </c>
       <c r="B424" t="s">
         <v>1397</v>
       </c>
       <c r="C424" t="s">
         <v>1398</v>
       </c>
       <c r="D424" t="s">
         <v>11</v>
       </c>
       <c r="E424" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F424" t="s">
         <v>1399</v>
       </c>
       <c r="G424" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H424" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="I424" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="A425" s="1">
         <v>424</v>
       </c>
       <c r="B425" t="s">
         <v>1400</v>
       </c>
       <c r="C425" t="s">
         <v>1401</v>
       </c>
       <c r="D425" t="s">
         <v>11</v>
       </c>
       <c r="E425" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F425" t="s">
         <v>1402</v>
       </c>
       <c r="G425" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H425" t="s">
-        <v>1403</v>
+        <v>332</v>
       </c>
       <c r="I425" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="426" spans="1:9">
       <c r="A426" s="1">
         <v>425</v>
       </c>
       <c r="B426" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C426" t="s">
         <v>1404</v>
       </c>
-      <c r="C426" t="s">
+      <c r="D426" t="s">
+        <v>11</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F426" t="s">
         <v>1405</v>
       </c>
-      <c r="D426" t="s">
-[...5 lines deleted...]
-      <c r="F426" t="s">
+      <c r="G426" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H426" t="s">
         <v>1406</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
       <c r="I426" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="A427" s="1">
         <v>426</v>
       </c>
       <c r="B427" t="s">
         <v>1407</v>
       </c>
       <c r="C427" t="s">
         <v>1408</v>
       </c>
       <c r="D427" t="s">
         <v>11</v>
       </c>
       <c r="E427" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F427" t="s">
         <v>1409</v>
       </c>
       <c r="G427" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H427" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="I427" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="A428" s="1">
         <v>427</v>
       </c>
       <c r="B428" t="s">
         <v>1410</v>
       </c>
       <c r="C428" t="s">
         <v>1411</v>
       </c>
       <c r="D428" t="s">
         <v>11</v>
       </c>
       <c r="E428" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F428" t="s">
         <v>1412</v>
       </c>
       <c r="G428" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H428" t="s">
-        <v>369</v>
+        <v>768</v>
       </c>
       <c r="I428" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="A429" s="1">
         <v>428</v>
       </c>
       <c r="B429" t="s">
         <v>1413</v>
       </c>
       <c r="C429" t="s">
         <v>1414</v>
       </c>
       <c r="D429" t="s">
         <v>11</v>
       </c>
       <c r="E429" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F429" t="s">
         <v>1415</v>
       </c>
       <c r="G429" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H429" t="s">
-        <v>267</v>
+        <v>343</v>
       </c>
       <c r="I429" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="A430" s="1">
         <v>429</v>
       </c>
       <c r="B430" t="s">
         <v>1416</v>
       </c>
       <c r="C430" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D430" t="s">
+        <v>11</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F430" t="s">
         <v>1417</v>
       </c>
-      <c r="D430" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G430" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H430" t="s">
-        <v>293</v>
+        <v>70</v>
       </c>
       <c r="I430" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="A431" s="1">
         <v>430</v>
       </c>
       <c r="B431" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C431" t="s">
         <v>1419</v>
       </c>
-      <c r="C431" t="s">
+      <c r="D431" t="s">
+        <v>11</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F431" t="s">
         <v>1420</v>
       </c>
-      <c r="D431" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G431" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H431" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="I431" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="A432" s="1">
         <v>431</v>
       </c>
       <c r="B432" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C432" t="s">
         <v>1422</v>
       </c>
-      <c r="C432" t="s">
+      <c r="D432" t="s">
+        <v>11</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F432" t="s">
         <v>1423</v>
       </c>
-      <c r="D432" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G432" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H432" t="s">
-        <v>343</v>
+        <v>369</v>
       </c>
       <c r="I432" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="A433" s="1">
         <v>432</v>
       </c>
       <c r="B433" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C433" t="s">
         <v>1425</v>
       </c>
-      <c r="C433" t="s">
+      <c r="D433" t="s">
+        <v>11</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F433" t="s">
         <v>1426</v>
       </c>
-      <c r="D433" t="s">
-[...5 lines deleted...]
-      <c r="F433" t="s">
+      <c r="G433" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H433" t="s">
         <v>1427</v>
-      </c>
-[...4 lines deleted...]
-        <v>1428</v>
       </c>
       <c r="I433" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="434" spans="1:9">
       <c r="A434" s="1">
         <v>433</v>
       </c>
       <c r="B434" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C434" t="s">
         <v>1429</v>
       </c>
-      <c r="C434" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D434" t="s">
         <v>11</v>
       </c>
       <c r="E434" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F434" t="s">
         <v>1430</v>
       </c>
       <c r="G434" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H434" t="s">
-        <v>70</v>
+        <v>199</v>
       </c>
       <c r="I434" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="A435" s="1">
         <v>434</v>
       </c>
       <c r="B435" t="s">
         <v>1431</v>
       </c>
       <c r="C435" t="s">
         <v>1432</v>
       </c>
       <c r="D435" t="s">
         <v>11</v>
       </c>
       <c r="E435" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F435" t="s">
         <v>1433</v>
       </c>
       <c r="G435" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H435" t="s">
-        <v>199</v>
+        <v>123</v>
       </c>
       <c r="I435" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="A436" s="1">
         <v>435</v>
       </c>
       <c r="B436" t="s">
         <v>1434</v>
       </c>
       <c r="C436" t="s">
         <v>1435</v>
       </c>
       <c r="D436" t="s">
         <v>11</v>
       </c>
       <c r="E436" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F436" t="s">
         <v>1436</v>
       </c>
       <c r="G436" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H436" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I436" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="A437" s="1">
         <v>436</v>
       </c>
       <c r="B437" t="s">
         <v>1437</v>
       </c>
       <c r="C437" t="s">
         <v>1438</v>
       </c>
       <c r="D437" t="s">
         <v>11</v>
       </c>
       <c r="E437" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F437" t="s">
         <v>1439</v>
       </c>
       <c r="G437" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H437" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
       <c r="I437" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="A438" s="1">
         <v>437</v>
       </c>
       <c r="B438" t="s">
         <v>1440</v>
       </c>
       <c r="C438" t="s">
         <v>1441</v>
       </c>
       <c r="D438" t="s">
         <v>11</v>
       </c>
       <c r="E438" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F438" t="s">
         <v>1442</v>
       </c>
       <c r="G438" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H438" t="s">
         <v>343</v>
       </c>
       <c r="I438" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="A439" s="1">
         <v>438</v>
       </c>
       <c r="B439" t="s">
         <v>1443</v>
       </c>
       <c r="C439" t="s">
         <v>1444</v>
       </c>
       <c r="D439" t="s">
         <v>11</v>
       </c>
       <c r="E439" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F439" t="s">
         <v>1445</v>
       </c>
       <c r="G439" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="H439" t="s">
         <v>20</v>
       </c>
       <c r="I439" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="440" spans="1:9">
       <c r="A440" s="1">
         <v>439</v>
       </c>
       <c r="B440" t="s">
         <v>1446</v>
       </c>
       <c r="C440" t="s">
         <v>1447</v>
       </c>
       <c r="D440" t="s">
         <v>11</v>
       </c>
       <c r="E440" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F440" t="s">
         <v>1448</v>
       </c>
-      <c r="F440" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G440" t="s">
-        <v>1448</v>
+        <v>1395</v>
       </c>
       <c r="H440" t="s">
-        <v>267</v>
+        <v>293</v>
       </c>
       <c r="I440" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="A441" s="1">
         <v>440</v>
       </c>
       <c r="B441" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C441" t="s">
         <v>1450</v>
       </c>
-      <c r="C441" t="s">
+      <c r="D441" t="s">
+        <v>11</v>
+      </c>
+      <c r="E441" t="s">
         <v>1451</v>
-      </c>
-[...4 lines deleted...]
-        <v>1448</v>
       </c>
       <c r="F441" t="s">
         <v>1452</v>
       </c>
       <c r="G441" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="H441" t="s">
-        <v>369</v>
+        <v>29</v>
       </c>
       <c r="I441" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="A442" s="1">
         <v>441</v>
       </c>
       <c r="B442" t="s">
         <v>1453</v>
       </c>
       <c r="C442" t="s">
         <v>1454</v>
       </c>
       <c r="D442" t="s">
         <v>11</v>
       </c>
       <c r="E442" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="F442" t="s">
         <v>1455</v>
       </c>
       <c r="G442" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="H442" t="s">
         <v>1456</v>
       </c>
       <c r="I442" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="A443" s="1">
         <v>442</v>
       </c>
       <c r="B443" t="s">
         <v>1457</v>
       </c>
       <c r="C443" t="s">
         <v>1458</v>
       </c>
       <c r="D443" t="s">
         <v>11</v>
       </c>
       <c r="E443" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="F443" t="s">
         <v>1459</v>
       </c>
       <c r="G443" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="H443" t="s">
-        <v>20</v>
+        <v>369</v>
       </c>
       <c r="I443" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="444" spans="1:9">
       <c r="A444" s="1">
         <v>443</v>
       </c>
       <c r="B444" t="s">
         <v>1460</v>
       </c>
       <c r="C444" t="s">
         <v>1461</v>
       </c>
       <c r="D444" t="s">
         <v>11</v>
       </c>
       <c r="E444" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="F444" t="s">
         <v>1462</v>
       </c>
       <c r="G444" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="H444" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="I444" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="A445" s="1">
         <v>444</v>
       </c>
       <c r="B445" t="s">
         <v>1463</v>
       </c>
       <c r="C445" t="s">
         <v>1464</v>
       </c>
       <c r="D445" t="s">
         <v>11</v>
       </c>
       <c r="E445" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F445" t="s">
         <v>1465</v>
       </c>
-      <c r="F445" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G445" t="s">
-        <v>1465</v>
+        <v>1451</v>
       </c>
       <c r="H445" t="s">
-        <v>37</v>
+        <v>267</v>
       </c>
       <c r="I445" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="A446" s="1">
         <v>445</v>
       </c>
       <c r="B446" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C446" t="s">
         <v>1467</v>
       </c>
-      <c r="C446" t="s">
+      <c r="D446" t="s">
+        <v>11</v>
+      </c>
+      <c r="E446" t="s">
         <v>1468</v>
-      </c>
-[...4 lines deleted...]
-        <v>1465</v>
       </c>
       <c r="F446" t="s">
         <v>1469</v>
       </c>
       <c r="G446" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="H446" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="I446" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="A447" s="1">
         <v>446</v>
       </c>
       <c r="B447" t="s">
         <v>1470</v>
       </c>
       <c r="C447" t="s">
         <v>1471</v>
       </c>
       <c r="D447" t="s">
         <v>11</v>
       </c>
       <c r="E447" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="F447" t="s">
         <v>1472</v>
       </c>
       <c r="G447" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="H447" t="s">
         <v>20</v>
       </c>
       <c r="I447" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="A448" s="1">
         <v>447</v>
       </c>
       <c r="B448" t="s">
         <v>1473</v>
       </c>
       <c r="C448" t="s">
         <v>1474</v>
       </c>
       <c r="D448" t="s">
         <v>11</v>
       </c>
       <c r="E448" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F448" t="s">
         <v>1475</v>
       </c>
-      <c r="F448" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G448" t="s">
-        <v>1475</v>
+        <v>1468</v>
       </c>
       <c r="H448" t="s">
-        <v>1477</v>
+        <v>43</v>
       </c>
       <c r="I448" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="A449" s="1">
         <v>448</v>
       </c>
       <c r="B449" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D449" t="s">
+        <v>11</v>
+      </c>
+      <c r="E449" t="s">
         <v>1478</v>
       </c>
-      <c r="C449" t="s">
+      <c r="F449" t="s">
         <v>1479</v>
       </c>
-      <c r="D449" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G449" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="H449" t="s">
-        <v>94</v>
+        <v>267</v>
       </c>
       <c r="I449" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="A450" s="1">
         <v>449</v>
       </c>
       <c r="B450" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C450" t="s">
         <v>1481</v>
       </c>
-      <c r="C450" t="s">
+      <c r="D450" t="s">
+        <v>11</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F450" t="s">
         <v>1482</v>
       </c>
-      <c r="D450" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G450" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="H450" t="s">
-        <v>238</v>
+        <v>343</v>
       </c>
       <c r="I450" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="A451" s="1">
         <v>450</v>
       </c>
       <c r="B451" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C451" t="s">
         <v>1484</v>
       </c>
-      <c r="C451" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D451" t="s">
         <v>11</v>
       </c>
       <c r="E451" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="F451" t="s">
         <v>1485</v>
       </c>
       <c r="G451" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="H451" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="I451" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="452" spans="1:9">
       <c r="A452" s="1">
         <v>451</v>
       </c>
       <c r="B452" t="s">
         <v>1486</v>
       </c>
       <c r="C452" t="s">
+        <v>977</v>
+      </c>
+      <c r="D452" t="s">
+        <v>11</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F452" t="s">
         <v>1487</v>
       </c>
-      <c r="D452" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G452" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="H452" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="I452" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="A453" s="1">
         <v>452</v>
       </c>
       <c r="B453" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C453" t="s">
         <v>1489</v>
       </c>
-      <c r="C453" t="s">
+      <c r="D453" t="s">
+        <v>11</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F453" t="s">
         <v>1490</v>
       </c>
-      <c r="D453" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G453" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="H453" t="s">
-        <v>238</v>
+        <v>20</v>
       </c>
       <c r="I453" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="A454" s="1">
         <v>453</v>
       </c>
       <c r="B454" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C454" t="s">
         <v>1492</v>
       </c>
-      <c r="C454" t="s">
+      <c r="D454" t="s">
+        <v>11</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F454" t="s">
         <v>1493</v>
       </c>
-      <c r="D454" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G454" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="H454" t="s">
-        <v>20</v>
+        <v>238</v>
       </c>
       <c r="I454" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="A455" s="1">
         <v>454</v>
       </c>
       <c r="B455" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C455" t="s">
         <v>1495</v>
       </c>
-      <c r="C455" t="s">
+      <c r="D455" t="s">
+        <v>11</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F455" t="s">
         <v>1496</v>
       </c>
-      <c r="D455" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G455" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="H455" t="s">
-        <v>267</v>
+        <v>238</v>
       </c>
       <c r="I455" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="A456" s="1">
         <v>455</v>
       </c>
       <c r="B456" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C456" t="s">
         <v>1498</v>
       </c>
-      <c r="C456" t="s">
+      <c r="D456" t="s">
+        <v>11</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F456" t="s">
         <v>1499</v>
       </c>
-      <c r="D456" t="s">
-[...5 lines deleted...]
-      <c r="F456" t="s">
+      <c r="G456" t="s">
+        <v>1478</v>
+      </c>
+      <c r="H456" t="s">
         <v>1500</v>
-      </c>
-[...4 lines deleted...]
-        <v>343</v>
       </c>
       <c r="I456" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="A457" s="1">
         <v>456</v>
       </c>
       <c r="B457" t="s">
         <v>1501</v>
       </c>
       <c r="C457" t="s">
         <v>1502</v>
       </c>
       <c r="D457" t="s">
         <v>11</v>
       </c>
       <c r="E457" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="F457" t="s">
         <v>1503</v>
       </c>
       <c r="G457" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="H457" t="s">
-        <v>238</v>
+        <v>336</v>
       </c>
       <c r="I457" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="A458" s="1">
         <v>457</v>
       </c>
       <c r="B458" t="s">
         <v>1504</v>
       </c>
       <c r="C458" t="s">
         <v>1505</v>
       </c>
       <c r="D458" t="s">
         <v>11</v>
       </c>
       <c r="E458" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="F458" t="s">
         <v>1506</v>
       </c>
       <c r="G458" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="H458" t="s">
-        <v>336</v>
+        <v>238</v>
       </c>
       <c r="I458" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="459" spans="1:9">
       <c r="A459" s="1">
         <v>458</v>
       </c>
       <c r="B459" t="s">
         <v>1507</v>
       </c>
       <c r="C459" t="s">
         <v>1508</v>
       </c>
       <c r="D459" t="s">
         <v>11</v>
       </c>
       <c r="E459" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F459" t="s">
         <v>1509</v>
       </c>
-      <c r="F459" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G459" t="s">
-        <v>1509</v>
+        <v>1478</v>
       </c>
       <c r="H459" t="s">
-        <v>343</v>
+        <v>94</v>
       </c>
       <c r="I459" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="A460" s="1">
         <v>459</v>
       </c>
       <c r="B460" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C460" t="s">
         <v>1511</v>
       </c>
-      <c r="C460" t="s">
+      <c r="D460" t="s">
+        <v>11</v>
+      </c>
+      <c r="E460" t="s">
         <v>1512</v>
-      </c>
-[...4 lines deleted...]
-        <v>1509</v>
       </c>
       <c r="F460" t="s">
         <v>1513</v>
       </c>
       <c r="G460" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="H460" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I460" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="A461" s="1">
         <v>460</v>
       </c>
       <c r="B461" t="s">
         <v>1514</v>
       </c>
       <c r="C461" t="s">
         <v>1515</v>
       </c>
       <c r="D461" t="s">
         <v>11</v>
       </c>
       <c r="E461" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="F461" t="s">
         <v>1516</v>
       </c>
       <c r="G461" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="H461" t="s">
         <v>576</v>
       </c>
       <c r="I461" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="A462" s="1">
         <v>461</v>
       </c>
       <c r="B462" t="s">
         <v>1517</v>
       </c>
       <c r="C462" t="s">
         <v>1518</v>
       </c>
       <c r="D462" t="s">
         <v>11</v>
       </c>
       <c r="E462" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F462" t="s">
         <v>1519</v>
       </c>
-      <c r="F462" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G462" t="s">
-        <v>1519</v>
+        <v>1512</v>
       </c>
       <c r="H462" t="s">
-        <v>369</v>
+        <v>343</v>
       </c>
       <c r="I462" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="A463" s="1">
         <v>462</v>
       </c>
       <c r="B463" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C463" t="s">
         <v>1521</v>
       </c>
-      <c r="C463" t="s">
+      <c r="D463" t="s">
+        <v>11</v>
+      </c>
+      <c r="E463" t="s">
         <v>1522</v>
       </c>
-      <c r="D463" t="s">
-[...2 lines deleted...]
-      <c r="E463" t="s">
+      <c r="F463" t="s">
         <v>1523</v>
       </c>
-      <c r="F463" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G463" t="s">
-        <v>1523</v>
+        <v>1522</v>
       </c>
       <c r="H463" t="s">
-        <v>199</v>
+        <v>369</v>
       </c>
       <c r="I463" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="A464" s="1">
         <v>463</v>
       </c>
       <c r="B464" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C464" t="s">
         <v>1525</v>
       </c>
-      <c r="C464" t="s">
+      <c r="D464" t="s">
+        <v>11</v>
+      </c>
+      <c r="E464" t="s">
         <v>1526</v>
-      </c>
-[...4 lines deleted...]
-        <v>1523</v>
       </c>
       <c r="F464" t="s">
         <v>1527</v>
       </c>
       <c r="G464" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="H464" t="s">
         <v>70</v>
       </c>
       <c r="I464" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="A465" s="1">
         <v>464</v>
       </c>
       <c r="B465" t="s">
         <v>1528</v>
       </c>
       <c r="C465" t="s">
         <v>1529</v>
       </c>
       <c r="D465" t="s">
         <v>11</v>
       </c>
       <c r="E465" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="F465" t="s">
         <v>1530</v>
       </c>
       <c r="G465" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="H465" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="I465" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="A466" s="1">
         <v>465</v>
       </c>
       <c r="B466" t="s">
         <v>1531</v>
       </c>
       <c r="C466" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D466" t="s">
+        <v>11</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F466" t="s">
         <v>1532</v>
       </c>
-      <c r="D466" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G466" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="H466" t="s">
-        <v>20</v>
+        <v>238</v>
       </c>
       <c r="I466" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="467" spans="1:9">
       <c r="A467" s="1">
         <v>466</v>
       </c>
       <c r="B467" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C467" t="s">
         <v>1534</v>
       </c>
-      <c r="C467" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D467" t="s">
         <v>11</v>
       </c>
       <c r="E467" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="F467" t="s">
         <v>1535</v>
       </c>
       <c r="G467" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="H467" t="s">
-        <v>238</v>
+        <v>369</v>
       </c>
       <c r="I467" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="A468" s="1">
         <v>467</v>
       </c>
       <c r="B468" t="s">
         <v>1536</v>
       </c>
       <c r="C468" t="s">
         <v>1537</v>
       </c>
       <c r="D468" t="s">
         <v>11</v>
       </c>
       <c r="E468" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="F468" t="s">
         <v>1538</v>
       </c>
       <c r="G468" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="H468" t="s">
-        <v>78</v>
+        <v>29</v>
       </c>
       <c r="I468" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="A469" s="1">
         <v>468</v>
       </c>
       <c r="B469" t="s">
         <v>1539</v>
       </c>
       <c r="C469" t="s">
         <v>1540</v>
       </c>
       <c r="D469" t="s">
         <v>11</v>
       </c>
       <c r="E469" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="F469" t="s">
         <v>1541</v>
       </c>
       <c r="G469" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="H469" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="I469" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="A470" s="1">
         <v>469</v>
       </c>
       <c r="B470" t="s">
         <v>1542</v>
       </c>
       <c r="C470" t="s">
         <v>1543</v>
       </c>
       <c r="D470" t="s">
         <v>11</v>
       </c>
       <c r="E470" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="F470" t="s">
         <v>1544</v>
       </c>
       <c r="G470" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="H470" t="s">
-        <v>369</v>
+        <v>1545</v>
       </c>
       <c r="I470" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="A471" s="1">
         <v>470</v>
       </c>
       <c r="B471" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="C471" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="D471" t="s">
         <v>11</v>
       </c>
       <c r="E471" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="F471" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="G471" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="H471" t="s">
-        <v>1548</v>
+        <v>47</v>
       </c>
       <c r="I471" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="A472" s="1">
         <v>471</v>
       </c>
       <c r="B472" t="s">
         <v>1549</v>
       </c>
       <c r="C472" t="s">
         <v>1550</v>
       </c>
       <c r="D472" t="s">
         <v>11</v>
       </c>
       <c r="E472" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F472" t="s">
         <v>1551</v>
       </c>
-      <c r="F472" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G472" t="s">
-        <v>1551</v>
+        <v>1526</v>
       </c>
       <c r="H472" t="s">
-        <v>238</v>
+        <v>199</v>
       </c>
       <c r="I472" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="A473" s="1">
         <v>472</v>
       </c>
       <c r="B473" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C473" t="s">
         <v>1553</v>
       </c>
-      <c r="C473" t="s">
+      <c r="D473" t="s">
+        <v>11</v>
+      </c>
+      <c r="E473" t="s">
         <v>1554</v>
-      </c>
-[...4 lines deleted...]
-        <v>1551</v>
       </c>
       <c r="F473" t="s">
         <v>1555</v>
       </c>
       <c r="G473" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H473" t="s">
-        <v>343</v>
+        <v>238</v>
       </c>
       <c r="I473" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="A474" s="1">
         <v>473</v>
       </c>
       <c r="B474" t="s">
         <v>1556</v>
       </c>
       <c r="C474" t="s">
         <v>1557</v>
       </c>
       <c r="D474" t="s">
         <v>11</v>
       </c>
       <c r="E474" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="F474" t="s">
         <v>1558</v>
       </c>
       <c r="G474" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H474" t="s">
         <v>94</v>
       </c>
       <c r="I474" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="A475" s="1">
         <v>474</v>
       </c>
       <c r="B475" t="s">
         <v>1559</v>
       </c>
       <c r="C475" t="s">
         <v>1560</v>
       </c>
       <c r="D475" t="s">
         <v>11</v>
       </c>
       <c r="E475" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="F475" t="s">
         <v>1561</v>
       </c>
       <c r="G475" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H475" t="s">
         <v>1562</v>
       </c>
       <c r="I475" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="A476" s="1">
         <v>475</v>
       </c>
       <c r="B476" t="s">
         <v>1563</v>
       </c>
       <c r="C476" t="s">
         <v>1564</v>
       </c>
       <c r="D476" t="s">
         <v>11</v>
       </c>
       <c r="E476" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="F476" t="s">
         <v>1565</v>
       </c>
       <c r="G476" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H476" t="s">
         <v>1566</v>
       </c>
       <c r="I476" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="A477" s="1">
         <v>476</v>
       </c>
       <c r="B477" t="s">
         <v>1567</v>
       </c>
       <c r="C477" t="s">
         <v>1568</v>
       </c>
       <c r="D477" t="s">
         <v>11</v>
       </c>
       <c r="E477" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="F477" t="s">
         <v>1569</v>
       </c>
       <c r="G477" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H477" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="I477" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="478" spans="1:9">
       <c r="A478" s="1">
         <v>477</v>
       </c>
       <c r="B478" t="s">
         <v>1570</v>
       </c>
       <c r="C478" t="s">
         <v>1571</v>
       </c>
       <c r="D478" t="s">
         <v>11</v>
       </c>
       <c r="E478" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="F478" t="s">
         <v>1572</v>
       </c>
       <c r="G478" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H478" t="s">
-        <v>704</v>
+        <v>369</v>
       </c>
       <c r="I478" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="A479" s="1">
         <v>478</v>
       </c>
       <c r="B479" t="s">
         <v>1573</v>
       </c>
       <c r="C479" t="s">
-        <v>1382</v>
+        <v>1574</v>
       </c>
       <c r="D479" t="s">
         <v>11</v>
       </c>
       <c r="E479" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="F479" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="G479" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H479" t="s">
-        <v>1119</v>
+        <v>47</v>
       </c>
       <c r="I479" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="A480" s="1">
         <v>479</v>
       </c>
       <c r="B480" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="C480" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="D480" t="s">
         <v>11</v>
       </c>
       <c r="E480" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="F480" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="G480" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H480" t="s">
-        <v>33</v>
+        <v>343</v>
       </c>
       <c r="I480" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="A481" s="1">
         <v>480</v>
       </c>
       <c r="B481" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="C481" t="s">
-        <v>1526</v>
+        <v>1580</v>
       </c>
       <c r="D481" t="s">
         <v>11</v>
       </c>
       <c r="E481" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="F481" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="G481" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H481" t="s">
-        <v>70</v>
+        <v>741</v>
       </c>
       <c r="I481" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="A482" s="1">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="C482" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="D482" t="s">
         <v>11</v>
       </c>
       <c r="E482" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="F482" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="G482" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H482" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I482" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="A483" s="1">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="C483" t="s">
-        <v>1584</v>
+        <v>1525</v>
       </c>
       <c r="D483" t="s">
         <v>11</v>
       </c>
       <c r="E483" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="F483" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="G483" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H483" t="s">
-        <v>369</v>
+        <v>70</v>
       </c>
       <c r="I483" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="A484" s="1">
         <v>483</v>
       </c>
       <c r="B484" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="C484" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="D484" t="s">
         <v>11</v>
       </c>
       <c r="E484" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="F484" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="G484" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="H484" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="I484" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="485" spans="1:9">
       <c r="A485" s="1">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="C485" t="s">
-        <v>1590</v>
+        <v>1374</v>
       </c>
       <c r="D485" t="s">
         <v>11</v>
       </c>
       <c r="E485" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F485" t="s">
         <v>1591</v>
       </c>
-      <c r="F485" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G485" t="s">
-        <v>1591</v>
+        <v>1554</v>
       </c>
       <c r="H485" t="s">
-        <v>369</v>
+        <v>1179</v>
       </c>
       <c r="I485" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="A486" s="1">
         <v>485</v>
       </c>
       <c r="B486" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C486" t="s">
         <v>1593</v>
       </c>
-      <c r="C486" t="s">
+      <c r="D486" t="s">
+        <v>11</v>
+      </c>
+      <c r="E486" t="s">
         <v>1594</v>
-      </c>
-[...4 lines deleted...]
-        <v>1591</v>
       </c>
       <c r="F486" t="s">
         <v>1595</v>
       </c>
       <c r="G486" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="H486" t="s">
-        <v>37</v>
+        <v>1596</v>
       </c>
       <c r="I486" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="A487" s="1">
         <v>486</v>
       </c>
       <c r="B487" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="C487" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="D487" t="s">
         <v>11</v>
       </c>
       <c r="E487" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="F487" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="G487" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="H487" t="s">
-        <v>1599</v>
+        <v>47</v>
       </c>
       <c r="I487" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="A488" s="1">
         <v>487</v>
       </c>
       <c r="B488" t="s">
         <v>1600</v>
       </c>
       <c r="C488" t="s">
         <v>1601</v>
       </c>
       <c r="D488" t="s">
         <v>11</v>
       </c>
       <c r="E488" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="F488" t="s">
         <v>1602</v>
       </c>
       <c r="G488" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="H488" t="s">
-        <v>51</v>
+        <v>332</v>
       </c>
       <c r="I488" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="A489" s="1">
         <v>488</v>
       </c>
       <c r="B489" t="s">
         <v>1603</v>
       </c>
       <c r="C489" t="s">
         <v>1604</v>
       </c>
       <c r="D489" t="s">
         <v>11</v>
       </c>
       <c r="E489" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="F489" t="s">
         <v>1605</v>
       </c>
       <c r="G489" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="H489" t="s">
-        <v>332</v>
+        <v>369</v>
       </c>
       <c r="I489" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="A490" s="1">
         <v>489</v>
       </c>
       <c r="B490" t="s">
         <v>1606</v>
       </c>
       <c r="C490" t="s">
         <v>1607</v>
       </c>
       <c r="D490" t="s">
         <v>11</v>
       </c>
       <c r="E490" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F490" t="s">
         <v>1608</v>
       </c>
-      <c r="F490" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G490" t="s">
-        <v>1608</v>
+        <v>1594</v>
       </c>
       <c r="H490" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="I490" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="491" spans="1:9">
       <c r="A491" s="1">
         <v>490</v>
       </c>
       <c r="B491" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C491" t="s">
         <v>1610</v>
       </c>
-      <c r="C491" t="s">
+      <c r="D491" t="s">
+        <v>11</v>
+      </c>
+      <c r="E491" t="s">
         <v>1611</v>
-      </c>
-[...4 lines deleted...]
-        <v>1608</v>
       </c>
       <c r="F491" t="s">
         <v>1612</v>
       </c>
       <c r="G491" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="H491" t="s">
-        <v>780</v>
+        <v>199</v>
       </c>
       <c r="I491" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="A492" s="1">
         <v>491</v>
       </c>
       <c r="B492" t="s">
         <v>1613</v>
       </c>
       <c r="C492" t="s">
         <v>1614</v>
       </c>
       <c r="D492" t="s">
         <v>11</v>
       </c>
       <c r="E492" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="F492" t="s">
         <v>1615</v>
       </c>
       <c r="G492" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="H492" t="s">
-        <v>199</v>
+        <v>764</v>
       </c>
       <c r="I492" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="A493" s="1">
         <v>492</v>
       </c>
       <c r="B493" t="s">
         <v>1616</v>
       </c>
       <c r="C493" t="s">
         <v>1617</v>
       </c>
       <c r="D493" t="s">
         <v>11</v>
       </c>
       <c r="E493" t="s">
+        <v>1611</v>
+      </c>
+      <c r="F493" t="s">
         <v>1618</v>
       </c>
-      <c r="F493" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G493" t="s">
-        <v>1618</v>
+        <v>1611</v>
       </c>
       <c r="H493" t="s">
-        <v>1620</v>
+        <v>47</v>
       </c>
       <c r="I493" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="A494" s="1">
         <v>493</v>
       </c>
       <c r="B494" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D494" t="s">
+        <v>11</v>
+      </c>
+      <c r="E494" t="s">
         <v>1621</v>
       </c>
-      <c r="C494" t="s">
+      <c r="F494" t="s">
         <v>1622</v>
       </c>
-      <c r="D494" t="s">
-[...5 lines deleted...]
-      <c r="F494" t="s">
+      <c r="G494" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H494" t="s">
         <v>1623</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="I494" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="A495" s="1">
         <v>494</v>
       </c>
       <c r="B495" t="s">
         <v>1624</v>
       </c>
       <c r="C495" t="s">
         <v>1625</v>
       </c>
       <c r="D495" t="s">
         <v>11</v>
       </c>
       <c r="E495" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="F495" t="s">
         <v>1626</v>
       </c>
       <c r="G495" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="H495" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I495" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="A496" s="1">
         <v>495</v>
       </c>
       <c r="B496" t="s">
         <v>1627</v>
       </c>
       <c r="C496" t="s">
         <v>1628</v>
       </c>
       <c r="D496" t="s">
         <v>11</v>
       </c>
       <c r="E496" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="F496" t="s">
         <v>1629</v>
       </c>
       <c r="G496" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="H496" t="s">
-        <v>1630</v>
+        <v>199</v>
       </c>
       <c r="I496" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="A497" s="1">
         <v>496</v>
       </c>
       <c r="B497" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C497" t="s">
         <v>1631</v>
       </c>
-      <c r="C497" t="s">
+      <c r="D497" t="s">
+        <v>11</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F497" t="s">
         <v>1632</v>
       </c>
-      <c r="D497" t="s">
-[...5 lines deleted...]
-      <c r="F497" t="s">
+      <c r="G497" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H497" t="s">
         <v>1633</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
       <c r="I497" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="498" spans="1:9">
       <c r="A498" s="1">
         <v>497</v>
       </c>
       <c r="B498" t="s">
         <v>1634</v>
       </c>
       <c r="C498" t="s">
         <v>1635</v>
       </c>
       <c r="D498" t="s">
         <v>11</v>
       </c>
       <c r="E498" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F498" t="s">
         <v>1636</v>
       </c>
-      <c r="F498" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G498" t="s">
-        <v>1636</v>
+        <v>1621</v>
       </c>
       <c r="H498" t="s">
-        <v>1638</v>
+        <v>123</v>
       </c>
       <c r="I498" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="A499" s="1">
         <v>498</v>
       </c>
       <c r="B499" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D499" t="s">
+        <v>11</v>
+      </c>
+      <c r="E499" t="s">
         <v>1639</v>
       </c>
-      <c r="C499" t="s">
+      <c r="F499" t="s">
         <v>1640</v>
       </c>
-      <c r="D499" t="s">
-[...2 lines deleted...]
-      <c r="E499" t="s">
+      <c r="G499" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H499" t="s">
         <v>1641</v>
-      </c>
-[...7 lines deleted...]
-        <v>1638</v>
       </c>
       <c r="I499" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="A500" s="1">
         <v>499</v>
       </c>
       <c r="B500" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C500" t="s">
         <v>1643</v>
       </c>
-      <c r="C500" t="s">
+      <c r="D500" t="s">
+        <v>11</v>
+      </c>
+      <c r="E500" t="s">
         <v>1644</v>
-      </c>
-[...4 lines deleted...]
-        <v>1641</v>
       </c>
       <c r="F500" t="s">
         <v>1645</v>
       </c>
       <c r="G500" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H500" t="s">
         <v>1641</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="I500" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="A501" s="1">
         <v>500</v>
       </c>
       <c r="B501" t="s">
         <v>1646</v>
       </c>
       <c r="C501" t="s">
         <v>1647</v>
       </c>
       <c r="D501" t="s">
         <v>11</v>
       </c>
       <c r="E501" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="F501" t="s">
         <v>1648</v>
       </c>
       <c r="G501" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H501" t="s">
         <v>1641</v>
-      </c>
-[...1 lines deleted...]
-        <v>1638</v>
       </c>
       <c r="I501" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="A502" s="1">
         <v>501</v>
       </c>
       <c r="B502" t="s">
         <v>1649</v>
       </c>
       <c r="C502" t="s">
         <v>1650</v>
       </c>
       <c r="D502" t="s">
         <v>11</v>
       </c>
       <c r="E502" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="F502" t="s">
         <v>1651</v>
       </c>
       <c r="G502" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="H502" t="s">
-        <v>51</v>
+        <v>119</v>
       </c>
       <c r="I502" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="A503" s="1">
         <v>502</v>
       </c>
       <c r="B503" t="s">
         <v>1652</v>
       </c>
       <c r="C503" t="s">
         <v>1653</v>
       </c>
       <c r="D503" t="s">
         <v>11</v>
       </c>
       <c r="E503" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F503" t="s">
         <v>1654</v>
       </c>
-      <c r="F503" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G503" t="s">
-        <v>1654</v>
+        <v>1644</v>
       </c>
       <c r="H503" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I503" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="504" spans="1:9">
       <c r="A504" s="1">
         <v>503</v>
       </c>
       <c r="B504" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D504" t="s">
+        <v>11</v>
+      </c>
+      <c r="E504" t="s">
         <v>1657</v>
       </c>
-      <c r="C504" t="s">
+      <c r="F504" t="s">
         <v>1658</v>
       </c>
-      <c r="D504" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G504" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="H504" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="I504" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="A505" s="1">
         <v>504</v>
       </c>
       <c r="B505" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C505" t="s">
         <v>1660</v>
       </c>
-      <c r="C505" t="s">
+      <c r="D505" t="s">
+        <v>11</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F505" t="s">
         <v>1661</v>
       </c>
-      <c r="D505" t="s">
-[...5 lines deleted...]
-      <c r="F505" t="s">
+      <c r="G505" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H505" t="s">
+        <v>47</v>
+      </c>
+      <c r="I505" t="s">
         <v>1662</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="A506" s="1">
         <v>505</v>
       </c>
       <c r="B506" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C506" t="s">
         <v>1664</v>
       </c>
-      <c r="C506" t="s">
+      <c r="D506" t="s">
+        <v>11</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F506" t="s">
         <v>1665</v>
       </c>
-      <c r="D506" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G506" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="H506" t="s">
-        <v>78</v>
+        <v>119</v>
       </c>
       <c r="I506" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="A507" s="1">
         <v>506</v>
       </c>
       <c r="B507" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C507" t="s">
         <v>1667</v>
       </c>
-      <c r="C507" t="s">
+      <c r="D507" t="s">
+        <v>11</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F507" t="s">
         <v>1668</v>
       </c>
-      <c r="D507" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G507" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="H507" t="s">
-        <v>20</v>
+        <v>238</v>
       </c>
       <c r="I507" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="A508" s="1">
         <v>507</v>
       </c>
       <c r="B508" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C508" t="s">
         <v>1670</v>
       </c>
-      <c r="C508" t="s">
+      <c r="D508" t="s">
+        <v>11</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F508" t="s">
         <v>1671</v>
       </c>
-      <c r="D508" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G508" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="H508" t="s">
         <v>78</v>
       </c>
       <c r="I508" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="A509" s="1">
         <v>508</v>
       </c>
       <c r="B509" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C509" t="s">
         <v>1673</v>
       </c>
-      <c r="C509" t="s">
+      <c r="D509" t="s">
+        <v>11</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F509" t="s">
         <v>1674</v>
       </c>
-      <c r="D509" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G509" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="H509" t="s">
-        <v>126</v>
+        <v>70</v>
       </c>
       <c r="I509" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="A510" s="1">
         <v>509</v>
       </c>
       <c r="B510" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C510" t="s">
         <v>1676</v>
       </c>
-      <c r="C510" t="s">
+      <c r="D510" t="s">
+        <v>11</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F510" t="s">
         <v>1677</v>
       </c>
-      <c r="D510" t="s">
-[...5 lines deleted...]
-      <c r="F510" t="s">
+      <c r="G510" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H510" t="s">
         <v>1678</v>
-      </c>
-[...4 lines deleted...]
-        <v>238</v>
       </c>
       <c r="I510" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="511" spans="1:9">
       <c r="A511" s="1">
         <v>510</v>
       </c>
       <c r="B511" t="s">
         <v>1679</v>
       </c>
       <c r="C511" t="s">
         <v>1680</v>
       </c>
       <c r="D511" t="s">
         <v>11</v>
       </c>
       <c r="E511" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="F511" t="s">
         <v>1681</v>
       </c>
       <c r="G511" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="H511" t="s">
-        <v>1682</v>
+        <v>20</v>
       </c>
       <c r="I511" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="A512" s="1">
         <v>511</v>
       </c>
       <c r="B512" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C512" t="s">
         <v>1683</v>
       </c>
-      <c r="C512" t="s">
+      <c r="D512" t="s">
+        <v>11</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F512" t="s">
         <v>1684</v>
       </c>
-      <c r="D512" t="s">
-[...5 lines deleted...]
-      <c r="F512" t="s">
+      <c r="G512" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H512" t="s">
         <v>1685</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="I512" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="A513" s="1">
         <v>512</v>
       </c>
       <c r="B513" t="s">
         <v>1686</v>
       </c>
       <c r="C513" t="s">
         <v>1687</v>
       </c>
       <c r="D513" t="s">
         <v>11</v>
       </c>
       <c r="E513" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F513" t="s">
         <v>1688</v>
       </c>
-      <c r="F513" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G513" t="s">
-        <v>1688</v>
+        <v>1657</v>
       </c>
       <c r="H513" t="s">
-        <v>238</v>
+        <v>78</v>
       </c>
       <c r="I513" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514" s="1">
         <v>513</v>
       </c>
       <c r="B514" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C514" t="s">
         <v>1690</v>
       </c>
-      <c r="C514" t="s">
+      <c r="D514" t="s">
+        <v>11</v>
+      </c>
+      <c r="E514" t="s">
         <v>1691</v>
-      </c>
-[...4 lines deleted...]
-        <v>1688</v>
       </c>
       <c r="F514" t="s">
         <v>1692</v>
       </c>
       <c r="G514" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="H514" t="s">
-        <v>78</v>
+        <v>238</v>
       </c>
       <c r="I514" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="A515" s="1">
         <v>514</v>
       </c>
       <c r="B515" t="s">
         <v>1693</v>
       </c>
       <c r="C515" t="s">
         <v>1694</v>
       </c>
       <c r="D515" t="s">
         <v>11</v>
       </c>
       <c r="E515" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="F515" t="s">
         <v>1695</v>
       </c>
       <c r="G515" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="H515" t="s">
-        <v>238</v>
+        <v>1160</v>
       </c>
       <c r="I515" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="A516" s="1">
         <v>515</v>
       </c>
       <c r="B516" t="s">
         <v>1696</v>
       </c>
       <c r="C516" t="s">
         <v>1697</v>
       </c>
       <c r="D516" t="s">
         <v>11</v>
       </c>
       <c r="E516" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="F516" t="s">
         <v>1698</v>
       </c>
       <c r="G516" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="H516" t="s">
-        <v>1099</v>
+        <v>1699</v>
       </c>
       <c r="I516" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="A517" s="1">
         <v>516</v>
       </c>
       <c r="B517" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="C517" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="D517" t="s">
         <v>11</v>
       </c>
       <c r="E517" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="F517" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="G517" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="H517" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="I517" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="A518" s="1">
         <v>517</v>
       </c>
       <c r="B518" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="C518" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="D518" t="s">
         <v>11</v>
       </c>
       <c r="E518" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="F518" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="G518" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="H518" t="s">
-        <v>1705</v>
+        <v>199</v>
       </c>
       <c r="I518" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="519" spans="1:9">
       <c r="A519" s="1">
         <v>518</v>
       </c>
       <c r="B519" t="s">
         <v>1706</v>
       </c>
       <c r="C519" t="s">
         <v>1707</v>
       </c>
       <c r="D519" t="s">
         <v>11</v>
       </c>
       <c r="E519" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="F519" t="s">
         <v>1708</v>
       </c>
       <c r="G519" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="H519" t="s">
-        <v>1709</v>
+        <v>47</v>
       </c>
       <c r="I519" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="A520" s="1">
         <v>519</v>
       </c>
       <c r="B520" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C520" t="s">
         <v>1710</v>
       </c>
-      <c r="C520" t="s">
+      <c r="D520" t="s">
+        <v>11</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F520" t="s">
         <v>1711</v>
       </c>
-      <c r="D520" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G520" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="H520" t="s">
-        <v>1713</v>
+        <v>840</v>
       </c>
       <c r="I520" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="A521" s="1">
         <v>520</v>
       </c>
       <c r="B521" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D521" t="s">
+        <v>11</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F521" t="s">
         <v>1714</v>
       </c>
-      <c r="C521" t="s">
+      <c r="G521" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H521" t="s">
         <v>1715</v>
-      </c>
-[...13 lines deleted...]
-        <v>1717</v>
       </c>
       <c r="I521" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="A522" s="1">
         <v>521</v>
       </c>
       <c r="B522" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D522" t="s">
+        <v>11</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F522" t="s">
         <v>1718</v>
       </c>
-      <c r="C522" t="s">
+      <c r="G522" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H522" t="s">
         <v>1719</v>
-      </c>
-[...13 lines deleted...]
-        <v>199</v>
       </c>
       <c r="I522" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="A523" s="1">
         <v>522</v>
       </c>
       <c r="B523" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C523" t="s">
         <v>1721</v>
       </c>
-      <c r="C523" t="s">
+      <c r="D523" t="s">
+        <v>11</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F523" t="s">
         <v>1722</v>
       </c>
-      <c r="D523" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G523" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="H523" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="I523" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="A524" s="1">
         <v>523</v>
       </c>
       <c r="B524" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C524" t="s">
         <v>1724</v>
       </c>
-      <c r="C524" t="s">
+      <c r="D524" t="s">
+        <v>11</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F524" t="s">
         <v>1725</v>
       </c>
-      <c r="D524" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G524" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="H524" t="s">
-        <v>837</v>
+        <v>257</v>
       </c>
       <c r="I524" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="525" spans="1:9">
       <c r="A525" s="1">
         <v>524</v>
       </c>
       <c r="B525" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C525" t="s">
         <v>1727</v>
       </c>
-      <c r="C525" t="s">
+      <c r="D525" t="s">
+        <v>11</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F525" t="s">
         <v>1728</v>
       </c>
-      <c r="D525" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G525" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="H525" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I525" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="A526" s="1">
         <v>525</v>
       </c>
       <c r="B526" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C526" t="s">
         <v>1730</v>
       </c>
-      <c r="C526" t="s">
+      <c r="D526" t="s">
+        <v>11</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F526" t="s">
         <v>1731</v>
       </c>
-      <c r="D526" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G526" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="H526" t="s">
-        <v>257</v>
+        <v>47</v>
       </c>
       <c r="I526" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="A527" s="1">
         <v>526</v>
       </c>
       <c r="B527" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C527" t="s">
         <v>1733</v>
       </c>
-      <c r="C527" t="s">
+      <c r="D527" t="s">
+        <v>11</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F527" t="s">
         <v>1734</v>
       </c>
-      <c r="D527" t="s">
-[...2 lines deleted...]
-      <c r="E527" t="s">
+      <c r="G527" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H527" t="s">
         <v>1735</v>
-      </c>
-[...7 lines deleted...]
-        <v>1638</v>
       </c>
       <c r="I527" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="A528" s="1">
         <v>527</v>
       </c>
       <c r="B528" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C528" t="s">
         <v>1737</v>
       </c>
-      <c r="C528" t="s">
+      <c r="D528" t="s">
+        <v>11</v>
+      </c>
+      <c r="E528" t="s">
         <v>1738</v>
-      </c>
-[...4 lines deleted...]
-        <v>1735</v>
       </c>
       <c r="F528" t="s">
         <v>1739</v>
       </c>
       <c r="G528" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H528" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I528" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="A529" s="1">
         <v>528</v>
       </c>
       <c r="B529" t="s">
         <v>1740</v>
       </c>
       <c r="C529" t="s">
         <v>1741</v>
       </c>
       <c r="D529" t="s">
         <v>11</v>
       </c>
       <c r="E529" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F529" t="s">
         <v>1742</v>
       </c>
       <c r="G529" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H529" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I529" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="530" spans="1:9">
       <c r="A530" s="1">
         <v>529</v>
       </c>
       <c r="B530" t="s">
         <v>1743</v>
       </c>
       <c r="C530" t="s">
         <v>1744</v>
       </c>
       <c r="D530" t="s">
         <v>11</v>
       </c>
       <c r="E530" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F530" t="s">
         <v>1745</v>
       </c>
       <c r="G530" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H530" t="s">
-        <v>1477</v>
+        <v>47</v>
       </c>
       <c r="I530" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="A531" s="1">
         <v>530</v>
       </c>
       <c r="B531" t="s">
         <v>1746</v>
       </c>
       <c r="C531" t="s">
         <v>1747</v>
       </c>
       <c r="D531" t="s">
         <v>11</v>
       </c>
       <c r="E531" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F531" t="s">
         <v>1748</v>
       </c>
       <c r="G531" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H531" t="s">
-        <v>51</v>
+        <v>1641</v>
       </c>
       <c r="I531" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="A532" s="1">
         <v>531</v>
       </c>
       <c r="B532" t="s">
         <v>1749</v>
       </c>
       <c r="C532" t="s">
         <v>1750</v>
       </c>
       <c r="D532" t="s">
         <v>11</v>
       </c>
       <c r="E532" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F532" t="s">
         <v>1751</v>
       </c>
       <c r="G532" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H532" t="s">
         <v>267</v>
       </c>
       <c r="I532" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="A533" s="1">
         <v>532</v>
       </c>
       <c r="B533" t="s">
         <v>1752</v>
       </c>
       <c r="C533" t="s">
         <v>1753</v>
       </c>
       <c r="D533" t="s">
         <v>11</v>
       </c>
       <c r="E533" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F533" t="s">
         <v>1754</v>
       </c>
       <c r="G533" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H533" t="s">
         <v>454</v>
       </c>
       <c r="I533" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="A534" s="1">
         <v>533</v>
       </c>
       <c r="B534" t="s">
         <v>1755</v>
       </c>
       <c r="C534" t="s">
         <v>1756</v>
       </c>
       <c r="D534" t="s">
         <v>11</v>
       </c>
       <c r="E534" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F534" t="s">
         <v>1757</v>
       </c>
       <c r="G534" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H534" t="s">
-        <v>837</v>
+        <v>238</v>
       </c>
       <c r="I534" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="A535" s="1">
         <v>534</v>
       </c>
       <c r="B535" t="s">
         <v>1758</v>
       </c>
       <c r="C535" t="s">
         <v>1759</v>
       </c>
       <c r="D535" t="s">
         <v>11</v>
       </c>
       <c r="E535" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F535" t="s">
         <v>1760</v>
       </c>
       <c r="G535" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H535" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="I535" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="A536" s="1">
         <v>535</v>
       </c>
       <c r="B536" t="s">
         <v>1761</v>
       </c>
       <c r="C536" t="s">
         <v>1762</v>
       </c>
       <c r="D536" t="s">
         <v>11</v>
       </c>
       <c r="E536" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F536" t="s">
         <v>1763</v>
       </c>
       <c r="G536" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H536" t="s">
-        <v>1638</v>
+        <v>1500</v>
       </c>
       <c r="I536" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="537" spans="1:9">
       <c r="A537" s="1">
         <v>536</v>
       </c>
       <c r="B537" t="s">
         <v>1764</v>
       </c>
       <c r="C537" t="s">
         <v>1765</v>
       </c>
       <c r="D537" t="s">
         <v>11</v>
       </c>
       <c r="E537" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F537" t="s">
         <v>1766</v>
       </c>
       <c r="G537" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H537" t="s">
-        <v>454</v>
+        <v>840</v>
       </c>
       <c r="I537" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="A538" s="1">
         <v>537</v>
       </c>
       <c r="B538" t="s">
         <v>1767</v>
       </c>
       <c r="C538" t="s">
         <v>1768</v>
       </c>
       <c r="D538" t="s">
         <v>11</v>
       </c>
       <c r="E538" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F538" t="s">
         <v>1769</v>
       </c>
       <c r="G538" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H538" t="s">
-        <v>238</v>
+        <v>1641</v>
       </c>
       <c r="I538" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="A539" s="1">
         <v>538</v>
       </c>
       <c r="B539" t="s">
         <v>1770</v>
       </c>
       <c r="C539" t="s">
         <v>1771</v>
       </c>
       <c r="D539" t="s">
         <v>11</v>
       </c>
       <c r="E539" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="F539" t="s">
         <v>1772</v>
       </c>
       <c r="G539" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="H539" t="s">
-        <v>51</v>
+        <v>454</v>
       </c>
       <c r="I539" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="A540" s="1">
         <v>539</v>
       </c>
       <c r="B540" t="s">
         <v>1773</v>
       </c>
       <c r="C540" t="s">
         <v>1774</v>
       </c>
       <c r="D540" t="s">
         <v>11</v>
       </c>
       <c r="E540" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F540" t="s">
         <v>1775</v>
       </c>
-      <c r="F540" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G540" t="s">
-        <v>1775</v>
+        <v>1738</v>
       </c>
       <c r="H540" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="I540" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="A541" s="1">
         <v>540</v>
       </c>
       <c r="B541" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C541" t="s">
         <v>1777</v>
       </c>
-      <c r="C541" t="s">
+      <c r="D541" t="s">
+        <v>11</v>
+      </c>
+      <c r="E541" t="s">
         <v>1778</v>
-      </c>
-[...4 lines deleted...]
-        <v>1775</v>
       </c>
       <c r="F541" t="s">
         <v>1779</v>
       </c>
       <c r="G541" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H541" t="s">
-        <v>78</v>
+        <v>33</v>
       </c>
       <c r="I541" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="A542" s="1">
         <v>541</v>
       </c>
       <c r="B542" t="s">
         <v>1780</v>
       </c>
       <c r="C542" t="s">
         <v>1781</v>
       </c>
       <c r="D542" t="s">
         <v>11</v>
       </c>
       <c r="E542" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="F542" t="s">
         <v>1782</v>
       </c>
       <c r="G542" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H542" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="I542" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="A543" s="1">
         <v>542</v>
       </c>
       <c r="B543" t="s">
         <v>1783</v>
       </c>
       <c r="C543" t="s">
         <v>1784</v>
       </c>
       <c r="D543" t="s">
         <v>11</v>
       </c>
       <c r="E543" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="F543" t="s">
         <v>1785</v>
       </c>
       <c r="G543" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H543" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="I543" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="A544" s="1">
         <v>543</v>
       </c>
       <c r="B544" t="s">
         <v>1786</v>
       </c>
       <c r="C544" t="s">
         <v>1787</v>
       </c>
       <c r="D544" t="s">
         <v>11</v>
       </c>
       <c r="E544" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="F544" t="s">
         <v>1788</v>
       </c>
       <c r="G544" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H544" t="s">
-        <v>1638</v>
+        <v>70</v>
       </c>
       <c r="I544" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="A545" s="1">
         <v>544</v>
       </c>
       <c r="B545" t="s">
         <v>1789</v>
       </c>
       <c r="C545" t="s">
         <v>1790</v>
       </c>
       <c r="D545" t="s">
         <v>11</v>
       </c>
       <c r="E545" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="F545" t="s">
         <v>1791</v>
       </c>
       <c r="G545" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H545" t="s">
-        <v>1792</v>
+        <v>1641</v>
       </c>
       <c r="I545" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="A546" s="1">
         <v>545</v>
       </c>
       <c r="B546" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C546" t="s">
         <v>1793</v>
       </c>
-      <c r="C546" t="s">
+      <c r="D546" t="s">
+        <v>11</v>
+      </c>
+      <c r="E546" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F546" t="s">
         <v>1794</v>
       </c>
-      <c r="D546" t="s">
-[...5 lines deleted...]
-      <c r="F546" t="s">
+      <c r="G546" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H546" t="s">
         <v>1795</v>
-      </c>
-[...4 lines deleted...]
-        <v>1638</v>
       </c>
       <c r="I546" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="A547" s="1">
         <v>546</v>
       </c>
       <c r="B547" t="s">
         <v>1796</v>
       </c>
       <c r="C547" t="s">
         <v>1797</v>
       </c>
       <c r="D547" t="s">
         <v>11</v>
       </c>
       <c r="E547" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="F547" t="s">
         <v>1798</v>
       </c>
       <c r="G547" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H547" t="s">
-        <v>343</v>
+        <v>1641</v>
       </c>
       <c r="I547" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="548" spans="1:9">
       <c r="A548" s="1">
         <v>547</v>
       </c>
       <c r="B548" t="s">
         <v>1799</v>
       </c>
       <c r="C548" t="s">
         <v>1800</v>
       </c>
       <c r="D548" t="s">
         <v>11</v>
       </c>
       <c r="E548" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="F548" t="s">
         <v>1801</v>
       </c>
       <c r="G548" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H548" t="s">
-        <v>70</v>
+        <v>343</v>
       </c>
       <c r="I548" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="549" spans="1:9">
       <c r="A549" s="1">
         <v>548</v>
       </c>
       <c r="B549" t="s">
         <v>1802</v>
       </c>
       <c r="C549" t="s">
         <v>1803</v>
       </c>
       <c r="D549" t="s">
         <v>11</v>
       </c>
       <c r="E549" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="F549" t="s">
         <v>1804</v>
       </c>
       <c r="G549" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H549" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="I549" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="A550" s="1">
         <v>549</v>
       </c>
       <c r="B550" t="s">
         <v>1805</v>
       </c>
       <c r="C550" t="s">
         <v>1806</v>
       </c>
       <c r="D550" t="s">
         <v>11</v>
       </c>
       <c r="E550" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="F550" t="s">
         <v>1807</v>
       </c>
       <c r="G550" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H550" t="s">
-        <v>1792</v>
+        <v>43</v>
       </c>
       <c r="I550" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="A551" s="1">
         <v>550</v>
       </c>
       <c r="B551" t="s">
         <v>1808</v>
       </c>
       <c r="C551" t="s">
         <v>1809</v>
       </c>
       <c r="D551" t="s">
         <v>11</v>
       </c>
       <c r="E551" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="F551" t="s">
         <v>1810</v>
       </c>
       <c r="G551" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="H551" t="s">
-        <v>1477</v>
+        <v>1795</v>
       </c>
       <c r="I551" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="552" spans="1:9">
       <c r="A552" s="1">
         <v>551</v>
       </c>
       <c r="B552" t="s">
         <v>1811</v>
       </c>
       <c r="C552" t="s">
         <v>1812</v>
       </c>
       <c r="D552" t="s">
         <v>11</v>
       </c>
       <c r="E552" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F552" t="s">
         <v>1813</v>
       </c>
-      <c r="F552" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G552" t="s">
-        <v>1813</v>
+        <v>1778</v>
       </c>
       <c r="H552" t="s">
-        <v>20</v>
+        <v>1500</v>
       </c>
       <c r="I552" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="A553" s="1">
         <v>552</v>
       </c>
       <c r="B553" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C553" t="s">
         <v>1815</v>
       </c>
-      <c r="C553" t="s">
+      <c r="D553" t="s">
+        <v>11</v>
+      </c>
+      <c r="E553" t="s">
         <v>1816</v>
-      </c>
-[...4 lines deleted...]
-        <v>1813</v>
       </c>
       <c r="F553" t="s">
         <v>1817</v>
       </c>
       <c r="G553" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="H553" t="s">
-        <v>332</v>
+        <v>20</v>
       </c>
       <c r="I553" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="A554" s="1">
         <v>553</v>
       </c>
       <c r="B554" t="s">
         <v>1818</v>
       </c>
       <c r="C554" t="s">
         <v>1819</v>
       </c>
       <c r="D554" t="s">
         <v>11</v>
       </c>
       <c r="E554" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="F554" t="s">
         <v>1820</v>
       </c>
       <c r="G554" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="H554" t="s">
-        <v>1821</v>
+        <v>332</v>
       </c>
       <c r="I554" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="A555" s="1">
         <v>554</v>
       </c>
       <c r="B555" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C555" t="s">
         <v>1822</v>
       </c>
-      <c r="C555" t="s">
+      <c r="D555" t="s">
+        <v>11</v>
+      </c>
+      <c r="E555" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F555" t="s">
         <v>1823</v>
       </c>
-      <c r="D555" t="s">
-[...5 lines deleted...]
-      <c r="F555" t="s">
+      <c r="G555" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H555" t="s">
         <v>1824</v>
-      </c>
-[...4 lines deleted...]
-        <v>1821</v>
       </c>
       <c r="I555" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="A556" s="1">
         <v>555</v>
       </c>
       <c r="B556" t="s">
         <v>1825</v>
       </c>
       <c r="C556" t="s">
         <v>1826</v>
       </c>
       <c r="D556" t="s">
         <v>11</v>
       </c>
       <c r="E556" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="F556" t="s">
         <v>1827</v>
       </c>
       <c r="G556" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="H556" t="s">
-        <v>20</v>
+        <v>1824</v>
       </c>
       <c r="I556" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="A557" s="1">
         <v>556</v>
       </c>
       <c r="B557" t="s">
         <v>1828</v>
       </c>
       <c r="C557" t="s">
         <v>1829</v>
       </c>
       <c r="D557" t="s">
         <v>11</v>
       </c>
       <c r="E557" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="F557" t="s">
         <v>1830</v>
       </c>
       <c r="G557" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="H557" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="I557" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="558" spans="1:9">
       <c r="A558" s="1">
         <v>557</v>
       </c>
       <c r="B558" t="s">
         <v>1831</v>
       </c>
       <c r="C558" t="s">
         <v>1832</v>
       </c>
       <c r="D558" t="s">
         <v>11</v>
       </c>
       <c r="E558" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F558" t="s">
         <v>1833</v>
       </c>
-      <c r="F558" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G558" t="s">
-        <v>1833</v>
+        <v>1816</v>
       </c>
       <c r="H558" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="I558" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="A559" s="1">
         <v>558</v>
       </c>
       <c r="B559" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C559" t="s">
         <v>1835</v>
       </c>
-      <c r="C559" t="s">
+      <c r="D559" t="s">
+        <v>11</v>
+      </c>
+      <c r="E559" t="s">
         <v>1836</v>
-      </c>
-[...4 lines deleted...]
-        <v>1833</v>
       </c>
       <c r="F559" t="s">
         <v>1837</v>
       </c>
       <c r="G559" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H559" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="I559" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="A560" s="1">
         <v>559</v>
       </c>
       <c r="B560" t="s">
         <v>1838</v>
       </c>
       <c r="C560" t="s">
         <v>1839</v>
       </c>
       <c r="D560" t="s">
         <v>11</v>
       </c>
       <c r="E560" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F560" t="s">
         <v>1840</v>
       </c>
       <c r="G560" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H560" t="s">
-        <v>1841</v>
+        <v>47</v>
       </c>
       <c r="I560" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="A561" s="1">
         <v>560</v>
       </c>
       <c r="B561" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C561" t="s">
         <v>1842</v>
       </c>
       <c r="D561" t="s">
         <v>11</v>
       </c>
       <c r="E561" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F561" t="s">
         <v>1843</v>
       </c>
       <c r="G561" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H561" t="s">
-        <v>398</v>
+        <v>1844</v>
       </c>
       <c r="I561" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="A562" s="1">
         <v>561</v>
       </c>
       <c r="B562" t="s">
-        <v>1844</v>
-[...1 lines deleted...]
-      <c r="C562" t="s">
         <v>1845</v>
       </c>
       <c r="D562" t="s">
         <v>11</v>
       </c>
       <c r="E562" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F562" t="s">
         <v>1846</v>
       </c>
       <c r="G562" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H562" t="s">
-        <v>1638</v>
+        <v>398</v>
       </c>
       <c r="I562" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="A563" s="1">
         <v>562</v>
       </c>
       <c r="B563" t="s">
         <v>1847</v>
       </c>
       <c r="C563" t="s">
         <v>1848</v>
       </c>
       <c r="D563" t="s">
         <v>11</v>
       </c>
       <c r="E563" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F563" t="s">
         <v>1849</v>
       </c>
       <c r="G563" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H563" t="s">
-        <v>20</v>
+        <v>1641</v>
       </c>
       <c r="I563" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="A564" s="1">
         <v>563</v>
       </c>
       <c r="B564" t="s">
         <v>1850</v>
       </c>
       <c r="C564" t="s">
         <v>1851</v>
       </c>
       <c r="D564" t="s">
         <v>11</v>
       </c>
       <c r="E564" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F564" t="s">
         <v>1852</v>
       </c>
       <c r="G564" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H564" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="I564" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="565" spans="1:9">
       <c r="A565" s="1">
         <v>564</v>
       </c>
       <c r="B565" t="s">
         <v>1853</v>
       </c>
       <c r="C565" t="s">
         <v>1854</v>
       </c>
       <c r="D565" t="s">
         <v>11</v>
       </c>
       <c r="E565" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F565" t="s">
         <v>1855</v>
       </c>
       <c r="G565" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H565" t="s">
-        <v>293</v>
+        <v>47</v>
       </c>
       <c r="I565" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="A566" s="1">
         <v>565</v>
       </c>
       <c r="B566" t="s">
         <v>1856</v>
       </c>
       <c r="C566" t="s">
         <v>1857</v>
       </c>
       <c r="D566" t="s">
         <v>11</v>
       </c>
       <c r="E566" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F566" t="s">
         <v>1858</v>
       </c>
       <c r="G566" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H566" t="s">
-        <v>238</v>
+        <v>293</v>
       </c>
       <c r="I566" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="A567" s="1">
         <v>566</v>
       </c>
       <c r="B567" t="s">
         <v>1859</v>
       </c>
       <c r="C567" t="s">
         <v>1860</v>
       </c>
       <c r="D567" t="s">
         <v>11</v>
       </c>
       <c r="E567" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F567" t="s">
         <v>1861</v>
       </c>
       <c r="G567" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H567" t="s">
-        <v>454</v>
+        <v>238</v>
       </c>
       <c r="I567" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="568" spans="1:9">
       <c r="A568" s="1">
         <v>567</v>
       </c>
       <c r="B568" t="s">
         <v>1862</v>
       </c>
       <c r="C568" t="s">
         <v>1863</v>
       </c>
       <c r="D568" t="s">
         <v>11</v>
       </c>
       <c r="E568" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F568" t="s">
         <v>1864</v>
       </c>
       <c r="G568" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H568" t="s">
-        <v>238</v>
+        <v>454</v>
       </c>
       <c r="I568" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="A569" s="1">
         <v>568</v>
       </c>
       <c r="B569" t="s">
         <v>1865</v>
       </c>
       <c r="C569" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="D569" t="s">
         <v>11</v>
       </c>
       <c r="E569" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F569" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="G569" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H569" t="s">
         <v>238</v>
       </c>
       <c r="I569" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="A570" s="1">
         <v>569</v>
       </c>
       <c r="B570" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="C570" t="s">
-        <v>1868</v>
+        <v>1866</v>
       </c>
       <c r="D570" t="s">
         <v>11</v>
       </c>
       <c r="E570" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F570" t="s">
         <v>1869</v>
       </c>
       <c r="G570" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H570" t="s">
-        <v>293</v>
+        <v>238</v>
       </c>
       <c r="I570" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="571" spans="1:9">
       <c r="A571" s="1">
         <v>570</v>
       </c>
       <c r="B571" t="s">
         <v>1870</v>
       </c>
       <c r="C571" t="s">
         <v>1871</v>
       </c>
       <c r="D571" t="s">
         <v>11</v>
       </c>
       <c r="E571" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F571" t="s">
         <v>1872</v>
       </c>
       <c r="G571" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H571" t="s">
-        <v>1638</v>
+        <v>293</v>
       </c>
       <c r="I571" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="A572" s="1">
         <v>571</v>
       </c>
       <c r="B572" t="s">
         <v>1873</v>
       </c>
       <c r="C572" t="s">
         <v>1874</v>
       </c>
       <c r="D572" t="s">
         <v>11</v>
       </c>
       <c r="E572" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F572" t="s">
         <v>1875</v>
       </c>
       <c r="G572" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H572" t="s">
-        <v>51</v>
+        <v>1641</v>
       </c>
       <c r="I572" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="A573" s="1">
         <v>572</v>
       </c>
       <c r="B573" t="s">
         <v>1876</v>
       </c>
       <c r="C573" t="s">
         <v>1877</v>
       </c>
       <c r="D573" t="s">
         <v>11</v>
       </c>
       <c r="E573" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F573" t="s">
         <v>1878</v>
       </c>
       <c r="G573" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H573" t="s">
-        <v>1638</v>
+        <v>47</v>
       </c>
       <c r="I573" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="A574" s="1">
         <v>573</v>
       </c>
       <c r="B574" t="s">
         <v>1879</v>
       </c>
       <c r="C574" t="s">
         <v>1880</v>
       </c>
       <c r="D574" t="s">
         <v>11</v>
       </c>
       <c r="E574" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F574" t="s">
         <v>1881</v>
       </c>
       <c r="G574" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H574" t="s">
-        <v>47</v>
+        <v>1641</v>
       </c>
       <c r="I574" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="A575" s="1">
         <v>574</v>
       </c>
       <c r="B575" t="s">
         <v>1882</v>
       </c>
       <c r="C575" t="s">
         <v>1883</v>
       </c>
       <c r="D575" t="s">
         <v>11</v>
       </c>
       <c r="E575" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="F575" t="s">
         <v>1884</v>
       </c>
       <c r="G575" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="H575" t="s">
-        <v>199</v>
+        <v>43</v>
       </c>
       <c r="I575" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="A576" s="1">
         <v>575</v>
       </c>
       <c r="B576" t="s">
         <v>1885</v>
       </c>
       <c r="C576" t="s">
         <v>1886</v>
       </c>
       <c r="D576" t="s">
         <v>11</v>
       </c>
       <c r="E576" t="s">
+        <v>1836</v>
+      </c>
+      <c r="F576" t="s">
         <v>1887</v>
       </c>
-      <c r="F576" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G576" t="s">
-        <v>1887</v>
+        <v>1836</v>
       </c>
       <c r="H576" t="s">
-        <v>122</v>
+        <v>199</v>
       </c>
       <c r="I576" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="577" spans="1:9">
       <c r="A577" s="1">
         <v>576</v>
       </c>
       <c r="B577" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C577" t="s">
         <v>1889</v>
       </c>
-      <c r="C577" t="s">
+      <c r="D577" t="s">
+        <v>11</v>
+      </c>
+      <c r="E577" t="s">
         <v>1890</v>
-      </c>
-[...4 lines deleted...]
-        <v>1887</v>
       </c>
       <c r="F577" t="s">
         <v>1891</v>
       </c>
       <c r="G577" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="H577" t="s">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="I577" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="A578" s="1">
         <v>577</v>
       </c>
       <c r="B578" t="s">
         <v>1892</v>
       </c>
       <c r="C578" t="s">
         <v>1893</v>
       </c>
       <c r="D578" t="s">
         <v>11</v>
       </c>
       <c r="E578" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="F578" t="s">
         <v>1894</v>
       </c>
       <c r="G578" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="H578" t="s">
-        <v>238</v>
+        <v>20</v>
       </c>
       <c r="I578" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="A579" s="1">
         <v>578</v>
       </c>
       <c r="B579" t="s">
         <v>1895</v>
       </c>
       <c r="C579" t="s">
         <v>1896</v>
       </c>
       <c r="D579" t="s">
         <v>11</v>
       </c>
       <c r="E579" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="F579" t="s">
         <v>1897</v>
       </c>
       <c r="G579" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="H579" t="s">
-        <v>1898</v>
+        <v>238</v>
       </c>
       <c r="I579" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="A580" s="1">
         <v>579</v>
       </c>
       <c r="B580" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C580" t="s">
         <v>1899</v>
       </c>
-      <c r="C580" t="s">
+      <c r="D580" t="s">
+        <v>11</v>
+      </c>
+      <c r="E580" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F580" t="s">
         <v>1900</v>
       </c>
-      <c r="D580" t="s">
-[...5 lines deleted...]
-      <c r="F580" t="s">
+      <c r="G580" t="s">
+        <v>1890</v>
+      </c>
+      <c r="H580" t="s">
         <v>1901</v>
-      </c>
-[...4 lines deleted...]
-        <v>1119</v>
       </c>
       <c r="I580" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="A581" s="1">
         <v>580</v>
       </c>
       <c r="B581" t="s">
         <v>1902</v>
       </c>
       <c r="C581" t="s">
         <v>1903</v>
       </c>
       <c r="D581" t="s">
         <v>11</v>
       </c>
       <c r="E581" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="F581" t="s">
         <v>1904</v>
       </c>
       <c r="G581" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="H581" t="s">
-        <v>1905</v>
+        <v>1179</v>
       </c>
       <c r="I581" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="A582" s="1">
         <v>581</v>
       </c>
       <c r="B582" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C582" t="s">
         <v>1906</v>
       </c>
-      <c r="C582" t="s">
+      <c r="D582" t="s">
+        <v>11</v>
+      </c>
+      <c r="E582" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F582" t="s">
         <v>1907</v>
       </c>
-      <c r="D582" t="s">
-[...5 lines deleted...]
-      <c r="F582" t="s">
+      <c r="G582" t="s">
+        <v>1890</v>
+      </c>
+      <c r="H582" t="s">
         <v>1908</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="I582" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="583" spans="1:9">
       <c r="A583" s="1">
         <v>582</v>
       </c>
       <c r="B583" t="s">
         <v>1909</v>
       </c>
       <c r="C583" t="s">
         <v>1910</v>
       </c>
       <c r="D583" t="s">
         <v>11</v>
       </c>
       <c r="E583" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="F583" t="s">
         <v>1911</v>
       </c>
       <c r="G583" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="H583" t="s">
-        <v>1912</v>
+        <v>20</v>
       </c>
       <c r="I583" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="584" spans="1:9">
       <c r="A584" s="1">
         <v>583</v>
       </c>
       <c r="B584" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C584" t="s">
         <v>1913</v>
       </c>
-      <c r="C584" t="s">
+      <c r="D584" t="s">
+        <v>11</v>
+      </c>
+      <c r="E584" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F584" t="s">
         <v>1914</v>
       </c>
-      <c r="D584" t="s">
-[...5 lines deleted...]
-      <c r="F584" t="s">
+      <c r="G584" t="s">
+        <v>1890</v>
+      </c>
+      <c r="H584" t="s">
         <v>1915</v>
-      </c>
-[...4 lines deleted...]
-        <v>343</v>
       </c>
       <c r="I584" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="A585" s="1">
         <v>584</v>
       </c>
       <c r="B585" t="s">
         <v>1916</v>
       </c>
       <c r="C585" t="s">
         <v>1917</v>
       </c>
       <c r="D585" t="s">
         <v>11</v>
       </c>
       <c r="E585" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="F585" t="s">
         <v>1918</v>
       </c>
       <c r="G585" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="H585" t="s">
-        <v>94</v>
+        <v>343</v>
       </c>
       <c r="I585" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="586" spans="1:9">
       <c r="A586" s="1">
         <v>585</v>
       </c>
       <c r="B586" t="s">
         <v>1919</v>
       </c>
       <c r="C586" t="s">
         <v>1920</v>
       </c>
       <c r="D586" t="s">
         <v>11</v>
       </c>
       <c r="E586" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="F586" t="s">
         <v>1921</v>
       </c>
       <c r="G586" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="H586" t="s">
         <v>94</v>
       </c>
       <c r="I586" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="A587" s="1">
         <v>586</v>
       </c>
       <c r="B587" t="s">
         <v>1922</v>
       </c>
       <c r="C587" t="s">
         <v>1923</v>
       </c>
       <c r="D587" t="s">
         <v>11</v>
       </c>
       <c r="E587" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="F587" t="s">
         <v>1924</v>
       </c>
       <c r="G587" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="H587" t="s">
-        <v>336</v>
+        <v>94</v>
       </c>
       <c r="I587" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="A588" s="1">
         <v>587</v>
       </c>
       <c r="B588" t="s">
         <v>1925</v>
       </c>
       <c r="C588" t="s">
         <v>1926</v>
       </c>
       <c r="D588" t="s">
         <v>11</v>
       </c>
       <c r="E588" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F588" t="s">
         <v>1927</v>
       </c>
-      <c r="F588" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G588" t="s">
-        <v>1927</v>
+        <v>1890</v>
       </c>
       <c r="H588" t="s">
-        <v>242</v>
+        <v>336</v>
       </c>
       <c r="I588" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="A589" s="1">
         <v>588</v>
       </c>
       <c r="B589" t="s">
+        <v>1928</v>
+      </c>
+      <c r="C589" t="s">
         <v>1929</v>
       </c>
-      <c r="C589" t="s">
+      <c r="D589" t="s">
+        <v>11</v>
+      </c>
+      <c r="E589" t="s">
         <v>1930</v>
-      </c>
-[...4 lines deleted...]
-        <v>1927</v>
       </c>
       <c r="F589" t="s">
         <v>1931</v>
       </c>
       <c r="G589" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H589" t="s">
-        <v>293</v>
+        <v>242</v>
       </c>
       <c r="I589" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="590" spans="1:9">
       <c r="A590" s="1">
         <v>589</v>
       </c>
       <c r="B590" t="s">
         <v>1932</v>
       </c>
       <c r="C590" t="s">
         <v>1933</v>
       </c>
       <c r="D590" t="s">
         <v>11</v>
       </c>
       <c r="E590" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F590" t="s">
         <v>1934</v>
       </c>
       <c r="G590" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H590" t="s">
-        <v>1717</v>
+        <v>293</v>
       </c>
       <c r="I590" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="A591" s="1">
         <v>590</v>
       </c>
       <c r="B591" t="s">
         <v>1935</v>
       </c>
       <c r="C591" t="s">
         <v>1936</v>
       </c>
       <c r="D591" t="s">
         <v>11</v>
       </c>
       <c r="E591" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F591" t="s">
         <v>1937</v>
       </c>
       <c r="G591" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H591" t="s">
-        <v>37</v>
+        <v>1735</v>
       </c>
       <c r="I591" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="592" spans="1:9">
       <c r="A592" s="1">
         <v>591</v>
       </c>
       <c r="B592" t="s">
         <v>1938</v>
       </c>
       <c r="C592" t="s">
         <v>1939</v>
       </c>
       <c r="D592" t="s">
         <v>11</v>
       </c>
       <c r="E592" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F592" t="s">
         <v>1940</v>
       </c>
       <c r="G592" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H592" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="I592" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="593" spans="1:9">
       <c r="A593" s="1">
         <v>592</v>
       </c>
       <c r="B593" t="s">
         <v>1941</v>
       </c>
       <c r="C593" t="s">
         <v>1942</v>
       </c>
       <c r="D593" t="s">
         <v>11</v>
       </c>
       <c r="E593" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F593" t="s">
         <v>1943</v>
       </c>
       <c r="G593" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H593" t="s">
-        <v>1638</v>
+        <v>43</v>
       </c>
       <c r="I593" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="594" spans="1:9">
       <c r="A594" s="1">
         <v>593</v>
       </c>
       <c r="B594" t="s">
         <v>1944</v>
       </c>
       <c r="C594" t="s">
         <v>1945</v>
       </c>
       <c r="D594" t="s">
         <v>11</v>
       </c>
       <c r="E594" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F594" t="s">
         <v>1946</v>
       </c>
       <c r="G594" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H594" t="s">
-        <v>343</v>
+        <v>1641</v>
       </c>
       <c r="I594" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="595" spans="1:9">
       <c r="A595" s="1">
         <v>594</v>
       </c>
       <c r="B595" t="s">
         <v>1947</v>
       </c>
       <c r="C595" t="s">
         <v>1948</v>
       </c>
       <c r="D595" t="s">
         <v>11</v>
       </c>
       <c r="E595" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F595" t="s">
         <v>1949</v>
       </c>
       <c r="G595" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H595" t="s">
-        <v>51</v>
+        <v>343</v>
       </c>
       <c r="I595" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="A596" s="1">
         <v>595</v>
       </c>
       <c r="B596" t="s">
         <v>1950</v>
       </c>
       <c r="C596" t="s">
         <v>1951</v>
       </c>
       <c r="D596" t="s">
         <v>11</v>
       </c>
       <c r="E596" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F596" t="s">
         <v>1952</v>
       </c>
       <c r="G596" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H596" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="I596" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="597" spans="1:9">
       <c r="A597" s="1">
         <v>596</v>
       </c>
       <c r="B597" t="s">
         <v>1953</v>
       </c>
       <c r="C597" t="s">
         <v>1954</v>
       </c>
       <c r="D597" t="s">
         <v>11</v>
       </c>
       <c r="E597" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F597" t="s">
         <v>1955</v>
       </c>
       <c r="G597" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H597" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="I597" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="A598" s="1">
         <v>597</v>
       </c>
       <c r="B598" t="s">
         <v>1956</v>
       </c>
       <c r="C598" t="s">
         <v>1957</v>
       </c>
       <c r="D598" t="s">
         <v>11</v>
       </c>
       <c r="E598" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F598" t="s">
         <v>1958</v>
       </c>
       <c r="G598" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H598" t="s">
-        <v>1638</v>
+        <v>20</v>
       </c>
       <c r="I598" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="A599" s="1">
         <v>598</v>
       </c>
       <c r="B599" t="s">
         <v>1959</v>
       </c>
       <c r="C599" t="s">
         <v>1960</v>
       </c>
       <c r="D599" t="s">
         <v>11</v>
       </c>
       <c r="E599" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F599" t="s">
         <v>1961</v>
       </c>
       <c r="G599" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H599" t="s">
-        <v>20</v>
+        <v>1641</v>
       </c>
       <c r="I599" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="A600" s="1">
         <v>599</v>
       </c>
       <c r="B600" t="s">
         <v>1962</v>
       </c>
       <c r="C600" t="s">
         <v>1963</v>
       </c>
       <c r="D600" t="s">
         <v>11</v>
       </c>
       <c r="E600" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F600" t="s">
         <v>1964</v>
       </c>
       <c r="G600" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H600" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="I600" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="601" spans="1:9">
       <c r="A601" s="1">
         <v>600</v>
       </c>
       <c r="B601" t="s">
         <v>1965</v>
       </c>
       <c r="C601" t="s">
         <v>1966</v>
       </c>
       <c r="D601" t="s">
         <v>11</v>
       </c>
       <c r="E601" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F601" t="s">
         <v>1967</v>
       </c>
       <c r="G601" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H601" t="s">
-        <v>1638</v>
+        <v>47</v>
       </c>
       <c r="I601" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="602" spans="1:9">
       <c r="A602" s="1">
         <v>601</v>
       </c>
       <c r="B602" t="s">
         <v>1968</v>
       </c>
       <c r="C602" t="s">
         <v>1969</v>
       </c>
       <c r="D602" t="s">
         <v>11</v>
       </c>
       <c r="E602" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F602" t="s">
         <v>1970</v>
       </c>
       <c r="G602" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H602" t="s">
-        <v>20</v>
+        <v>1641</v>
       </c>
       <c r="I602" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="A603" s="1">
         <v>602</v>
       </c>
       <c r="B603" t="s">
         <v>1971</v>
       </c>
       <c r="C603" t="s">
         <v>1972</v>
       </c>
       <c r="D603" t="s">
         <v>11</v>
       </c>
       <c r="E603" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F603" t="s">
         <v>1973</v>
       </c>
       <c r="G603" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H603" t="s">
-        <v>293</v>
+        <v>20</v>
       </c>
       <c r="I603" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="604" spans="1:9">
       <c r="A604" s="1">
         <v>603</v>
       </c>
       <c r="B604" t="s">
         <v>1974</v>
       </c>
       <c r="C604" t="s">
         <v>1975</v>
       </c>
       <c r="D604" t="s">
         <v>11</v>
       </c>
       <c r="E604" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F604" t="s">
         <v>1976</v>
       </c>
       <c r="G604" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H604" t="s">
-        <v>1638</v>
+        <v>293</v>
       </c>
       <c r="I604" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="A605" s="1">
         <v>604</v>
       </c>
       <c r="B605" t="s">
         <v>1977</v>
       </c>
       <c r="C605" t="s">
         <v>1978</v>
       </c>
       <c r="D605" t="s">
         <v>11</v>
       </c>
       <c r="E605" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F605" t="s">
         <v>1979</v>
       </c>
       <c r="G605" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H605" t="s">
-        <v>267</v>
+        <v>1641</v>
       </c>
       <c r="I605" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="A606" s="1">
         <v>605</v>
       </c>
       <c r="B606" t="s">
         <v>1980</v>
       </c>
       <c r="C606" t="s">
         <v>1981</v>
       </c>
       <c r="D606" t="s">
         <v>11</v>
       </c>
       <c r="E606" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F606" t="s">
         <v>1982</v>
       </c>
       <c r="G606" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H606" t="s">
-        <v>1638</v>
+        <v>267</v>
       </c>
       <c r="I606" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="607" spans="1:9">
       <c r="A607" s="1">
         <v>606</v>
       </c>
       <c r="B607" t="s">
         <v>1983</v>
       </c>
       <c r="C607" t="s">
         <v>1984</v>
       </c>
       <c r="D607" t="s">
         <v>11</v>
       </c>
       <c r="E607" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F607" t="s">
         <v>1985</v>
       </c>
       <c r="G607" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H607" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I607" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="A608" s="1">
         <v>607</v>
       </c>
       <c r="B608" t="s">
         <v>1986</v>
       </c>
       <c r="C608" t="s">
         <v>1987</v>
       </c>
       <c r="D608" t="s">
         <v>11</v>
       </c>
       <c r="E608" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="F608" t="s">
         <v>1988</v>
       </c>
       <c r="G608" t="s">
-        <v>1927</v>
+        <v>1930</v>
       </c>
       <c r="H608" t="s">
-        <v>47</v>
+        <v>1641</v>
       </c>
       <c r="I608" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="609" spans="1:9">
       <c r="A609" s="1">
         <v>608</v>
       </c>
       <c r="B609" t="s">
         <v>1989</v>
       </c>
       <c r="C609" t="s">
         <v>1990</v>
       </c>
       <c r="D609" t="s">
         <v>11</v>
       </c>
       <c r="E609" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F609" t="s">
         <v>1991</v>
       </c>
-      <c r="F609" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G609" t="s">
-        <v>1991</v>
+        <v>1930</v>
       </c>
       <c r="H609" t="s">
-        <v>1638</v>
+        <v>43</v>
       </c>
       <c r="I609" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="610" spans="1:9">
       <c r="A610" s="1">
         <v>609</v>
       </c>
       <c r="B610" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C610" t="s">
         <v>1993</v>
       </c>
-      <c r="C610" t="s">
+      <c r="D610" t="s">
+        <v>11</v>
+      </c>
+      <c r="E610" t="s">
         <v>1994</v>
-      </c>
-[...4 lines deleted...]
-        <v>1991</v>
       </c>
       <c r="F610" t="s">
         <v>1995</v>
       </c>
       <c r="G610" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H610" t="s">
-        <v>20</v>
+        <v>1641</v>
       </c>
       <c r="I610" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="611" spans="1:9">
       <c r="A611" s="1">
         <v>610</v>
       </c>
       <c r="B611" t="s">
         <v>1996</v>
       </c>
       <c r="C611" t="s">
         <v>1997</v>
       </c>
       <c r="D611" t="s">
         <v>11</v>
       </c>
       <c r="E611" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F611" t="s">
         <v>1998</v>
       </c>
       <c r="G611" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H611" t="s">
-        <v>238</v>
+        <v>20</v>
       </c>
       <c r="I611" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="612" spans="1:9">
       <c r="A612" s="1">
         <v>611</v>
       </c>
       <c r="B612" t="s">
         <v>1999</v>
       </c>
       <c r="C612" t="s">
         <v>2000</v>
       </c>
       <c r="D612" t="s">
         <v>11</v>
       </c>
       <c r="E612" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F612" t="s">
         <v>2001</v>
       </c>
       <c r="G612" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H612" t="s">
-        <v>94</v>
+        <v>238</v>
       </c>
       <c r="I612" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="613" spans="1:9">
       <c r="A613" s="1">
         <v>612</v>
       </c>
       <c r="B613" t="s">
         <v>2002</v>
       </c>
       <c r="C613" t="s">
         <v>2003</v>
       </c>
       <c r="D613" t="s">
         <v>11</v>
       </c>
       <c r="E613" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F613" t="s">
         <v>2004</v>
       </c>
       <c r="G613" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H613" t="s">
-        <v>267</v>
+        <v>94</v>
       </c>
       <c r="I613" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="614" spans="1:9">
       <c r="A614" s="1">
         <v>613</v>
       </c>
       <c r="B614" t="s">
         <v>2005</v>
       </c>
       <c r="C614" t="s">
         <v>2006</v>
       </c>
       <c r="D614" t="s">
         <v>11</v>
       </c>
       <c r="E614" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F614" t="s">
         <v>2007</v>
       </c>
       <c r="G614" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H614" t="s">
-        <v>1638</v>
+        <v>267</v>
       </c>
       <c r="I614" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="615" spans="1:9">
       <c r="A615" s="1">
         <v>614</v>
       </c>
       <c r="B615" t="s">
         <v>2008</v>
       </c>
       <c r="C615" t="s">
         <v>2009</v>
       </c>
       <c r="D615" t="s">
         <v>11</v>
       </c>
       <c r="E615" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F615" t="s">
         <v>2010</v>
       </c>
       <c r="G615" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H615" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I615" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="616" spans="1:9">
       <c r="A616" s="1">
         <v>615</v>
       </c>
       <c r="B616" t="s">
         <v>2011</v>
       </c>
       <c r="C616" t="s">
         <v>2012</v>
       </c>
       <c r="D616" t="s">
         <v>11</v>
       </c>
       <c r="E616" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F616" t="s">
         <v>2013</v>
       </c>
       <c r="G616" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H616" t="s">
-        <v>70</v>
+        <v>1641</v>
       </c>
       <c r="I616" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="617" spans="1:9">
       <c r="A617" s="1">
         <v>616</v>
       </c>
       <c r="B617" t="s">
         <v>2014</v>
       </c>
       <c r="C617" t="s">
         <v>2015</v>
       </c>
       <c r="D617" t="s">
         <v>11</v>
       </c>
       <c r="E617" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F617" t="s">
         <v>2016</v>
       </c>
       <c r="G617" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H617" t="s">
-        <v>1638</v>
+        <v>70</v>
       </c>
       <c r="I617" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="618" spans="1:9">
       <c r="A618" s="1">
         <v>617</v>
       </c>
       <c r="B618" t="s">
         <v>2017</v>
       </c>
       <c r="C618" t="s">
         <v>2018</v>
       </c>
       <c r="D618" t="s">
         <v>11</v>
       </c>
       <c r="E618" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F618" t="s">
         <v>2019</v>
       </c>
       <c r="G618" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H618" t="s">
-        <v>267</v>
+        <v>1641</v>
       </c>
       <c r="I618" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="619" spans="1:9">
       <c r="A619" s="1">
         <v>618</v>
       </c>
       <c r="B619" t="s">
         <v>2020</v>
       </c>
       <c r="C619" t="s">
         <v>2021</v>
       </c>
       <c r="D619" t="s">
         <v>11</v>
       </c>
       <c r="E619" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F619" t="s">
         <v>2022</v>
       </c>
       <c r="G619" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H619" t="s">
-        <v>238</v>
+        <v>267</v>
       </c>
       <c r="I619" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="620" spans="1:9">
       <c r="A620" s="1">
         <v>619</v>
       </c>
       <c r="B620" t="s">
         <v>2023</v>
       </c>
       <c r="C620" t="s">
         <v>2024</v>
       </c>
       <c r="D620" t="s">
         <v>11</v>
       </c>
       <c r="E620" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F620" t="s">
         <v>2025</v>
       </c>
       <c r="G620" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H620" t="s">
-        <v>267</v>
+        <v>238</v>
       </c>
       <c r="I620" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="621" spans="1:9">
       <c r="A621" s="1">
         <v>620</v>
       </c>
       <c r="B621" t="s">
         <v>2026</v>
       </c>
       <c r="C621" t="s">
         <v>2027</v>
       </c>
       <c r="D621" t="s">
         <v>11</v>
       </c>
       <c r="E621" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="F621" t="s">
         <v>2028</v>
       </c>
       <c r="G621" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="H621" t="s">
-        <v>238</v>
+        <v>267</v>
       </c>
       <c r="I621" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="622" spans="1:9">
       <c r="A622" s="1">
         <v>621</v>
       </c>
       <c r="B622" t="s">
         <v>2029</v>
       </c>
       <c r="C622" t="s">
         <v>2030</v>
       </c>
       <c r="D622" t="s">
         <v>11</v>
       </c>
       <c r="E622" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F622" t="s">
         <v>2031</v>
       </c>
-      <c r="F622" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G622" t="s">
-        <v>2031</v>
+        <v>1994</v>
       </c>
       <c r="H622" t="s">
         <v>238</v>
       </c>
       <c r="I622" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="623" spans="1:9">
       <c r="A623" s="1">
         <v>622</v>
       </c>
       <c r="B623" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C623" t="s">
         <v>2033</v>
       </c>
-      <c r="C623" t="s">
+      <c r="D623" t="s">
+        <v>11</v>
+      </c>
+      <c r="E623" t="s">
         <v>2034</v>
-      </c>
-[...4 lines deleted...]
-        <v>2031</v>
       </c>
       <c r="F623" t="s">
         <v>2035</v>
       </c>
       <c r="G623" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="H623" t="s">
-        <v>1638</v>
+        <v>238</v>
       </c>
       <c r="I623" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="624" spans="1:9">
       <c r="A624" s="1">
         <v>623</v>
       </c>
       <c r="B624" t="s">
         <v>2036</v>
       </c>
       <c r="C624" t="s">
         <v>2037</v>
       </c>
       <c r="D624" t="s">
         <v>11</v>
       </c>
       <c r="E624" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="F624" t="s">
         <v>2038</v>
       </c>
       <c r="G624" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="H624" t="s">
-        <v>2039</v>
+        <v>1641</v>
       </c>
       <c r="I624" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="625" spans="1:9">
       <c r="A625" s="1">
         <v>624</v>
       </c>
       <c r="B625" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C625" t="s">
         <v>2040</v>
       </c>
-      <c r="C625" t="s">
+      <c r="D625" t="s">
+        <v>11</v>
+      </c>
+      <c r="E625" t="s">
+        <v>2034</v>
+      </c>
+      <c r="F625" t="s">
         <v>2041</v>
       </c>
-      <c r="D625" t="s">
-[...5 lines deleted...]
-      <c r="F625" t="s">
+      <c r="G625" t="s">
+        <v>2034</v>
+      </c>
+      <c r="H625" t="s">
         <v>2042</v>
-      </c>
-[...4 lines deleted...]
-        <v>369</v>
       </c>
       <c r="I625" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="626" spans="1:9">
       <c r="A626" s="1">
         <v>625</v>
       </c>
       <c r="B626" t="s">
         <v>2043</v>
       </c>
       <c r="C626" t="s">
-        <v>2030</v>
+        <v>2044</v>
       </c>
       <c r="D626" t="s">
         <v>11</v>
       </c>
       <c r="E626" t="s">
-        <v>2044</v>
+        <v>2034</v>
       </c>
       <c r="F626" t="s">
         <v>2045</v>
       </c>
       <c r="G626" t="s">
-        <v>2044</v>
+        <v>2034</v>
       </c>
       <c r="H626" t="s">
-        <v>238</v>
+        <v>369</v>
       </c>
       <c r="I626" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="627" spans="1:9">
       <c r="A627" s="1">
         <v>626</v>
       </c>
       <c r="B627" t="s">
         <v>2046</v>
       </c>
       <c r="C627" t="s">
+        <v>2033</v>
+      </c>
+      <c r="D627" t="s">
+        <v>11</v>
+      </c>
+      <c r="E627" t="s">
         <v>2047</v>
-      </c>
-[...4 lines deleted...]
-        <v>2044</v>
       </c>
       <c r="F627" t="s">
         <v>2048</v>
       </c>
       <c r="G627" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H627" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="I627" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="628" spans="1:9">
       <c r="A628" s="1">
         <v>627</v>
       </c>
       <c r="B628" t="s">
         <v>2049</v>
       </c>
       <c r="C628" t="s">
         <v>2050</v>
       </c>
       <c r="D628" t="s">
         <v>11</v>
       </c>
       <c r="E628" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F628" t="s">
         <v>2051</v>
       </c>
       <c r="G628" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H628" t="s">
-        <v>267</v>
+        <v>47</v>
       </c>
       <c r="I628" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="629" spans="1:9">
       <c r="A629" s="1">
         <v>628</v>
       </c>
       <c r="B629" t="s">
         <v>2052</v>
       </c>
       <c r="C629" t="s">
         <v>2053</v>
       </c>
       <c r="D629" t="s">
         <v>11</v>
       </c>
       <c r="E629" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F629" t="s">
         <v>2054</v>
       </c>
       <c r="G629" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H629" t="s">
-        <v>1705</v>
+        <v>267</v>
       </c>
       <c r="I629" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="630" spans="1:9">
       <c r="A630" s="1">
         <v>629</v>
       </c>
       <c r="B630" t="s">
         <v>2055</v>
       </c>
       <c r="C630" t="s">
         <v>2056</v>
       </c>
       <c r="D630" t="s">
         <v>11</v>
       </c>
       <c r="E630" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F630" t="s">
         <v>2057</v>
       </c>
       <c r="G630" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H630" t="s">
-        <v>47</v>
+        <v>1715</v>
       </c>
       <c r="I630" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="631" spans="1:9">
       <c r="A631" s="1">
         <v>630</v>
       </c>
       <c r="B631" t="s">
         <v>2058</v>
       </c>
       <c r="C631" t="s">
         <v>2059</v>
       </c>
       <c r="D631" t="s">
         <v>11</v>
       </c>
       <c r="E631" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F631" t="s">
         <v>2060</v>
       </c>
       <c r="G631" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H631" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I631" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="632" spans="1:9">
       <c r="A632" s="1">
         <v>631</v>
       </c>
       <c r="B632" t="s">
         <v>2061</v>
       </c>
       <c r="C632" t="s">
         <v>2062</v>
       </c>
       <c r="D632" t="s">
         <v>11</v>
       </c>
       <c r="E632" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F632" t="s">
         <v>2063</v>
       </c>
       <c r="G632" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H632" t="s">
-        <v>454</v>
+        <v>43</v>
       </c>
       <c r="I632" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="633" spans="1:9">
       <c r="A633" s="1">
         <v>632</v>
       </c>
       <c r="B633" t="s">
         <v>2064</v>
       </c>
       <c r="C633" t="s">
         <v>2065</v>
       </c>
       <c r="D633" t="s">
         <v>11</v>
       </c>
       <c r="E633" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F633" t="s">
         <v>2066</v>
       </c>
       <c r="G633" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H633" t="s">
-        <v>704</v>
+        <v>454</v>
       </c>
       <c r="I633" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="634" spans="1:9">
       <c r="A634" s="1">
         <v>633</v>
       </c>
       <c r="B634" t="s">
         <v>2067</v>
       </c>
       <c r="C634" t="s">
         <v>2068</v>
       </c>
       <c r="D634" t="s">
         <v>11</v>
       </c>
       <c r="E634" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F634" t="s">
         <v>2069</v>
       </c>
       <c r="G634" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H634" t="s">
-        <v>51</v>
+        <v>741</v>
       </c>
       <c r="I634" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="635" spans="1:9">
       <c r="A635" s="1">
         <v>634</v>
       </c>
       <c r="B635" t="s">
         <v>2070</v>
       </c>
       <c r="C635" t="s">
         <v>2071</v>
       </c>
       <c r="D635" t="s">
         <v>11</v>
       </c>
       <c r="E635" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F635" t="s">
         <v>2072</v>
       </c>
       <c r="G635" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H635" t="s">
-        <v>267</v>
+        <v>47</v>
       </c>
       <c r="I635" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="636" spans="1:9">
       <c r="A636" s="1">
         <v>635</v>
       </c>
       <c r="B636" t="s">
         <v>2073</v>
       </c>
       <c r="C636" t="s">
         <v>2074</v>
       </c>
       <c r="D636" t="s">
         <v>11</v>
       </c>
       <c r="E636" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F636" t="s">
         <v>2075</v>
       </c>
       <c r="G636" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H636" t="s">
-        <v>1717</v>
+        <v>267</v>
       </c>
       <c r="I636" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="637" spans="1:9">
       <c r="A637" s="1">
         <v>636</v>
       </c>
       <c r="B637" t="s">
         <v>2076</v>
       </c>
       <c r="C637" t="s">
         <v>2077</v>
       </c>
       <c r="D637" t="s">
         <v>11</v>
       </c>
       <c r="E637" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F637" t="s">
         <v>2078</v>
       </c>
       <c r="G637" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H637" t="s">
-        <v>267</v>
+        <v>1735</v>
       </c>
       <c r="I637" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="638" spans="1:9">
       <c r="A638" s="1">
         <v>637</v>
       </c>
       <c r="B638" t="s">
         <v>2079</v>
       </c>
       <c r="C638" t="s">
         <v>2080</v>
       </c>
       <c r="D638" t="s">
         <v>11</v>
       </c>
       <c r="E638" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F638" t="s">
         <v>2081</v>
       </c>
       <c r="G638" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H638" t="s">
-        <v>1477</v>
+        <v>267</v>
       </c>
       <c r="I638" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="639" spans="1:9">
       <c r="A639" s="1">
         <v>638</v>
       </c>
       <c r="B639" t="s">
         <v>2082</v>
       </c>
       <c r="C639" t="s">
         <v>2083</v>
       </c>
       <c r="D639" t="s">
         <v>11</v>
       </c>
       <c r="E639" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="F639" t="s">
         <v>2084</v>
       </c>
       <c r="G639" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="H639" t="s">
-        <v>51</v>
+        <v>1500</v>
       </c>
       <c r="I639" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="640" spans="1:9">
       <c r="A640" s="1">
         <v>639</v>
       </c>
       <c r="B640" t="s">
         <v>2085</v>
       </c>
       <c r="C640" t="s">
         <v>2086</v>
       </c>
       <c r="D640" t="s">
         <v>11</v>
       </c>
       <c r="E640" t="s">
+        <v>2047</v>
+      </c>
+      <c r="F640" t="s">
         <v>2087</v>
       </c>
-      <c r="F640" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G640" t="s">
-        <v>2087</v>
+        <v>2047</v>
       </c>
       <c r="H640" t="s">
-        <v>267</v>
+        <v>47</v>
       </c>
       <c r="I640" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="641" spans="1:9">
       <c r="A641" s="1">
         <v>640</v>
       </c>
       <c r="B641" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C641" t="s">
         <v>2089</v>
       </c>
-      <c r="C641" t="s">
+      <c r="D641" t="s">
+        <v>11</v>
+      </c>
+      <c r="E641" t="s">
         <v>2090</v>
-      </c>
-[...4 lines deleted...]
-        <v>2087</v>
       </c>
       <c r="F641" t="s">
         <v>2091</v>
       </c>
       <c r="G641" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="H641" t="s">
-        <v>238</v>
+        <v>267</v>
       </c>
       <c r="I641" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="642" spans="1:9">
       <c r="A642" s="1">
         <v>641</v>
       </c>
       <c r="B642" t="s">
         <v>2092</v>
       </c>
       <c r="C642" t="s">
         <v>2093</v>
       </c>
       <c r="D642" t="s">
         <v>11</v>
       </c>
       <c r="E642" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="F642" t="s">
         <v>2094</v>
       </c>
       <c r="G642" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="H642" t="s">
-        <v>203</v>
+        <v>238</v>
       </c>
       <c r="I642" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="643" spans="1:9">
       <c r="A643" s="1">
         <v>642</v>
       </c>
       <c r="B643" t="s">
         <v>2095</v>
       </c>
       <c r="C643" t="s">
         <v>2096</v>
       </c>
       <c r="D643" t="s">
         <v>11</v>
       </c>
       <c r="E643" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="F643" t="s">
         <v>2097</v>
       </c>
       <c r="G643" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="H643" t="s">
-        <v>293</v>
+        <v>203</v>
       </c>
       <c r="I643" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="644" spans="1:9">
       <c r="A644" s="1">
         <v>643</v>
       </c>
       <c r="B644" t="s">
         <v>2098</v>
       </c>
       <c r="C644" t="s">
         <v>2099</v>
       </c>
       <c r="D644" t="s">
         <v>11</v>
       </c>
       <c r="E644" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="F644" t="s">
         <v>2100</v>
       </c>
       <c r="G644" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="H644" t="s">
-        <v>70</v>
+        <v>293</v>
       </c>
       <c r="I644" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="645" spans="1:9">
       <c r="A645" s="1">
         <v>644</v>
       </c>
       <c r="B645" t="s">
         <v>2101</v>
       </c>
       <c r="C645" t="s">
         <v>2102</v>
       </c>
       <c r="D645" t="s">
         <v>11</v>
       </c>
       <c r="E645" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="F645" t="s">
         <v>2103</v>
       </c>
       <c r="G645" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="H645" t="s">
-        <v>238</v>
+        <v>70</v>
       </c>
       <c r="I645" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="646" spans="1:9">
       <c r="A646" s="1">
         <v>645</v>
       </c>
       <c r="B646" t="s">
         <v>2104</v>
       </c>
       <c r="C646" t="s">
         <v>2105</v>
       </c>
       <c r="D646" t="s">
         <v>11</v>
       </c>
       <c r="E646" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="F646" t="s">
         <v>2106</v>
       </c>
       <c r="G646" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="H646" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="I646" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="647" spans="1:9">
       <c r="A647" s="1">
         <v>646</v>
       </c>
       <c r="B647" t="s">
         <v>2107</v>
       </c>
       <c r="C647" t="s">
         <v>2108</v>
       </c>
       <c r="D647" t="s">
         <v>11</v>
       </c>
       <c r="E647" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="F647" t="s">
         <v>2109</v>
       </c>
       <c r="G647" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="H647" t="s">
-        <v>238</v>
+        <v>47</v>
       </c>
       <c r="I647" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="648" spans="1:9">
       <c r="A648" s="1">
         <v>647</v>
       </c>
       <c r="B648" t="s">
         <v>2110</v>
       </c>
       <c r="C648" t="s">
         <v>2111</v>
       </c>
       <c r="D648" t="s">
         <v>11</v>
       </c>
       <c r="E648" t="s">
+        <v>2090</v>
+      </c>
+      <c r="F648" t="s">
         <v>2112</v>
       </c>
-      <c r="F648" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G648" t="s">
-        <v>2112</v>
+        <v>2090</v>
       </c>
       <c r="H648" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="I648" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="649" spans="1:9">
       <c r="A649" s="1">
         <v>648</v>
       </c>
       <c r="B649" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C649" t="s">
         <v>2114</v>
       </c>
-      <c r="C649" t="s">
+      <c r="D649" t="s">
+        <v>11</v>
+      </c>
+      <c r="E649" t="s">
         <v>2115</v>
-      </c>
-[...4 lines deleted...]
-        <v>2112</v>
       </c>
       <c r="F649" t="s">
         <v>2116</v>
       </c>
       <c r="G649" t="s">
-        <v>2112</v>
+        <v>2115</v>
       </c>
       <c r="H649" t="s">
-        <v>2117</v>
+        <v>47</v>
       </c>
       <c r="I649" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="650" spans="1:9">
       <c r="A650" s="1">
         <v>649</v>
       </c>
       <c r="B650" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C650" t="s">
         <v>2118</v>
       </c>
-      <c r="C650" t="s">
+      <c r="D650" t="s">
+        <v>11</v>
+      </c>
+      <c r="E650" t="s">
+        <v>2115</v>
+      </c>
+      <c r="F650" t="s">
         <v>2119</v>
       </c>
-      <c r="D650" t="s">
-[...2 lines deleted...]
-      <c r="E650" t="s">
+      <c r="G650" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H650" t="s">
         <v>2120</v>
-      </c>
-[...7 lines deleted...]
-        <v>238</v>
       </c>
       <c r="I650" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="651" spans="1:9">
       <c r="A651" s="1">
         <v>650</v>
       </c>
       <c r="B651" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C651" t="s">
         <v>2122</v>
       </c>
-      <c r="C651" t="s">
+      <c r="D651" t="s">
+        <v>11</v>
+      </c>
+      <c r="E651" t="s">
         <v>2123</v>
-      </c>
-[...4 lines deleted...]
-        <v>2120</v>
       </c>
       <c r="F651" t="s">
         <v>2124</v>
       </c>
       <c r="G651" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
       <c r="H651" t="s">
-        <v>122</v>
+        <v>238</v>
       </c>
       <c r="I651" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="652" spans="1:9">
       <c r="A652" s="1">
         <v>651</v>
       </c>
       <c r="B652" t="s">
         <v>2125</v>
       </c>
       <c r="C652" t="s">
         <v>2126</v>
       </c>
       <c r="D652" t="s">
         <v>11</v>
       </c>
       <c r="E652" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
       <c r="F652" t="s">
         <v>2127</v>
       </c>
       <c r="G652" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
       <c r="H652" t="s">
-        <v>1638</v>
+        <v>123</v>
       </c>
       <c r="I652" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="653" spans="1:9">
       <c r="A653" s="1">
         <v>652</v>
       </c>
       <c r="B653" t="s">
         <v>2128</v>
       </c>
       <c r="C653" t="s">
         <v>2129</v>
       </c>
       <c r="D653" t="s">
         <v>11</v>
       </c>
       <c r="E653" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
       <c r="F653" t="s">
         <v>2130</v>
       </c>
       <c r="G653" t="s">
-        <v>2120</v>
+        <v>2123</v>
       </c>
       <c r="H653" t="s">
-        <v>267</v>
+        <v>1641</v>
       </c>
       <c r="I653" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="654" spans="1:9">
       <c r="A654" s="1">
         <v>653</v>
       </c>
       <c r="B654" t="s">
         <v>2131</v>
       </c>
       <c r="C654" t="s">
         <v>2132</v>
       </c>
       <c r="D654" t="s">
         <v>11</v>
       </c>
       <c r="E654" t="s">
+        <v>2123</v>
+      </c>
+      <c r="F654" t="s">
         <v>2133</v>
       </c>
-      <c r="F654" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G654" t="s">
-        <v>2133</v>
+        <v>2123</v>
       </c>
       <c r="H654" t="s">
-        <v>1638</v>
+        <v>267</v>
       </c>
       <c r="I654" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="655" spans="1:9">
       <c r="A655" s="1">
         <v>654</v>
       </c>
       <c r="B655" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C655" t="s">
         <v>2135</v>
       </c>
-      <c r="C655" t="s">
+      <c r="D655" t="s">
+        <v>11</v>
+      </c>
+      <c r="E655" t="s">
         <v>2136</v>
-      </c>
-[...4 lines deleted...]
-        <v>2133</v>
       </c>
       <c r="F655" t="s">
         <v>2137</v>
       </c>
       <c r="G655" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H655" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I655" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="656" spans="1:9">
       <c r="A656" s="1">
         <v>655</v>
       </c>
       <c r="B656" t="s">
         <v>2138</v>
       </c>
       <c r="C656" t="s">
         <v>2139</v>
       </c>
       <c r="D656" t="s">
         <v>11</v>
       </c>
       <c r="E656" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F656" t="s">
         <v>2140</v>
       </c>
       <c r="G656" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H656" t="s">
-        <v>2141</v>
+        <v>1641</v>
       </c>
       <c r="I656" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="657" spans="1:9">
       <c r="A657" s="1">
         <v>656</v>
       </c>
       <c r="B657" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C657" t="s">
         <v>2142</v>
       </c>
-      <c r="C657" t="s">
+      <c r="D657" t="s">
+        <v>11</v>
+      </c>
+      <c r="E657" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F657" t="s">
         <v>2143</v>
       </c>
-      <c r="D657" t="s">
-[...5 lines deleted...]
-      <c r="F657" t="s">
+      <c r="G657" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H657" t="s">
         <v>2144</v>
       </c>
-      <c r="G657" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I657" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="658" spans="1:9">
       <c r="A658" s="1">
         <v>657</v>
       </c>
       <c r="B658" t="s">
         <v>2145</v>
       </c>
       <c r="C658" t="s">
         <v>2146</v>
       </c>
       <c r="D658" t="s">
         <v>11</v>
       </c>
       <c r="E658" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F658" t="s">
         <v>2147</v>
       </c>
       <c r="G658" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H658" t="s">
-        <v>1638</v>
+        <v>20</v>
       </c>
       <c r="I658" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="659" spans="1:9">
       <c r="A659" s="1">
         <v>658</v>
       </c>
       <c r="B659" t="s">
         <v>2148</v>
       </c>
       <c r="C659" t="s">
         <v>2149</v>
       </c>
       <c r="D659" t="s">
         <v>11</v>
       </c>
       <c r="E659" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F659" t="s">
         <v>2150</v>
       </c>
       <c r="G659" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H659" t="s">
-        <v>20</v>
+        <v>1641</v>
       </c>
       <c r="I659" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="660" spans="1:9">
       <c r="A660" s="1">
         <v>659</v>
       </c>
       <c r="B660" t="s">
         <v>2151</v>
       </c>
       <c r="C660" t="s">
         <v>2152</v>
       </c>
       <c r="D660" t="s">
         <v>11</v>
       </c>
       <c r="E660" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F660" t="s">
         <v>2153</v>
       </c>
       <c r="G660" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H660" t="s">
         <v>20</v>
       </c>
       <c r="I660" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="661" spans="1:9">
       <c r="A661" s="1">
         <v>660</v>
       </c>
       <c r="B661" t="s">
         <v>2154</v>
       </c>
       <c r="C661" t="s">
         <v>2155</v>
       </c>
       <c r="D661" t="s">
         <v>11</v>
       </c>
       <c r="E661" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F661" t="s">
         <v>2156</v>
       </c>
       <c r="G661" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H661" t="s">
-        <v>1638</v>
+        <v>20</v>
       </c>
       <c r="I661" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="662" spans="1:9">
       <c r="A662" s="1">
         <v>661</v>
       </c>
       <c r="B662" t="s">
         <v>2157</v>
       </c>
       <c r="C662" t="s">
         <v>2158</v>
       </c>
       <c r="D662" t="s">
         <v>11</v>
       </c>
       <c r="E662" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F662" t="s">
         <v>2159</v>
       </c>
       <c r="G662" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H662" t="s">
-        <v>454</v>
+        <v>1641</v>
       </c>
       <c r="I662" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="663" spans="1:9">
       <c r="A663" s="1">
         <v>662</v>
       </c>
       <c r="B663" t="s">
         <v>2160</v>
       </c>
       <c r="C663" t="s">
         <v>2161</v>
       </c>
       <c r="D663" t="s">
         <v>11</v>
       </c>
       <c r="E663" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F663" t="s">
         <v>2162</v>
       </c>
       <c r="G663" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H663" t="s">
-        <v>2141</v>
+        <v>454</v>
       </c>
       <c r="I663" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="664" spans="1:9">
       <c r="A664" s="1">
         <v>663</v>
       </c>
       <c r="B664" t="s">
         <v>2163</v>
       </c>
       <c r="C664" t="s">
         <v>2164</v>
       </c>
       <c r="D664" t="s">
         <v>11</v>
       </c>
       <c r="E664" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F664" t="s">
         <v>2165</v>
       </c>
       <c r="G664" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H664" t="s">
-        <v>51</v>
+        <v>2144</v>
       </c>
       <c r="I664" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="665" spans="1:9">
       <c r="A665" s="1">
         <v>664</v>
       </c>
       <c r="B665" t="s">
         <v>2166</v>
       </c>
       <c r="C665" t="s">
         <v>2167</v>
       </c>
       <c r="D665" t="s">
         <v>11</v>
       </c>
       <c r="E665" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F665" t="s">
         <v>2168</v>
       </c>
       <c r="G665" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H665" t="s">
-        <v>1638</v>
+        <v>47</v>
       </c>
       <c r="I665" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="666" spans="1:9">
       <c r="A666" s="1">
         <v>665</v>
       </c>
       <c r="B666" t="s">
         <v>2169</v>
       </c>
       <c r="C666" t="s">
         <v>2170</v>
       </c>
       <c r="D666" t="s">
         <v>11</v>
       </c>
       <c r="E666" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F666" t="s">
         <v>2171</v>
       </c>
       <c r="G666" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H666" t="s">
-        <v>267</v>
+        <v>1641</v>
       </c>
       <c r="I666" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="667" spans="1:9">
       <c r="A667" s="1">
         <v>666</v>
       </c>
       <c r="B667" t="s">
         <v>2172</v>
       </c>
       <c r="C667" t="s">
         <v>2173</v>
       </c>
       <c r="D667" t="s">
         <v>11</v>
       </c>
       <c r="E667" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F667" t="s">
         <v>2174</v>
       </c>
       <c r="G667" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H667" t="s">
-        <v>293</v>
+        <v>267</v>
       </c>
       <c r="I667" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="668" spans="1:9">
       <c r="A668" s="1">
         <v>667</v>
       </c>
       <c r="B668" t="s">
         <v>2175</v>
       </c>
       <c r="C668" t="s">
         <v>2176</v>
       </c>
       <c r="D668" t="s">
         <v>11</v>
       </c>
       <c r="E668" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F668" t="s">
         <v>2177</v>
       </c>
       <c r="G668" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H668" t="s">
-        <v>2141</v>
+        <v>293</v>
       </c>
       <c r="I668" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="669" spans="1:9">
       <c r="A669" s="1">
         <v>668</v>
       </c>
       <c r="B669" t="s">
         <v>2178</v>
       </c>
       <c r="C669" t="s">
         <v>2179</v>
       </c>
       <c r="D669" t="s">
         <v>11</v>
       </c>
       <c r="E669" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F669" t="s">
         <v>2180</v>
       </c>
       <c r="G669" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H669" t="s">
-        <v>1638</v>
+        <v>2144</v>
       </c>
       <c r="I669" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="670" spans="1:9">
       <c r="A670" s="1">
         <v>669</v>
       </c>
       <c r="B670" t="s">
         <v>2181</v>
       </c>
       <c r="C670" t="s">
         <v>2182</v>
       </c>
       <c r="D670" t="s">
         <v>11</v>
       </c>
       <c r="E670" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F670" t="s">
         <v>2183</v>
       </c>
       <c r="G670" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H670" t="s">
-        <v>2141</v>
+        <v>1641</v>
       </c>
       <c r="I670" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="671" spans="1:9">
       <c r="A671" s="1">
         <v>670</v>
       </c>
       <c r="B671" t="s">
         <v>2184</v>
       </c>
       <c r="C671" t="s">
         <v>2185</v>
       </c>
       <c r="D671" t="s">
         <v>11</v>
       </c>
       <c r="E671" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F671" t="s">
         <v>2186</v>
       </c>
       <c r="G671" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H671" t="s">
-        <v>51</v>
+        <v>2144</v>
       </c>
       <c r="I671" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="672" spans="1:9">
       <c r="A672" s="1">
         <v>671</v>
       </c>
       <c r="B672" t="s">
         <v>2187</v>
       </c>
       <c r="C672" t="s">
         <v>2188</v>
       </c>
       <c r="D672" t="s">
         <v>11</v>
       </c>
       <c r="E672" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F672" t="s">
         <v>2189</v>
       </c>
+      <c r="G672" t="s">
+        <v>2136</v>
+      </c>
       <c r="H672" t="s">
-        <v>454</v>
+        <v>47</v>
       </c>
       <c r="I672" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="673" spans="1:9">
       <c r="A673" s="1">
         <v>672</v>
       </c>
       <c r="B673" t="s">
         <v>2190</v>
       </c>
       <c r="C673" t="s">
         <v>2191</v>
       </c>
       <c r="D673" t="s">
         <v>11</v>
       </c>
       <c r="E673" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F673" t="s">
         <v>2192</v>
       </c>
-      <c r="G673" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H673" t="s">
-        <v>1638</v>
+        <v>454</v>
       </c>
       <c r="I673" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="674" spans="1:9">
       <c r="A674" s="1">
         <v>673</v>
       </c>
       <c r="B674" t="s">
         <v>2193</v>
       </c>
       <c r="C674" t="s">
         <v>2194</v>
       </c>
       <c r="D674" t="s">
         <v>11</v>
       </c>
       <c r="E674" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F674" t="s">
         <v>2195</v>
       </c>
       <c r="G674" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H674" t="s">
-        <v>122</v>
+        <v>1641</v>
       </c>
       <c r="I674" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="675" spans="1:9">
       <c r="A675" s="1">
         <v>674</v>
       </c>
       <c r="B675" t="s">
         <v>2196</v>
       </c>
       <c r="C675" t="s">
         <v>2197</v>
       </c>
       <c r="D675" t="s">
         <v>11</v>
       </c>
       <c r="E675" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F675" t="s">
         <v>2198</v>
       </c>
       <c r="G675" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H675" t="s">
-        <v>1717</v>
+        <v>123</v>
       </c>
       <c r="I675" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="676" spans="1:9">
       <c r="A676" s="1">
         <v>675</v>
       </c>
       <c r="B676" t="s">
         <v>2199</v>
       </c>
       <c r="C676" t="s">
         <v>2200</v>
       </c>
       <c r="D676" t="s">
         <v>11</v>
       </c>
       <c r="E676" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F676" t="s">
         <v>2201</v>
       </c>
       <c r="G676" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H676" t="s">
-        <v>2202</v>
+        <v>1735</v>
       </c>
       <c r="I676" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="677" spans="1:9">
       <c r="A677" s="1">
         <v>676</v>
       </c>
       <c r="B677" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C677" t="s">
         <v>2203</v>
       </c>
-      <c r="C677" t="s">
+      <c r="D677" t="s">
+        <v>11</v>
+      </c>
+      <c r="E677" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F677" t="s">
         <v>2204</v>
       </c>
-      <c r="D677" t="s">
-[...5 lines deleted...]
-      <c r="F677" t="s">
+      <c r="G677" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H677" t="s">
         <v>2205</v>
       </c>
-      <c r="G677" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I677" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="678" spans="1:9">
       <c r="A678" s="1">
         <v>677</v>
       </c>
       <c r="B678" t="s">
         <v>2206</v>
       </c>
       <c r="C678" t="s">
         <v>2207</v>
       </c>
       <c r="D678" t="s">
         <v>11</v>
       </c>
       <c r="E678" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F678" t="s">
         <v>2208</v>
       </c>
       <c r="G678" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H678" t="s">
-        <v>1638</v>
+        <v>238</v>
       </c>
       <c r="I678" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="679" spans="1:9">
       <c r="A679" s="1">
         <v>678</v>
       </c>
       <c r="B679" t="s">
         <v>2209</v>
       </c>
       <c r="C679" t="s">
         <v>2210</v>
       </c>
       <c r="D679" t="s">
         <v>11</v>
       </c>
       <c r="E679" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F679" t="s">
         <v>2211</v>
       </c>
       <c r="G679" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H679" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I679" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="680" spans="1:9">
       <c r="A680" s="1">
         <v>679</v>
       </c>
       <c r="B680" t="s">
         <v>2212</v>
       </c>
       <c r="C680" t="s">
         <v>2213</v>
       </c>
       <c r="D680" t="s">
         <v>11</v>
       </c>
       <c r="E680" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F680" t="s">
         <v>2214</v>
       </c>
       <c r="G680" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H680" t="s">
-        <v>2215</v>
+        <v>1641</v>
       </c>
       <c r="I680" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="681" spans="1:9">
       <c r="A681" s="1">
         <v>680</v>
       </c>
       <c r="B681" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C681" t="s">
         <v>2216</v>
       </c>
-      <c r="C681" t="s">
+      <c r="D681" t="s">
+        <v>11</v>
+      </c>
+      <c r="E681" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F681" t="s">
         <v>2217</v>
       </c>
-      <c r="D681" t="s">
-[...5 lines deleted...]
-      <c r="F681" t="s">
+      <c r="G681" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H681" t="s">
         <v>2218</v>
       </c>
-      <c r="G681" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I681" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="682" spans="1:9">
       <c r="A682" s="1">
         <v>681</v>
       </c>
       <c r="B682" t="s">
         <v>2219</v>
       </c>
       <c r="C682" t="s">
         <v>2220</v>
       </c>
       <c r="D682" t="s">
         <v>11</v>
       </c>
       <c r="E682" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F682" t="s">
         <v>2221</v>
       </c>
       <c r="G682" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H682" t="s">
-        <v>238</v>
+        <v>1641</v>
       </c>
       <c r="I682" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="683" spans="1:9">
       <c r="A683" s="1">
         <v>682</v>
       </c>
       <c r="B683" t="s">
         <v>2222</v>
       </c>
       <c r="C683" t="s">
         <v>2223</v>
       </c>
       <c r="D683" t="s">
         <v>11</v>
       </c>
       <c r="E683" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F683" t="s">
         <v>2224</v>
       </c>
       <c r="G683" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H683" t="s">
-        <v>454</v>
+        <v>238</v>
       </c>
       <c r="I683" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="684" spans="1:9">
       <c r="A684" s="1">
         <v>683</v>
       </c>
       <c r="B684" t="s">
         <v>2225</v>
       </c>
       <c r="C684" t="s">
         <v>2226</v>
       </c>
       <c r="D684" t="s">
         <v>11</v>
       </c>
       <c r="E684" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F684" t="s">
         <v>2227</v>
       </c>
       <c r="G684" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H684" t="s">
-        <v>20</v>
+        <v>454</v>
       </c>
       <c r="I684" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="685" spans="1:9">
       <c r="A685" s="1">
         <v>684</v>
       </c>
       <c r="B685" t="s">
         <v>2228</v>
       </c>
       <c r="C685" t="s">
         <v>2229</v>
       </c>
       <c r="D685" t="s">
         <v>11</v>
       </c>
       <c r="E685" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F685" t="s">
         <v>2230</v>
       </c>
       <c r="G685" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H685" t="s">
-        <v>2231</v>
+        <v>20</v>
       </c>
       <c r="I685" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="686" spans="1:9">
       <c r="A686" s="1">
         <v>685</v>
       </c>
       <c r="B686" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C686" t="s">
         <v>2232</v>
       </c>
-      <c r="C686" t="s">
+      <c r="D686" t="s">
+        <v>11</v>
+      </c>
+      <c r="E686" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F686" t="s">
         <v>2233</v>
       </c>
-      <c r="D686" t="s">
-[...5 lines deleted...]
-      <c r="F686" t="s">
+      <c r="G686" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H686" t="s">
         <v>2234</v>
       </c>
-      <c r="G686" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I686" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="687" spans="1:9">
       <c r="A687" s="1">
         <v>686</v>
       </c>
       <c r="B687" t="s">
         <v>2235</v>
       </c>
       <c r="C687" t="s">
         <v>2236</v>
       </c>
       <c r="D687" t="s">
         <v>11</v>
       </c>
       <c r="E687" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F687" t="s">
         <v>2237</v>
       </c>
       <c r="G687" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H687" t="s">
-        <v>2238</v>
+        <v>1641</v>
       </c>
       <c r="I687" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="688" spans="1:9">
       <c r="A688" s="1">
         <v>687</v>
       </c>
       <c r="B688" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C688" t="s">
         <v>2239</v>
       </c>
-      <c r="C688" t="s">
+      <c r="D688" t="s">
+        <v>11</v>
+      </c>
+      <c r="E688" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F688" t="s">
         <v>2240</v>
       </c>
-      <c r="D688" t="s">
-[...5 lines deleted...]
-      <c r="F688" t="s">
+      <c r="G688" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H688" t="s">
         <v>2241</v>
       </c>
-      <c r="G688" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I688" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="689" spans="1:9">
       <c r="A689" s="1">
         <v>688</v>
       </c>
       <c r="B689" t="s">
         <v>2242</v>
       </c>
       <c r="C689" t="s">
         <v>2243</v>
       </c>
       <c r="D689" t="s">
         <v>11</v>
       </c>
       <c r="E689" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F689" t="s">
         <v>2244</v>
       </c>
       <c r="G689" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H689" t="s">
-        <v>20</v>
+        <v>238</v>
       </c>
       <c r="I689" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="690" spans="1:9">
       <c r="A690" s="1">
         <v>689</v>
       </c>
       <c r="B690" t="s">
         <v>2245</v>
       </c>
       <c r="C690" t="s">
         <v>2246</v>
       </c>
       <c r="D690" t="s">
         <v>11</v>
       </c>
       <c r="E690" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F690" t="s">
         <v>2247</v>
       </c>
       <c r="G690" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H690" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="I690" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="691" spans="1:9">
       <c r="A691" s="1">
         <v>690</v>
       </c>
       <c r="B691" t="s">
         <v>2248</v>
       </c>
       <c r="C691" t="s">
         <v>2249</v>
       </c>
       <c r="D691" t="s">
         <v>11</v>
       </c>
       <c r="E691" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F691" t="s">
         <v>2250</v>
       </c>
       <c r="G691" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H691" t="s">
-        <v>1638</v>
+        <v>47</v>
       </c>
       <c r="I691" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="692" spans="1:9">
       <c r="A692" s="1">
         <v>691</v>
       </c>
       <c r="B692" t="s">
         <v>2251</v>
       </c>
       <c r="C692" t="s">
         <v>2252</v>
       </c>
       <c r="D692" t="s">
         <v>11</v>
       </c>
       <c r="E692" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F692" t="s">
         <v>2253</v>
       </c>
       <c r="G692" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H692" t="s">
-        <v>51</v>
+        <v>1641</v>
       </c>
       <c r="I692" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="693" spans="1:9">
       <c r="A693" s="1">
         <v>692</v>
       </c>
       <c r="B693" t="s">
         <v>2254</v>
       </c>
       <c r="C693" t="s">
         <v>2255</v>
       </c>
       <c r="D693" t="s">
         <v>11</v>
       </c>
       <c r="E693" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F693" t="s">
         <v>2256</v>
       </c>
       <c r="G693" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H693" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="I693" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="694" spans="1:9">
       <c r="A694" s="1">
         <v>693</v>
       </c>
       <c r="B694" t="s">
         <v>2257</v>
       </c>
       <c r="C694" t="s">
         <v>2258</v>
       </c>
       <c r="D694" t="s">
         <v>11</v>
       </c>
       <c r="E694" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F694" t="s">
         <v>2259</v>
       </c>
       <c r="G694" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H694" t="s">
-        <v>1477</v>
+        <v>20</v>
       </c>
       <c r="I694" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="695" spans="1:9">
       <c r="A695" s="1">
         <v>694</v>
       </c>
       <c r="B695" t="s">
         <v>2260</v>
       </c>
       <c r="C695" t="s">
         <v>2261</v>
       </c>
       <c r="D695" t="s">
         <v>11</v>
       </c>
       <c r="E695" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F695" t="s">
         <v>2262</v>
       </c>
       <c r="G695" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H695" t="s">
-        <v>2202</v>
+        <v>1500</v>
       </c>
       <c r="I695" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="696" spans="1:9">
       <c r="A696" s="1">
         <v>695</v>
       </c>
       <c r="B696" t="s">
         <v>2263</v>
       </c>
       <c r="C696" t="s">
         <v>2264</v>
       </c>
       <c r="D696" t="s">
         <v>11</v>
       </c>
       <c r="E696" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F696" t="s">
         <v>2265</v>
       </c>
       <c r="G696" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H696" t="s">
-        <v>51</v>
+        <v>2205</v>
       </c>
       <c r="I696" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="697" spans="1:9">
       <c r="A697" s="1">
         <v>696</v>
       </c>
       <c r="B697" t="s">
         <v>2266</v>
       </c>
       <c r="C697" t="s">
         <v>2267</v>
       </c>
       <c r="D697" t="s">
         <v>11</v>
       </c>
       <c r="E697" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F697" t="s">
         <v>2268</v>
       </c>
       <c r="G697" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H697" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="I697" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="698" spans="1:9">
       <c r="A698" s="1">
         <v>697</v>
       </c>
       <c r="B698" t="s">
         <v>2269</v>
       </c>
       <c r="C698" t="s">
         <v>2270</v>
       </c>
       <c r="D698" t="s">
         <v>11</v>
       </c>
       <c r="E698" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F698" t="s">
         <v>2271</v>
       </c>
       <c r="G698" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H698" t="s">
-        <v>2272</v>
+        <v>70</v>
       </c>
       <c r="I698" t="s">
-        <v>2273</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="699" spans="1:9">
       <c r="A699" s="1">
         <v>698</v>
       </c>
       <c r="B699" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C699" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D699" t="s">
+        <v>11</v>
+      </c>
+      <c r="E699" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F699" t="s">
         <v>2274</v>
       </c>
-      <c r="C699" t="s">
+      <c r="G699" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H699" t="s">
         <v>2275</v>
       </c>
-      <c r="D699" t="s">
-[...5 lines deleted...]
-      <c r="F699" t="s">
+      <c r="I699" t="s">
         <v>2276</v>
-      </c>
-[...7 lines deleted...]
-        <v>1656</v>
       </c>
     </row>
     <row r="700" spans="1:9">
       <c r="A700" s="1">
         <v>699</v>
       </c>
       <c r="B700" t="s">
         <v>2277</v>
       </c>
       <c r="C700" t="s">
         <v>2278</v>
       </c>
       <c r="D700" t="s">
         <v>11</v>
       </c>
       <c r="E700" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F700" t="s">
         <v>2279</v>
       </c>
       <c r="G700" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H700" t="s">
-        <v>1717</v>
+        <v>20</v>
       </c>
       <c r="I700" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="701" spans="1:9">
       <c r="A701" s="1">
         <v>700</v>
       </c>
       <c r="B701" t="s">
         <v>2280</v>
       </c>
       <c r="C701" t="s">
         <v>2281</v>
       </c>
       <c r="D701" t="s">
         <v>11</v>
       </c>
       <c r="E701" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F701" t="s">
         <v>2282</v>
       </c>
       <c r="G701" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H701" t="s">
-        <v>20</v>
+        <v>1735</v>
       </c>
       <c r="I701" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="702" spans="1:9">
       <c r="A702" s="1">
         <v>701</v>
       </c>
       <c r="B702" t="s">
         <v>2283</v>
       </c>
       <c r="C702" t="s">
         <v>2284</v>
       </c>
       <c r="D702" t="s">
         <v>11</v>
       </c>
       <c r="E702" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F702" t="s">
         <v>2285</v>
       </c>
       <c r="G702" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H702" t="s">
         <v>20</v>
       </c>
       <c r="I702" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="703" spans="1:9">
       <c r="A703" s="1">
         <v>702</v>
       </c>
       <c r="B703" t="s">
         <v>2286</v>
       </c>
       <c r="C703" t="s">
         <v>2287</v>
       </c>
       <c r="D703" t="s">
         <v>11</v>
       </c>
       <c r="E703" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F703" t="s">
         <v>2288</v>
       </c>
       <c r="G703" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H703" t="s">
-        <v>1638</v>
+        <v>20</v>
       </c>
       <c r="I703" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="704" spans="1:9">
       <c r="A704" s="1">
         <v>703</v>
       </c>
       <c r="B704" t="s">
         <v>2289</v>
       </c>
       <c r="C704" t="s">
         <v>2290</v>
       </c>
       <c r="D704" t="s">
         <v>11</v>
       </c>
       <c r="E704" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F704" t="s">
         <v>2291</v>
       </c>
       <c r="G704" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H704" t="s">
-        <v>2292</v>
+        <v>1641</v>
       </c>
       <c r="I704" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="705" spans="1:9">
       <c r="A705" s="1">
         <v>704</v>
       </c>
       <c r="B705" t="s">
+        <v>2292</v>
+      </c>
+      <c r="C705" t="s">
         <v>2293</v>
       </c>
-      <c r="C705" t="s">
+      <c r="D705" t="s">
+        <v>11</v>
+      </c>
+      <c r="E705" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F705" t="s">
         <v>2294</v>
       </c>
-      <c r="D705" t="s">
-[...5 lines deleted...]
-      <c r="F705" t="s">
+      <c r="G705" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H705" t="s">
         <v>2295</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="I705" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="706" spans="1:9">
       <c r="A706" s="1">
         <v>705</v>
       </c>
       <c r="B706" t="s">
         <v>2296</v>
       </c>
       <c r="C706" t="s">
         <v>2297</v>
       </c>
       <c r="D706" t="s">
         <v>11</v>
       </c>
       <c r="E706" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F706" t="s">
         <v>2298</v>
       </c>
       <c r="G706" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H706" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="I706" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="707" spans="1:9">
       <c r="A707" s="1">
         <v>706</v>
       </c>
       <c r="B707" t="s">
         <v>2299</v>
       </c>
       <c r="C707" t="s">
         <v>2300</v>
       </c>
       <c r="D707" t="s">
         <v>11</v>
       </c>
       <c r="E707" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F707" t="s">
         <v>2301</v>
       </c>
       <c r="G707" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H707" t="s">
-        <v>2302</v>
+        <v>78</v>
       </c>
       <c r="I707" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="708" spans="1:9">
       <c r="A708" s="1">
         <v>707</v>
       </c>
       <c r="B708" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C708" t="s">
         <v>2303</v>
       </c>
-      <c r="C708" t="s">
+      <c r="D708" t="s">
+        <v>11</v>
+      </c>
+      <c r="E708" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F708" t="s">
         <v>2304</v>
       </c>
-      <c r="D708" t="s">
-[...5 lines deleted...]
-      <c r="F708" t="s">
+      <c r="G708" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H708" t="s">
         <v>2305</v>
       </c>
-      <c r="G708" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I708" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="709" spans="1:9">
       <c r="A709" s="1">
         <v>708</v>
       </c>
       <c r="B709" t="s">
         <v>2306</v>
       </c>
       <c r="C709" t="s">
         <v>2307</v>
       </c>
       <c r="D709" t="s">
         <v>11</v>
       </c>
       <c r="E709" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F709" t="s">
         <v>2308</v>
       </c>
       <c r="G709" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H709" t="s">
-        <v>2309</v>
+        <v>47</v>
       </c>
       <c r="I709" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="710" spans="1:9">
       <c r="A710" s="1">
         <v>709</v>
       </c>
       <c r="B710" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C710" t="s">
         <v>2310</v>
       </c>
-      <c r="C710" t="s">
+      <c r="D710" t="s">
+        <v>11</v>
+      </c>
+      <c r="E710" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F710" t="s">
         <v>2311</v>
       </c>
-      <c r="D710" t="s">
-[...5 lines deleted...]
-      <c r="F710" t="s">
+      <c r="G710" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H710" t="s">
         <v>2312</v>
       </c>
-      <c r="G710" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I710" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="711" spans="1:9">
       <c r="A711" s="1">
         <v>710</v>
       </c>
       <c r="B711" t="s">
         <v>2313</v>
       </c>
       <c r="C711" t="s">
         <v>2314</v>
       </c>
       <c r="D711" t="s">
         <v>11</v>
       </c>
       <c r="E711" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="F711" t="s">
         <v>2315</v>
       </c>
       <c r="G711" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H711" t="s">
-        <v>293</v>
+        <v>1641</v>
       </c>
       <c r="I711" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="712" spans="1:9">
       <c r="A712" s="1">
         <v>711</v>
       </c>
       <c r="B712" t="s">
         <v>2316</v>
       </c>
       <c r="C712" t="s">
         <v>2317</v>
       </c>
       <c r="D712" t="s">
         <v>11</v>
       </c>
       <c r="E712" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F712" t="s">
         <v>2318</v>
       </c>
-      <c r="F712" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G712" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="H712" t="s">
-        <v>2238</v>
+        <v>293</v>
       </c>
       <c r="I712" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="713" spans="1:9">
       <c r="A713" s="1">
         <v>712</v>
       </c>
       <c r="B713" t="s">
+        <v>2319</v>
+      </c>
+      <c r="C713" t="s">
         <v>2320</v>
       </c>
-      <c r="C713" t="s">
+      <c r="D713" t="s">
+        <v>11</v>
+      </c>
+      <c r="E713" t="s">
         <v>2321</v>
       </c>
-      <c r="D713" t="s">
-[...2 lines deleted...]
-      <c r="E713" t="s">
+      <c r="F713" t="s">
         <v>2322</v>
       </c>
-      <c r="F713" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G713" t="s">
-        <v>2322</v>
+        <v>2136</v>
       </c>
       <c r="H713" t="s">
-        <v>2324</v>
+        <v>2241</v>
       </c>
       <c r="I713" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="714" spans="1:9">
       <c r="A714" s="1">
         <v>713</v>
       </c>
       <c r="B714" t="s">
-        <v>2269</v>
+        <v>2323</v>
       </c>
       <c r="C714" t="s">
-        <v>2270</v>
+        <v>2324</v>
       </c>
       <c r="D714" t="s">
         <v>11</v>
       </c>
       <c r="E714" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="F714" t="s">
+        <v>2326</v>
+      </c>
+      <c r="G714" t="s">
         <v>2325</v>
       </c>
-      <c r="G714" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H714" t="s">
-        <v>2272</v>
+        <v>2327</v>
       </c>
       <c r="I714" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="715" spans="1:9">
       <c r="A715" s="1">
         <v>714</v>
       </c>
       <c r="B715" t="s">
-        <v>2326</v>
+        <v>2272</v>
       </c>
       <c r="C715" t="s">
-        <v>2327</v>
+        <v>2273</v>
       </c>
       <c r="D715" t="s">
         <v>11</v>
       </c>
       <c r="E715" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="F715" t="s">
         <v>2328</v>
       </c>
       <c r="G715" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="H715" t="s">
-        <v>257</v>
+        <v>2275</v>
       </c>
       <c r="I715" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="716" spans="1:9">
       <c r="A716" s="1">
         <v>715</v>
       </c>
       <c r="B716" t="s">
         <v>2329</v>
       </c>
       <c r="C716" t="s">
         <v>2330</v>
       </c>
       <c r="D716" t="s">
         <v>11</v>
       </c>
       <c r="E716" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="F716" t="s">
         <v>2331</v>
       </c>
       <c r="G716" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="H716" t="s">
-        <v>2324</v>
+        <v>257</v>
       </c>
       <c r="I716" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="717" spans="1:9">
       <c r="A717" s="1">
         <v>716</v>
       </c>
       <c r="B717" t="s">
         <v>2332</v>
       </c>
       <c r="C717" t="s">
         <v>2333</v>
       </c>
       <c r="D717" t="s">
         <v>11</v>
       </c>
       <c r="E717" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="F717" t="s">
         <v>2334</v>
       </c>
       <c r="G717" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="H717" t="s">
-        <v>2141</v>
+        <v>2327</v>
       </c>
       <c r="I717" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="718" spans="1:9">
       <c r="A718" s="1">
         <v>717</v>
       </c>
       <c r="B718" t="s">
         <v>2335</v>
       </c>
       <c r="C718" t="s">
         <v>2336</v>
       </c>
       <c r="D718" t="s">
         <v>11</v>
       </c>
       <c r="E718" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="F718" t="s">
         <v>2337</v>
       </c>
       <c r="G718" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="H718" t="s">
-        <v>267</v>
+        <v>2144</v>
       </c>
       <c r="I718" t="s">
-        <v>2273</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="719" spans="1:9">
       <c r="A719" s="1">
         <v>718</v>
       </c>
       <c r="B719" t="s">
         <v>2338</v>
       </c>
       <c r="C719" t="s">
         <v>2339</v>
       </c>
       <c r="D719" t="s">
         <v>11</v>
       </c>
       <c r="E719" t="s">
+        <v>2325</v>
+      </c>
+      <c r="F719" t="s">
         <v>2340</v>
       </c>
-      <c r="F719" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G719" t="s">
-        <v>2340</v>
+        <v>2325</v>
       </c>
       <c r="H719" t="s">
-        <v>2324</v>
+        <v>267</v>
       </c>
       <c r="I719" t="s">
-        <v>1656</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="720" spans="1:9">
       <c r="A720" s="1">
         <v>719</v>
       </c>
       <c r="B720" t="s">
+        <v>2341</v>
+      </c>
+      <c r="C720" t="s">
         <v>2342</v>
       </c>
-      <c r="C720" t="s">
+      <c r="D720" t="s">
+        <v>11</v>
+      </c>
+      <c r="E720" t="s">
         <v>2343</v>
-      </c>
-[...4 lines deleted...]
-        <v>2340</v>
       </c>
       <c r="F720" t="s">
         <v>2344</v>
       </c>
       <c r="G720" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="H720" t="s">
-        <v>2272</v>
+        <v>2327</v>
       </c>
       <c r="I720" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="721" spans="1:9">
       <c r="A721" s="1">
         <v>720</v>
       </c>
       <c r="B721" t="s">
         <v>2345</v>
       </c>
       <c r="C721" t="s">
         <v>2346</v>
       </c>
       <c r="D721" t="s">
         <v>11</v>
       </c>
       <c r="E721" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="F721" t="s">
         <v>2347</v>
       </c>
       <c r="G721" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="H721" t="s">
-        <v>267</v>
+        <v>2275</v>
       </c>
       <c r="I721" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="722" spans="1:9">
       <c r="A722" s="1">
         <v>721</v>
       </c>
       <c r="B722" t="s">
         <v>2348</v>
       </c>
       <c r="C722" t="s">
         <v>2349</v>
       </c>
       <c r="D722" t="s">
         <v>11</v>
       </c>
       <c r="E722" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="F722" t="s">
         <v>2350</v>
       </c>
       <c r="G722" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="H722" t="s">
-        <v>2351</v>
+        <v>267</v>
       </c>
       <c r="I722" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="723" spans="1:9">
       <c r="A723" s="1">
         <v>722</v>
       </c>
       <c r="B723" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C723" t="s">
         <v>2352</v>
       </c>
-      <c r="C723" t="s">
+      <c r="D723" t="s">
+        <v>11</v>
+      </c>
+      <c r="E723" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F723" t="s">
         <v>2353</v>
       </c>
-      <c r="D723" t="s">
-[...5 lines deleted...]
-      <c r="F723" t="s">
+      <c r="G723" t="s">
+        <v>2343</v>
+      </c>
+      <c r="H723" t="s">
         <v>2354</v>
       </c>
-      <c r="G723" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I723" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="724" spans="1:9">
       <c r="A724" s="1">
         <v>723</v>
       </c>
       <c r="B724" t="s">
         <v>2355</v>
       </c>
       <c r="C724" t="s">
         <v>2356</v>
       </c>
       <c r="D724" t="s">
         <v>11</v>
       </c>
       <c r="E724" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="F724" t="s">
         <v>2357</v>
       </c>
       <c r="G724" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="H724" t="s">
-        <v>2215</v>
+        <v>2144</v>
       </c>
       <c r="I724" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="725" spans="1:9">
       <c r="A725" s="1">
         <v>724</v>
       </c>
       <c r="B725" t="s">
         <v>2358</v>
       </c>
       <c r="C725" t="s">
         <v>2359</v>
       </c>
       <c r="D725" t="s">
         <v>11</v>
       </c>
       <c r="E725" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F725" t="s">
         <v>2360</v>
       </c>
-      <c r="F725" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G725" t="s">
-        <v>2133</v>
+        <v>2343</v>
       </c>
       <c r="H725" t="s">
-        <v>20</v>
+        <v>2218</v>
       </c>
       <c r="I725" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="726" spans="1:9">
       <c r="A726" s="1">
         <v>725</v>
       </c>
       <c r="B726" t="s">
+        <v>2361</v>
+      </c>
+      <c r="C726" t="s">
         <v>2362</v>
-      </c>
-[...1 lines deleted...]
-        <v>1282</v>
       </c>
       <c r="D726" t="s">
         <v>11</v>
       </c>
       <c r="E726" t="s">
         <v>2363</v>
       </c>
       <c r="F726" t="s">
         <v>2364</v>
       </c>
       <c r="G726" t="s">
-        <v>2363</v>
+        <v>2136</v>
       </c>
       <c r="H726" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="I726" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="727" spans="1:9">
       <c r="A727" s="1">
         <v>726</v>
       </c>
       <c r="B727" t="s">
         <v>2365</v>
       </c>
       <c r="C727" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D727" t="s">
+        <v>11</v>
+      </c>
+      <c r="E727" t="s">
         <v>2366</v>
-      </c>
-[...4 lines deleted...]
-        <v>2363</v>
       </c>
       <c r="F727" t="s">
         <v>2367</v>
       </c>
       <c r="G727" t="s">
-        <v>2363</v>
+        <v>2366</v>
       </c>
       <c r="H727" t="s">
-        <v>238</v>
+        <v>33</v>
       </c>
       <c r="I727" t="s">
-        <v>2273</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="728" spans="1:9">
       <c r="A728" s="1">
         <v>727</v>
       </c>
       <c r="B728" t="s">
         <v>2368</v>
       </c>
       <c r="C728" t="s">
         <v>2369</v>
       </c>
       <c r="D728" t="s">
         <v>11</v>
       </c>
       <c r="E728" t="s">
+        <v>2366</v>
+      </c>
+      <c r="F728" t="s">
         <v>2370</v>
       </c>
-      <c r="F728" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G728" t="s">
-        <v>2370</v>
+        <v>2366</v>
       </c>
       <c r="H728" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="I728" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="729" spans="1:9">
       <c r="A729" s="1">
         <v>728</v>
       </c>
       <c r="B729" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C729" t="s">
         <v>2372</v>
       </c>
-      <c r="C729" t="s">
+      <c r="D729" t="s">
+        <v>11</v>
+      </c>
+      <c r="E729" t="s">
         <v>2373</v>
-      </c>
-[...4 lines deleted...]
-        <v>2370</v>
       </c>
       <c r="F729" t="s">
         <v>2374</v>
       </c>
       <c r="G729" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H729" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="I729" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="730" spans="1:9">
       <c r="A730" s="1">
         <v>729</v>
       </c>
       <c r="B730" t="s">
         <v>2375</v>
       </c>
       <c r="C730" t="s">
         <v>2376</v>
       </c>
       <c r="D730" t="s">
         <v>11</v>
       </c>
       <c r="E730" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F730" t="s">
         <v>2377</v>
       </c>
       <c r="G730" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H730" t="s">
-        <v>1638</v>
+        <v>33</v>
       </c>
       <c r="I730" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="731" spans="1:9">
       <c r="A731" s="1">
         <v>730</v>
       </c>
       <c r="B731" t="s">
         <v>2378</v>
       </c>
       <c r="C731" t="s">
         <v>2379</v>
       </c>
       <c r="D731" t="s">
         <v>11</v>
       </c>
       <c r="E731" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F731" t="s">
         <v>2380</v>
       </c>
       <c r="G731" t="s">
-        <v>2381</v>
+        <v>2373</v>
       </c>
       <c r="H731" t="s">
-        <v>37</v>
+        <v>1641</v>
       </c>
       <c r="I731" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="732" spans="1:9">
       <c r="A732" s="1">
         <v>731</v>
       </c>
       <c r="B732" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C732" t="s">
         <v>2382</v>
       </c>
-      <c r="C732" t="s">
+      <c r="D732" t="s">
+        <v>11</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F732" t="s">
         <v>2383</v>
       </c>
-      <c r="D732" t="s">
-[...5 lines deleted...]
-      <c r="F732" t="s">
+      <c r="G732" t="s">
         <v>2384</v>
       </c>
-      <c r="G732" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H732" t="s">
-        <v>454</v>
+        <v>33</v>
       </c>
       <c r="I732" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="733" spans="1:9">
       <c r="A733" s="1">
         <v>732</v>
       </c>
       <c r="B733" t="s">
         <v>2385</v>
       </c>
       <c r="C733" t="s">
         <v>2386</v>
       </c>
       <c r="D733" t="s">
         <v>11</v>
       </c>
       <c r="E733" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F733" t="s">
         <v>2387</v>
       </c>
       <c r="G733" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H733" t="s">
         <v>454</v>
       </c>
       <c r="I733" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="734" spans="1:9">
       <c r="A734" s="1">
         <v>733</v>
       </c>
       <c r="B734" t="s">
         <v>2388</v>
       </c>
       <c r="C734" t="s">
         <v>2389</v>
       </c>
       <c r="D734" t="s">
         <v>11</v>
       </c>
       <c r="E734" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F734" t="s">
         <v>2390</v>
       </c>
       <c r="G734" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H734" t="s">
-        <v>37</v>
+        <v>454</v>
       </c>
       <c r="I734" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="735" spans="1:9">
       <c r="A735" s="1">
         <v>734</v>
       </c>
       <c r="B735" t="s">
         <v>2391</v>
       </c>
       <c r="C735" t="s">
         <v>2392</v>
       </c>
       <c r="D735" t="s">
         <v>11</v>
       </c>
       <c r="E735" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F735" t="s">
         <v>2393</v>
       </c>
       <c r="G735" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H735" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="I735" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="736" spans="1:9">
       <c r="A736" s="1">
         <v>735</v>
       </c>
       <c r="B736" t="s">
         <v>2394</v>
       </c>
       <c r="C736" t="s">
         <v>2395</v>
       </c>
       <c r="D736" t="s">
         <v>11</v>
       </c>
       <c r="E736" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F736" t="s">
         <v>2396</v>
       </c>
       <c r="G736" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H736" t="s">
-        <v>454</v>
+        <v>33</v>
       </c>
       <c r="I736" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="737" spans="1:9">
       <c r="A737" s="1">
         <v>736</v>
       </c>
       <c r="B737" t="s">
         <v>2397</v>
       </c>
       <c r="C737" t="s">
         <v>2398</v>
       </c>
       <c r="D737" t="s">
         <v>11</v>
       </c>
       <c r="E737" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F737" t="s">
         <v>2399</v>
       </c>
       <c r="G737" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H737" t="s">
-        <v>37</v>
+        <v>454</v>
       </c>
       <c r="I737" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="738" spans="1:9">
       <c r="A738" s="1">
         <v>737</v>
       </c>
       <c r="B738" t="s">
         <v>2400</v>
       </c>
       <c r="C738" t="s">
         <v>2401</v>
       </c>
       <c r="D738" t="s">
         <v>11</v>
       </c>
       <c r="E738" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F738" t="s">
         <v>2402</v>
       </c>
       <c r="G738" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H738" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="I738" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="739" spans="1:9">
       <c r="A739" s="1">
         <v>738</v>
       </c>
       <c r="B739" t="s">
         <v>2403</v>
       </c>
       <c r="C739" t="s">
         <v>2404</v>
       </c>
       <c r="D739" t="s">
         <v>11</v>
       </c>
       <c r="E739" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F739" t="s">
         <v>2405</v>
       </c>
       <c r="G739" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H739" t="s">
-        <v>267</v>
+        <v>20</v>
       </c>
       <c r="I739" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="740" spans="1:9">
       <c r="A740" s="1">
         <v>739</v>
       </c>
       <c r="B740" t="s">
         <v>2406</v>
       </c>
       <c r="C740" t="s">
         <v>2407</v>
       </c>
       <c r="D740" t="s">
         <v>11</v>
       </c>
       <c r="E740" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F740" t="s">
         <v>2408</v>
       </c>
       <c r="G740" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H740" t="s">
-        <v>37</v>
+        <v>267</v>
       </c>
       <c r="I740" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="741" spans="1:9">
       <c r="A741" s="1">
         <v>740</v>
       </c>
       <c r="B741" t="s">
         <v>2409</v>
       </c>
       <c r="C741" t="s">
         <v>2410</v>
       </c>
       <c r="D741" t="s">
         <v>11</v>
       </c>
       <c r="E741" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F741" t="s">
         <v>2411</v>
       </c>
       <c r="G741" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H741" t="s">
-        <v>454</v>
+        <v>33</v>
       </c>
       <c r="I741" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="742" spans="1:9">
       <c r="A742" s="1">
         <v>741</v>
       </c>
       <c r="B742" t="s">
         <v>2412</v>
       </c>
       <c r="C742" t="s">
         <v>2413</v>
       </c>
       <c r="D742" t="s">
         <v>11</v>
       </c>
       <c r="E742" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="F742" t="s">
         <v>2414</v>
       </c>
       <c r="G742" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="H742" t="s">
-        <v>1638</v>
+        <v>454</v>
       </c>
       <c r="I742" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="743" spans="1:9">
       <c r="A743" s="1">
         <v>742</v>
       </c>
       <c r="B743" t="s">
         <v>2415</v>
       </c>
       <c r="C743" t="s">
         <v>2416</v>
       </c>
       <c r="D743" t="s">
         <v>11</v>
       </c>
       <c r="E743" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F743" t="s">
         <v>2417</v>
       </c>
-      <c r="F743" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G743" t="s">
-        <v>2417</v>
+        <v>2373</v>
       </c>
       <c r="H743" t="s">
-        <v>126</v>
+        <v>1641</v>
       </c>
       <c r="I743" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="744" spans="1:9">
       <c r="A744" s="1">
         <v>743</v>
       </c>
       <c r="B744" t="s">
+        <v>2418</v>
+      </c>
+      <c r="C744" t="s">
         <v>2419</v>
       </c>
-      <c r="C744" t="s">
+      <c r="D744" t="s">
+        <v>11</v>
+      </c>
+      <c r="E744" t="s">
         <v>2420</v>
-      </c>
-[...4 lines deleted...]
-        <v>2417</v>
       </c>
       <c r="F744" t="s">
         <v>2421</v>
       </c>
       <c r="G744" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="H744" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="I744" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="745" spans="1:9">
       <c r="A745" s="1">
         <v>744</v>
       </c>
       <c r="B745" t="s">
         <v>2422</v>
       </c>
       <c r="C745" t="s">
         <v>2423</v>
       </c>
       <c r="D745" t="s">
         <v>11</v>
       </c>
       <c r="E745" t="s">
+        <v>2420</v>
+      </c>
+      <c r="F745" t="s">
         <v>2424</v>
       </c>
-      <c r="F745" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G745" t="s">
-        <v>2424</v>
+        <v>2420</v>
       </c>
       <c r="H745" t="s">
-        <v>51</v>
+        <v>119</v>
       </c>
       <c r="I745" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="746" spans="1:9">
       <c r="A746" s="1">
         <v>745</v>
       </c>
       <c r="B746" t="s">
+        <v>2425</v>
+      </c>
+      <c r="C746" t="s">
         <v>2426</v>
       </c>
-      <c r="C746" t="s">
+      <c r="D746" t="s">
+        <v>11</v>
+      </c>
+      <c r="E746" t="s">
         <v>2427</v>
-      </c>
-[...4 lines deleted...]
-        <v>2424</v>
       </c>
       <c r="F746" t="s">
         <v>2428</v>
       </c>
       <c r="G746" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
       <c r="H746" t="s">
-        <v>126</v>
+        <v>47</v>
       </c>
       <c r="I746" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="747" spans="1:9">
       <c r="A747" s="1">
         <v>746</v>
       </c>
       <c r="B747" t="s">
         <v>2429</v>
       </c>
       <c r="C747" t="s">
         <v>2430</v>
       </c>
       <c r="D747" t="s">
         <v>11</v>
       </c>
       <c r="E747" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
       <c r="F747" t="s">
         <v>2431</v>
       </c>
       <c r="G747" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
       <c r="H747" t="s">
-        <v>51</v>
+        <v>119</v>
       </c>
       <c r="I747" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="748" spans="1:9">
       <c r="A748" s="1">
         <v>747</v>
       </c>
       <c r="B748" t="s">
         <v>2432</v>
       </c>
       <c r="C748" t="s">
         <v>2433</v>
       </c>
       <c r="D748" t="s">
         <v>11</v>
       </c>
       <c r="E748" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
       <c r="F748" t="s">
         <v>2434</v>
       </c>
       <c r="G748" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
       <c r="H748" t="s">
-        <v>126</v>
+        <v>47</v>
       </c>
       <c r="I748" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="749" spans="1:9">
       <c r="A749" s="1">
         <v>748</v>
       </c>
       <c r="B749" t="s">
         <v>2435</v>
       </c>
       <c r="C749" t="s">
         <v>2436</v>
       </c>
       <c r="D749" t="s">
         <v>11</v>
       </c>
       <c r="E749" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
       <c r="F749" t="s">
         <v>2437</v>
       </c>
       <c r="G749" t="s">
-        <v>2424</v>
+        <v>2427</v>
       </c>
       <c r="H749" t="s">
-        <v>238</v>
+        <v>119</v>
       </c>
       <c r="I749" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="750" spans="1:9">
       <c r="A750" s="1">
         <v>749</v>
       </c>
       <c r="B750" t="s">
         <v>2438</v>
       </c>
       <c r="C750" t="s">
         <v>2439</v>
       </c>
       <c r="D750" t="s">
         <v>11</v>
       </c>
       <c r="E750" t="s">
+        <v>2427</v>
+      </c>
+      <c r="F750" t="s">
         <v>2440</v>
       </c>
-      <c r="F750" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G750" t="s">
-        <v>2440</v>
+        <v>2427</v>
       </c>
       <c r="H750" t="s">
-        <v>1638</v>
+        <v>238</v>
       </c>
       <c r="I750" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="751" spans="1:9">
       <c r="A751" s="1">
         <v>750</v>
       </c>
       <c r="B751" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C751" t="s">
         <v>2442</v>
       </c>
-      <c r="C751" t="s">
+      <c r="D751" t="s">
+        <v>11</v>
+      </c>
+      <c r="E751" t="s">
         <v>2443</v>
-      </c>
-[...4 lines deleted...]
-        <v>2440</v>
       </c>
       <c r="F751" t="s">
         <v>2444</v>
       </c>
       <c r="G751" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H751" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I751" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="752" spans="1:9">
       <c r="A752" s="1">
         <v>751</v>
       </c>
       <c r="B752" t="s">
         <v>2445</v>
       </c>
       <c r="C752" t="s">
         <v>2446</v>
       </c>
       <c r="D752" t="s">
         <v>11</v>
       </c>
       <c r="E752" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F752" t="s">
         <v>2447</v>
       </c>
       <c r="G752" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H752" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I752" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="753" spans="1:9">
       <c r="A753" s="1">
         <v>752</v>
       </c>
       <c r="B753" t="s">
         <v>2448</v>
       </c>
       <c r="C753" t="s">
         <v>2449</v>
       </c>
       <c r="D753" t="s">
         <v>11</v>
       </c>
       <c r="E753" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F753" t="s">
         <v>2450</v>
       </c>
       <c r="G753" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H753" t="s">
-        <v>398</v>
+        <v>1641</v>
       </c>
       <c r="I753" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="754" spans="1:9">
       <c r="A754" s="1">
         <v>753</v>
       </c>
       <c r="B754" t="s">
         <v>2451</v>
       </c>
       <c r="C754" t="s">
         <v>2452</v>
       </c>
       <c r="D754" t="s">
         <v>11</v>
       </c>
       <c r="E754" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F754" t="s">
         <v>2453</v>
       </c>
       <c r="G754" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H754" t="s">
-        <v>267</v>
+        <v>398</v>
       </c>
       <c r="I754" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="755" spans="1:9">
       <c r="A755" s="1">
         <v>754</v>
       </c>
       <c r="B755" t="s">
         <v>2454</v>
       </c>
       <c r="C755" t="s">
         <v>2455</v>
       </c>
       <c r="D755" t="s">
         <v>11</v>
       </c>
       <c r="E755" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F755" t="s">
         <v>2456</v>
       </c>
       <c r="G755" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H755" t="s">
-        <v>1638</v>
+        <v>267</v>
       </c>
       <c r="I755" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="756" spans="1:9">
       <c r="A756" s="1">
         <v>755</v>
       </c>
       <c r="B756" t="s">
         <v>2457</v>
       </c>
       <c r="C756" t="s">
         <v>2458</v>
       </c>
       <c r="D756" t="s">
         <v>11</v>
       </c>
       <c r="E756" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F756" t="s">
         <v>2459</v>
       </c>
       <c r="G756" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H756" t="s">
-        <v>267</v>
+        <v>1641</v>
       </c>
       <c r="I756" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="757" spans="1:9">
       <c r="A757" s="1">
         <v>756</v>
       </c>
       <c r="B757" t="s">
         <v>2460</v>
       </c>
       <c r="C757" t="s">
         <v>2461</v>
       </c>
       <c r="D757" t="s">
         <v>11</v>
       </c>
       <c r="E757" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F757" t="s">
         <v>2462</v>
       </c>
       <c r="G757" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H757" t="s">
-        <v>1638</v>
+        <v>267</v>
       </c>
       <c r="I757" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="758" spans="1:9">
       <c r="A758" s="1">
         <v>757</v>
       </c>
       <c r="B758" t="s">
         <v>2463</v>
       </c>
       <c r="C758" t="s">
         <v>2464</v>
       </c>
       <c r="D758" t="s">
         <v>11</v>
       </c>
       <c r="E758" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F758" t="s">
         <v>2465</v>
       </c>
       <c r="G758" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H758" t="s">
-        <v>126</v>
+        <v>1641</v>
       </c>
       <c r="I758" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="759" spans="1:9">
       <c r="A759" s="1">
         <v>758</v>
       </c>
       <c r="B759" t="s">
         <v>2466</v>
       </c>
       <c r="C759" t="s">
         <v>2467</v>
       </c>
       <c r="D759" t="s">
         <v>11</v>
       </c>
       <c r="E759" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F759" t="s">
         <v>2468</v>
       </c>
       <c r="G759" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H759" t="s">
-        <v>1638</v>
+        <v>119</v>
       </c>
       <c r="I759" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="760" spans="1:9">
       <c r="A760" s="1">
         <v>759</v>
       </c>
       <c r="B760" t="s">
         <v>2469</v>
       </c>
       <c r="C760" t="s">
         <v>2470</v>
       </c>
       <c r="D760" t="s">
         <v>11</v>
       </c>
       <c r="E760" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F760" t="s">
         <v>2471</v>
       </c>
       <c r="G760" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H760" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I760" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="761" spans="1:9">
       <c r="A761" s="1">
         <v>760</v>
       </c>
       <c r="B761" t="s">
         <v>2472</v>
       </c>
       <c r="C761" t="s">
         <v>2473</v>
       </c>
       <c r="D761" t="s">
         <v>11</v>
       </c>
       <c r="E761" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F761" t="s">
         <v>2474</v>
       </c>
       <c r="G761" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H761" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I761" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="762" spans="1:9">
       <c r="A762" s="1">
         <v>761</v>
       </c>
       <c r="B762" t="s">
         <v>2475</v>
       </c>
       <c r="C762" t="s">
         <v>2476</v>
       </c>
       <c r="D762" t="s">
         <v>11</v>
       </c>
       <c r="E762" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F762" t="s">
         <v>2477</v>
       </c>
       <c r="G762" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H762" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I762" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="763" spans="1:9">
       <c r="A763" s="1">
         <v>762</v>
       </c>
       <c r="B763" t="s">
         <v>2478</v>
       </c>
       <c r="C763" t="s">
         <v>2479</v>
       </c>
       <c r="D763" t="s">
         <v>11</v>
       </c>
       <c r="E763" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F763" t="s">
         <v>2480</v>
       </c>
       <c r="G763" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H763" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I763" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="764" spans="1:9">
       <c r="A764" s="1">
         <v>763</v>
       </c>
       <c r="B764" t="s">
         <v>2481</v>
       </c>
       <c r="C764" t="s">
         <v>2482</v>
       </c>
       <c r="D764" t="s">
         <v>11</v>
       </c>
       <c r="E764" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F764" t="s">
         <v>2483</v>
       </c>
       <c r="G764" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H764" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I764" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="765" spans="1:9">
       <c r="A765" s="1">
         <v>764</v>
       </c>
       <c r="B765" t="s">
         <v>2484</v>
       </c>
       <c r="C765" t="s">
         <v>2485</v>
       </c>
       <c r="D765" t="s">
         <v>11</v>
       </c>
       <c r="E765" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F765" t="s">
         <v>2486</v>
       </c>
       <c r="G765" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H765" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I765" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="766" spans="1:9">
       <c r="A766" s="1">
         <v>765</v>
       </c>
       <c r="B766" t="s">
         <v>2487</v>
       </c>
       <c r="C766" t="s">
         <v>2488</v>
       </c>
       <c r="D766" t="s">
         <v>11</v>
       </c>
       <c r="E766" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F766" t="s">
         <v>2489</v>
       </c>
       <c r="G766" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H766" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I766" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="767" spans="1:9">
       <c r="A767" s="1">
         <v>766</v>
       </c>
       <c r="B767" t="s">
         <v>2490</v>
       </c>
       <c r="C767" t="s">
         <v>2491</v>
       </c>
       <c r="D767" t="s">
         <v>11</v>
       </c>
       <c r="E767" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F767" t="s">
         <v>2492</v>
       </c>
       <c r="G767" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H767" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I767" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="768" spans="1:9">
       <c r="A768" s="1">
         <v>767</v>
       </c>
       <c r="B768" t="s">
         <v>2493</v>
       </c>
       <c r="C768" t="s">
         <v>2494</v>
       </c>
       <c r="D768" t="s">
         <v>11</v>
       </c>
       <c r="E768" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="F768" t="s">
         <v>2495</v>
       </c>
       <c r="G768" t="s">
-        <v>2440</v>
+        <v>2443</v>
       </c>
       <c r="H768" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="I768" t="s">
-        <v>1656</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="769" spans="1:9">
       <c r="A769" s="1">
         <v>768</v>
       </c>
       <c r="B769" t="s">
         <v>2496</v>
       </c>
       <c r="C769" t="s">
         <v>2497</v>
       </c>
       <c r="D769" t="s">
+        <v>11</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2443</v>
+      </c>
+      <c r="F769" t="s">
         <v>2498</v>
       </c>
-      <c r="E769" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G769" t="s">
-        <v>2499</v>
+        <v>2443</v>
       </c>
       <c r="H769" t="s">
-        <v>2501</v>
+        <v>1641</v>
       </c>
       <c r="I769" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="770" spans="1:9">
       <c r="A770" s="1">
         <v>769</v>
       </c>
       <c r="B770" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C770" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E770" t="s">
         <v>2502</v>
       </c>
-      <c r="C770" t="s">
+      <c r="F770" t="s">
         <v>2503</v>
       </c>
-      <c r="D770" t="s">
-[...5 lines deleted...]
-      <c r="F770" t="s">
+      <c r="G770" t="s">
+        <v>2502</v>
+      </c>
+      <c r="H770" t="s">
         <v>2504</v>
-      </c>
-[...4 lines deleted...]
-        <v>2501</v>
       </c>
       <c r="I770" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="771" spans="1:9">
       <c r="A771" s="1">
         <v>770</v>
       </c>
       <c r="B771" t="s">
         <v>2505</v>
       </c>
       <c r="C771" t="s">
-        <v>2497</v>
+        <v>2506</v>
       </c>
       <c r="D771" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E771" t="s">
-        <v>2499</v>
+        <v>2502</v>
       </c>
       <c r="F771" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="G771" t="s">
-        <v>2499</v>
+        <v>2502</v>
       </c>
       <c r="H771" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="I771" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="772" spans="1:9">
       <c r="A772" s="1">
         <v>771</v>
       </c>
       <c r="B772" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="C772" t="s">
-        <v>2508</v>
+        <v>2500</v>
       </c>
       <c r="D772" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F772" t="s">
         <v>2509</v>
       </c>
-      <c r="E772" t="s">
-[...3 lines deleted...]
-        <v>2511</v>
+      <c r="G772" t="s">
+        <v>2502</v>
       </c>
       <c r="H772" t="s">
-        <v>2512</v>
+        <v>2504</v>
       </c>
       <c r="I772" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="773" spans="1:9">
       <c r="A773" s="1">
         <v>772</v>
       </c>
       <c r="B773" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C773" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E773" t="s">
         <v>2513</v>
       </c>
-      <c r="C773" t="s">
+      <c r="F773" t="s">
         <v>2514</v>
       </c>
-      <c r="D773" t="s">
-[...5 lines deleted...]
-      <c r="F773" t="s">
+      <c r="H773" t="s">
         <v>2515</v>
-      </c>
-[...1 lines deleted...]
-        <v>2516</v>
       </c>
       <c r="I773" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="774" spans="1:9">
       <c r="A774" s="1">
         <v>773</v>
       </c>
       <c r="B774" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C774" t="s">
         <v>2517</v>
       </c>
-      <c r="C774" t="s">
+      <c r="D774" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E774" t="s">
+        <v>2513</v>
+      </c>
+      <c r="F774" t="s">
         <v>2518</v>
       </c>
-      <c r="D774" t="s">
-[...5 lines deleted...]
-      <c r="F774" t="s">
+      <c r="H774" t="s">
         <v>2519</v>
-      </c>
-[...1 lines deleted...]
-        <v>2516</v>
       </c>
       <c r="I774" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="775" spans="1:9">
       <c r="A775" s="1">
         <v>774</v>
       </c>
       <c r="B775" t="s">
         <v>2520</v>
       </c>
       <c r="C775" t="s">
         <v>2521</v>
       </c>
       <c r="D775" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E775" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="F775" t="s">
         <v>2522</v>
       </c>
       <c r="H775" t="s">
-        <v>2523</v>
+        <v>2519</v>
       </c>
       <c r="I775" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="776" spans="1:9">
       <c r="A776" s="1">
         <v>775</v>
       </c>
       <c r="B776" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C776" t="s">
         <v>2524</v>
       </c>
-      <c r="C776" t="s">
+      <c r="D776" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E776" t="s">
+        <v>2513</v>
+      </c>
+      <c r="F776" t="s">
         <v>2525</v>
       </c>
-      <c r="D776" t="s">
-[...5 lines deleted...]
-      <c r="F776" t="s">
+      <c r="H776" t="s">
         <v>2526</v>
-      </c>
-[...1 lines deleted...]
-        <v>2523</v>
       </c>
       <c r="I776" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="777" spans="1:9">
       <c r="A777" s="1">
         <v>776</v>
       </c>
       <c r="B777" t="s">
         <v>2527</v>
       </c>
       <c r="C777" t="s">
         <v>2528</v>
       </c>
       <c r="D777" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E777" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="F777" t="s">
         <v>2529</v>
       </c>
       <c r="H777" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I777" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="778" spans="1:9">
       <c r="A778" s="1">
         <v>777</v>
       </c>
       <c r="B778" t="s">
         <v>2530</v>
       </c>
       <c r="C778" t="s">
         <v>2531</v>
       </c>
       <c r="D778" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E778" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="F778" t="s">
         <v>2532</v>
       </c>
       <c r="H778" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I778" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="779" spans="1:9">
       <c r="A779" s="1">
         <v>778</v>
       </c>
       <c r="B779" t="s">
         <v>2533</v>
       </c>
       <c r="C779" t="s">
         <v>2534</v>
       </c>
       <c r="D779" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E779" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="F779" t="s">
         <v>2535</v>
       </c>
       <c r="H779" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I779" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="780" spans="1:9">
       <c r="A780" s="1">
         <v>779</v>
       </c>
       <c r="B780" t="s">
         <v>2536</v>
       </c>
       <c r="C780" t="s">
         <v>2537</v>
       </c>
       <c r="D780" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E780" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="F780" t="s">
         <v>2538</v>
       </c>
       <c r="H780" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I780" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="781" spans="1:9">
       <c r="A781" s="1">
         <v>780</v>
       </c>
       <c r="B781" t="s">
         <v>2539</v>
       </c>
       <c r="C781" t="s">
         <v>2540</v>
       </c>
       <c r="D781" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E781" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="F781" t="s">
         <v>2541</v>
       </c>
       <c r="H781" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I781" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="782" spans="1:9">
       <c r="A782" s="1">
         <v>781</v>
       </c>
       <c r="B782" t="s">
         <v>2542</v>
       </c>
       <c r="C782" t="s">
         <v>2543</v>
       </c>
       <c r="D782" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E782" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="F782" t="s">
         <v>2544</v>
       </c>
       <c r="H782" t="s">
-        <v>2545</v>
+        <v>2526</v>
       </c>
       <c r="I782" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="783" spans="1:9">
       <c r="A783" s="1">
         <v>782</v>
       </c>
       <c r="B783" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C783" t="s">
         <v>2546</v>
       </c>
-      <c r="C783" t="s">
+      <c r="D783" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E783" t="s">
+        <v>2513</v>
+      </c>
+      <c r="F783" t="s">
         <v>2547</v>
       </c>
-      <c r="D783" t="s">
+      <c r="H783" t="s">
         <v>2548</v>
-      </c>
-[...7 lines deleted...]
-        <v>2551</v>
       </c>
       <c r="I783" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="784" spans="1:9">
       <c r="A784" s="1">
         <v>783</v>
       </c>
       <c r="B784" t="s">
+        <v>2549</v>
+      </c>
+      <c r="C784" t="s">
+        <v>2550</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E784" t="s">
         <v>2552</v>
       </c>
-      <c r="C784" t="s">
+      <c r="F784" t="s">
         <v>2553</v>
       </c>
-      <c r="D784" t="s">
-[...5 lines deleted...]
-      <c r="F784" t="s">
+      <c r="H784" t="s">
         <v>2554</v>
-      </c>
-[...1 lines deleted...]
-        <v>2555</v>
       </c>
       <c r="I784" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="785" spans="1:9">
       <c r="A785" s="1">
         <v>784</v>
       </c>
       <c r="B785" t="s">
+        <v>2555</v>
+      </c>
+      <c r="C785" t="s">
         <v>2556</v>
       </c>
-      <c r="C785" t="s">
+      <c r="D785" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E785" t="s">
+        <v>2552</v>
+      </c>
+      <c r="F785" t="s">
         <v>2557</v>
       </c>
-      <c r="D785" t="s">
-[...5 lines deleted...]
-      <c r="F785" t="s">
+      <c r="H785" t="s">
         <v>2558</v>
-      </c>
-[...1 lines deleted...]
-        <v>2559</v>
       </c>
       <c r="I785" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="786" spans="1:9">
       <c r="A786" s="1">
         <v>785</v>
       </c>
       <c r="B786" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C786" t="s">
         <v>2560</v>
       </c>
-      <c r="C786" t="s">
+      <c r="D786" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E786" t="s">
+        <v>2552</v>
+      </c>
+      <c r="F786" t="s">
         <v>2561</v>
       </c>
-      <c r="D786" t="s">
-[...2 lines deleted...]
-      <c r="E786" t="s">
+      <c r="H786" t="s">
         <v>2562</v>
-      </c>
-[...4 lines deleted...]
-        <v>2564</v>
       </c>
       <c r="I786" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="787" spans="1:9">
       <c r="A787" s="1">
         <v>786</v>
       </c>
       <c r="B787" t="s">
+        <v>2563</v>
+      </c>
+      <c r="C787" t="s">
+        <v>2564</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E787" t="s">
         <v>2565</v>
       </c>
-      <c r="C787" t="s">
+      <c r="F787" t="s">
         <v>2566</v>
       </c>
-      <c r="D787" t="s">
-[...2 lines deleted...]
-      <c r="E787" t="s">
+      <c r="H787" t="s">
         <v>2567</v>
-      </c>
-[...7 lines deleted...]
-        <v>2569</v>
       </c>
       <c r="I787" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="788" spans="1:9">
       <c r="A788" s="1">
         <v>787</v>
       </c>
       <c r="B788" t="s">
+        <v>2568</v>
+      </c>
+      <c r="C788" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E788" t="s">
         <v>2570</v>
       </c>
-      <c r="C788" t="s">
+      <c r="F788" t="s">
         <v>2571</v>
       </c>
-      <c r="D788" t="s">
-[...2 lines deleted...]
-      <c r="E788" t="s">
+      <c r="G788" t="s">
+        <v>2570</v>
+      </c>
+      <c r="H788" t="s">
         <v>2572</v>
-      </c>
-[...4 lines deleted...]
-        <v>2574</v>
       </c>
       <c r="I788" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="789" spans="1:9">
       <c r="A789" s="1">
         <v>788</v>
       </c>
       <c r="B789" t="s">
+        <v>2573</v>
+      </c>
+      <c r="C789" t="s">
+        <v>2574</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E789" t="s">
         <v>2575</v>
       </c>
-      <c r="C789" t="s">
-[...5 lines deleted...]
-      <c r="E789" t="s">
+      <c r="F789" t="s">
         <v>2576</v>
       </c>
-      <c r="F789" t="s">
+      <c r="H789" t="s">
         <v>2577</v>
-      </c>
-[...1 lines deleted...]
-        <v>2523</v>
       </c>
       <c r="I789" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="790" spans="1:9">
       <c r="A790" s="1">
         <v>789</v>
       </c>
       <c r="B790" t="s">
         <v>2578</v>
       </c>
       <c r="C790" t="s">
+        <v>2531</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E790" t="s">
         <v>2579</v>
-      </c>
-[...4 lines deleted...]
-        <v>2576</v>
       </c>
       <c r="F790" t="s">
         <v>2580</v>
       </c>
       <c r="H790" t="s">
-        <v>2516</v>
+        <v>2526</v>
       </c>
       <c r="I790" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="791" spans="1:9">
       <c r="A791" s="1">
         <v>790</v>
       </c>
       <c r="B791" t="s">
         <v>2581</v>
       </c>
       <c r="C791" t="s">
-        <v>2540</v>
+        <v>2582</v>
       </c>
       <c r="D791" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E791" t="s">
-        <v>2576</v>
+        <v>2579</v>
       </c>
       <c r="F791" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="H791" t="s">
-        <v>2523</v>
+        <v>2519</v>
       </c>
       <c r="I791" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="792" spans="1:9">
       <c r="A792" s="1">
         <v>791</v>
       </c>
       <c r="B792" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="C792" t="s">
-        <v>2584</v>
+        <v>2543</v>
       </c>
       <c r="D792" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E792" t="s">
-        <v>2576</v>
+        <v>2579</v>
       </c>
       <c r="F792" t="s">
         <v>2585</v>
       </c>
       <c r="H792" t="s">
-        <v>2586</v>
+        <v>2526</v>
       </c>
       <c r="I792" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="793" spans="1:9">
       <c r="A793" s="1">
         <v>792</v>
       </c>
       <c r="B793" t="s">
+        <v>2586</v>
+      </c>
+      <c r="C793" t="s">
         <v>2587</v>
       </c>
-      <c r="C793" t="s">
+      <c r="D793" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E793" t="s">
+        <v>2579</v>
+      </c>
+      <c r="F793" t="s">
         <v>2588</v>
       </c>
-      <c r="D793" t="s">
-[...5 lines deleted...]
-      <c r="F793" t="s">
+      <c r="H793" t="s">
         <v>2589</v>
-      </c>
-[...1 lines deleted...]
-        <v>2516</v>
       </c>
       <c r="I793" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="794" spans="1:9">
       <c r="A794" s="1">
         <v>793</v>
       </c>
       <c r="B794" t="s">
         <v>2590</v>
       </c>
       <c r="C794" t="s">
         <v>2591</v>
       </c>
       <c r="D794" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E794" t="s">
-        <v>2576</v>
+        <v>2579</v>
       </c>
       <c r="F794" t="s">
         <v>2592</v>
       </c>
       <c r="H794" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="I794" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="795" spans="1:9">
       <c r="A795" s="1">
         <v>794</v>
       </c>
       <c r="B795" t="s">
         <v>2593</v>
       </c>
       <c r="C795" t="s">
         <v>2594</v>
       </c>
       <c r="D795" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E795" t="s">
-        <v>2576</v>
+        <v>2579</v>
       </c>
       <c r="F795" t="s">
         <v>2595</v>
       </c>
       <c r="H795" t="s">
-        <v>2516</v>
+        <v>2589</v>
       </c>
       <c r="I795" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="796" spans="1:9">
       <c r="A796" s="1">
         <v>795</v>
       </c>
       <c r="B796" t="s">
         <v>2596</v>
       </c>
       <c r="C796" t="s">
         <v>2597</v>
       </c>
       <c r="D796" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E796" t="s">
-        <v>2576</v>
+        <v>2579</v>
       </c>
       <c r="F796" t="s">
         <v>2598</v>
       </c>
       <c r="H796" t="s">
-        <v>2586</v>
+        <v>2519</v>
       </c>
       <c r="I796" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="797" spans="1:9">
       <c r="A797" s="1">
         <v>796</v>
       </c>
       <c r="B797" t="s">
         <v>2599</v>
       </c>
       <c r="C797" t="s">
         <v>2600</v>
       </c>
       <c r="D797" t="s">
-        <v>2548</v>
+        <v>2512</v>
       </c>
       <c r="E797" t="s">
+        <v>2579</v>
+      </c>
+      <c r="F797" t="s">
         <v>2601</v>
       </c>
-      <c r="F797" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H797" t="s">
-        <v>2603</v>
+        <v>2519</v>
       </c>
       <c r="I797" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="798" spans="1:9">
       <c r="A798" s="1">
         <v>797</v>
       </c>
       <c r="B798" t="s">
+        <v>2602</v>
+      </c>
+      <c r="C798" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D798" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E798" t="s">
         <v>2604</v>
       </c>
-      <c r="C798" t="s">
+      <c r="F798" t="s">
         <v>2605</v>
       </c>
-      <c r="D798" t="s">
-[...2 lines deleted...]
-      <c r="E798" t="s">
+      <c r="G798" t="s">
+        <v>2604</v>
+      </c>
+      <c r="H798" t="s">
         <v>2606</v>
-      </c>
-[...4 lines deleted...]
-        <v>2603</v>
       </c>
       <c r="I798" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="799" spans="1:9">
       <c r="A799" s="1">
         <v>798</v>
       </c>
       <c r="B799" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C799" t="s">
         <v>2608</v>
       </c>
-      <c r="C799" t="s">
+      <c r="D799" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E799" t="s">
         <v>2609</v>
       </c>
-      <c r="D799" t="s">
-[...2 lines deleted...]
-      <c r="E799" t="s">
+      <c r="F799" t="s">
         <v>2610</v>
       </c>
-      <c r="F799" t="s">
-        <v>2611</v>
+      <c r="G799" t="s">
+        <v>2609</v>
       </c>
       <c r="H799" t="s">
-        <v>2574</v>
+        <v>2606</v>
       </c>
       <c r="I799" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="800" spans="1:9">
       <c r="A800" s="1">
         <v>799</v>
       </c>
       <c r="B800" t="s">
+        <v>2611</v>
+      </c>
+      <c r="C800" t="s">
         <v>2612</v>
       </c>
-      <c r="C800" t="s">
+      <c r="D800" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E800" t="s">
         <v>2613</v>
       </c>
-      <c r="D800" t="s">
-[...2 lines deleted...]
-      <c r="E800" t="s">
+      <c r="F800" t="s">
         <v>2614</v>
       </c>
-      <c r="F800" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H800" t="s">
-        <v>2616</v>
+        <v>2577</v>
       </c>
       <c r="I800" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="801" spans="1:9">
       <c r="A801" s="1">
         <v>800</v>
       </c>
       <c r="B801" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C801" t="s">
+        <v>2616</v>
+      </c>
+      <c r="D801" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E801" t="s">
         <v>2617</v>
       </c>
-      <c r="C801" t="s">
+      <c r="F801" t="s">
         <v>2618</v>
       </c>
-      <c r="D801" t="s">
-[...5 lines deleted...]
-      <c r="F801" t="s">
+      <c r="H801" t="s">
         <v>2619</v>
-      </c>
-[...1 lines deleted...]
-        <v>2616</v>
       </c>
       <c r="I801" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="802" spans="1:9">
       <c r="A802" s="1">
         <v>801</v>
       </c>
       <c r="B802" t="s">
         <v>2620</v>
       </c>
       <c r="C802" t="s">
         <v>2621</v>
       </c>
       <c r="D802" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E802" t="s">
+        <v>2617</v>
+      </c>
+      <c r="F802" t="s">
         <v>2622</v>
       </c>
-      <c r="F802" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H802" t="s">
-        <v>2624</v>
+        <v>2619</v>
       </c>
       <c r="I802" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="803" spans="1:9">
       <c r="A803" s="1">
         <v>802</v>
       </c>
       <c r="B803" t="s">
+        <v>2623</v>
+      </c>
+      <c r="C803" t="s">
+        <v>2624</v>
+      </c>
+      <c r="D803" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E803" t="s">
         <v>2625</v>
       </c>
-      <c r="C803" t="s">
+      <c r="F803" t="s">
         <v>2626</v>
       </c>
-      <c r="D803" t="s">
-[...2 lines deleted...]
-      <c r="E803" t="s">
+      <c r="H803" t="s">
         <v>2627</v>
-      </c>
-[...4 lines deleted...]
-        <v>2629</v>
       </c>
       <c r="I803" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="804" spans="1:9">
       <c r="A804" s="1">
         <v>803</v>
       </c>
       <c r="B804" t="s">
+        <v>2628</v>
+      </c>
+      <c r="C804" t="s">
+        <v>2629</v>
+      </c>
+      <c r="D804" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E804" t="s">
         <v>2630</v>
       </c>
-      <c r="C804" t="s">
+      <c r="F804" t="s">
         <v>2631</v>
       </c>
-      <c r="D804" t="s">
-[...2 lines deleted...]
-      <c r="E804" t="s">
+      <c r="H804" t="s">
         <v>2632</v>
-      </c>
-[...7 lines deleted...]
-        <v>2634</v>
       </c>
       <c r="I804" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="805" spans="1:9">
       <c r="A805" s="1">
         <v>804</v>
       </c>
       <c r="B805" t="s">
+        <v>2633</v>
+      </c>
+      <c r="C805" t="s">
+        <v>2634</v>
+      </c>
+      <c r="D805" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E805" t="s">
         <v>2635</v>
       </c>
-      <c r="C805" t="s">
+      <c r="F805" t="s">
         <v>2636</v>
       </c>
-      <c r="D805" t="s">
-[...5 lines deleted...]
-      <c r="F805" t="s">
+      <c r="G805" t="s">
+        <v>2635</v>
+      </c>
+      <c r="H805" t="s">
         <v>2637</v>
-      </c>
-[...4 lines deleted...]
-        <v>2638</v>
       </c>
       <c r="I805" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="806" spans="1:9">
       <c r="A806" s="1">
         <v>805</v>
       </c>
       <c r="B806" t="s">
+        <v>2638</v>
+      </c>
+      <c r="C806" t="s">
         <v>2639</v>
       </c>
-      <c r="C806" t="s">
+      <c r="D806" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E806" t="s">
+        <v>2635</v>
+      </c>
+      <c r="F806" t="s">
         <v>2640</v>
       </c>
-      <c r="D806" t="s">
-[...2 lines deleted...]
-      <c r="E806" t="s">
+      <c r="G806" t="s">
+        <v>2635</v>
+      </c>
+      <c r="H806" t="s">
         <v>2641</v>
-      </c>
-[...4 lines deleted...]
-        <v>2586</v>
       </c>
       <c r="I806" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="807" spans="1:9">
       <c r="A807" s="1">
         <v>806</v>
       </c>
       <c r="B807" t="s">
+        <v>2642</v>
+      </c>
+      <c r="C807" t="s">
         <v>2643</v>
       </c>
-      <c r="C807" t="s">
+      <c r="D807" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E807" t="s">
         <v>2644</v>
-      </c>
-[...4 lines deleted...]
-        <v>2641</v>
       </c>
       <c r="F807" t="s">
         <v>2645</v>
       </c>
       <c r="H807" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="I807" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="808" spans="1:9">
       <c r="A808" s="1">
         <v>807</v>
       </c>
       <c r="B808" t="s">
         <v>2646</v>
       </c>
       <c r="C808" t="s">
         <v>2647</v>
       </c>
       <c r="D808" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E808" t="s">
-        <v>2641</v>
+        <v>2644</v>
       </c>
       <c r="F808" t="s">
         <v>2648</v>
       </c>
       <c r="H808" t="s">
-        <v>2523</v>
+        <v>2589</v>
       </c>
       <c r="I808" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="809" spans="1:9">
       <c r="A809" s="1">
         <v>808</v>
       </c>
       <c r="B809" t="s">
         <v>2649</v>
       </c>
       <c r="C809" t="s">
         <v>2650</v>
       </c>
       <c r="D809" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E809" t="s">
-        <v>2641</v>
+        <v>2644</v>
       </c>
       <c r="F809" t="s">
         <v>2651</v>
       </c>
       <c r="H809" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I809" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="810" spans="1:9">
       <c r="A810" s="1">
         <v>809</v>
       </c>
       <c r="B810" t="s">
         <v>2652</v>
       </c>
       <c r="C810" t="s">
         <v>2653</v>
       </c>
       <c r="D810" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E810" t="s">
-        <v>2641</v>
+        <v>2644</v>
       </c>
       <c r="F810" t="s">
         <v>2654</v>
       </c>
       <c r="H810" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I810" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="811" spans="1:9">
       <c r="A811" s="1">
         <v>810</v>
       </c>
       <c r="B811" t="s">
         <v>2655</v>
       </c>
       <c r="C811" t="s">
         <v>2656</v>
       </c>
       <c r="D811" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E811" t="s">
+        <v>2644</v>
+      </c>
+      <c r="F811" t="s">
         <v>2657</v>
       </c>
-      <c r="F811" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H811" t="s">
-        <v>2516</v>
+        <v>2526</v>
       </c>
       <c r="I811" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="812" spans="1:9">
       <c r="A812" s="1">
         <v>811</v>
       </c>
       <c r="B812" t="s">
+        <v>2658</v>
+      </c>
+      <c r="C812" t="s">
         <v>2659</v>
       </c>
-      <c r="C812" t="s">
+      <c r="D812" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E812" t="s">
         <v>2660</v>
-      </c>
-[...4 lines deleted...]
-        <v>2657</v>
       </c>
       <c r="F812" t="s">
         <v>2661</v>
       </c>
       <c r="H812" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I812" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="813" spans="1:9">
       <c r="A813" s="1">
         <v>812</v>
       </c>
       <c r="B813" t="s">
         <v>2662</v>
       </c>
       <c r="C813" t="s">
         <v>2663</v>
       </c>
       <c r="D813" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E813" t="s">
-        <v>2657</v>
+        <v>2660</v>
       </c>
       <c r="F813" t="s">
         <v>2664</v>
       </c>
       <c r="H813" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I813" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="814" spans="1:9">
       <c r="A814" s="1">
         <v>813</v>
       </c>
       <c r="B814" t="s">
         <v>2665</v>
       </c>
       <c r="C814" t="s">
         <v>2666</v>
       </c>
       <c r="D814" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E814" t="s">
+        <v>2660</v>
+      </c>
+      <c r="F814" t="s">
         <v>2667</v>
       </c>
-      <c r="F814" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H814" t="s">
-        <v>2545</v>
+        <v>2519</v>
       </c>
       <c r="I814" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="815" spans="1:9">
       <c r="A815" s="1">
         <v>814</v>
       </c>
       <c r="B815" t="s">
+        <v>2668</v>
+      </c>
+      <c r="C815" t="s">
         <v>2669</v>
       </c>
-      <c r="C815" t="s">
+      <c r="D815" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E815" t="s">
         <v>2670</v>
-      </c>
-[...4 lines deleted...]
-        <v>2667</v>
       </c>
       <c r="F815" t="s">
         <v>2671</v>
       </c>
       <c r="H815" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="I815" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="816" spans="1:9">
       <c r="A816" s="1">
         <v>815</v>
       </c>
       <c r="B816" t="s">
         <v>2672</v>
       </c>
       <c r="C816" t="s">
         <v>2673</v>
       </c>
       <c r="D816" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E816" t="s">
+        <v>2670</v>
+      </c>
+      <c r="F816" t="s">
+        <v>2674</v>
+      </c>
+      <c r="H816" t="s">
         <v>2548</v>
-      </c>
-[...7 lines deleted...]
-        <v>2574</v>
       </c>
       <c r="I816" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="817" spans="1:9">
       <c r="A817" s="1">
         <v>816</v>
       </c>
       <c r="B817" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C817" t="s">
         <v>2676</v>
       </c>
-      <c r="C817" t="s">
+      <c r="D817" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E817" t="s">
         <v>2677</v>
-      </c>
-[...4 lines deleted...]
-        <v>2674</v>
       </c>
       <c r="F817" t="s">
         <v>2678</v>
       </c>
       <c r="H817" t="s">
-        <v>2679</v>
+        <v>2577</v>
       </c>
       <c r="I817" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="818" spans="1:9">
       <c r="A818" s="1">
         <v>817</v>
       </c>
       <c r="B818" t="s">
+        <v>2679</v>
+      </c>
+      <c r="C818" t="s">
         <v>2680</v>
       </c>
-      <c r="C818" t="s">
+      <c r="D818" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E818" t="s">
+        <v>2677</v>
+      </c>
+      <c r="F818" t="s">
         <v>2681</v>
       </c>
-      <c r="D818" t="s">
-[...2 lines deleted...]
-      <c r="E818" t="s">
+      <c r="H818" t="s">
         <v>2682</v>
-      </c>
-[...4 lines deleted...]
-        <v>2684</v>
       </c>
       <c r="I818" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="819" spans="1:9">
       <c r="A819" s="1">
         <v>818</v>
       </c>
       <c r="B819" t="s">
+        <v>2683</v>
+      </c>
+      <c r="C819" t="s">
+        <v>2684</v>
+      </c>
+      <c r="D819" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E819" t="s">
         <v>2685</v>
       </c>
-      <c r="C819" t="s">
+      <c r="F819" t="s">
         <v>2686</v>
       </c>
-      <c r="D819" t="s">
-[...5 lines deleted...]
-      <c r="F819" t="s">
+      <c r="H819" t="s">
         <v>2687</v>
-      </c>
-[...1 lines deleted...]
-        <v>2516</v>
       </c>
       <c r="I819" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="820" spans="1:9">
       <c r="A820" s="1">
         <v>819</v>
       </c>
       <c r="B820" t="s">
         <v>2688</v>
       </c>
       <c r="C820" t="s">
         <v>2689</v>
       </c>
       <c r="D820" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E820" t="s">
-        <v>2682</v>
+        <v>2685</v>
       </c>
       <c r="F820" t="s">
         <v>2690</v>
       </c>
       <c r="H820" t="s">
-        <v>2684</v>
+        <v>2519</v>
       </c>
       <c r="I820" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="821" spans="1:9">
       <c r="A821" s="1">
         <v>820</v>
       </c>
       <c r="B821" t="s">
         <v>2691</v>
       </c>
       <c r="C821" t="s">
         <v>2692</v>
       </c>
       <c r="D821" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E821" t="s">
-        <v>2682</v>
+        <v>2685</v>
       </c>
       <c r="F821" t="s">
         <v>2693</v>
       </c>
       <c r="H821" t="s">
-        <v>2684</v>
+        <v>2687</v>
       </c>
       <c r="I821" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="822" spans="1:9">
       <c r="A822" s="1">
         <v>821</v>
       </c>
       <c r="B822" t="s">
         <v>2694</v>
       </c>
       <c r="C822" t="s">
         <v>2695</v>
       </c>
       <c r="D822" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E822" t="s">
-        <v>2682</v>
+        <v>2685</v>
       </c>
       <c r="F822" t="s">
         <v>2696</v>
       </c>
       <c r="H822" t="s">
-        <v>2684</v>
+        <v>2687</v>
       </c>
       <c r="I822" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="823" spans="1:9">
       <c r="A823" s="1">
         <v>822</v>
       </c>
       <c r="B823" t="s">
         <v>2697</v>
       </c>
       <c r="C823" t="s">
         <v>2698</v>
       </c>
       <c r="D823" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E823" t="s">
+        <v>2685</v>
+      </c>
+      <c r="F823" t="s">
         <v>2699</v>
       </c>
-      <c r="F823" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H823" t="s">
-        <v>2523</v>
+        <v>2687</v>
       </c>
       <c r="I823" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="824" spans="1:9">
       <c r="A824" s="1">
         <v>823</v>
       </c>
       <c r="B824" t="s">
+        <v>2700</v>
+      </c>
+      <c r="C824" t="s">
         <v>2701</v>
       </c>
-      <c r="C824" t="s">
+      <c r="D824" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E824" t="s">
         <v>2702</v>
-      </c>
-[...4 lines deleted...]
-        <v>2699</v>
       </c>
       <c r="F824" t="s">
         <v>2703</v>
       </c>
       <c r="H824" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I824" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="825" spans="1:9">
       <c r="A825" s="1">
         <v>824</v>
       </c>
       <c r="B825" t="s">
         <v>2704</v>
       </c>
       <c r="C825" t="s">
         <v>2705</v>
       </c>
       <c r="D825" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E825" t="s">
-        <v>2699</v>
+        <v>2702</v>
       </c>
       <c r="F825" t="s">
         <v>2706</v>
       </c>
       <c r="H825" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I825" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="826" spans="1:9">
       <c r="A826" s="1">
         <v>825</v>
       </c>
       <c r="B826" t="s">
         <v>2707</v>
       </c>
       <c r="C826" t="s">
         <v>2708</v>
       </c>
       <c r="D826" t="s">
-        <v>2498</v>
+        <v>2512</v>
       </c>
       <c r="E826" t="s">
+        <v>2702</v>
+      </c>
+      <c r="F826" t="s">
         <v>2709</v>
       </c>
-      <c r="F826" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H826" t="s">
-        <v>2501</v>
+        <v>2526</v>
       </c>
       <c r="I826" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="827" spans="1:9">
       <c r="A827" s="1">
         <v>826</v>
       </c>
       <c r="B827" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C827" t="s">
+        <v>2711</v>
+      </c>
+      <c r="D827" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E827" t="s">
         <v>2712</v>
       </c>
-      <c r="C827" t="s">
+      <c r="F827" t="s">
         <v>2713</v>
       </c>
-      <c r="D827" t="s">
-[...2 lines deleted...]
-      <c r="E827" t="s">
+      <c r="G827" t="s">
         <v>2714</v>
       </c>
-      <c r="F827" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H827" t="s">
-        <v>2716</v>
+        <v>2504</v>
       </c>
       <c r="I827" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="828" spans="1:9">
       <c r="A828" s="1">
         <v>827</v>
       </c>
       <c r="B828" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C828" t="s">
+        <v>2716</v>
+      </c>
+      <c r="D828" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E828" t="s">
         <v>2717</v>
       </c>
-      <c r="C828" t="s">
+      <c r="F828" t="s">
         <v>2718</v>
       </c>
-      <c r="D828" t="s">
-[...5 lines deleted...]
-      <c r="F828" t="s">
+      <c r="H828" t="s">
         <v>2719</v>
-      </c>
-[...1 lines deleted...]
-        <v>2574</v>
       </c>
       <c r="I828" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="829" spans="1:9">
       <c r="A829" s="1">
         <v>828</v>
       </c>
       <c r="B829" t="s">
         <v>2720</v>
       </c>
       <c r="C829" t="s">
         <v>2721</v>
       </c>
       <c r="D829" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E829" t="s">
-        <v>2714</v>
+        <v>2717</v>
       </c>
       <c r="F829" t="s">
         <v>2722</v>
       </c>
       <c r="H829" t="s">
-        <v>2574</v>
+        <v>2577</v>
       </c>
       <c r="I829" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="830" spans="1:9">
       <c r="A830" s="1">
         <v>829</v>
       </c>
       <c r="B830" t="s">
         <v>2723</v>
       </c>
       <c r="C830" t="s">
         <v>2724</v>
       </c>
       <c r="D830" t="s">
-        <v>2509</v>
+        <v>2551</v>
       </c>
       <c r="E830" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F830" t="s">
         <v>2725</v>
       </c>
-      <c r="F830" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H830" t="s">
-        <v>2516</v>
+        <v>2577</v>
       </c>
       <c r="I830" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="831" spans="1:9">
       <c r="A831" s="1">
         <v>830</v>
       </c>
       <c r="B831" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C831" t="s">
         <v>2727</v>
       </c>
-      <c r="C831" t="s">
+      <c r="D831" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E831" t="s">
         <v>2728</v>
-      </c>
-[...4 lines deleted...]
-        <v>2725</v>
       </c>
       <c r="F831" t="s">
         <v>2729</v>
       </c>
       <c r="H831" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I831" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="832" spans="1:9">
       <c r="A832" s="1">
         <v>831</v>
       </c>
       <c r="B832" t="s">
         <v>2730</v>
       </c>
       <c r="C832" t="s">
         <v>2731</v>
       </c>
       <c r="D832" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E832" t="s">
+        <v>2728</v>
+      </c>
+      <c r="F832" t="s">
         <v>2732</v>
       </c>
-      <c r="F832" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H832" t="s">
-        <v>2545</v>
+        <v>2519</v>
       </c>
       <c r="I832" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="833" spans="1:9">
       <c r="A833" s="1">
         <v>832</v>
       </c>
       <c r="B833" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C833" t="s">
         <v>2734</v>
       </c>
-      <c r="C833" t="s">
+      <c r="D833" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E833" t="s">
         <v>2735</v>
-      </c>
-[...4 lines deleted...]
-        <v>2732</v>
       </c>
       <c r="F833" t="s">
         <v>2736</v>
       </c>
       <c r="H833" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="I833" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="834" spans="1:9">
       <c r="A834" s="1">
         <v>833</v>
       </c>
       <c r="B834" t="s">
         <v>2737</v>
       </c>
       <c r="C834" t="s">
         <v>2738</v>
       </c>
       <c r="D834" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E834" t="s">
-        <v>2732</v>
+        <v>2735</v>
       </c>
       <c r="F834" t="s">
         <v>2739</v>
       </c>
       <c r="H834" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="I834" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="835" spans="1:9">
       <c r="A835" s="1">
         <v>834</v>
       </c>
       <c r="B835" t="s">
         <v>2740</v>
       </c>
       <c r="C835" t="s">
         <v>2741</v>
       </c>
       <c r="D835" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E835" t="s">
-        <v>2732</v>
+        <v>2735</v>
       </c>
       <c r="F835" t="s">
         <v>2742</v>
       </c>
       <c r="H835" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="I835" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="836" spans="1:9">
       <c r="A836" s="1">
         <v>835</v>
       </c>
       <c r="B836" t="s">
         <v>2743</v>
       </c>
       <c r="C836" t="s">
         <v>2744</v>
       </c>
       <c r="D836" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E836" t="s">
+        <v>2735</v>
+      </c>
+      <c r="F836" t="s">
         <v>2745</v>
       </c>
-      <c r="F836" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H836" t="s">
-        <v>2586</v>
+        <v>2548</v>
       </c>
       <c r="I836" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="837" spans="1:9">
       <c r="A837" s="1">
         <v>836</v>
       </c>
       <c r="B837" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C837" t="s">
         <v>2747</v>
       </c>
-      <c r="C837" t="s">
+      <c r="D837" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E837" t="s">
         <v>2748</v>
       </c>
-      <c r="D837" t="s">
-[...2 lines deleted...]
-      <c r="E837" t="s">
+      <c r="F837" t="s">
         <v>2749</v>
       </c>
-      <c r="F837" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H837" t="s">
-        <v>2523</v>
+        <v>2589</v>
       </c>
       <c r="I837" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="838" spans="1:9">
       <c r="A838" s="1">
         <v>837</v>
       </c>
       <c r="B838" t="s">
+        <v>2750</v>
+      </c>
+      <c r="C838" t="s">
         <v>2751</v>
       </c>
-      <c r="C838" t="s">
+      <c r="D838" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E838" t="s">
         <v>2752</v>
-      </c>
-[...4 lines deleted...]
-        <v>2749</v>
       </c>
       <c r="F838" t="s">
         <v>2753</v>
       </c>
       <c r="H838" t="s">
-        <v>2516</v>
+        <v>2526</v>
       </c>
       <c r="I838" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="839" spans="1:9">
       <c r="A839" s="1">
         <v>838</v>
       </c>
       <c r="B839" t="s">
         <v>2754</v>
       </c>
       <c r="C839" t="s">
         <v>2755</v>
       </c>
       <c r="D839" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E839" t="s">
-        <v>2749</v>
+        <v>2752</v>
       </c>
       <c r="F839" t="s">
         <v>2756</v>
       </c>
       <c r="H839" t="s">
-        <v>2516</v>
+        <v>2589</v>
       </c>
       <c r="I839" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="840" spans="1:9">
       <c r="A840" s="1">
         <v>839</v>
       </c>
       <c r="B840" t="s">
         <v>2757</v>
       </c>
       <c r="C840" t="s">
         <v>2758</v>
       </c>
       <c r="D840" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E840" t="s">
-        <v>2749</v>
+        <v>2752</v>
       </c>
       <c r="F840" t="s">
         <v>2759</v>
       </c>
       <c r="H840" t="s">
-        <v>2586</v>
+        <v>2519</v>
       </c>
       <c r="I840" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="841" spans="1:9">
       <c r="A841" s="1">
         <v>840</v>
       </c>
       <c r="B841" t="s">
         <v>2760</v>
       </c>
       <c r="C841" t="s">
         <v>2761</v>
       </c>
       <c r="D841" t="s">
-        <v>2548</v>
+        <v>2512</v>
       </c>
       <c r="E841" t="s">
+        <v>2752</v>
+      </c>
+      <c r="F841" t="s">
         <v>2762</v>
       </c>
-      <c r="F841" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H841" t="s">
-        <v>2574</v>
+        <v>2519</v>
       </c>
       <c r="I841" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="842" spans="1:9">
       <c r="A842" s="1">
         <v>841</v>
       </c>
       <c r="B842" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C842" t="s">
         <v>2764</v>
       </c>
-      <c r="C842" t="s">
+      <c r="D842" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E842" t="s">
         <v>2765</v>
-      </c>
-[...4 lines deleted...]
-        <v>2762</v>
       </c>
       <c r="F842" t="s">
         <v>2766</v>
       </c>
       <c r="H842" t="s">
-        <v>2559</v>
+        <v>2577</v>
       </c>
       <c r="I842" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="843" spans="1:9">
       <c r="A843" s="1">
         <v>842</v>
       </c>
       <c r="B843" t="s">
         <v>2767</v>
       </c>
       <c r="C843" t="s">
         <v>2768</v>
       </c>
       <c r="D843" t="s">
-        <v>2498</v>
+        <v>2551</v>
       </c>
       <c r="E843" t="s">
+        <v>2765</v>
+      </c>
+      <c r="F843" t="s">
         <v>2769</v>
       </c>
-      <c r="F843" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H843" t="s">
-        <v>2638</v>
+        <v>2562</v>
       </c>
       <c r="I843" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="844" spans="1:9">
       <c r="A844" s="1">
         <v>843</v>
       </c>
       <c r="B844" t="s">
+        <v>2770</v>
+      </c>
+      <c r="C844" t="s">
         <v>2771</v>
       </c>
-      <c r="C844" t="s">
+      <c r="D844" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E844" t="s">
         <v>2772</v>
       </c>
-      <c r="D844" t="s">
-[...2 lines deleted...]
-      <c r="E844" t="s">
+      <c r="F844" t="s">
         <v>2773</v>
       </c>
-      <c r="F844" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G844" t="s">
-        <v>2773</v>
+        <v>2772</v>
       </c>
       <c r="H844" t="s">
-        <v>2501</v>
+        <v>2637</v>
       </c>
       <c r="I844" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="845" spans="1:9">
       <c r="A845" s="1">
         <v>844</v>
       </c>
       <c r="B845" t="s">
+        <v>2774</v>
+      </c>
+      <c r="C845" t="s">
         <v>2775</v>
       </c>
-      <c r="C845" t="s">
+      <c r="D845" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E845" t="s">
         <v>2776</v>
       </c>
-      <c r="D845" t="s">
-[...2 lines deleted...]
-      <c r="E845" t="s">
+      <c r="F845" t="s">
         <v>2777</v>
       </c>
-      <c r="F845" t="s">
-        <v>2778</v>
+      <c r="G845" t="s">
+        <v>2776</v>
       </c>
       <c r="H845" t="s">
-        <v>2559</v>
+        <v>2504</v>
       </c>
       <c r="I845" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="846" spans="1:9">
       <c r="A846" s="1">
         <v>845</v>
       </c>
       <c r="B846" t="s">
+        <v>2778</v>
+      </c>
+      <c r="C846" t="s">
         <v>2779</v>
       </c>
-      <c r="C846" t="s">
+      <c r="D846" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E846" t="s">
         <v>2780</v>
       </c>
-      <c r="D846" t="s">
-[...2 lines deleted...]
-      <c r="E846" t="s">
+      <c r="F846" t="s">
         <v>2781</v>
       </c>
-      <c r="F846" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H846" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="I846" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="847" spans="1:9">
       <c r="A847" s="1">
         <v>846</v>
       </c>
       <c r="B847" t="s">
+        <v>2782</v>
+      </c>
+      <c r="C847" t="s">
         <v>2783</v>
       </c>
-      <c r="C847" t="s">
+      <c r="D847" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E847" t="s">
         <v>2784</v>
-      </c>
-[...4 lines deleted...]
-        <v>2781</v>
       </c>
       <c r="F847" t="s">
         <v>2785</v>
       </c>
-      <c r="G847" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H847" t="s">
-        <v>2569</v>
+        <v>2562</v>
       </c>
       <c r="I847" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="848" spans="1:9">
       <c r="A848" s="1">
         <v>847</v>
       </c>
       <c r="B848" t="s">
         <v>2786</v>
       </c>
       <c r="C848" t="s">
         <v>2787</v>
       </c>
       <c r="D848" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E848" t="s">
+        <v>2784</v>
+      </c>
+      <c r="F848" t="s">
         <v>2788</v>
       </c>
-      <c r="F848" t="s">
-        <v>2789</v>
+      <c r="G848" t="s">
+        <v>2784</v>
       </c>
       <c r="H848" t="s">
-        <v>2551</v>
+        <v>2572</v>
       </c>
       <c r="I848" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="849" spans="1:9">
       <c r="A849" s="1">
         <v>848</v>
       </c>
       <c r="B849" t="s">
+        <v>2789</v>
+      </c>
+      <c r="C849" t="s">
         <v>2790</v>
       </c>
-      <c r="C849" t="s">
+      <c r="D849" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E849" t="s">
         <v>2791</v>
       </c>
-      <c r="D849" t="s">
-[...2 lines deleted...]
-      <c r="E849" t="s">
+      <c r="F849" t="s">
         <v>2792</v>
       </c>
-      <c r="F849" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H849" t="s">
-        <v>2523</v>
+        <v>2554</v>
       </c>
       <c r="I849" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="850" spans="1:9">
       <c r="A850" s="1">
         <v>849</v>
       </c>
       <c r="B850" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C850" t="s">
         <v>2794</v>
       </c>
-      <c r="C850" t="s">
+      <c r="D850" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E850" t="s">
         <v>2795</v>
-      </c>
-[...4 lines deleted...]
-        <v>2792</v>
       </c>
       <c r="F850" t="s">
         <v>2796</v>
       </c>
       <c r="H850" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I850" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="851" spans="1:9">
       <c r="A851" s="1">
         <v>850</v>
       </c>
       <c r="B851" t="s">
         <v>2797</v>
       </c>
       <c r="C851" t="s">
         <v>2798</v>
       </c>
       <c r="D851" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E851" t="s">
+        <v>2795</v>
+      </c>
+      <c r="F851" t="s">
         <v>2799</v>
       </c>
-      <c r="F851" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H851" t="s">
-        <v>2801</v>
+        <v>2526</v>
       </c>
       <c r="I851" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="852" spans="1:9">
       <c r="A852" s="1">
         <v>851</v>
       </c>
       <c r="B852" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C852" t="s">
+        <v>2801</v>
+      </c>
+      <c r="D852" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E852" t="s">
         <v>2802</v>
       </c>
-      <c r="C852" t="s">
+      <c r="F852" t="s">
         <v>2803</v>
       </c>
-      <c r="D852" t="s">
-[...5 lines deleted...]
-      <c r="F852" t="s">
+      <c r="H852" t="s">
         <v>2804</v>
-      </c>
-[...1 lines deleted...]
-        <v>2523</v>
       </c>
       <c r="I852" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="853" spans="1:9">
       <c r="A853" s="1">
         <v>852</v>
       </c>
       <c r="B853" t="s">
         <v>2805</v>
       </c>
       <c r="C853" t="s">
         <v>2806</v>
       </c>
       <c r="D853" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E853" t="s">
-        <v>2799</v>
+        <v>2802</v>
       </c>
       <c r="F853" t="s">
         <v>2807</v>
       </c>
       <c r="H853" t="s">
-        <v>2586</v>
+        <v>2526</v>
       </c>
       <c r="I853" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="854" spans="1:9">
       <c r="A854" s="1">
         <v>853</v>
       </c>
       <c r="B854" t="s">
         <v>2808</v>
       </c>
       <c r="C854" t="s">
         <v>2809</v>
       </c>
       <c r="D854" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E854" t="s">
-        <v>2799</v>
+        <v>2802</v>
       </c>
       <c r="F854" t="s">
         <v>2810</v>
       </c>
       <c r="H854" t="s">
-        <v>2523</v>
+        <v>2589</v>
       </c>
       <c r="I854" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="855" spans="1:9">
       <c r="A855" s="1">
         <v>854</v>
       </c>
       <c r="B855" t="s">
         <v>2811</v>
       </c>
       <c r="C855" t="s">
         <v>2812</v>
       </c>
       <c r="D855" t="s">
-        <v>2548</v>
+        <v>2512</v>
       </c>
       <c r="E855" t="s">
+        <v>2802</v>
+      </c>
+      <c r="F855" t="s">
         <v>2813</v>
       </c>
-      <c r="F855" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H855" t="s">
-        <v>2603</v>
+        <v>2526</v>
       </c>
       <c r="I855" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="856" spans="1:9">
       <c r="A856" s="1">
         <v>855</v>
       </c>
       <c r="B856" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C856" t="s">
         <v>2815</v>
       </c>
-      <c r="C856" t="s">
+      <c r="D856" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E856" t="s">
         <v>2816</v>
       </c>
-      <c r="D856" t="s">
-[...2 lines deleted...]
-      <c r="E856" t="s">
+      <c r="F856" t="s">
         <v>2817</v>
       </c>
-      <c r="F856" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H856" t="s">
-        <v>2559</v>
+        <v>2606</v>
       </c>
       <c r="I856" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="857" spans="1:9">
       <c r="A857" s="1">
         <v>856</v>
       </c>
       <c r="B857" t="s">
+        <v>2818</v>
+      </c>
+      <c r="C857" t="s">
         <v>2819</v>
       </c>
-      <c r="C857" t="s">
+      <c r="D857" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E857" t="s">
         <v>2820</v>
-      </c>
-[...4 lines deleted...]
-        <v>2817</v>
       </c>
       <c r="F857" t="s">
         <v>2821</v>
       </c>
       <c r="H857" t="s">
-        <v>2603</v>
+        <v>2562</v>
       </c>
       <c r="I857" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="858" spans="1:9">
       <c r="A858" s="1">
         <v>857</v>
       </c>
       <c r="B858" t="s">
         <v>2822</v>
       </c>
       <c r="C858" t="s">
         <v>2823</v>
       </c>
       <c r="D858" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E858" t="s">
-        <v>2817</v>
+        <v>2820</v>
       </c>
       <c r="F858" t="s">
         <v>2824</v>
       </c>
       <c r="H858" t="s">
-        <v>2603</v>
+        <v>2606</v>
       </c>
       <c r="I858" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="859" spans="1:9">
       <c r="A859" s="1">
         <v>858</v>
       </c>
       <c r="B859" t="s">
         <v>2825</v>
       </c>
       <c r="C859" t="s">
         <v>2826</v>
       </c>
       <c r="D859" t="s">
-        <v>2498</v>
+        <v>2551</v>
       </c>
       <c r="E859" t="s">
+        <v>2820</v>
+      </c>
+      <c r="F859" t="s">
         <v>2827</v>
       </c>
-      <c r="F859" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H859" t="s">
-        <v>2829</v>
+        <v>2606</v>
       </c>
       <c r="I859" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="860" spans="1:9">
       <c r="A860" s="1">
         <v>859</v>
       </c>
       <c r="B860" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C860" t="s">
+        <v>2829</v>
+      </c>
+      <c r="D860" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E860" t="s">
         <v>2830</v>
       </c>
-      <c r="C860" t="s">
+      <c r="F860" t="s">
         <v>2831</v>
       </c>
-      <c r="D860" t="s">
-[...5 lines deleted...]
-      <c r="F860" t="s">
+      <c r="G860" t="s">
+        <v>2830</v>
+      </c>
+      <c r="H860" t="s">
         <v>2832</v>
-      </c>
-[...1 lines deleted...]
-        <v>2559</v>
       </c>
       <c r="I860" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="861" spans="1:9">
       <c r="A861" s="1">
         <v>860</v>
       </c>
       <c r="B861" t="s">
         <v>2833</v>
       </c>
       <c r="C861" t="s">
         <v>2834</v>
       </c>
       <c r="D861" t="s">
-        <v>2509</v>
+        <v>2551</v>
       </c>
       <c r="E861" t="s">
+        <v>2830</v>
+      </c>
+      <c r="F861" t="s">
         <v>2835</v>
       </c>
-      <c r="F861" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H861" t="s">
-        <v>2586</v>
+        <v>2562</v>
       </c>
       <c r="I861" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="862" spans="1:9">
       <c r="A862" s="1">
         <v>861</v>
       </c>
       <c r="B862" t="s">
+        <v>2836</v>
+      </c>
+      <c r="C862" t="s">
         <v>2837</v>
       </c>
-      <c r="C862" t="s">
+      <c r="D862" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E862" t="s">
         <v>2838</v>
-      </c>
-[...4 lines deleted...]
-        <v>2835</v>
       </c>
       <c r="F862" t="s">
         <v>2839</v>
       </c>
       <c r="H862" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="I862" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="863" spans="1:9">
       <c r="A863" s="1">
         <v>862</v>
       </c>
       <c r="B863" t="s">
         <v>2840</v>
       </c>
       <c r="C863" t="s">
         <v>2841</v>
       </c>
       <c r="D863" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E863" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="F863" t="s">
         <v>2842</v>
       </c>
       <c r="H863" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="I863" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="864" spans="1:9">
       <c r="A864" s="1">
         <v>863</v>
       </c>
       <c r="B864" t="s">
         <v>2843</v>
       </c>
       <c r="C864" t="s">
         <v>2844</v>
       </c>
       <c r="D864" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E864" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="F864" t="s">
         <v>2845</v>
       </c>
       <c r="H864" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="I864" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="865" spans="1:9">
       <c r="A865" s="1">
         <v>864</v>
       </c>
       <c r="B865" t="s">
         <v>2846</v>
       </c>
       <c r="C865" t="s">
         <v>2847</v>
       </c>
       <c r="D865" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E865" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="F865" t="s">
         <v>2848</v>
       </c>
       <c r="H865" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="I865" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="866" spans="1:9">
       <c r="A866" s="1">
         <v>865</v>
       </c>
       <c r="B866" t="s">
         <v>2849</v>
       </c>
       <c r="C866" t="s">
         <v>2850</v>
       </c>
       <c r="D866" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E866" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="F866" t="s">
         <v>2851</v>
       </c>
       <c r="H866" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="I866" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="867" spans="1:9">
       <c r="A867" s="1">
         <v>866</v>
       </c>
       <c r="B867" t="s">
         <v>2852</v>
       </c>
       <c r="C867" t="s">
         <v>2853</v>
       </c>
       <c r="D867" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E867" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="F867" t="s">
         <v>2854</v>
       </c>
       <c r="H867" t="s">
-        <v>2516</v>
+        <v>2589</v>
       </c>
       <c r="I867" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="868" spans="1:9">
       <c r="A868" s="1">
         <v>867</v>
       </c>
       <c r="B868" t="s">
         <v>2855</v>
       </c>
       <c r="C868" t="s">
         <v>2856</v>
       </c>
       <c r="D868" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E868" t="s">
-        <v>2835</v>
+        <v>2838</v>
       </c>
       <c r="F868" t="s">
         <v>2857</v>
       </c>
       <c r="H868" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I868" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="869" spans="1:9">
       <c r="A869" s="1">
         <v>868</v>
       </c>
       <c r="B869" t="s">
         <v>2858</v>
       </c>
       <c r="C869" t="s">
         <v>2859</v>
       </c>
       <c r="D869" t="s">
-        <v>2548</v>
+        <v>2512</v>
       </c>
       <c r="E869" t="s">
+        <v>2838</v>
+      </c>
+      <c r="F869" t="s">
         <v>2860</v>
       </c>
-      <c r="F869" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H869" t="s">
-        <v>2862</v>
+        <v>2519</v>
       </c>
       <c r="I869" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="870" spans="1:9">
       <c r="A870" s="1">
         <v>869</v>
       </c>
       <c r="B870" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C870" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D870" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E870" t="s">
         <v>2863</v>
       </c>
-      <c r="C870" t="s">
+      <c r="F870" t="s">
         <v>2864</v>
       </c>
-      <c r="D870" t="s">
-[...5 lines deleted...]
-      <c r="F870" t="s">
+      <c r="H870" t="s">
         <v>2865</v>
-      </c>
-[...1 lines deleted...]
-        <v>2574</v>
       </c>
       <c r="I870" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="871" spans="1:9">
       <c r="A871" s="1">
         <v>870</v>
       </c>
       <c r="B871" t="s">
         <v>2866</v>
       </c>
       <c r="C871" t="s">
         <v>2867</v>
       </c>
       <c r="D871" t="s">
-        <v>2509</v>
+        <v>2551</v>
       </c>
       <c r="E871" t="s">
+        <v>2863</v>
+      </c>
+      <c r="F871" t="s">
         <v>2868</v>
       </c>
-      <c r="F871" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H871" t="s">
-        <v>2523</v>
+        <v>2577</v>
       </c>
       <c r="I871" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="872" spans="1:9">
       <c r="A872" s="1">
         <v>871</v>
       </c>
       <c r="B872" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C872" t="s">
         <v>2870</v>
       </c>
-      <c r="C872" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D872" t="s">
-        <v>2498</v>
+        <v>2512</v>
       </c>
       <c r="E872" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="F872" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
       <c r="H872" t="s">
-        <v>2501</v>
+        <v>2526</v>
       </c>
       <c r="I872" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="873" spans="1:9">
       <c r="A873" s="1">
         <v>872</v>
       </c>
       <c r="B873" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="C873" t="s">
-        <v>2873</v>
+        <v>2500</v>
       </c>
       <c r="D873" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E873" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="F873" t="s">
         <v>2874</v>
       </c>
       <c r="H873" t="s">
-        <v>2638</v>
+        <v>2504</v>
       </c>
       <c r="I873" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="874" spans="1:9">
       <c r="A874" s="1">
         <v>873</v>
       </c>
       <c r="B874" t="s">
         <v>2875</v>
       </c>
       <c r="C874" t="s">
         <v>2876</v>
       </c>
       <c r="D874" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E874" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="F874" t="s">
         <v>2877</v>
       </c>
       <c r="H874" t="s">
-        <v>2878</v>
+        <v>2637</v>
       </c>
       <c r="I874" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="875" spans="1:9">
       <c r="A875" s="1">
         <v>874</v>
       </c>
       <c r="B875" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C875" t="s">
         <v>2879</v>
       </c>
-      <c r="C875" t="s">
+      <c r="D875" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E875" t="s">
+        <v>2871</v>
+      </c>
+      <c r="F875" t="s">
         <v>2880</v>
       </c>
-      <c r="D875" t="s">
-[...5 lines deleted...]
-      <c r="F875" t="s">
+      <c r="H875" t="s">
         <v>2881</v>
-      </c>
-[...1 lines deleted...]
-        <v>2516</v>
       </c>
       <c r="I875" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="876" spans="1:9">
       <c r="A876" s="1">
         <v>875</v>
       </c>
       <c r="B876" t="s">
         <v>2882</v>
       </c>
       <c r="C876" t="s">
-        <v>2497</v>
+        <v>2883</v>
       </c>
       <c r="D876" t="s">
-        <v>2498</v>
+        <v>2512</v>
       </c>
       <c r="E876" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="F876" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
       <c r="H876" t="s">
-        <v>2501</v>
+        <v>2519</v>
       </c>
       <c r="I876" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="877" spans="1:9">
       <c r="A877" s="1">
         <v>876</v>
       </c>
       <c r="B877" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="C877" t="s">
-        <v>2885</v>
+        <v>2500</v>
       </c>
       <c r="D877" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E877" t="s">
+        <v>2871</v>
+      </c>
+      <c r="F877" t="s">
         <v>2886</v>
       </c>
-      <c r="F877" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H877" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="I877" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="878" spans="1:9">
       <c r="A878" s="1">
         <v>877</v>
       </c>
       <c r="B878" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C878" t="s">
         <v>2888</v>
       </c>
-      <c r="C878" t="s">
+      <c r="D878" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E878" t="s">
         <v>2889</v>
-      </c>
-[...4 lines deleted...]
-        <v>2886</v>
       </c>
       <c r="F878" t="s">
         <v>2890</v>
       </c>
       <c r="H878" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="I878" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="879" spans="1:9">
       <c r="A879" s="1">
         <v>878</v>
       </c>
       <c r="B879" t="s">
         <v>2891</v>
       </c>
       <c r="C879" t="s">
         <v>2892</v>
       </c>
       <c r="D879" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E879" t="s">
+        <v>2889</v>
+      </c>
+      <c r="F879" t="s">
         <v>2893</v>
       </c>
-      <c r="F879" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H879" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="I879" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="880" spans="1:9">
       <c r="A880" s="1">
         <v>879</v>
       </c>
       <c r="B880" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C880" t="s">
         <v>2895</v>
       </c>
-      <c r="C880" t="s">
+      <c r="D880" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E880" t="s">
         <v>2896</v>
-      </c>
-[...4 lines deleted...]
-        <v>2893</v>
       </c>
       <c r="F880" t="s">
         <v>2897</v>
       </c>
       <c r="H880" t="s">
-        <v>2638</v>
+        <v>2504</v>
       </c>
       <c r="I880" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="881" spans="1:9">
       <c r="A881" s="1">
         <v>880</v>
       </c>
       <c r="B881" t="s">
         <v>2898</v>
       </c>
       <c r="C881" t="s">
         <v>2899</v>
       </c>
       <c r="D881" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E881" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
       <c r="F881" t="s">
         <v>2900</v>
       </c>
       <c r="H881" t="s">
-        <v>2501</v>
+        <v>2637</v>
       </c>
       <c r="I881" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="882" spans="1:9">
       <c r="A882" s="1">
         <v>881</v>
       </c>
       <c r="B882" t="s">
         <v>2901</v>
       </c>
       <c r="C882" t="s">
         <v>2902</v>
       </c>
       <c r="D882" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E882" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
       <c r="F882" t="s">
         <v>2903</v>
       </c>
       <c r="H882" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="I882" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="883" spans="1:9">
       <c r="A883" s="1">
         <v>882</v>
       </c>
       <c r="B883" t="s">
         <v>2904</v>
       </c>
       <c r="C883" t="s">
         <v>2905</v>
       </c>
       <c r="D883" t="s">
-        <v>2509</v>
+        <v>2501</v>
       </c>
       <c r="E883" t="s">
+        <v>2896</v>
+      </c>
+      <c r="F883" t="s">
         <v>2906</v>
       </c>
-      <c r="F883" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H883" t="s">
-        <v>2684</v>
+        <v>2504</v>
       </c>
       <c r="I883" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="884" spans="1:9">
       <c r="A884" s="1">
         <v>883</v>
       </c>
       <c r="B884" t="s">
+        <v>2907</v>
+      </c>
+      <c r="C884" t="s">
         <v>2908</v>
       </c>
-      <c r="C884" t="s">
+      <c r="D884" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E884" t="s">
         <v>2909</v>
-      </c>
-[...4 lines deleted...]
-        <v>2906</v>
       </c>
       <c r="F884" t="s">
         <v>2910</v>
       </c>
       <c r="H884" t="s">
-        <v>2684</v>
+        <v>2687</v>
       </c>
       <c r="I884" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="885" spans="1:9">
       <c r="A885" s="1">
         <v>884</v>
       </c>
       <c r="B885" t="s">
         <v>2911</v>
       </c>
       <c r="C885" t="s">
         <v>2912</v>
       </c>
       <c r="D885" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E885" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="F885" t="s">
         <v>2913</v>
       </c>
       <c r="H885" t="s">
-        <v>2523</v>
+        <v>2687</v>
       </c>
       <c r="I885" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="886" spans="1:9">
       <c r="A886" s="1">
         <v>885</v>
       </c>
       <c r="B886" t="s">
         <v>2914</v>
       </c>
       <c r="C886" t="s">
         <v>2915</v>
       </c>
       <c r="D886" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E886" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="F886" t="s">
         <v>2916</v>
       </c>
       <c r="H886" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I886" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="887" spans="1:9">
       <c r="A887" s="1">
         <v>886</v>
       </c>
       <c r="B887" t="s">
         <v>2917</v>
       </c>
       <c r="C887" t="s">
         <v>2918</v>
       </c>
       <c r="D887" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E887" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="F887" t="s">
         <v>2919</v>
       </c>
       <c r="H887" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I887" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="888" spans="1:9">
       <c r="A888" s="1">
         <v>887</v>
       </c>
       <c r="B888" t="s">
         <v>2920</v>
       </c>
       <c r="C888" t="s">
         <v>2921</v>
       </c>
       <c r="D888" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E888" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="F888" t="s">
         <v>2922</v>
       </c>
       <c r="H888" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I888" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="889" spans="1:9">
       <c r="A889" s="1">
         <v>888</v>
       </c>
       <c r="B889" t="s">
         <v>2923</v>
       </c>
       <c r="C889" t="s">
         <v>2924</v>
       </c>
       <c r="D889" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E889" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="F889" t="s">
         <v>2925</v>
       </c>
       <c r="H889" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I889" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="890" spans="1:9">
       <c r="A890" s="1">
         <v>889</v>
       </c>
       <c r="B890" t="s">
         <v>2926</v>
       </c>
       <c r="C890" t="s">
         <v>2927</v>
       </c>
       <c r="D890" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E890" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="F890" t="s">
         <v>2928</v>
       </c>
       <c r="H890" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I890" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="891" spans="1:9">
       <c r="A891" s="1">
         <v>890</v>
       </c>
       <c r="B891" t="s">
         <v>2929</v>
       </c>
       <c r="C891" t="s">
         <v>2930</v>
       </c>
       <c r="D891" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E891" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="F891" t="s">
         <v>2931</v>
       </c>
       <c r="H891" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I891" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="892" spans="1:9">
       <c r="A892" s="1">
         <v>891</v>
       </c>
       <c r="B892" t="s">
         <v>2932</v>
       </c>
       <c r="C892" t="s">
-        <v>2915</v>
+        <v>2933</v>
       </c>
       <c r="D892" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E892" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="F892" t="s">
-        <v>2933</v>
+        <v>2934</v>
       </c>
       <c r="H892" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I892" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="893" spans="1:9">
       <c r="A893" s="1">
         <v>892</v>
       </c>
       <c r="B893" t="s">
-        <v>2934</v>
+        <v>2935</v>
       </c>
       <c r="C893" t="s">
-        <v>2935</v>
+        <v>2918</v>
       </c>
       <c r="D893" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E893" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="F893" t="s">
         <v>2936</v>
       </c>
       <c r="H893" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I893" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="894" spans="1:9">
       <c r="A894" s="1">
         <v>893</v>
       </c>
       <c r="B894" t="s">
         <v>2937</v>
       </c>
       <c r="C894" t="s">
         <v>2938</v>
       </c>
       <c r="D894" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E894" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="F894" t="s">
         <v>2939</v>
       </c>
       <c r="H894" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I894" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="895" spans="1:9">
       <c r="A895" s="1">
         <v>894</v>
       </c>
       <c r="B895" t="s">
         <v>2940</v>
       </c>
       <c r="C895" t="s">
         <v>2941</v>
       </c>
       <c r="D895" t="s">
-        <v>2548</v>
+        <v>2512</v>
       </c>
       <c r="E895" t="s">
+        <v>2909</v>
+      </c>
+      <c r="F895" t="s">
         <v>2942</v>
       </c>
-      <c r="F895" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H895" t="s">
-        <v>2569</v>
+        <v>2526</v>
       </c>
       <c r="I895" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="896" spans="1:9">
       <c r="A896" s="1">
         <v>895</v>
       </c>
       <c r="B896" t="s">
+        <v>2943</v>
+      </c>
+      <c r="C896" t="s">
         <v>2944</v>
       </c>
-      <c r="C896" t="s">
+      <c r="D896" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E896" t="s">
         <v>2945</v>
       </c>
-      <c r="D896" t="s">
-[...2 lines deleted...]
-      <c r="E896" t="s">
+      <c r="F896" t="s">
         <v>2946</v>
       </c>
-      <c r="F896" t="s">
-        <v>2947</v>
+      <c r="G896" t="s">
+        <v>2945</v>
       </c>
       <c r="H896" t="s">
-        <v>2559</v>
+        <v>2572</v>
       </c>
       <c r="I896" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="897" spans="1:9">
       <c r="A897" s="1">
         <v>896</v>
       </c>
       <c r="B897" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C897" t="s">
         <v>2948</v>
       </c>
-      <c r="C897" t="s">
+      <c r="D897" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E897" t="s">
         <v>2949</v>
       </c>
-      <c r="D897" t="s">
-[...2 lines deleted...]
-      <c r="E897" t="s">
+      <c r="F897" t="s">
         <v>2950</v>
       </c>
-      <c r="F897" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H897" t="s">
-        <v>2574</v>
+        <v>2562</v>
       </c>
       <c r="I897" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="898" spans="1:9">
       <c r="A898" s="1">
         <v>897</v>
       </c>
       <c r="B898" t="s">
+        <v>2951</v>
+      </c>
+      <c r="C898" t="s">
         <v>2952</v>
       </c>
-      <c r="C898" t="s">
+      <c r="D898" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E898" t="s">
         <v>2953</v>
-      </c>
-[...4 lines deleted...]
-        <v>2950</v>
       </c>
       <c r="F898" t="s">
         <v>2954</v>
       </c>
       <c r="H898" t="s">
-        <v>2955</v>
+        <v>2577</v>
       </c>
       <c r="I898" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="899" spans="1:9">
       <c r="A899" s="1">
         <v>898</v>
       </c>
       <c r="B899" t="s">
+        <v>2955</v>
+      </c>
+      <c r="C899" t="s">
         <v>2956</v>
       </c>
-      <c r="C899" t="s">
+      <c r="D899" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E899" t="s">
+        <v>2953</v>
+      </c>
+      <c r="F899" t="s">
         <v>2957</v>
       </c>
-      <c r="D899" t="s">
-[...2 lines deleted...]
-      <c r="E899" t="s">
+      <c r="H899" t="s">
         <v>2958</v>
-      </c>
-[...4 lines deleted...]
-        <v>2574</v>
       </c>
       <c r="I899" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="900" spans="1:9">
       <c r="A900" s="1">
         <v>899</v>
       </c>
       <c r="B900" t="s">
+        <v>2959</v>
+      </c>
+      <c r="C900" t="s">
         <v>2960</v>
       </c>
-      <c r="C900" t="s">
+      <c r="D900" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E900" t="s">
         <v>2961</v>
       </c>
-      <c r="D900" t="s">
-[...2 lines deleted...]
-      <c r="E900" t="s">
+      <c r="F900" t="s">
         <v>2962</v>
       </c>
-      <c r="F900" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H900" t="s">
-        <v>2955</v>
+        <v>2577</v>
       </c>
       <c r="I900" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="901" spans="1:9">
       <c r="A901" s="1">
         <v>900</v>
       </c>
       <c r="B901" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C901" t="s">
         <v>2964</v>
       </c>
-      <c r="C901" t="s">
+      <c r="D901" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E901" t="s">
         <v>2965</v>
-      </c>
-[...4 lines deleted...]
-        <v>2962</v>
       </c>
       <c r="F901" t="s">
         <v>2966</v>
       </c>
       <c r="H901" t="s">
-        <v>2716</v>
+        <v>2958</v>
       </c>
       <c r="I901" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="902" spans="1:9">
       <c r="A902" s="1">
         <v>901</v>
       </c>
       <c r="B902" t="s">
         <v>2967</v>
       </c>
       <c r="C902" t="s">
         <v>2968</v>
       </c>
       <c r="D902" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E902" t="s">
-        <v>2962</v>
+        <v>2965</v>
       </c>
       <c r="F902" t="s">
         <v>2969</v>
       </c>
       <c r="H902" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
       <c r="I902" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="903" spans="1:9">
       <c r="A903" s="1">
         <v>902</v>
       </c>
       <c r="B903" t="s">
         <v>2970</v>
       </c>
       <c r="C903" t="s">
         <v>2971</v>
       </c>
       <c r="D903" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E903" t="s">
-        <v>2962</v>
+        <v>2965</v>
       </c>
       <c r="F903" t="s">
         <v>2972</v>
       </c>
       <c r="H903" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
       <c r="I903" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="904" spans="1:9">
       <c r="A904" s="1">
         <v>903</v>
       </c>
       <c r="B904" t="s">
         <v>2973</v>
       </c>
       <c r="C904" t="s">
         <v>2974</v>
       </c>
       <c r="D904" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E904" t="s">
-        <v>2962</v>
+        <v>2965</v>
       </c>
       <c r="F904" t="s">
         <v>2975</v>
       </c>
       <c r="H904" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
       <c r="I904" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="905" spans="1:9">
       <c r="A905" s="1">
         <v>904</v>
       </c>
       <c r="B905" t="s">
         <v>2976</v>
       </c>
       <c r="C905" t="s">
         <v>2977</v>
       </c>
       <c r="D905" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E905" t="s">
+        <v>2965</v>
+      </c>
+      <c r="F905" t="s">
         <v>2978</v>
       </c>
-      <c r="F905" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H905" t="s">
-        <v>2603</v>
+        <v>2719</v>
       </c>
       <c r="I905" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="906" spans="1:9">
       <c r="A906" s="1">
         <v>905</v>
       </c>
       <c r="B906" t="s">
+        <v>2979</v>
+      </c>
+      <c r="C906" t="s">
         <v>2980</v>
       </c>
-      <c r="C906" t="s">
+      <c r="D906" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E906" t="s">
         <v>2981</v>
       </c>
-      <c r="D906" t="s">
-[...2 lines deleted...]
-      <c r="E906" t="s">
+      <c r="F906" t="s">
         <v>2982</v>
       </c>
-      <c r="F906" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H906" t="s">
-        <v>2574</v>
+        <v>2606</v>
       </c>
       <c r="I906" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="907" spans="1:9">
       <c r="A907" s="1">
         <v>906</v>
       </c>
       <c r="B907" t="s">
+        <v>2983</v>
+      </c>
+      <c r="C907" t="s">
         <v>2984</v>
       </c>
-      <c r="C907" t="s">
+      <c r="D907" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E907" t="s">
         <v>2985</v>
       </c>
-      <c r="D907" t="s">
-[...2 lines deleted...]
-      <c r="E907" t="s">
+      <c r="F907" t="s">
         <v>2986</v>
       </c>
-      <c r="F907" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H907" t="s">
-        <v>2523</v>
+        <v>2577</v>
       </c>
       <c r="I907" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="908" spans="1:9">
       <c r="A908" s="1">
         <v>907</v>
       </c>
       <c r="B908" t="s">
+        <v>2987</v>
+      </c>
+      <c r="C908" t="s">
         <v>2988</v>
       </c>
-      <c r="C908" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D908" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E908" t="s">
-        <v>2986</v>
+        <v>2989</v>
       </c>
       <c r="F908" t="s">
-        <v>2989</v>
+        <v>2990</v>
       </c>
       <c r="H908" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I908" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="909" spans="1:9">
       <c r="A909" s="1">
         <v>908</v>
       </c>
       <c r="B909" t="s">
-        <v>2990</v>
+        <v>2991</v>
       </c>
       <c r="C909" t="s">
-        <v>2991</v>
+        <v>2988</v>
       </c>
       <c r="D909" t="s">
-        <v>2548</v>
+        <v>2512</v>
       </c>
       <c r="E909" t="s">
+        <v>2989</v>
+      </c>
+      <c r="F909" t="s">
         <v>2992</v>
       </c>
-      <c r="F909" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H909" t="s">
-        <v>2574</v>
+        <v>2526</v>
       </c>
       <c r="I909" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="910" spans="1:9">
       <c r="A910" s="1">
         <v>909</v>
       </c>
       <c r="B910" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C910" t="s">
         <v>2994</v>
       </c>
-      <c r="C910" t="s">
+      <c r="D910" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E910" t="s">
         <v>2995</v>
       </c>
-      <c r="D910" t="s">
-[...2 lines deleted...]
-      <c r="E910" t="s">
+      <c r="F910" t="s">
         <v>2996</v>
       </c>
-      <c r="F910" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H910" t="s">
-        <v>2574</v>
+        <v>2577</v>
       </c>
       <c r="I910" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="911" spans="1:9">
       <c r="A911" s="1">
         <v>910</v>
       </c>
       <c r="B911" t="s">
+        <v>2997</v>
+      </c>
+      <c r="C911" t="s">
         <v>2998</v>
       </c>
-      <c r="C911" t="s">
+      <c r="D911" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E911" t="s">
         <v>2999</v>
       </c>
-      <c r="D911" t="s">
-[...2 lines deleted...]
-      <c r="E911" t="s">
+      <c r="F911" t="s">
         <v>3000</v>
       </c>
-      <c r="F911" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H911" t="s">
-        <v>2516</v>
+        <v>2577</v>
       </c>
       <c r="I911" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="912" spans="1:9">
       <c r="A912" s="1">
         <v>911</v>
       </c>
       <c r="B912" t="s">
+        <v>3001</v>
+      </c>
+      <c r="C912" t="s">
         <v>3002</v>
       </c>
-      <c r="C912" t="s">
+      <c r="D912" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E912" t="s">
         <v>3003</v>
-      </c>
-[...4 lines deleted...]
-        <v>3000</v>
       </c>
       <c r="F912" t="s">
         <v>3004</v>
       </c>
       <c r="H912" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I912" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="913" spans="1:9">
       <c r="A913" s="1">
         <v>912</v>
       </c>
       <c r="B913" t="s">
         <v>3005</v>
       </c>
       <c r="C913" t="s">
         <v>3006</v>
       </c>
       <c r="D913" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E913" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
       <c r="F913" t="s">
         <v>3007</v>
       </c>
       <c r="H913" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I913" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="914" spans="1:9">
       <c r="A914" s="1">
         <v>913</v>
       </c>
       <c r="B914" t="s">
         <v>3008</v>
       </c>
       <c r="C914" t="s">
+        <v>3009</v>
+      </c>
+      <c r="D914" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E914" t="s">
         <v>3003</v>
       </c>
-      <c r="D914" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F914" t="s">
-        <v>3009</v>
+        <v>3010</v>
       </c>
       <c r="H914" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I914" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="915" spans="1:9">
       <c r="A915" s="1">
         <v>914</v>
       </c>
       <c r="B915" t="s">
-        <v>3010</v>
+        <v>3011</v>
       </c>
       <c r="C915" t="s">
-        <v>3011</v>
+        <v>3012</v>
       </c>
       <c r="D915" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E915" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
       <c r="F915" t="s">
-        <v>3012</v>
+        <v>3013</v>
       </c>
       <c r="H915" t="s">
-        <v>2684</v>
+        <v>2519</v>
       </c>
       <c r="I915" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="916" spans="1:9">
       <c r="A916" s="1">
         <v>915</v>
       </c>
       <c r="B916" t="s">
-        <v>3013</v>
+        <v>3014</v>
       </c>
       <c r="C916" t="s">
-        <v>3014</v>
+        <v>3015</v>
       </c>
       <c r="D916" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E916" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
       <c r="F916" t="s">
-        <v>3015</v>
+        <v>3016</v>
       </c>
       <c r="H916" t="s">
-        <v>2516</v>
+        <v>2687</v>
       </c>
       <c r="I916" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="917" spans="1:9">
       <c r="A917" s="1">
         <v>916</v>
       </c>
       <c r="B917" t="s">
-        <v>3016</v>
+        <v>3017</v>
       </c>
       <c r="C917" t="s">
-        <v>3014</v>
+        <v>3018</v>
       </c>
       <c r="D917" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E917" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
       <c r="F917" t="s">
-        <v>3017</v>
+        <v>3019</v>
       </c>
       <c r="H917" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I917" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="918" spans="1:9">
       <c r="A918" s="1">
         <v>917</v>
       </c>
       <c r="B918" t="s">
+        <v>3020</v>
+      </c>
+      <c r="C918" t="s">
         <v>3018</v>
       </c>
-      <c r="C918" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D918" t="s">
-        <v>2548</v>
+        <v>2512</v>
       </c>
       <c r="E918" t="s">
-        <v>3020</v>
+        <v>3003</v>
       </c>
       <c r="F918" t="s">
         <v>3021</v>
       </c>
       <c r="H918" t="s">
-        <v>2716</v>
+        <v>2519</v>
       </c>
       <c r="I918" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="919" spans="1:9">
       <c r="A919" s="1">
         <v>918</v>
       </c>
       <c r="B919" t="s">
         <v>3022</v>
       </c>
       <c r="C919" t="s">
         <v>3023</v>
       </c>
       <c r="D919" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E919" t="s">
-        <v>3020</v>
+        <v>3024</v>
       </c>
       <c r="F919" t="s">
-        <v>3024</v>
+        <v>3025</v>
       </c>
       <c r="H919" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
       <c r="I919" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="920" spans="1:9">
       <c r="A920" s="1">
         <v>919</v>
       </c>
       <c r="B920" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
       <c r="C920" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
       <c r="D920" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E920" t="s">
-        <v>3020</v>
+        <v>3024</v>
       </c>
       <c r="F920" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
       <c r="H920" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
       <c r="I920" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="921" spans="1:9">
       <c r="A921" s="1">
         <v>920</v>
       </c>
       <c r="B921" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
       <c r="C921" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
       <c r="D921" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E921" t="s">
-        <v>3020</v>
+        <v>3024</v>
       </c>
       <c r="F921" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
       <c r="H921" t="s">
-        <v>3031</v>
+        <v>2719</v>
       </c>
       <c r="I921" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="922" spans="1:9">
       <c r="A922" s="1">
         <v>921</v>
       </c>
       <c r="B922" t="s">
         <v>3032</v>
       </c>
       <c r="C922" t="s">
         <v>3033</v>
       </c>
       <c r="D922" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E922" t="s">
-        <v>3020</v>
+        <v>3024</v>
       </c>
       <c r="F922" t="s">
         <v>3034</v>
       </c>
       <c r="H922" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
       <c r="I922" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="923" spans="1:9">
       <c r="A923" s="1">
         <v>922</v>
       </c>
       <c r="B923" t="s">
+        <v>3036</v>
+      </c>
+      <c r="C923" t="s">
+        <v>3037</v>
+      </c>
+      <c r="D923" t="s">
+        <v>2551</v>
+      </c>
+      <c r="E923" t="s">
+        <v>3024</v>
+      </c>
+      <c r="F923" t="s">
+        <v>3038</v>
+      </c>
+      <c r="H923" t="s">
         <v>3035</v>
-      </c>
-[...16 lines deleted...]
-        <v>3031</v>
       </c>
       <c r="I923" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="924" spans="1:9">
       <c r="A924" s="1">
         <v>923</v>
       </c>
       <c r="B924" t="s">
-        <v>3038</v>
+        <v>3039</v>
       </c>
       <c r="C924" t="s">
-        <v>3033</v>
+        <v>3037</v>
       </c>
       <c r="D924" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E924" t="s">
-        <v>3020</v>
+        <v>3024</v>
       </c>
       <c r="F924" t="s">
-        <v>3039</v>
+        <v>3040</v>
+      </c>
+      <c r="G924" t="s">
+        <v>3041</v>
       </c>
       <c r="H924" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
       <c r="I924" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="925" spans="1:9">
       <c r="A925" s="1">
         <v>924</v>
       </c>
       <c r="B925" t="s">
-        <v>3040</v>
+        <v>3042</v>
       </c>
       <c r="C925" t="s">
-        <v>3041</v>
+        <v>3037</v>
       </c>
       <c r="D925" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E925" t="s">
-        <v>3020</v>
+        <v>3024</v>
       </c>
       <c r="F925" t="s">
-        <v>3042</v>
+        <v>3043</v>
       </c>
       <c r="H925" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
       <c r="I925" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="926" spans="1:9">
       <c r="A926" s="1">
         <v>925</v>
       </c>
       <c r="B926" t="s">
-        <v>3043</v>
+        <v>3044</v>
       </c>
       <c r="C926" t="s">
-        <v>3029</v>
+        <v>3045</v>
       </c>
       <c r="D926" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E926" t="s">
-        <v>3020</v>
+        <v>3024</v>
       </c>
       <c r="F926" t="s">
-        <v>3044</v>
+        <v>3046</v>
       </c>
       <c r="H926" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
       <c r="I926" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="927" spans="1:9">
       <c r="A927" s="1">
         <v>926</v>
       </c>
       <c r="B927" t="s">
-        <v>3045</v>
+        <v>3047</v>
       </c>
       <c r="C927" t="s">
-        <v>3046</v>
+        <v>3033</v>
       </c>
       <c r="D927" t="s">
-        <v>2498</v>
+        <v>2551</v>
       </c>
       <c r="E927" t="s">
-        <v>3047</v>
+        <v>3024</v>
       </c>
       <c r="F927" t="s">
         <v>3048</v>
       </c>
-      <c r="G927" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H927" t="s">
-        <v>2501</v>
+        <v>3035</v>
       </c>
       <c r="I927" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="928" spans="1:9">
       <c r="A928" s="1">
         <v>927</v>
       </c>
       <c r="B928" t="s">
         <v>3049</v>
       </c>
       <c r="C928" t="s">
         <v>3050</v>
       </c>
       <c r="D928" t="s">
-        <v>2509</v>
+        <v>2501</v>
       </c>
       <c r="E928" t="s">
         <v>3051</v>
       </c>
       <c r="F928" t="s">
         <v>3052</v>
       </c>
+      <c r="G928" t="s">
+        <v>3051</v>
+      </c>
       <c r="H928" t="s">
-        <v>2523</v>
+        <v>2504</v>
       </c>
       <c r="I928" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="929" spans="1:9">
       <c r="A929" s="1">
         <v>928</v>
       </c>
       <c r="B929" t="s">
         <v>3053</v>
       </c>
       <c r="C929" t="s">
         <v>3054</v>
       </c>
       <c r="D929" t="s">
-        <v>2498</v>
+        <v>2512</v>
       </c>
       <c r="E929" t="s">
-        <v>3051</v>
+        <v>3055</v>
       </c>
       <c r="F929" t="s">
-        <v>3055</v>
-[...2 lines deleted...]
-        <v>3051</v>
+        <v>3056</v>
       </c>
       <c r="H929" t="s">
-        <v>2501</v>
+        <v>2526</v>
       </c>
       <c r="I929" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="930" spans="1:9">
       <c r="A930" s="1">
         <v>929</v>
       </c>
       <c r="B930" t="s">
-        <v>3056</v>
+        <v>3057</v>
       </c>
       <c r="C930" t="s">
-        <v>3057</v>
+        <v>3058</v>
       </c>
       <c r="D930" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E930" t="s">
-        <v>3051</v>
+        <v>3055</v>
       </c>
       <c r="F930" t="s">
-        <v>3058</v>
+        <v>3059</v>
       </c>
       <c r="G930" t="s">
-        <v>3051</v>
+        <v>3055</v>
       </c>
       <c r="H930" t="s">
-        <v>3059</v>
+        <v>2504</v>
       </c>
       <c r="I930" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="931" spans="1:9">
       <c r="A931" s="1">
         <v>930</v>
       </c>
       <c r="B931" t="s">
         <v>3060</v>
       </c>
       <c r="C931" t="s">
         <v>3061</v>
       </c>
       <c r="D931" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E931" t="s">
-        <v>3051</v>
+        <v>3055</v>
       </c>
       <c r="F931" t="s">
         <v>3062</v>
       </c>
       <c r="G931" t="s">
-        <v>3051</v>
+        <v>3055</v>
       </c>
       <c r="H931" t="s">
-        <v>2501</v>
+        <v>3063</v>
       </c>
       <c r="I931" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="932" spans="1:9">
       <c r="A932" s="1">
         <v>931</v>
       </c>
       <c r="B932" t="s">
-        <v>3063</v>
+        <v>3064</v>
       </c>
       <c r="C932" t="s">
-        <v>3064</v>
+        <v>3065</v>
       </c>
       <c r="D932" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E932" t="s">
-        <v>3051</v>
+        <v>3055</v>
       </c>
       <c r="F932" t="s">
-        <v>3065</v>
+        <v>3066</v>
       </c>
       <c r="G932" t="s">
-        <v>3051</v>
+        <v>3055</v>
       </c>
       <c r="H932" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="I932" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="933" spans="1:9">
       <c r="A933" s="1">
         <v>932</v>
       </c>
       <c r="B933" t="s">
-        <v>3066</v>
+        <v>3067</v>
       </c>
       <c r="C933" t="s">
-        <v>3067</v>
+        <v>3068</v>
       </c>
       <c r="D933" t="s">
-        <v>2509</v>
+        <v>2501</v>
       </c>
       <c r="E933" t="s">
-        <v>3068</v>
+        <v>3055</v>
       </c>
       <c r="F933" t="s">
         <v>3069</v>
       </c>
+      <c r="G933" t="s">
+        <v>3055</v>
+      </c>
       <c r="H933" t="s">
-        <v>2516</v>
+        <v>2504</v>
       </c>
       <c r="I933" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="934" spans="1:9">
       <c r="A934" s="1">
         <v>933</v>
       </c>
       <c r="B934" t="s">
         <v>3070</v>
       </c>
       <c r="C934" t="s">
         <v>3071</v>
       </c>
       <c r="D934" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E934" t="s">
-        <v>3068</v>
+        <v>3072</v>
       </c>
       <c r="F934" t="s">
-        <v>3072</v>
+        <v>3073</v>
       </c>
       <c r="H934" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I934" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="935" spans="1:9">
       <c r="A935" s="1">
         <v>934</v>
       </c>
       <c r="B935" t="s">
-        <v>3073</v>
+        <v>3074</v>
       </c>
       <c r="C935" t="s">
-        <v>3074</v>
+        <v>3075</v>
       </c>
       <c r="D935" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E935" t="s">
-        <v>3068</v>
+        <v>3072</v>
       </c>
       <c r="F935" t="s">
-        <v>3075</v>
+        <v>3076</v>
       </c>
       <c r="H935" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I935" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="936" spans="1:9">
       <c r="A936" s="1">
         <v>935</v>
       </c>
       <c r="B936" t="s">
-        <v>3076</v>
+        <v>3077</v>
       </c>
       <c r="C936" t="s">
-        <v>3077</v>
+        <v>3078</v>
       </c>
       <c r="D936" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E936" t="s">
-        <v>3068</v>
+        <v>3072</v>
       </c>
       <c r="F936" t="s">
-        <v>3078</v>
+        <v>3079</v>
       </c>
       <c r="H936" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I936" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="937" spans="1:9">
       <c r="A937" s="1">
         <v>936</v>
       </c>
       <c r="B937" t="s">
-        <v>3079</v>
+        <v>3080</v>
       </c>
       <c r="C937" t="s">
-        <v>3080</v>
+        <v>3081</v>
       </c>
       <c r="D937" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E937" t="s">
-        <v>3068</v>
+        <v>3072</v>
       </c>
       <c r="F937" t="s">
-        <v>3081</v>
+        <v>3082</v>
       </c>
       <c r="H937" t="s">
-        <v>2516</v>
+        <v>2519</v>
       </c>
       <c r="I937" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="938" spans="1:9">
       <c r="A938" s="1">
         <v>937</v>
       </c>
       <c r="B938" t="s">
-        <v>3082</v>
+        <v>3083</v>
       </c>
       <c r="C938" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
       <c r="D938" t="s">
-        <v>2548</v>
+        <v>2512</v>
       </c>
       <c r="E938" t="s">
-        <v>3084</v>
+        <v>3072</v>
       </c>
       <c r="F938" t="s">
         <v>3085</v>
       </c>
       <c r="H938" t="s">
-        <v>2574</v>
+        <v>2519</v>
       </c>
       <c r="I938" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="939" spans="1:9">
       <c r="A939" s="1">
         <v>938</v>
       </c>
       <c r="B939" t="s">
         <v>3086</v>
       </c>
       <c r="C939" t="s">
         <v>3087</v>
       </c>
       <c r="D939" t="s">
-        <v>2548</v>
+        <v>2551</v>
       </c>
       <c r="E939" t="s">
-        <v>3084</v>
+        <v>3088</v>
       </c>
       <c r="F939" t="s">
-        <v>3088</v>
+        <v>3089</v>
       </c>
       <c r="H939" t="s">
-        <v>2574</v>
+        <v>2577</v>
       </c>
       <c r="I939" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="940" spans="1:9">
       <c r="A940" s="1">
         <v>939</v>
       </c>
       <c r="B940" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="C940" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
       <c r="D940" t="s">
-        <v>2498</v>
+        <v>2551</v>
       </c>
       <c r="E940" t="s">
-        <v>3091</v>
+        <v>3088</v>
       </c>
       <c r="F940" t="s">
         <v>3092</v>
       </c>
-      <c r="G940" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H940" t="s">
-        <v>3093</v>
+        <v>2577</v>
       </c>
       <c r="I940" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="941" spans="1:9">
       <c r="A941" s="1">
         <v>940</v>
       </c>
       <c r="B941" t="s">
+        <v>3093</v>
+      </c>
+      <c r="C941" t="s">
         <v>3094</v>
       </c>
-      <c r="C941" t="s">
+      <c r="D941" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E941" t="s">
         <v>3095</v>
-      </c>
-[...4 lines deleted...]
-        <v>3091</v>
       </c>
       <c r="F941" t="s">
         <v>3096</v>
       </c>
       <c r="G941" t="s">
-        <v>3091</v>
+        <v>3095</v>
       </c>
       <c r="H941" t="s">
-        <v>3059</v>
+        <v>3097</v>
       </c>
       <c r="I941" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="942" spans="1:9">
       <c r="A942" s="1">
         <v>941</v>
       </c>
       <c r="B942" t="s">
-        <v>3097</v>
+        <v>3098</v>
       </c>
       <c r="C942" t="s">
-        <v>3098</v>
+        <v>3099</v>
       </c>
       <c r="D942" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E942" t="s">
-        <v>3099</v>
+        <v>3095</v>
       </c>
       <c r="F942" t="s">
         <v>3100</v>
       </c>
       <c r="G942" t="s">
-        <v>3099</v>
+        <v>3095</v>
       </c>
       <c r="H942" t="s">
-        <v>2638</v>
+        <v>3063</v>
       </c>
       <c r="I942" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="943" spans="1:9">
       <c r="A943" s="1">
         <v>942</v>
       </c>
       <c r="B943" t="s">
         <v>3101</v>
       </c>
       <c r="C943" t="s">
         <v>3102</v>
       </c>
       <c r="D943" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E943" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
       <c r="F943" t="s">
+        <v>3104</v>
+      </c>
+      <c r="G943" t="s">
         <v>3103</v>
       </c>
-      <c r="G943" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H943" t="s">
-        <v>2501</v>
+        <v>2637</v>
       </c>
       <c r="I943" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="944" spans="1:9">
       <c r="A944" s="1">
         <v>943</v>
       </c>
       <c r="B944" t="s">
-        <v>3104</v>
+        <v>3105</v>
       </c>
       <c r="C944" t="s">
-        <v>3105</v>
+        <v>3106</v>
       </c>
       <c r="D944" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E944" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
       <c r="F944" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
       <c r="G944" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
       <c r="H944" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="I944" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="945" spans="1:9">
       <c r="A945" s="1">
         <v>944</v>
       </c>
       <c r="B945" t="s">
-        <v>3107</v>
+        <v>3108</v>
       </c>
       <c r="C945" t="s">
-        <v>3108</v>
+        <v>3109</v>
       </c>
       <c r="D945" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E945" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
       <c r="F945" t="s">
-        <v>3109</v>
+        <v>3110</v>
+      </c>
+      <c r="G945" t="s">
+        <v>3103</v>
       </c>
       <c r="H945" t="s">
-        <v>2638</v>
+        <v>2504</v>
       </c>
       <c r="I945" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="946" spans="1:9">
       <c r="A946" s="1">
         <v>945</v>
       </c>
       <c r="B946" t="s">
-        <v>3110</v>
+        <v>3111</v>
       </c>
       <c r="C946" t="s">
-        <v>3111</v>
+        <v>3112</v>
       </c>
       <c r="D946" t="s">
-        <v>2509</v>
+        <v>2501</v>
       </c>
       <c r="E946" t="s">
-        <v>3112</v>
+        <v>3103</v>
       </c>
       <c r="F946" t="s">
         <v>3113</v>
       </c>
       <c r="H946" t="s">
-        <v>2523</v>
+        <v>2637</v>
       </c>
       <c r="I946" t="s">
-        <v>15</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="947" spans="1:9">
       <c r="A947" s="1">
         <v>946</v>
       </c>
       <c r="B947" t="s">
         <v>3114</v>
       </c>
       <c r="C947" t="s">
         <v>3115</v>
       </c>
       <c r="D947" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E947" t="s">
         <v>3116</v>
       </c>
       <c r="F947" t="s">
         <v>3117</v>
       </c>
       <c r="H947" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="I947" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="948" spans="1:9">
       <c r="A948" s="1">
         <v>947</v>
       </c>
       <c r="B948" t="s">
         <v>3118</v>
       </c>
       <c r="C948" t="s">
         <v>3119</v>
       </c>
       <c r="D948" t="s">
-        <v>2498</v>
+        <v>2512</v>
       </c>
       <c r="E948" t="s">
         <v>3120</v>
       </c>
       <c r="F948" t="s">
         <v>3121</v>
       </c>
-      <c r="G948" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H948" t="s">
-        <v>2501</v>
+        <v>2526</v>
       </c>
       <c r="I948" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="949" spans="1:9">
       <c r="A949" s="1">
         <v>948</v>
       </c>
       <c r="B949" t="s">
         <v>3122</v>
       </c>
       <c r="C949" t="s">
         <v>3123</v>
       </c>
       <c r="D949" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E949" t="s">
-        <v>3120</v>
+        <v>3124</v>
       </c>
       <c r="F949" t="s">
+        <v>3125</v>
+      </c>
+      <c r="G949" t="s">
         <v>3124</v>
       </c>
-      <c r="G949" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H949" t="s">
-        <v>2638</v>
+        <v>2504</v>
       </c>
       <c r="I949" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="950" spans="1:9">
       <c r="A950" s="1">
         <v>949</v>
       </c>
       <c r="B950" t="s">
-        <v>3125</v>
+        <v>3126</v>
       </c>
       <c r="C950" t="s">
-        <v>3126</v>
+        <v>3127</v>
       </c>
       <c r="D950" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E950" t="s">
-        <v>3127</v>
+        <v>3124</v>
       </c>
       <c r="F950" t="s">
         <v>3128</v>
       </c>
       <c r="G950" t="s">
-        <v>3127</v>
+        <v>3124</v>
       </c>
       <c r="H950" t="s">
-        <v>3059</v>
+        <v>2637</v>
       </c>
       <c r="I950" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="951" spans="1:9">
       <c r="A951" s="1">
         <v>950</v>
       </c>
       <c r="B951" t="s">
         <v>3129</v>
       </c>
       <c r="C951" t="s">
         <v>3130</v>
       </c>
       <c r="D951" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E951" t="s">
         <v>3131</v>
       </c>
       <c r="F951" t="s">
         <v>3132</v>
       </c>
       <c r="G951" t="s">
         <v>3131</v>
       </c>
       <c r="H951" t="s">
-        <v>2501</v>
+        <v>3063</v>
       </c>
       <c r="I951" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="952" spans="1:9">
       <c r="A952" s="1">
         <v>951</v>
       </c>
       <c r="B952" t="s">
         <v>3133</v>
       </c>
       <c r="C952" t="s">
         <v>3134</v>
       </c>
       <c r="D952" t="s">
-        <v>2548</v>
+        <v>2501</v>
       </c>
       <c r="E952" t="s">
         <v>3135</v>
       </c>
       <c r="F952" t="s">
         <v>3136</v>
       </c>
+      <c r="G952" t="s">
+        <v>3135</v>
+      </c>
       <c r="H952" t="s">
-        <v>2559</v>
+        <v>2504</v>
       </c>
       <c r="I952" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="953" spans="1:9">
       <c r="A953" s="1">
         <v>952</v>
       </c>
       <c r="B953" t="s">
         <v>3137</v>
       </c>
       <c r="C953" t="s">
         <v>3138</v>
       </c>
       <c r="D953" t="s">
-        <v>2498</v>
+        <v>2551</v>
       </c>
       <c r="E953" t="s">
         <v>3139</v>
       </c>
       <c r="F953" t="s">
         <v>3140</v>
       </c>
-      <c r="G953" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H953" t="s">
-        <v>3141</v>
+        <v>2562</v>
       </c>
       <c r="I953" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="954" spans="1:9">
       <c r="A954" s="1">
         <v>953</v>
       </c>
       <c r="B954" t="s">
+        <v>3141</v>
+      </c>
+      <c r="C954" t="s">
         <v>3142</v>
       </c>
-      <c r="C954" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D954" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E954" t="s">
-        <v>3139</v>
+        <v>3143</v>
       </c>
       <c r="F954" t="s">
+        <v>3144</v>
+      </c>
+      <c r="G954" t="s">
         <v>3143</v>
       </c>
-      <c r="G954" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H954" t="s">
-        <v>3141</v>
+        <v>3145</v>
       </c>
       <c r="I954" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="955" spans="1:9">
       <c r="A955" s="1">
         <v>954</v>
       </c>
       <c r="B955" t="s">
-        <v>3144</v>
+        <v>3146</v>
       </c>
       <c r="C955" t="s">
+        <v>3142</v>
+      </c>
+      <c r="D955" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E955" t="s">
+        <v>3143</v>
+      </c>
+      <c r="F955" t="s">
+        <v>3147</v>
+      </c>
+      <c r="G955" t="s">
+        <v>3143</v>
+      </c>
+      <c r="H955" t="s">
         <v>3145</v>
-      </c>
-[...13 lines deleted...]
-        <v>2501</v>
       </c>
       <c r="I955" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="956" spans="1:9">
       <c r="A956" s="1">
         <v>955</v>
       </c>
       <c r="B956" t="s">
-        <v>3147</v>
+        <v>3148</v>
       </c>
       <c r="C956" t="s">
-        <v>3148</v>
+        <v>3149</v>
       </c>
       <c r="D956" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E956" t="s">
-        <v>3139</v>
+        <v>3143</v>
       </c>
       <c r="F956" t="s">
-        <v>3149</v>
+        <v>3150</v>
       </c>
       <c r="G956" t="s">
-        <v>3139</v>
+        <v>3143</v>
       </c>
       <c r="H956" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="I956" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="957" spans="1:9">
       <c r="A957" s="1">
         <v>956</v>
       </c>
       <c r="B957" t="s">
-        <v>3150</v>
+        <v>3151</v>
       </c>
       <c r="C957" t="s">
-        <v>3151</v>
+        <v>3152</v>
       </c>
       <c r="D957" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E957" t="s">
-        <v>3152</v>
+        <v>3143</v>
       </c>
       <c r="F957" t="s">
         <v>3153</v>
       </c>
+      <c r="G957" t="s">
+        <v>3143</v>
+      </c>
       <c r="H957" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="I957" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="958" spans="1:9">
       <c r="A958" s="1">
         <v>957</v>
       </c>
       <c r="B958" t="s">
         <v>3154</v>
       </c>
       <c r="C958" t="s">
         <v>3155</v>
       </c>
       <c r="D958" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E958" t="s">
         <v>3156</v>
       </c>
       <c r="F958" t="s">
         <v>3157</v>
       </c>
       <c r="H958" t="s">
-        <v>2638</v>
+        <v>2504</v>
       </c>
       <c r="I958" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="959" spans="1:9">
       <c r="A959" s="1">
         <v>958</v>
       </c>
       <c r="B959" t="s">
         <v>3158</v>
       </c>
       <c r="C959" t="s">
         <v>3159</v>
       </c>
       <c r="D959" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E959" t="s">
-        <v>3156</v>
+        <v>3160</v>
       </c>
       <c r="F959" t="s">
-        <v>3160</v>
-[...2 lines deleted...]
-        <v>3156</v>
+        <v>3161</v>
       </c>
       <c r="H959" t="s">
-        <v>2638</v>
+        <v>2637</v>
       </c>
       <c r="I959" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="960" spans="1:9">
       <c r="A960" s="1">
         <v>959</v>
       </c>
       <c r="B960" t="s">
-        <v>3161</v>
+        <v>3162</v>
       </c>
       <c r="C960" t="s">
-        <v>3162</v>
+        <v>3163</v>
       </c>
       <c r="D960" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E960" t="s">
-        <v>3163</v>
+        <v>3160</v>
       </c>
       <c r="F960" t="s">
         <v>3164</v>
       </c>
       <c r="G960" t="s">
-        <v>3163</v>
+        <v>3160</v>
       </c>
       <c r="H960" t="s">
-        <v>3059</v>
+        <v>2637</v>
       </c>
       <c r="I960" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="961" spans="1:9">
       <c r="A961" s="1">
         <v>960</v>
       </c>
       <c r="B961" t="s">
         <v>3165</v>
       </c>
       <c r="C961" t="s">
         <v>3166</v>
       </c>
       <c r="D961" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E961" t="s">
         <v>3167</v>
       </c>
       <c r="F961" t="s">
         <v>3168</v>
       </c>
       <c r="G961" t="s">
         <v>3167</v>
       </c>
       <c r="H961" t="s">
-        <v>2501</v>
+        <v>3063</v>
       </c>
       <c r="I961" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="962" spans="1:9">
       <c r="A962" s="1">
         <v>961</v>
       </c>
       <c r="B962" t="s">
         <v>3169</v>
       </c>
       <c r="C962" t="s">
         <v>3170</v>
       </c>
       <c r="D962" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E962" t="s">
         <v>3171</v>
       </c>
       <c r="F962" t="s">
         <v>3172</v>
       </c>
+      <c r="G962" t="s">
+        <v>3171</v>
+      </c>
       <c r="H962" t="s">
-        <v>3141</v>
+        <v>2504</v>
       </c>
       <c r="I962" t="s">
-        <v>1656</v>
+        <v>15</v>
       </c>
     </row>
     <row r="963" spans="1:9">
       <c r="A963" s="1">
         <v>962</v>
       </c>
       <c r="B963" t="s">
         <v>3173</v>
       </c>
       <c r="C963" t="s">
-        <v>3170</v>
+        <v>3174</v>
       </c>
       <c r="D963" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="E963" t="s">
-        <v>3171</v>
+        <v>3175</v>
       </c>
       <c r="F963" t="s">
-        <v>3174</v>
+        <v>3176</v>
       </c>
       <c r="H963" t="s">
-        <v>3141</v>
+        <v>3145</v>
       </c>
       <c r="I963" t="s">
-        <v>1656</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="964" spans="1:9">
       <c r="A964" s="1">
         <v>963</v>
       </c>
       <c r="B964" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C964" t="s">
+        <v>3174</v>
+      </c>
+      <c r="D964" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E964" t="s">
         <v>3175</v>
-      </c>
-[...7 lines deleted...]
-        <v>3177</v>
       </c>
       <c r="F964" t="s">
         <v>3178</v>
       </c>
       <c r="H964" t="s">
+        <v>3145</v>
+      </c>
+      <c r="I964" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="965" spans="1:9">
+      <c r="A965" s="1">
+        <v>964</v>
+      </c>
+      <c r="B965" t="s">
+        <v>3179</v>
+      </c>
+      <c r="C965" t="s">
+        <v>3180</v>
+      </c>
+      <c r="D965" t="s">
         <v>2501</v>
       </c>
-      <c r="I964" t="s">
+      <c r="E965" t="s">
+        <v>3181</v>
+      </c>
+      <c r="F965" t="s">
+        <v>3182</v>
+      </c>
+      <c r="H965" t="s">
+        <v>2504</v>
+      </c>
+      <c r="I965" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>