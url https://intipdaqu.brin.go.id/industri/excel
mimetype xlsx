--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,244 +12,271 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="851">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="894">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Nama Desain Industri</t>
   </si>
   <si>
     <t>Nama Pencipta Desain</t>
   </si>
   <si>
     <t>Institusi</t>
   </si>
   <si>
     <t>Tgl Daftar</t>
   </si>
   <si>
     <t>Nomor Daftar</t>
   </si>
   <si>
     <t>Tgl Sertifikasi</t>
   </si>
   <si>
     <t>Nomor Sertifikasi</t>
   </si>
   <si>
     <t>Kepemilikan</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>DESAIN LENGAN TELESKOPIK PEMEGANG BILAH TURBIN DARRIEUS TIPE SUMBU VERTIKAL</t>
+  </si>
+  <si>
+    <t>Eko Marta Suyanto ; Erwandi ; Aprijanto ; Daif Rahuna ; Zulis Irawanto ; Muhammad Alfan Santosa ; Muhammad Irfani ; Cahyarsi Murtiaji ; Eny Cholishoh ; Cahyadi Sugeng Jati Mintarso ;</t>
+  </si>
+  <si>
+    <t>Badan Riset dan Inovasi Nasional</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>A00202506285</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Hidrodinamika</t>
+  </si>
+  <si>
+    <t>Terdaftar</t>
+  </si>
+  <si>
+    <t>Penutup Pipa Hidroponik dengan Sistem Bongkar Pasang untuk Memudahkan Pembersihan Pipa dari Penyumbatan Lumut</t>
+  </si>
+  <si>
+    <t>Ayu Erliza ; Ardhy Yuliawan Norma Sakti ; Rosmeika ; Delfi Fatina Soraya ; Utari Ayuningtyas ; Arief Barkah ; Nofalia Andriyani ; Chintya Komala Sari ; Marini Septiani ; Aditiyawan ; Agam Wira Sani ; Muhammad Akbar Hipi ; Hermawan Febriansyah ; Nugroho Adi Sasongko ; Farid Ardyansyah ;</t>
+  </si>
+  <si>
+    <t>A00202506284</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
+  </si>
+  <si>
+    <t>Alat Sensor dan Monitoring Serangga</t>
+  </si>
+  <si>
+    <t>Titik Kartika ; I Made Samudra ; Ikhsan Guswenrivo ; Rake Silverrian ; Christy Aryani Sunaryo ;</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>A00202504800</t>
+  </si>
+  <si>
+    <t>BRIN, INAERO, Pusat Riset Zoologi Terapan</t>
+  </si>
+  <si>
     <t>TROLI BAGASI PESAWAT TAHAN CUACA YANG DILENGKAPI DENGAN KONVEYOR MULTI-ARAH</t>
   </si>
   <si>
     <t>Beny Halfina ; Irfan Ansori ; Guino Verma ; Hendrato ; Yudiawan Fajar Kusuma ; Muhammad ; Barep Luhur Widodo ; Jean Mario Valentino ; Sulistiya ; Yohanes Pringeten Dilianto Sembiring Depari ; Basir ; Khoerul Anwar ; Lukman Shalahuddin ;</t>
   </si>
   <si>
-    <t>Badan Riset dan Inovasi Nasional</t>
-[...4 lines deleted...]
-  <si>
     <t>A00202504801</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Teknologi Transportasi</t>
   </si>
   <si>
-    <t>Terdaftar</t>
-[...13 lines deleted...]
-  <si>
     <t>Holder untuk Sampel Buah dalam Aplikasi Fitosanitari Iradiasi pada Irradiator Gamma Cell 220</t>
   </si>
   <si>
     <t>Okky Agassy Firmansyah ; Nunung Nuraeni ; Murni Indarwatmi ; Bimo Saputro ; Fendinugroho ; Achmad Faturrahman Jundi ; Dewi Kartikasari ; Hayu Tyas Utami ; Mutia Muharani Putri ; Sinta Nur Barokah ; Kusdiana ; Maulani Ruby Ladira ; Erawan Effendi ;</t>
   </si>
   <si>
     <t>2025-07-29</t>
   </si>
   <si>
     <t>A00202504351</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Teknologi Keselamatan, Metrologi, dan Mutu Nuklir</t>
   </si>
   <si>
     <t>Spektrometer Portabel untuk Deteksi Autentikasi Daging</t>
   </si>
   <si>
     <t>Maratul Hamidah ; Tinova Pramudya ; Muhammad Yusha Firdaus ; Mustika Fitriana Dewi ; Sasono Rahardjo ; Leli Lailatul Jannah ; Lesti Setianingrum ; Amalia Irma Nurwidya ; Yonan Prihhapso ; Faizurrahman 'Allam Majid ;</t>
   </si>
   <si>
     <t>2025-07-16</t>
   </si>
   <si>
     <t>A00202504037</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Teknologi Industri Proses dan Manufaktur</t>
   </si>
   <si>
+    <t>Modul pengharum ruangan dilengkapi mikrophone dan kamera.</t>
+  </si>
+  <si>
+    <t>Suherman ; Bambang Wahono ; Achmad Praptijanto ; Yanuandri Putrasari ; Mulia Pratama ; Taufik Ibnu Salim ; Nurul Hasanah ; Arifin Nur ; Ahmad Dimyani ; Rakhmad Indra Pramana ; Muhammad Khristamto Aditya Wardana ;</t>
+  </si>
+  <si>
+    <t>A00202504042</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Mekatronika Cerdas</t>
+  </si>
+  <si>
     <t>Mesin Pencampur/Pengaduk Bahan Baku Biopelet Sorgum</t>
   </si>
   <si>
     <t>Ashri Indriati ; Ana Nurhasanah ; Maria Josefine Tjaturetna Budiastuti ; Muhammad Hidayat ; Moeso Andrianto ; Ibrahim Ahmad Ibadurrohman ; Suparlan ; Ahmad Asari ; Teguh Wikan Widodo ; Astu Unadi ; Arif Samudiantono ; Ni Putu Dian Nitamiwati ; Dadang Gandara ; Taufik Yudhi ;</t>
   </si>
   <si>
     <t>A00202504097</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Teknologi Tepat Guna</t>
   </si>
   <si>
-    <t>Modul pengharum ruangan dilengkapi mikrophone dan kamera.</t>
-[...10 lines deleted...]
-  <si>
     <t>MESIN PEMBUAT BIO PELET SORGUM</t>
   </si>
   <si>
     <t>Ashri Indriati ; Ana Nurhasanah ; Maria Josefine Tjaturetna Budiastuti ; Muhammad Hidayat ; Moeso Andrianto ; Ibrahim Ahmad Ibadurrohman ; Suparlan ; Ahmad Asari ; Teguh Wikan Widodo ; Astu Unadi ; Ni Putu Dian Nitamiwati ; Arif Samudiantono ; Dadang Gandara ; Taufik Yudhi ;</t>
   </si>
   <si>
     <t>A00202504040</t>
   </si>
   <si>
     <t>MESIN PEMASAK SISTEM TERBUKA</t>
   </si>
   <si>
     <t>Sandi Darniadi ; Achmat Sarifudin ; Hari Hariadi ; Aidil Haryanto ; Moeso Andrianto ; Diang Sagita ; Ana Nurhasanah ; Uning Budiharti ; Puji Widodo ; Yanyan Achmad Hoesen ; Maulana Furqon ; Gungun Wiguna ; Haris Maulana ; Bambang Nurhadi ; Wisnu Cahyadi ; Rizal M. Ghaffar ;</t>
   </si>
   <si>
     <t>2025-06-17</t>
   </si>
   <si>
     <t>A00202503301</t>
   </si>
   <si>
     <t>Alat Cetak Compression Molding Produk Rubber Bearing Pad</t>
   </si>
   <si>
     <t>Revina Devitani Putri ; Vian Marantha Haryanto ; Galih Taqwatomo ; Yaumil Putri Erlambang ;</t>
   </si>
   <si>
     <t>A00202503302</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Material Maju</t>
   </si>
   <si>
     <t>MOTOR TEMPEL LISTRIK DENGAN SISTEM PENGGERAK LANGSUNG</t>
   </si>
   <si>
     <t>Yohanes Pringeten Dilianto Sembiring Depari ; Bagus Anang Nugroho ; Mokhtar ; Gisela Joanne Gani ; Sumarno ; Dwi Erwanto ;</t>
   </si>
   <si>
     <t>2025-06-16</t>
   </si>
   <si>
     <t>A00202503222</t>
   </si>
   <si>
     <t>BRIN, PT. GIGA INOVASI NUSANTARA, Pusat Riset Teknologi Transportasi</t>
   </si>
   <si>
+    <t>Desain Motor Tempel Listrik menggunakan Mid Motor BLDC dengan Unit Rasio Gear di Bagian Bawah</t>
+  </si>
+  <si>
+    <t>Yohanes Pringeten Dilianto Sembiring Depari ; Bagus Anang Nugroho ; Hari Sumartono ; Gisela Joanne Gani ; Sumarno ; Dwi Erwanto ;</t>
+  </si>
+  <si>
+    <t>A00202503223</t>
+  </si>
+  <si>
+    <t>MOTOR TEMPEL LISTRIK KETINTING DENGAN POROS BENGKOK UNTUK MANUVER TINGGI</t>
+  </si>
+  <si>
+    <t>Yohanes Pringeten Dilianto Sembiring Depari ; Bagus Anang Nugroho ; Nur Muhamad Fuad ; Gisela Joanne Gani ; Sumarno ; Verda Regy Pradita ;</t>
+  </si>
+  <si>
+    <t>A00202503221</t>
+  </si>
+  <si>
     <t>MOTOR TEMPEL LISTRIK KETINTING DENGAN POROS LURUS UNTUK KECEPATAN TINGGI</t>
   </si>
   <si>
     <t>Yohanes Pringeten Dilianto Sembiring Depari ; Bagus Anang Nugroho ; Respatya Teguh Soewono ; Gisela Joanne Gani ; Sumarno ; Verda Regy Pradita ;</t>
   </si>
   <si>
     <t>A00202503224</t>
   </si>
   <si>
-    <t>Desain Motor Tempel Listrik menggunakan Mid Motor BLDC dengan Unit Rasio Gear di Bagian Bawah</t>
-[...16 lines deleted...]
-  <si>
     <t>Perangkat Genggam Pengendali Meja Uji Transfer Daya Nirkabel</t>
   </si>
   <si>
     <t>M. Arjuna Putra Perdana ; Aam Muharam ; Abdul Hapid ; Alexander Christantho Budiman ; Sunarto Kaleg ; Rina Ristiana ; Amin ; Kristian Ismail ; Muhammad Redho K ; Naili Huda ; Sudirja ; Clarence Angeleo Tanwijaya ;</t>
   </si>
   <si>
     <t>2025-04-29</t>
   </si>
   <si>
     <t>A00202502193</t>
   </si>
   <si>
     <t>Tombol Darurat Portabel</t>
   </si>
   <si>
     <t>Muhammad Arifin ; Taufik Ibnu Salim ; Novan Agung Mahardiono ; Adi Waskito ; Rikza Maulana ; Ananta Adhi Wardana ;</t>
   </si>
   <si>
     <t>A00202502194</t>
   </si>
   <si>
     <t>Dudukan Lidar Multiposisi</t>
   </si>
   <si>
     <t>Taufik Ibnu Salim ; Akbari Indra Basuki ; Muhammad Arifin ; Bambang Wahono ; Adi Waskito ; Nurul Hasanah ; Yanuandri Putrasari ; Dikdik Krisnandi ;</t>
@@ -278,632 +305,737 @@
   <si>
     <t>Rakhmad Indra Pramana ; Arifin Nur ; Ahmad Dimyani ; Bambang Wahono ; Achmad Praptijanto ; Mulia Pratama ; Muhammad Khristamto Aditya Wardana ; Suherman ; Yanuandri Putrasari ; Nurul Hasanah ;</t>
   </si>
   <si>
     <t>2025-03-20</t>
   </si>
   <si>
     <t>A00202501647</t>
   </si>
   <si>
     <t>Desain Blade Drone untuk Tanaman Bawang Merah</t>
   </si>
   <si>
     <t>Lidia Kristina Panjaitan ; Robertus Heru Triharjanto ; Dana Herdiana ; Ali Nurdin ; Wawan Hermawan ; Supriyanto ;</t>
   </si>
   <si>
     <t>2025-02-27</t>
   </si>
   <si>
     <t>A00202501201</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Hortikultura</t>
   </si>
   <si>
+    <t>PANEL PENCACAH KENDARAAN</t>
+  </si>
+  <si>
+    <t>Hilda Luthfiyah ; Tri Widodo ; Okghi Adam Qowiy ; Arwidya Tantri Agtusia ; Ratna Nurmayni ; Siti Vivi Octaviany ; Eko Syamsuddin Hasrito ; Sofwan Hidayat ; Syamsul Kamar ; Meiyanne Lestari ; Vebriyanti Hayoto ;</t>
+  </si>
+  <si>
+    <t>2024-12-19</t>
+  </si>
+  <si>
+    <t>A00202407710</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>IDD000080308</t>
+  </si>
+  <si>
+    <t>Tersertifikasi</t>
+  </si>
+  <si>
     <t>Motor Listrik Arus Searah Tanpa Sikat</t>
   </si>
   <si>
     <t>Dewi Rianti Mandasari ; Cuk Supriyadi Ali Nandar ; Katri Yulianto ; Endra Dwi Purnomo ; Amiruddin Aziz ; Lia Amelia ;</t>
   </si>
   <si>
     <t>2024-12-16</t>
   </si>
   <si>
     <t>A00202407439</t>
   </si>
   <si>
-    <t>Tersertifikasi</t>
+    <t>2025-06-25</t>
+  </si>
+  <si>
+    <t>IDD000078205</t>
   </si>
   <si>
     <t>Rudal Berpendorong Turbojet dengan Dudukan Booster Assisted untuk Terbang Jelajah</t>
   </si>
   <si>
     <t>Hakiki ; Ahmad Riyadl ; Idris Eko Putro ; Herma Yudhi Irwanto ; Arif Nur Hakim ; Henny Setyaningsih ;</t>
   </si>
   <si>
     <t>2024-12-12</t>
   </si>
   <si>
     <t>A00202407216</t>
   </si>
   <si>
+    <t>2025-06-11</t>
+  </si>
+  <si>
+    <t>IDD000077542</t>
+  </si>
+  <si>
     <t>BRIN, Pusat Riset Teknologi Roket</t>
   </si>
   <si>
-    <t>MODUL PENYERAP ENERGI MULTI-SEL</t>
+    <t>MODUL PENYERAP ENERGI TABRAK MULTI-SEL</t>
   </si>
   <si>
     <t>Abian Nurrohmad ; Riki Ardiansyah ; Dony Hidayat ; Aryandi Marta ;</t>
   </si>
   <si>
     <t>2024-12-11</t>
   </si>
   <si>
     <t>A00202407155</t>
   </si>
   <si>
+    <t>2025-05-16</t>
+  </si>
+  <si>
+    <t>IDD000077052</t>
+  </si>
+  <si>
     <t>BRIN, Pusat Riset Teknologi Penerbangan</t>
   </si>
   <si>
-    <t>PUNA Falco Vertifly (PUNA EFVy) 1.0 : Vertical Take-off Landing Tactical UAV</t>
+    <t>Alat Semi-Otomatis Evaporasi Hampa Udara</t>
+  </si>
+  <si>
+    <t>Sandi Darniadi ; Aidil Haryanto ; Diang Sagita ; Puji Widodo ; Uning Budiharti ; Ana Nurhasanah ; Hari Hariadi ; Achmat Sarifudin ; Moeso Andrianto ; Ade Rosadi ; Nandang Jaenudin ; Dedi Sumaryadi ; Bambang Nurhadi ; Wisnu Cahyadi ; Rizal M. Ghaffar ;</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>A00202406903</t>
+  </si>
+  <si>
+    <t>2025-04-16</t>
+  </si>
+  <si>
+    <t>IDD000076518</t>
+  </si>
+  <si>
+    <t>PESAWAT UDARA TANPA AWAK</t>
   </si>
   <si>
     <t>Apid Rustandi ; Akhmad Farid Widodo ; Joko Purwono Soehardi ; Nurhadi Pramana ; Hari Artha ; Prastiyo Siswo Prajoko ; Matza Gusto A. ; Alief Sadlie Kasman ; Lalu Aan Sasaka Akbar ; Ahmad Sahid ; Karyawan ; Widyawasta ; Yomi Guno ; Agus Suprianto ;</t>
   </si>
   <si>
-    <t>2024-12-05</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202406908</t>
   </si>
   <si>
+    <t>2025-07-24</t>
+  </si>
+  <si>
+    <t>IDD000078993</t>
+  </si>
+  <si>
+    <t>Desain Reaktor Pelindian Dalam Pengolahan Monasit Skala Industri Dengan Kapasitas 1000 Ton/Tahun</t>
+  </si>
+  <si>
+    <t>Afiq Azfar Pratama ; Kurnia Setiawan Widana ; Agus Sumaryanto ; Kurnia Trinopiawan ; Tri Purwanti ; Riesna Prassanti ; Rommy ; Roza Indra Laksmana ; Amalia Ekaputri Hidayat ; Suci Indryati ; Aditya Widian Putra ; Rachmat Fauzi Hidayat ; Yarianto Sugeng Budi Susilo ;</t>
+  </si>
+  <si>
+    <t>A00202406901</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>IDD000076617</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Bahan Nuklir dan Limbah Radioaktif</t>
+  </si>
+  <si>
+    <t>Reaktor Dekomposisi Basa Monasit Skala Industri Kapasitas 1000 Ton/Tahun</t>
+  </si>
+  <si>
+    <t>Rommy ; Kurnia Setiawan Widana ; Kurnia Trinopiawan ; Agus Sumaryanto ; Riesna Prassanti ; Tri Purwanti ; Afiq Azfar Pratama ; Roza Indra Laksmana ; Amalia Ekaputri Hidayat ; Suci Indryati ; Aditya Widian Putra ; Rachmat Fauzi Hidayat ; Yarianto Sugeng Budi Susilo ; Maman Kartaman Ajiriyanto ;</t>
+  </si>
+  <si>
+    <t>A00202406911</t>
+  </si>
+  <si>
+    <t>IDD000076618</t>
+  </si>
+  <si>
+    <t>Alat Dengan Sistem Pengeluaran Char Kontinyu untuk Mendukung Operasi Berkelanjutan pada Gasifikasi Biomassa</t>
+  </si>
+  <si>
+    <t>Nina Konitat Supriatna ; Agus Kismanto ; Fahruddin Joko Ermada ; Oni Fariza ; Nabila Aprianti ; Alfonsus Agus Raksodewanto ; Prima Zuldian ; Raden Ibrahim Purawiardi ; Samdi Yarsono ; Lan Marakkup Tua Nainggolan ; Rizal Alamsyah ; Neng Tresna Umi Culsum ; Ida Ayu Nyoman Titin Trisnadewi ; Agung Tri Kuncoro ;</t>
+  </si>
+  <si>
+    <t>A00202406904</t>
+  </si>
+  <si>
+    <t>IDD000076519</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Konversi dan Konservasi Energi</t>
+  </si>
+  <si>
     <t>Dudukan Baterai Sel Satelit dengan 1 Penghantar dan 2 Isolator Thermal</t>
   </si>
   <si>
     <t>Sri Ramayanti ; Poki Agung Budiantoro ; Eriko Nasemudin Nasser ; Desti Ika Suryanti ; Ahmad Fauzi ; Ery Fitrianingsih ; Abdul Karim ; Rifki Ardinal ; Dewi Anggraeni ; Aditya Bayu Erwindu ; Mukhamad Fajar Amiludin ; Moedji Soedjarwo ; Bina Pratomo ; Nurul Muhtadin ;</t>
   </si>
   <si>
     <t>A00202406910</t>
   </si>
   <si>
+    <t>IDD000078168</t>
+  </si>
+  <si>
     <t>BRIN, Pusat Riset Teknologi Satelit</t>
   </si>
   <si>
     <t>Alat penguji pemanen sorgum</t>
   </si>
   <si>
     <t>Moeso Andrianto ; Maria Josefine Tjaturetna Budiastuti ; Ana Nurhasanah ; Suparlan ; Ashri Indriati ; Nandang Jaenudin ; Dedi Sumaryadi ; Beni Guna Paksi ; Azis Budi Setyawan ; Subardiya Noor ; Dadang Gandara ; Yanyan Achmad Hoesen ; Santoso ;</t>
   </si>
   <si>
     <t>A00202406907</t>
   </si>
   <si>
-    <t>Sistem Pengeluaran Char Kontinyu untuk Mendukung Operasi Berkelanjutan pada Gasifikasi Biomassa</t>
-[...38 lines deleted...]
-    <t>A00202406903</t>
+    <t>Batang Penarik (Towing Bar) untuk Penyambung Truk Dengan Peluncur Roket</t>
+  </si>
+  <si>
+    <t>Lasinta Ari Nendra Wibawa ; Yudi Haryanto ; Alit Daryana ; Iyus Rusyana ; Parid Saparudin ; Gagan Nugraha ; Toris Sobirin ; Dinar Koswara ; Asep Diana ; Handriyana ; Diyat Muhdiyat ; Dedi Irawan ; Wan Dedy Fitrah Indrayana ;</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>A00202406618</t>
+  </si>
+  <si>
+    <t>BRIN, Direktorat Pengelolaan Laboratorium, Fasilitas Riset, dan Kawasan Sains dan Teknologi</t>
+  </si>
+  <si>
+    <t>ROTOR TURBIN ANGIN SUMBU HORISONTAL UNTUK KECEPATAN AWAL ANGIN RENDAH</t>
+  </si>
+  <si>
+    <t>Afid Nugroho ; Dony Hidayat ; Abian Nurrohmad ; Fadli Cahya Megawanto ; Awang Rahmadi Nuranto ; Ahmad Jamaludin Fitroh ; Chairunnisa ; Agus Bayu Utama ; Fadilah Hasim ; Sinung Tirtha Pinindriya ; Angga Septiyana ; Dudi Targani ; Riki Ardiansyah ; Kosim Abdurohman ; Agus Aribowo ;</t>
+  </si>
+  <si>
+    <t>A00202406619</t>
+  </si>
+  <si>
+    <t>2025-03-25</t>
+  </si>
+  <si>
+    <t>IDD000076243</t>
   </si>
   <si>
     <t>Roda kemudi untuk kendaraan listrik mikro atau micro electric vehicle (MEVI)</t>
   </si>
   <si>
     <t>Adi Waskito ; Taufik Ibnu Salim ; Dikdik Krisnandi ; Arifin Nur ; Ahmad Dimyani ; Rakhmad Indra Pramana ; Yukhi Mustaqim Kusuma Sya`bana ;</t>
   </si>
   <si>
-    <t>2024-11-25</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202406617</t>
   </si>
   <si>
-    <t>ROTOR TURBIN ANGIN SUMBU HORISONTAL UNTUK KECEPATAN AWAL ANGIN RENDAH</t>
-[...17 lines deleted...]
-    <t>BRIN, Direktorat Pengelolaan Laboratorium, Fasilitas Riset, dan Kawasan Sains dan Teknologi</t>
+    <t>PERANGKAT PEMBERI PAKAN IKAN OTOMATIS</t>
+  </si>
+  <si>
+    <t>Azrizal Akbar ; Fajar Adi Marianto ; Widar Dwi Gustian ; Hanifah Dwiyanti ; Bondan Suwandi ; Reza Septiawan ; Budi Sulistya ; Arief Rufiyanto ; Nashrullah Taufik ; Christian Wisnu Purnaadi ; Arif Rahmat Ardiansyah ; I Putu Ananta Yogiswara ; Ryan Prasetya Utama ; Riky Alam Ma'arif ; Rizky Hanifa ; Moh. Alma Samudro ; Yuki Istianto ; Leli Lailatul Jannah ;</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>A00202406242</t>
+  </si>
+  <si>
+    <t>IDD000076502</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Elektronika</t>
   </si>
   <si>
     <t>Cetakan Balon Pneumatic Rubber Fender</t>
   </si>
   <si>
     <t>Akhmad Amry ; Ade Sholeh Hidayat ; Indriasari ; Riastuti Fidyaningsih ; Dewi Kusuma Arti ; Lies Agustine Soeprapto ; Mahendra Anggaravidya ; Herri Susanto ; Wahyu Tri Utami ; Idvan ;</t>
   </si>
   <si>
-    <t>2024-11-11</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202406241</t>
   </si>
   <si>
-    <t>PERANGKAT PEMBERI PAKAN IKAN OTOMATIS</t>
-[...8 lines deleted...]
-    <t>BRIN, Pusat Riset Elektronika</t>
+    <t>Turbin Darrieus Dengan Sudut Bilah Dimiringkan Terhadap Poros Turbin Untuk Menangkap Energi Gelombang Dan/Atau Arus Laut</t>
+  </si>
+  <si>
+    <t>Eko Marta Suyanto ; Erwandi ; Daif Rahuna ; Cahyadi Sugeng Jati Mintarso ; Zulis Irawanto ; Afian Kasharjanto ;</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>A00202405874</t>
+  </si>
+  <si>
+    <t>2025-09-11</t>
+  </si>
+  <si>
+    <t>IDD000079899</t>
+  </si>
+  <si>
+    <t>CROSS LINK SPINAL IMPLANT</t>
+  </si>
+  <si>
+    <t>Mirza Wibisono ; Joni Sah ; Giri Wahyu Alam ; I Nyoman Jujur ; Tika Mustika ; Suryadi ; Iwan Setyadi ; Arif Hidayat ; Muslim Efendi Harahap ; Hadi Prianto Sulaikan ; Krisna Adhitya ; Maykel T.E. Manawan ; Galih Taqwatomo ; Andik Wermansyah ;</t>
+  </si>
+  <si>
+    <t>A00202405875</t>
+  </si>
+  <si>
+    <t>2025-03-03</t>
+  </si>
+  <si>
+    <t>IDD000075576</t>
   </si>
   <si>
     <t>Alat Pembuat Kopi Espresso Non-Elektrik</t>
   </si>
   <si>
     <t>Hardono ; Rizki Arizal Purnama ; Muhammad Fauzan Rafif ; Fitriana Tiolita ; Jaizuluddin Mahmud ; Irawan Santoso ; Sarjono ; Satrio Utomo ; Massewwa ; Annisa Sekar Rahmini ; Faransyah Jaya ;</t>
   </si>
   <si>
-    <t>2024-10-28</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202405876</t>
   </si>
   <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>IDD000076065</t>
+  </si>
+  <si>
     <t>Casing Baterai Untuk Scooter</t>
   </si>
   <si>
-    <t>Suherman ; Bambang Wahono ; Yanuandri Putrasari ; Achmad Praptijanto ; Arifin Nur ; Mulia Pratama ; Ahmad Dimyani ; Muhammad Khristamto Aditya Wardana ; Budi Prawara ;</t>
+    <t>Suherman ; Bambang Wahono ; Yanuandri Putrasari ; Achmad Praptijanto ; Arifin Nur ; Mulia Pratama ; Ahmad Dimyani ; Muhammad Khristamto Aditya Wardana ; Budi Prawara ; Iman Abdurahman ;</t>
   </si>
   <si>
     <t>A00202405878</t>
   </si>
   <si>
+    <t>IDD000076472</t>
+  </si>
+  <si>
     <t>Tempat Dupa Bermotif Kwangen</t>
   </si>
   <si>
     <t>I Nyoman Normal ; I Ketut Sutika ; I Ketut Astawa ; Roosganda Elizabeth ; I Wayan Rangi ; I Wayan Sukadana ; I Gede Suryawan ; Bambang Prajoko ; I Gusti Kade Alit Mantra ; I Gusti Putu Yoyok Irawan ;</t>
   </si>
   <si>
     <t>A00202405877</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Koperasi, Korporasi dan Ekonomi Kerakyatan</t>
   </si>
   <si>
-    <t>CROSS LINK SPINAL IMPLANT</t>
-[...19 lines deleted...]
-  <si>
     <t>Pesawat Udara 19 Penumpang</t>
   </si>
   <si>
     <t>Sinung Tirtha Pinindriya ; Agus Aribowo ; Gunawan Setyo Prabowo ; Muhammad Fajar ; Dony Hidayat ; Fajar Ari Wandono ; Riki Ardiansyah ; Awang Rahmadi Nuranto ; Afid Nugroho ; Kosim Abdurohman ; Dana Herdiana ; Arifin Rasyadi Soemaryanto ; Budi Sampoerno ; Bambang Soemantri Dwi Kartika ; Ratna Triwulandari ;</t>
   </si>
   <si>
     <t>2024-10-14</t>
   </si>
   <si>
     <t>A00202405402</t>
   </si>
   <si>
+    <t>KENDARAAN OTONOM PERAIRAN DANGKAL</t>
+  </si>
+  <si>
+    <t>Destianingrum Ratna Prabawardani ; Ridwan Budi Prasetyo ; Bayu Sutejo ; Agus Sudaryanto ; Ibnu Fauzi ; Maria Nooza Airawati ; Eko Kustiyanto ; Buddin Al Hakim ; Eny Cholishoh ; Arif Hidayat ; Cahyarsi Murtiaji ; Danang Ariyanto ; Bakti Wibawa ; Catur Indra Sukmana ;</t>
+  </si>
+  <si>
+    <t>2024-08-20</t>
+  </si>
+  <si>
+    <t>A00202403993</t>
+  </si>
+  <si>
+    <t>IDD000077655</t>
+  </si>
+  <si>
     <t>WAHANA APUNG TIPE TRIMARAN UNTUK TURBIN ARUS LAUT KEMBAR SUMBU VERTIKAL</t>
   </si>
   <si>
     <t>Eko Marta Suyanto ; Afian Kasharjanto ; Erwandi ; Daif Rahuna ; Cahyadi Sugeng Jati Mintarso ; Zulis Irawanto ; Nurman Firdaus ;</t>
   </si>
   <si>
-    <t>2024-08-20</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202403992</t>
   </si>
   <si>
-    <t>KENDARAAN OTONOM PERAIRAN DANGKAL</t>
-[...5 lines deleted...]
-    <t>A00202403993</t>
+    <t>IDD000076166</t>
   </si>
   <si>
     <t>ALAT PENYANGRAI BIJI KOPI</t>
   </si>
   <si>
     <t>Maulana Furqon ; Dadang Dayat Hidayat ; Dadang Gandara ; Taufik Yudhi ; Ari Rahayuningtyas ;</t>
   </si>
   <si>
     <t>2024-07-26</t>
   </si>
   <si>
     <t>A00202403494</t>
   </si>
   <si>
+    <t>2025-02-07</t>
+  </si>
+  <si>
+    <t>IDD000074876</t>
+  </si>
+  <si>
     <t>Desain Industri Kompor Kayu Tabung Ganda “si Badai” dengan Sistem Aliran Udara Turbulen</t>
   </si>
   <si>
     <t>Azis Budi Setyawan ; Dadang Gandara ; Dadang Dayat Hidayat ; Arie Sudaryanto ; Maulana Furqon ; Nandang Jaenudin ; Taufik Yudhi ; Rofandi Rori Aditiar Warandi ; Edi Jaenudin ; Ade Rosadi ; Samsu ; Subardiya Noor ; Beni Guna Paksi ; Santoso ; Eka Sulanjana ; Yudianto ; Aep Suhardi ;</t>
   </si>
   <si>
     <t>2024-07-10</t>
   </si>
   <si>
     <t>A00202403027</t>
   </si>
   <si>
+    <t>Dudukan Pendeteksi Jarak Horizontal Pada Drone Pewarna Bangunan</t>
+  </si>
+  <si>
+    <t>Try Kusuma Wardana ; Adi Wirawan ; Suryani ; Ari Sugeng Budiyanta ; Gunawan Setyo Prabowo ; Nandang Sumarto ;</t>
+  </si>
+  <si>
+    <t>2023-12-18</t>
+  </si>
+  <si>
+    <t>A00202306030</t>
+  </si>
+  <si>
+    <t>IDD000074764</t>
+  </si>
+  <si>
     <t>Abutment Implan Gigi dengan Tiga Sudut Ruang Tulang untuk Tinggi Gusi 3 mm</t>
   </si>
   <si>
     <t>Mirza Wibisono ; Giri Wahyu Alam ; I Nyoman Jujur ; Tika Mustika ; Suryadi ; Iwan Setyadi ; Arif Hidayat ; Muslim Efendi Harahap ; Hadi Prianto Sulaikan ; Joni Sah ; Krisna Adhitya ; Maykel T.E. Manawan ; Galih Taqwatomo ; Ronald Taufiq Waluyo ;</t>
   </si>
   <si>
-    <t>2023-12-18</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202306029</t>
   </si>
   <si>
     <t>IDD000072227</t>
   </si>
   <si>
-    <t>Dudukan Pendeteksi Jarak Horizontal Pada Drone Pewarna Bangunan</t>
-[...11 lines deleted...]
-    <t>Joko Lulut Amboro ; Novita Wahyuningsih ;</t>
+    <t>Vas Bunga</t>
+  </si>
+  <si>
+    <t>I Gede Suryawan ; Joko Lulut Amboro ; Novita Wahyuningsih ;</t>
   </si>
   <si>
     <t>2023-12-15</t>
   </si>
   <si>
     <t>A00202305245</t>
   </si>
   <si>
+    <t>2025-02-14</t>
+  </si>
+  <si>
+    <t>IDD000074929</t>
+  </si>
+  <si>
+    <t>Pajangan Telepon Genggam Motif Tangan</t>
+  </si>
+  <si>
+    <t>I Ketut Astawa ; I Ketut Sutika ; Dewa Nyoman Arta Widana ; I Nyoman Normal ;</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>A00202305630</t>
+  </si>
+  <si>
+    <t>Alat Pemodelan Tsunami</t>
+  </si>
+  <si>
+    <t>Adnan Sandy Dwi Marta ; Widjo Kongko ; Teguh Budi Pratomo ; Semeidi Husrin ; Amalia Nurwijayanti ; Danang Ariyanto ; Favian Mafazi Giska Putra ; Wahyu Widodo Pandoe ; Dwi Lukman Hakim ; Novian Andri Akhirianto ; Gatot Susatijo ; Anies Ma'rufatin ; Hanah Khoirunnisa ; Luthfi Fikri Baskoro ; Dr. Benazir, S.T., M.Eng. ; Adriand Nurhidayat, S.T. ;</t>
+  </si>
+  <si>
+    <t>A00202305628</t>
+  </si>
+  <si>
+    <t>2024-10-04</t>
+  </si>
+  <si>
+    <t>IDD000071744</t>
+  </si>
+  <si>
     <t>Pintu Penumpang Kereta Api Cepat</t>
   </si>
   <si>
     <t>Okghi Adam Qowiy ; Mulyadi Sinung Harjono ; Beny Halfina ; Hastiya Annisa Fitri ; Andik Dwi Kurniawan ; Barep Luhur Widodo ; Siti Vivi Octaviany ; Tri Widodo ; Adhi Dharma Permana ; Eko Syamsuddin Hasrito ; Hilda Luthfiyah ; Guino Verma ;</t>
   </si>
   <si>
-    <t>2023-12-04</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202305632</t>
   </si>
   <si>
     <t>2024-12-18</t>
   </si>
   <si>
     <t>IDD000073143</t>
   </si>
   <si>
-    <t>Alat Pemodelan Tsunami</t>
-[...11 lines deleted...]
-    <t>IDD000071744</t>
+    <t>Chamber Kedap Udara Pengukur Gas Rumah Kaca Modular dan Portable pada Sektor Pertanian</t>
+  </si>
+  <si>
+    <t>Ayu Erliza ; Rosmeika ; Marini Septiani ; Aditiyawan ; Delfi Fatina Soraya ; Utari Ayuningtyas ; Hermawan Febriansyah ; Chintya Komala Sari ; Agam Wira Sani ; Annisa Indah Pratiwi ; Muhammad Akbar Hipi ; Nofalia Andriyani ; Nugroho Adi Sasongko ; Raden Nesya Shodrina ; Chrisella Naomi ;</t>
+  </si>
+  <si>
+    <t>A00202305631</t>
+  </si>
+  <si>
+    <t>IDD000072245</t>
   </si>
   <si>
     <t>Trailer Box Stasiun Pengisian Hidrogen Hijau Modular</t>
   </si>
   <si>
     <t>Arga Febriantoni ; Galih Taqwatomo ; Aditya Eka Mulyono ; Abdul Hamid Budiman ; Eniya Listiani Dewi ; Didik Rostyono ; Toha Zaky ; Khotimatul Fauziah ; Arif Darmawan ; Agustanhakri ; Oka Pradipta Arjasa Putra ; Sri Rahayu ; Nono Darsono ; Muhammad Dikdik Gumelar ; Dita Adi Saputra ; Abdul Hadi ; Saddam Husin ; Widhiatmaka ; Hanif Yuliani ; Boy Marsaputra Panjaitan ; Hariaman Prasetyo ; Ferri Hermawan ; Kurniawan ;</t>
   </si>
   <si>
     <t>A00202305627</t>
   </si>
   <si>
     <t>2024-10-29</t>
   </si>
   <si>
     <t>IDD000072337</t>
   </si>
   <si>
-    <t>Pajangan Telepon Genggam Motif Tangan</t>
-[...22 lines deleted...]
-  <si>
     <t>Base Unit Ground Control Station untuk Pesawat Udara Nir Awak kelas Medium Altitude Long Endurance</t>
   </si>
   <si>
     <t>A00202305629</t>
   </si>
   <si>
     <t>2024-11-21</t>
   </si>
   <si>
     <t>IDD000072631</t>
   </si>
   <si>
+    <t>Vas Bunga Jari Hati</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>A00202305242</t>
+  </si>
+  <si>
+    <t>Ditolak</t>
+  </si>
+  <si>
+    <t>Pemotong Rumput Elektrik</t>
+  </si>
+  <si>
+    <t>Suherman ;</t>
+  </si>
+  <si>
+    <t>A00202305244</t>
+  </si>
+  <si>
+    <t>IDD000071749</t>
+  </si>
+  <si>
+    <t>Mesin Termal Pemusnah Sampah Dengan Kompor Minyak Bertekanan Uap Air</t>
+  </si>
+  <si>
+    <t>Arie Sudaryanto ; Dadang Dayat Hidayat ; Dadang Gandara ; Azis Budi Setyawan ; Taufik Yudhi ; Nandang Jaenudin ; Beni Guna Paksi ; Slamet Adi Sucipto ; Edi Jaenudin ;</t>
+  </si>
+  <si>
+    <t>A00202305241</t>
+  </si>
+  <si>
+    <t>2024-09-02</t>
+  </si>
+  <si>
+    <t>IDD000071569</t>
+  </si>
+  <si>
+    <t>PERANGKAT PEMANTAUAN DAN KENDALI OTOMATIS UNTUK HIDROPONIK DAN PERIKANAN</t>
+  </si>
+  <si>
+    <t>Bagus Bhakti Irawan ; Bondan Suwandi ; Widyanti ; Reza Septiawan ; Arief Rufiyanto ; Budi Sulistya ; Widar Dwi Gustian ; Ryan Prasetya Utama ; Arfan Ridwan Hartawan ; Hanifah Dwiyanti ; Sakinah Puspa Anggraeni ; I Putu Ananta Yogiswara ;</t>
+  </si>
+  <si>
+    <t>A00202305243</t>
+  </si>
+  <si>
+    <t>2024-06-23</t>
+  </si>
+  <si>
+    <t>IDD000070688</t>
+  </si>
+  <si>
     <t>Alat Cetak Compression Molding Produk Rubber Cone Cable Based Tsunami (CBT)</t>
   </si>
   <si>
     <t>Indriasari ; Ade Sholeh Hidayat ; Lies Agustine Soeprapto ; Mahendra Anggaravidya ; Dewi Kusuma Arti ; Galih Taqwatomo ; Riastuti Fidyaningsih ; Wahyu Tri Utami ; Herri Susanto ; Akhmad Amry ; Idvan ; Mohamad Soleh Iskandar ;</t>
   </si>
   <si>
-    <t>2023-11-15</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202305240</t>
   </si>
   <si>
     <t>2024-07-30</t>
   </si>
   <si>
     <t>IDD000071049</t>
   </si>
   <si>
-    <t>PERANGKAT PEMANTAUAN DAN KENDALI OTOMATIS UNTUK HIDROPONIK DAN PERIKANAN</t>
-[...50 lines deleted...]
-    <t>Ditolak</t>
+    <t>Teko Double Wall</t>
+  </si>
+  <si>
+    <t>Ni Putu Muliawati ; I Nyoman Sadguna ; Komang Nelly Sundari ; I Nyoman Normal ; I Gusti Agung Suradharmika ; I Gede Suryawan ; I Wayan Rangi ; I Putu Angga Kristyawan ; I Made Wiarta ; Dwipayana ; I Kadek Sujana ; I Wayan Oka Prayasa ; I Gusti Agung Sucipta Senajaya ; Dewa Nyoman Arta Widana ; I Ketut Sutika ; I Wayan Paster Susenapathy ; Komang Adiputra ; Made Asri Puspadewi ; I Gusti Ketut Ariyasa ;</t>
+  </si>
+  <si>
+    <t>2023-09-27</t>
+  </si>
+  <si>
+    <t>A00202304327</t>
+  </si>
+  <si>
+    <t>IDD000070461</t>
+  </si>
+  <si>
+    <t>BOKOR</t>
+  </si>
+  <si>
+    <t>Dewa Nyoman Arta Widana ; I Nyoman Normal ; I Ketut Sutika ; I Ketut Astawa ; Putu Adi Saputra ; ;</t>
+  </si>
+  <si>
+    <t>A00202304322</t>
+  </si>
+  <si>
+    <t>IDD000070470</t>
+  </si>
+  <si>
+    <t>Casing Alat Pembaca Meteran Air menggunakan Kamera</t>
+  </si>
+  <si>
+    <t>Taufik Ibnu Salim ; Iwan Rohman Setiawan ; Aris Munandar ; Rendra Dwi Firmansyah ; Adi Waskito ; Novan Agung Mahardiono ; Muhammad Arifin ; Akbari Indra Basuki ; Mulyana ; Juharna ; Heri Herdiana ;</t>
+  </si>
+  <si>
+    <t>A00202304323</t>
+  </si>
+  <si>
+    <t>2024-05-03</t>
+  </si>
+  <si>
+    <t>IDD000069933</t>
   </si>
   <si>
     <t>KURSI KEMUDI KERETA API</t>
   </si>
   <si>
     <t>Guino Verma ; Adhi Dharma Permana ; Beny Halfina ; Yohanes Pringeten Dilianto Sembiring Depari ; Hendrato ; Andik Dwi Kurniawan ; Jean Mario Valentino ; Muhammad ; Barep Luhur Widodo ; Siti Hidayanti Mutiara Kurnia ; Hastiya Annisa Fitri ;</t>
   </si>
   <si>
-    <t>2023-09-27</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202304324</t>
   </si>
   <si>
     <t>2024-06-10</t>
   </si>
   <si>
     <t>IDD000070097</t>
   </si>
   <si>
-    <t>BOKOR</t>
-[...23 lines deleted...]
-    <t>IDD000069933</t>
+    <t>KERUCUT KARET PENCEGAH KEBOCORAN AIR LAUT</t>
+  </si>
+  <si>
+    <t>Dewi Kusuma Arti ; Ade Sholeh Hidayat ; Lies Agustine Soeprapto ; Mahendra Anggaravidya ; Indriasari ; Herri Susanto ; Riastuti Fidyaningsih ; Galih Taqwatomo ; Akhmad Amry ; Wahyu Tri Utami ; Idvan ; Mohamad Soleh Iskandar ;</t>
+  </si>
+  <si>
+    <t>A00202304331</t>
+  </si>
+  <si>
+    <t>IDD000070342</t>
+  </si>
+  <si>
+    <t>TEKO</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; I Wayan Paster Susenapathy ; Agus Yoga Sugama ; Ni Ketut Winantari ; Supriyadi ; Bambang Prajoko ; Arifin Siagian ; I Gede Suryawan ; Anak Agung Ngurah Agung Indra Wijaya ; Anak Agung Ngurah Rai Indra Wardana ; I Wayan Sukadana ; I Gusti Agung Suradharmika ; I Gusti Ngurah Putra Wiratma ; David Candra Birawidha ;</t>
+  </si>
+  <si>
+    <t>A00202304321</t>
+  </si>
+  <si>
+    <t>IDD000070434</t>
+  </si>
+  <si>
+    <t>Teko</t>
+  </si>
+  <si>
+    <t>I Ketut Sutika ; I Nyoman Normal ; Dewa Nyoman Arta Widana ; I Ketut Astawa ; Putu Adi Saputra ;</t>
+  </si>
+  <si>
+    <t>A00202304320</t>
+  </si>
+  <si>
+    <t>IDD000070655</t>
   </si>
   <si>
     <t>Kursi Kemudi Kereta Api</t>
   </si>
   <si>
     <t>A00202304325</t>
   </si>
   <si>
     <t>IDD000070123</t>
   </si>
   <si>
-    <t>Teko</t>
-[...46 lines deleted...]
-  <si>
     <t>Ni Putu Muliawati ; I Ketut Sutika ; Komang Nelly Sundari ; I Nyoman Sadguna ; I Gusti Agung Suradharmika ; I Gede Suryawan ; I Wayan Rangi ; I Putu Angga Kristyawan ; I Gusti Putu Yoyok Irawan ; Dwipayana ; I Gusti Kade Alit Mantra ; I Wayan Oka Prayasa ; Dewa Nyoman Arta Widana ; Komang Adiputra ; Made Asri Puspadewi ; I Made Suputra ; Ni Luh Ayu Eka Erawati ;</t>
   </si>
   <si>
     <t>2023-08-31</t>
   </si>
   <si>
     <t>A00202303756</t>
   </si>
   <si>
     <t>2024-01-12</t>
   </si>
   <si>
     <t>IDD000068673</t>
   </si>
   <si>
     <t>MESIN PENGKONDISIAN UDARA KERETA API CEPAT UNTUK INSTALASI DI BAWAH ATAP</t>
   </si>
   <si>
     <t>Achmad Maswan ; R. Bambang Teguh Prasetyo ; Hariyotejo Pujowidodo ; Himawan Sutriyanto ; Muhammad Penta Helios ; Bhakti Nuryadin ; Riki Jaka Komara ; Kanon Prabandaru Sumarah ; Andhy Muhammad Fathoni ; I. G. A. Uttariyani ; Chairunnisa ; Fitrianto ; Agus Prasetyo Nuryadi ;</t>
   </si>
   <si>
     <t>A00202303759</t>
   </si>
   <si>
     <t>IDD000073061</t>
@@ -914,623 +1046,620 @@
   <si>
     <t>A00202303758</t>
   </si>
   <si>
     <t>IDD000070440</t>
   </si>
   <si>
     <t>Gas-Solid Nosel-Ejektor untuk Teknologi Modifikasi Cuaca (TMC) dari darat tipe-1</t>
   </si>
   <si>
     <t>Muhammad Penta Helios ; R. Bambang Teguh Prasetyo ; Himawan Sutriyanto ; Achmad Maswan ; Hariyotejo Pujowidodo ; Bhakti Nuryadin ; Riki Jaka Komara ; Kanon Prabandaru Sumarah ; Andhy Muhammad Fathoni ; I. G. A. Uttariyani ; Chairunnisa ; Fitrianto ; Agus Prasetyo Nuryadi ; Krisna Adhitya ; Tarida Priskila Hasian Simanjuntak ; Purwadi ;</t>
   </si>
   <si>
     <t>2023-07-27</t>
   </si>
   <si>
     <t>A00202303113</t>
   </si>
   <si>
     <t>2024-07-16</t>
   </si>
   <si>
     <t>IDD000070868</t>
   </si>
   <si>
+    <t>Tempat Lampu</t>
+  </si>
+  <si>
+    <t>Ni Putu Muliawati ; I Wayan Rangi ; I Nyoman Sadguna ; Komang Nelly Sundari ; I Gusti Agung Suradharmika ; I Putu Angga Kristyawan ; Dwipayana ; I Kadek Sujana ; I Ketut Sutika ; Komang Adiputra ; Made Asri Puspadewi ; I Gusti Putu Yoyok Irawan ; I Gusti Kade Alit Mantra ; I Made Budhi Gautama ; Ni Made Suarthini ; Ni Ketut Dauh ; I Nyoman Labha ;</t>
+  </si>
+  <si>
+    <t>A00202303122</t>
+  </si>
+  <si>
+    <t>Wahana Apung Katamaran Pesawat Terbang Displasmen 7.000 kg 98X0</t>
+  </si>
+  <si>
+    <t>Sayuti Syamsuar ; Aam Muharam ; Rizqon Fajar ; Erwandi ; Andi Muhdiar Kadir ; Jayatin ; Karyawan ; Widyawasta ; Daif Rahuna ; Adityo Suksmono ; Annissa Roschyntawati ; Hendrato ; Muhammad ; Sigit Tri Atmaja ; Thiya Fiantika ; Yustina Niken Raharina Hendra ; Yudiawan Fajar Kusuma ; Sulistiya ; Fithri Nur Purnamastuti ; Ilham Akbar Adi Satriya ; Nurhadi Pramana ; Bagiyo Suwasono ; Sutiyo ; Sinung Widiyanto ; Prabhawatya Poundra ;</t>
+  </si>
+  <si>
+    <t>A00202303112</t>
+  </si>
+  <si>
+    <t>2024-03-26</t>
+  </si>
+  <si>
+    <t>IDD000069616</t>
+  </si>
+  <si>
+    <t>Piring Dekorasi Kereta Api dan Daun</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; Ni Putu Muliawati ; Komang Adiputra ; Dwipayana ; I Gusti Kade Alit Mantra ; Made Asri Puspadewi ; I Gusti Putu Yoyok Irawan ; I Gusti Ketut Ariyasa ; I Made Suputra ; I Wayan Jaya Nuraga ; I Wayan Ardika ; I Wayan Riana ;</t>
+  </si>
+  <si>
+    <t>A00202303115</t>
+  </si>
+  <si>
     <t>Cangkir</t>
   </si>
   <si>
     <t>Dewa Nyoman Arta Widana ; I Made Wiarta ; I Kadek Sujana ; I Putu Angga Kristyawan ;</t>
   </si>
   <si>
     <t>A00202303120</t>
   </si>
   <si>
+    <t>Alat Pembatas Kecepatan</t>
+  </si>
+  <si>
+    <t>Guino Verma ; Irfan Ansori ; Aam Muharam ; Khoerul Anwar ; Beny Halfina ; Jean Mario Valentino ; Hendrato ; Andik Dwi Kurniawan ; Muhammad ; Yohanes Pringeten Dilianto Sembiring Depari ; Dwinanto ; Dhimas Satria ; Erny Listijorini ; Sidik Susilo ; Mekro Permana Pinem ; Nufus Kanani ;</t>
+  </si>
+  <si>
+    <t>A00202303118</t>
+  </si>
+  <si>
+    <t>IDD000070829</t>
+  </si>
+  <si>
+    <t>Mesin Pengkondisian Udara Kereta Api Cepat Untuk Instalasi di Bawah Atap</t>
+  </si>
+  <si>
+    <t>Himawan Sutriyanto ; R. Bambang Teguh Prasetyo ; Hariyotejo Pujowidodo ; Achmad Maswan ; Muhammad Penta Helios ; Bhakti Nuryadin ; Riki Jaka Komara ; Kanon Prabandaru Sumarah ; Andhy Muhammad Fathoni ; I. G. A. Uttariyani ; Chairunnisa ; Fitrianto ; Agus Prasetyo Nuryadi ;</t>
+  </si>
+  <si>
+    <t>A00202303123</t>
+  </si>
+  <si>
+    <t>IDD000069589</t>
+  </si>
+  <si>
+    <t>Kursi Kemudi Kereta Api Berpenggerak Tipe 1</t>
+  </si>
+  <si>
+    <t>Guino Verma ; Beny Halfina ; Adhi Dharma Permana ; Yohanes Pringeten Dilianto Sembiring Depari ; Hendrato ; Andik Dwi Kurniawan ; Jean Mario Valentino ; Muhammad ; Barep Luhur Widodo ; Siti Hidayanti Mutiara Kurnia ; Hastiya Annisa Fitri ;</t>
+  </si>
+  <si>
+    <t>A00202303121</t>
+  </si>
+  <si>
+    <t>IDD000070082</t>
+  </si>
+  <si>
+    <t>Alat Ukur Deteksi Unsur Hara</t>
+  </si>
+  <si>
+    <t>Amrullah Kamaruddin ; Yaya Suryana ; Taslim Rochmadi ; Adnan ; Abdul Aziz ; Wenny Oktaviani ; Arie Rakhman Hakim ; Fahrodji ; Laela Nuraini ; Anugerah Fitri Amalia ; Aditiyawan ; Nugroho Adi Sasongko ; Intan Kusuma Wardani ; Rudi Hartono ; Yul H. Bahar ;</t>
+  </si>
+  <si>
+    <t>A00202303117</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>IDD000070234</t>
+  </si>
+  <si>
+    <t>GUCI HIAS</t>
+  </si>
+  <si>
+    <t>Ni Putu Muliawati ; I Nyoman Sadguna ; Komang Nelly Sundari ; I Nyoman Normal ; I Gusti Agung Suradharmika ; I Gede Suryawan ; I Wayan Rangi ; I Putu Angga Kristyawan ; I Made Wiarta ; Dwipayana ; I Kadek Sujana ; I Wayan Oka Prayasa ; I Gusti Agung Sucipta Senajaya ; Dewa Nyoman Arta Widana ; I Ketut Sutika ; I Wayan Paster Susenapathy ; Komang Adiputra ; Made Asri Puspadewi ; I Gusti Ngurah Putra Wiratma ;</t>
+  </si>
+  <si>
+    <t>A00202303114</t>
+  </si>
+  <si>
+    <t>IDD000070436</t>
+  </si>
+  <si>
     <t>Tempat Perhiasan Double Wall</t>
   </si>
   <si>
     <t>Ni Putu Muliawati ; I Kadek Sujana ; I Nyoman Sadguna ; Komang Nelly Sundari ; I Gusti Agung Suradharmika ; I Gede Suryawan ; I Wayan Rangi ; I Putu Angga Kristyawan ; I Gusti Putu Yoyok Irawan ; Dwipayana ; I Gusti Kade Alit Mantra ; Ni Ketut Winantari ; I Gusti Agung Sucipta Senajaya ; Dewa Nyoman Arta Widana ; Komang Adiputra ; Made Asri Puspadewi ; Ni Nyoman Mei Antari ; Putu Indra Widiartha ;</t>
   </si>
   <si>
     <t>A00202303124</t>
   </si>
   <si>
-    <t>Kursi Kemudi Kereta Api Berpenggerak Tipe 1</t>
-[...43 lines deleted...]
-  <si>
     <t>Casing Gearbox</t>
   </si>
   <si>
     <t>Suherman ; Ghalya Pikra ; Andri Joko Purwanto ; Rakhmad Indra Pramana ; Endro Junianto ; Iman Abdurahman ; Nurul Hasanah ; Syukri Darmawan ; Mustofa Amirullah ; Rahmat ;</t>
   </si>
   <si>
     <t>A00202303116</t>
   </si>
   <si>
     <t>2024-06-04</t>
   </si>
   <si>
     <t>IDD000070028</t>
   </si>
   <si>
     <t>VAS BUNGA</t>
   </si>
   <si>
     <t>I Made Wiarta ; Dewa Nyoman Arta Widana ; I Kadek Sujana ; I Putu Angga Kristyawan ;</t>
   </si>
   <si>
     <t>A00202303119</t>
   </si>
   <si>
     <t>2024-03-18</t>
   </si>
   <si>
     <t>IDD000069393</t>
   </si>
   <si>
-    <t>Mesin Pengkondisian Udara Kereta Api Cepat Untuk Instalasi di Bawah Atap</t>
-[...49 lines deleted...]
-  <si>
     <t>Totok Nugroho ; I Wayan Paster Susenapathy ; Agus Yoga Sugama ; Ni Ketut Winantari ; Supriyadi ; Bambang Prajoko ; Arifin Siagian ; I Gede Suryawan ; Anak Agung Ngurah Agung Indra Wijaya ; Anak Agung Ngurah Rai Indra Wardana ; I Gusti Ngurah Putra Wiratma ; David Candra Birawidha ;</t>
   </si>
   <si>
     <t>2023-06-23</t>
   </si>
   <si>
     <t>A00202303757</t>
   </si>
   <si>
     <t>IDD000070502</t>
   </si>
   <si>
+    <t>Teko Berglasir Putih Dengan Gagang Rotan</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; I Wayan Paster Susenapathy ; Agus Yoga Sugama ; Ni Ketut Winantari ; Supriyadi ; Bambang Prajoko ; Arifin Siagian ; I Gede Suryawan ; Anak Agung Ngurah Agung Indra Wijaya ; I Wayan Sukadana ; I Gusti Agung Suradharmika ; I Gusti Ngurah Putra Wiratma ; Anak Agung Ngurah Rai Indra Wardana ;</t>
+  </si>
+  <si>
+    <t>2023-05-26</t>
+  </si>
+  <si>
+    <t>A00202302005</t>
+  </si>
+  <si>
+    <t>2023-11-02</t>
+  </si>
+  <si>
+    <t>IDD000067617</t>
+  </si>
+  <si>
+    <t>Oil Burner</t>
+  </si>
+  <si>
+    <t>I Gusti Agung Suradharmika ; I Wayan Paster Susenapathy ; Totok Nugroho ; Ni Putu Muliawati ; Komang Nelly Sundari ; Anak Agung Ngurah Rai Indra Wardana ; Anak Agung Ngurah Agung Indra Wijaya ; Arifin Siagian ; Agus Yoga Sugama ; Ni Ketut Winantari ; I Gusti Ngurah Putra Wiratma ; I Gede Suryawan ; Bambang Prajoko ; I Wayan Sukadana ; I Nyoman Normal ; I Nyoman Sadguna ; I Gusti Agung Sucipta Senajaya ;</t>
+  </si>
+  <si>
+    <t>A00202302002</t>
+  </si>
+  <si>
     <t>Pengendali Saklar Lampu Pasang-Pakai</t>
   </si>
   <si>
     <t>Muhammad Arifin ; Taufik Ibnu Salim ; Veny Rachmawati ;</t>
   </si>
   <si>
-    <t>2023-05-26</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202302003</t>
   </si>
   <si>
     <t>IDD000070478</t>
   </si>
   <si>
-    <t>Teko Berglasir Putih Dengan Gagang Rotan</t>
-[...11 lines deleted...]
-    <t>IDD000067617</t>
+    <t>Tempat Lilin Kurung Dekorasi Daun Dan Bunga</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; Ni Putu Muliawati ; Komang Adiputra ; Dwipayana ; I Ketut Astawa ; Supriyadi ; Anak Agung Ngurah Agung Indra Wijaya ; I Wayan Rangi ; I Gusti Agung Sucipta Senajaya ; Dewa Nyoman Arta Widana ; I Kadek Sujana ; I Putu Angga Kristyawan ;</t>
+  </si>
+  <si>
+    <t>A00202302000</t>
+  </si>
+  <si>
+    <t>TEMPAT LILIN</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; Ni Putu Muliawati ; Dwipayana ; Komang Adiputra ; I Nyoman Normal ; I Gusti Agung Suradharmika ; Arifin Siagian ; I Ketut Sutika ; I Gusti Ngurah Putra Wiratma ; Bambang Prajoko ; I Wayan Sukadana ; I Made Wiarta ;</t>
+  </si>
+  <si>
+    <t>A00202302001</t>
+  </si>
+  <si>
+    <t>2024-03-14</t>
+  </si>
+  <si>
+    <t>IDD000069302</t>
+  </si>
+  <si>
+    <t>Teko Berglasir Coklat Motif Apel Dengan Gagang Rotan</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; I Wayan Paster Susenapathy ; Agus Yoga Sugama ; Ni Ketut Winantari ; Supriyadi ; Bambang Prajoko ; Arifin Siagian ; I Gede Suryawan ; Anak Agung Ngurah Agung Indra Wijaya ; I Wayan Sukadana ; I Gusti Agung Suradharmika ; I Gusti Ngurah Putra Wiratma ; Anak Agung Ngurah Rai Indra Wardana ; David Candra Birawidha ;</t>
+  </si>
+  <si>
+    <t>A00202302004</t>
   </si>
   <si>
     <t>Guci Hias Keramik</t>
   </si>
   <si>
     <t>I Gusti Agung Suradharmika ; Ni Putu Muliawati ; I Wayan Paster Susenapathy ; Anak Agung Ngurah Rai Indra Wardana ; Anak Agung Ngurah Agung Indra Wijaya ; Arifin Siagian ; Agus Yoga Sugama ; Ni Ketut Winantari ; I Gusti Ngurah Putra Wiratma ; I Gede Suryawan ; Bambang Prajoko ; I Wayan Sukadana ; I Wayan Rangi ; I Kadek Sujana ; I Made Wiarta ; Dewa Nyoman Arta Widana ; Made Asri Puspadewi ; Komang Adiputra ; I Gusti Putu Yoyok Irawan ; I Gusti Kade Alit Mantra ;</t>
   </si>
   <si>
     <t>A00202301998</t>
   </si>
   <si>
     <t>Tempat Lilin Kurung Dekorasi Pasir Pantai</t>
   </si>
   <si>
     <t>Totok Nugroho ; Ni Putu Muliawati ; Komang Adiputra ; Dwipayana ; Komang Nelly Sundari ; I Nyoman Sadguna ; Anak Agung Ngurah Rai Indra Wardana ; I Gede Suryawan ; Agus Yoga Sugama ; Ni Ketut Winantari ; I Wayan Oka Prayasa ;</t>
   </si>
   <si>
     <t>A00202301999</t>
   </si>
   <si>
     <t>IDD000067616</t>
   </si>
   <si>
-    <t>TEMPAT LILIN</t>
-[...40 lines deleted...]
-  <si>
     <t>KAP LAMPU LILIN KERAMIK</t>
   </si>
   <si>
     <t>I Gusti Agung Suradharmika ; Ni Putu Muliawati ; I Wayan Paster Susenapathy ; Totok Nugroho ; Anak Agung Ngurah Rai Indra Wardana ; Anak Agung Ngurah Agung Indra Wijaya ; Arifin Siagian ; Agus Yoga Sugama ; Ni Ketut Winantari ; I Gusti Ngurah Putra Wiratma ; I Gede Suryawan ; Bambang Prajoko ; I Wayan Sukadana ; Komang Nelly Sundari ; I Putu Angga Kristyawan ; Dwipayana ; I Wayan Oka Prayasa ; I Gusti Agung Sucipta Senajaya ;</t>
   </si>
   <si>
     <t>A00202302006</t>
   </si>
   <si>
     <t>2024-08-26</t>
   </si>
   <si>
     <t>IDD000071464</t>
   </si>
   <si>
+    <t>Casing Pistol</t>
+  </si>
+  <si>
+    <t>2023-04-17</t>
+  </si>
+  <si>
+    <t>A00202301642</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>IDD000069754</t>
+  </si>
+  <si>
     <t>BOTOL MINUM</t>
   </si>
   <si>
-    <t>2023-04-17</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202301641</t>
   </si>
   <si>
-    <t>2024-04-01</t>
-[...2 lines deleted...]
-    <t>IDD000069754</t>
+    <t>STASIUN PENGISIAN KENDARAAN LISTRIK UMUM (SPKLU) RODA DUA</t>
+  </si>
+  <si>
+    <t>Eka Rakhman Priandana ; Yusuf Margowadi ; Bayu Samodra ; Maulana Dwi Nur Dawami ; Riko Ardiana Nugraha ; Prasetyo Aji ; Dionysius Aldion Renata ; Hafsah Halidah ; Afrias Sarotama ; Beti Tuntari ; Himawan Indra Bayu ; Suhraeni Syafei ; Riza ; Ganesha Tri Chandrasa ; Barman Tambunan ; Agus Mukhlisin ; Moh. Rifqi Faqih ; Rizkhi Nur Irawan ;</t>
+  </si>
+  <si>
+    <t>A00202301639</t>
+  </si>
+  <si>
+    <t>2024-03-21</t>
+  </si>
+  <si>
+    <t>IDD000069512</t>
   </si>
   <si>
     <t>Kendaraan Roda Tiga Elektrik Untuk Berniaga</t>
   </si>
   <si>
     <t>Yukhi Mustaqim Kusuma Sya`bana ; Kadek Heri Sanjaya ; Asep Nugroho ; Latif Rozaqi ; Nugrahaning Sani Dewi ; Muqorob Tajalli ; Ana Heryana ; Dikdik Krisnandi ; Dwi Esti Kusumandari ; Yanuandri Putrasari ;</t>
   </si>
   <si>
     <t>A00202301640</t>
   </si>
   <si>
     <t>2023-10-25</t>
   </si>
   <si>
     <t>IDD000067491</t>
   </si>
   <si>
-    <t>STASIUN PENGISIAN KENDARAAN LISTRIK UMUM (SPKLU) RODA DUA</t>
-[...17 lines deleted...]
-    <t>A00202301642</t>
+    <t>CCTV</t>
+  </si>
+  <si>
+    <t>Suherman ; Bambang Wahono ; Yanuandri Putrasari ; Achmad Praptijanto ; Ahmad Dimyani ; Mulia Pratama ; Arifin Nur ; Muhammad Khristamto Aditya Wardana ;</t>
+  </si>
+  <si>
+    <t>2022-12-26</t>
+  </si>
+  <si>
+    <t>A00202204842</t>
+  </si>
+  <si>
+    <t>2024-12-17</t>
+  </si>
+  <si>
+    <t>IDD000072962</t>
   </si>
   <si>
     <t>MUG</t>
   </si>
   <si>
     <t>Totok Nugroho ; Komang Adiputra ; Guino Verma ;</t>
   </si>
   <si>
-    <t>2022-12-26</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202204841</t>
   </si>
   <si>
     <t>2023-08-21</t>
   </si>
   <si>
     <t>IDD000066573</t>
   </si>
   <si>
-    <t>CCTV</t>
-[...13 lines deleted...]
-  <si>
     <t>SEKRUP PENUTUP IMPLAN GIGI</t>
   </si>
   <si>
     <t>Giri Wahyu Alam ; Galih Taqwatomo ; Ronald Taufiq Waluyo ; Lambert Hotma ; I Nyoman Jujur ; Tika Mustika ; Muhammad Kozin ; Bambang Triwibowo ; Aldilla Miranda ; Ira Komara ; Prajna Metta ; Chandra Andi Bawono ; Budhi Cahya Prasetyo ; Siti Sopiatin ;</t>
   </si>
   <si>
     <t>A00202204843</t>
   </si>
   <si>
     <t>2023-09-05</t>
   </si>
   <si>
     <t>IDD000066904</t>
   </si>
   <si>
     <t>Desain Reaktor Berpengaduk Vertikal Dan Berpengaduk Horisontal Hidrolisis</t>
   </si>
   <si>
     <t>Winda Wulandari ; R. Dwi Husodo Prasetyo ; Hens Saputra ; Semuel Pati Senda ; Ridho Dwimansyah ; Hana Nabila Anindita ; Bambang Muharto ; Muhamad Rodhi Supriyadi ;</t>
   </si>
   <si>
     <t>2022-12-22</t>
   </si>
   <si>
     <t>A00202204742</t>
   </si>
   <si>
     <t>2023-09-20</t>
   </si>
   <si>
     <t>IDD000067094</t>
   </si>
   <si>
+    <t>Perangkat User Terminal Satelit Konstelasi Berbasis SDR</t>
+  </si>
+  <si>
+    <t>Bina Pratomo ; Abdul Karim ; Poki Agung Budiantoro ; Dwiyanto ; Eriko Nasemudin Nasser ; Iwan Faizal ; Nurul Muhtadin ; Anshari Akbar ; Maulana Ali Arifin ; Nova Maras Nurul Khamsah ; Nurul Fadilah ; Rosza Madina ; Aulia Haque Qonita ;</t>
+  </si>
+  <si>
+    <t>2022-12-21</t>
+  </si>
+  <si>
+    <t>A00202204717</t>
+  </si>
+  <si>
+    <t>2023-07-14</t>
+  </si>
+  <si>
+    <t>IDD000066137</t>
+  </si>
+  <si>
+    <t>I Nyoman Normal ; Made Asri Puspadewi ; Rachmat Budi Darmawan ; I Gusti Putu Yoyok Irawan ; I Putu Angga Kristyawan ; I Ketut Astawa ; Nofika Cahyani Putri ; Ni Luh Putu Ayu Ratri Utami ; Maya Larasati Donna Wardani ; Fuad Darul Muttaqin ; I Gusti Ngurah Putra Wiratma ; Rachmad Yudhi Djatmiko ; I Wayan Sukadana ; I Wayan Ardika ; Dewa Nyoman Arta Widana ; I Ketut Sutika ; I Kadek Sujana ; I Gede Suryawan ; Ni Nyoman Anggraeni Damayanti ; I Wayan Oka Prayasa ; Wiryawan Suputra Gumi ;</t>
+  </si>
+  <si>
+    <t>A00202204709</t>
+  </si>
+  <si>
+    <t>IDD000066567</t>
+  </si>
+  <si>
     <t>ALAT PENGAWASAN DARING UNTUK TURBIN UAP SKALA KECIL</t>
   </si>
   <si>
     <t>Dewi Rianti Mandasari ; Cuk Supriyadi Ali Nandar ; Tsani Hendro Nugroho ; Marsalyna ; Katri Yulianto ; Achmad Ridho Mubarak ; Arga Iman Malakani ; Rudias Harmadi ; Arli Guardi ; Khamda Herbandono ; Faisal ; Dwi Jaya Febriansyah ; Budi Noviyantoro Fadjrin ; Endra Dwi Purnomo ; Hana Hermawan ; Harry Purnama ; Nur Cholis Majid ; Lia Agustina Setyowati ;</t>
   </si>
   <si>
-    <t>2022-12-21</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202204724</t>
   </si>
   <si>
     <t>2024-03-08</t>
   </si>
   <si>
     <t>IDD000069220</t>
   </si>
   <si>
-    <t>Perangkat User Terminal Satelit Konstelasi Berbasis SDR</t>
-[...11 lines deleted...]
-    <t>IDD000066137</t>
+    <t>Implan Gigi dengan Ulir Tunggal Profil V</t>
+  </si>
+  <si>
+    <t>A00202204699</t>
+  </si>
+  <si>
+    <t>Suspensi</t>
+  </si>
+  <si>
+    <t>Mulia Pratama ; Bambang Wahono ; Yanuandri Putrasari ; Muhammad Khristamto Aditya Wardana ; Arifin Nur ; Achmad Praptijanto ; Ahmad Dimyani ; Suherman ;</t>
+  </si>
+  <si>
+    <t>A00202204704</t>
+  </si>
+  <si>
+    <t>2023-06-16</t>
+  </si>
+  <si>
+    <t>IDD000065716</t>
+  </si>
+  <si>
+    <t>ALAT PENDETEKSI DINI TSUNAMI BERBASIS KABEL BAWAH LAUT</t>
+  </si>
+  <si>
+    <t>Muhammad Yusha Firdaus ; Arief Setyawan ; Maratul Hamidah ; Lesti Setianingrum ; Sasono Rahardjo ; Wayan Wira Yogantara ; Michael Andreas Purwoadi ; Mery Diana ; Leli Lailatul Jannah ; Mustika Fitriana Dewi ; Fadjar Rahino Triputra ; Edhi Purnomo ; Rifki Firdaus ; Tinova Pramudya ; Ogi Ivano ; Budi Haryanto ; Saeful Andhi ; Himawan Sutriyanto ; Riki Jaka Komara ; Muhammad Penta Helios ; Jayatin ; Suryadi ; Razie Hanafi ; Teguh Handoyo ; Rizqi Fadlilah ; Rivaldy Cahya Saputra ; Nur Aulia Rachmadini ;</t>
+  </si>
+  <si>
+    <t>A00202204716</t>
+  </si>
+  <si>
+    <t>IDD000067093</t>
+  </si>
+  <si>
+    <t>BRIN, PUSAT RISET ELEKTRONIKA</t>
   </si>
   <si>
     <t>ALAT UJI AGING ELASTOMER DALAM MEDIA CAIR</t>
   </si>
   <si>
     <t>Herri Susanto ; Ade Sholeh Hidayat ; Mahendra Anggaravidya ; Indriasari ; Lies Agustine Soeprapto ; Dewi Kusuma Arti ; Galih Taqwatomo ; Muhammad Dikdik Gumelar ; Dita Adi Saputra ; Riastuti Fidyaningsih ; Saddam Husin ; Akhmad Amry ; Idvan ; Mohamad Soleh Iskandar ; Wahyu Tri Utami ; Moh. Hamzah ; Yuwana Pradana ; Aditya Eka Mulyono ;</t>
   </si>
   <si>
     <t>A00202204713</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>IDD000071542</t>
   </si>
   <si>
     <t>"QUADROCKET (WAHANA BALISTIK QUADCOPTER BERBASIS ROKET) "</t>
   </si>
   <si>
     <t>Larasmoyo Nugroho ; Starida Sofia Moranova ;</t>
   </si>
   <si>
     <t>A00202204719</t>
   </si>
   <si>
     <t>2024-12-30</t>
   </si>
   <si>
     <t>IDD000073732</t>
   </si>
   <si>
-    <t>Vas Bunga</t>
-[...10 lines deleted...]
-  <si>
     <t>ALAT PRESS PNEUMATIK PAPAN SERAT ALAM DENGAN PEMANAS UAP/STEAM SEBAGAI PERCEPATAN PENGERINGAN PEREKAT</t>
   </si>
   <si>
     <t>Deni Purnomo ; Ismadi ; Sudarmanto ; Narto ; Fazhar Akbar ; Bambang Subiyanto ; Sasa Sofyan Munawar ; Jayadi ; Hari Pratomo ; Ahmad Syahrir ;</t>
   </si>
   <si>
     <t>A00202204722</t>
   </si>
   <si>
     <t>2023-09-14</t>
   </si>
   <si>
     <t>IDD000067026</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Biomassa dan Bioproduk</t>
   </si>
   <si>
-    <t>ALAT PENDETEKSI DINI TSUNAMI BERBASIS KABEL BAWAH LAUT</t>
-[...32 lines deleted...]
-    <t>A00202204699</t>
+    <t>Piring</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; Komang Adiputra ; Guino Verma ; Nofika Cahyani Putri ;</t>
+  </si>
+  <si>
+    <t>2022-11-13</t>
+  </si>
+  <si>
+    <t>A00202204067</t>
+  </si>
+  <si>
+    <t>IDD000069200</t>
+  </si>
+  <si>
+    <t>BRIN, PUSAT RISET MATERIAL MAJU</t>
   </si>
   <si>
     <t>Console Bay untuk Pesawat Udara Nir Awak kelas Medium Altitude Long Endurance</t>
   </si>
   <si>
     <t>Adhi Dharma Permana ; Irfansyah Yudhi Tanasa ST., M.Sc ; Aris Surya Yunata ; Apid Rustandi ; Aditya Inzani Wahdiyat ; Kuwat Darmanto ; Bambang Irawan ; Muhammad Mahsyaril Anwar ; Chairunnisa ; Nurhadi Pramana ; Agus Suprianto ; Afdal Adha ; Danny Mokhammad Gandana ; Joko Purwono Soehardi ; Akhmad Rifai ; Abdul Aziz ; Arif Hidayat ; Mohamad Dahsyat ; Jemie Muliadi ; Dewi Habsari Budiarti ; Ade Purwanto ; Teguh Muttaqie ; Fitrianto ; Siti Vivi Octaviany ; Asyaraf Hidayat ; Frandi Adi Kaharjito ; Hari Artha ;</t>
   </si>
   <si>
-    <t>2022-11-13</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202204068</t>
   </si>
   <si>
+    <t>SEBIDANG PELINTASAN KERETA API DENGAN MATERIAL KARET</t>
+  </si>
+  <si>
+    <t>Mulyadi Sinung Harjono ; Rutma Pujiwat ; Wimpie Agoeng Noegroho Aspar ; Wahyu Widodo Pandoe ; Ade Sholeh Hidayat ; Yenni Bakhtiar ; Abdul Latif ; Dwi Agus Purnomo ; Suci Putri Primadiyanti ; Beny Halfina ; Emeralda Insani Nuansa Singgasana Pelangi Jelita Dialiran Sungai Pasadena ; Hanafi Isnanta Prabawa ; Dita Adi Saputra ; Dewi Kusuma Arti ; Indriasari ; Galih Taqwatomo ; Willy Barasa ; Thiya Fiantika ; Mira Marindaa T. Sampetoding ;</t>
+  </si>
+  <si>
+    <t>A00202204065</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>IDD000071337</t>
+  </si>
+  <si>
+    <t>A00202204064</t>
+  </si>
+  <si>
+    <t>2024-02-19</t>
+  </si>
+  <si>
+    <t>IDD000069008</t>
+  </si>
+  <si>
     <t>GUCI</t>
   </si>
   <si>
     <t>Komang Adiputra ; Made Asri Puspadewi ; I Nyoman Sadguna ; I Gusti Agung Suradharmika ; I Putu Angga Kristyawan ; I Ketut Sutika ; Dewa Nyoman Arta Widana ; I Gede Suryawan ; I Wayan Rangi ; Putu Indra Widiartha ; I Kadek Sujana ; Ni Made Suarthini ; I Wayan Ardika ; I Wayan Jaya Nuraga ; I Wayan Kamajaya ; Ni Nyoman Mei Antari ; Ni Ketut Dauh ; Komang Adiputra S.Sn.,M.Sn ;</t>
   </si>
   <si>
     <t>A00202204069</t>
   </si>
   <si>
     <t>IDD000065688</t>
   </si>
   <si>
-    <t>BRIN, PUSAT RISET MATERIAL MAJU</t>
-[...37 lines deleted...]
-  <si>
     <t>Vas Asbak</t>
   </si>
   <si>
     <t>I Gusti Agung Suradharmika ; Ni Putu Muliawati ; Komang Adiputra ; I Wayan Paster Susenapathy ; I Nyoman Sadguna ; Anak Agung Ngurah Agung Indra Wijaya ; Dwipayana ; Anak Agung Ngurah Rai Indra Wardana ; Rachmat Budi Darmawan ; I Made Budhi Gautama ; Agus Yoga Sugama ; Ni Ketut Winantari ; I Putu Angga Kristyawan ; I Gusti Agung Sucipta Senajaya ; I Made Suputra ;</t>
   </si>
   <si>
     <t>A00202204066</t>
   </si>
   <si>
     <t>2023-06-13</t>
   </si>
   <si>
     <t>IDD000065411</t>
   </si>
   <si>
     <t>Struktur Frame Pada Fuselage MALE</t>
   </si>
   <si>
     <t>Agus Aribowo ; Fadilah Hasim ; Teguh Muttaqie ; Muhammad Ilham Adhynugraha ; Fadli Cahya Megawanto ; Fajar Ari Wandono ; Arif Hidayat ; Abian Nurrohmad ; Chairunnisa ; Sherly Octavia Saraswati ; Ilham Bagus Wiranto ; Iqbal Reza Al Fikri ;</t>
   </si>
   <si>
     <t>2022-10-07</t>
   </si>
   <si>
     <t>A00202203533</t>
@@ -1547,290 +1676,290 @@
   <si>
     <t>I Gusti Agung Suradharmika ; Ni Putu Muliawati ; Komang Adiputra ; I Wayan Paster Susenapathy ; Anak Agung Ngurah Agung Indra Wijaya ; Arifin Siagian ; Ni Luh Ayu Eka Erawati ; Dwipayana ; I Putu Angga Kristyawan ; I Gusti Kade Alit Mantra ; Ni Ketut Winantari ; Agus Yoga Sugama ; I Gusti Agung Sucipta Senajaya ; Supriyadi ; I Wayan Riana ;</t>
   </si>
   <si>
     <t>2022-10-06</t>
   </si>
   <si>
     <t>A00202203529</t>
   </si>
   <si>
     <t>2023-08-14</t>
   </si>
   <si>
     <t>IDD000066377</t>
   </si>
   <si>
     <t>Desain Kapal Mini Liquid Natural Gas (LNG)</t>
   </si>
   <si>
     <t>Muryadin ; Dedy Ardiansyah ; Mochammad Nasir ; Dewi Kartikasari ; Waluyo ; Abdul Muis ; Siti Sadiah ; Dany Hendrik Priatno ; Abdul Kadir ; Andi Cahyo Prasetyo Tri Nugroho ; Cahyo Sasmito ; Noor Muhammad Ridha Fuadi ; Dimas Aldyanto Wibowo ; Ilham Dwi Putra ; Yuniati ; Fariz Maulana Noor ; Syaiful Bahri ; Ade R. Ispandiari ; Putri Virliani ; Rina ; Ibnu Fauzi ; Tjahjono Prijambodo ; Muhammad Alfan Santosa ; Muhamad Ridwan Utina ;</t>
   </si>
   <si>
     <t>A00202203523</t>
   </si>
   <si>
+    <t>2022-10-05</t>
+  </si>
+  <si>
+    <t>A00202203514</t>
+  </si>
+  <si>
+    <t>IDD000069024</t>
+  </si>
+  <si>
+    <t>MINI HORIZONTAL TAIL PLANE</t>
+  </si>
+  <si>
+    <t>Dana Herdiana ; Arifin Rasyadi Soemaryanto ; Hanni Defianti ; Wahyudi ; Agus Aribowo ; Sayr Bahri ; Mohamad Luthfi Ramadiansyah ; Ratna Triwulandari ;</t>
+  </si>
+  <si>
+    <t>A00202203516</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>IDD000064672</t>
+  </si>
+  <si>
+    <t>Storage Unit Ground Control Station untuk Pesawat Udara Nir Awak kelas Medium Altitude Long Endurance</t>
+  </si>
+  <si>
+    <t>Irfansyah Yudhi Tanasa ST., M.Sc ; Aris Surya Yunata ; Apid Rustandi ; Aditya Inzani Wahdiyat ; Kuwat Darmanto ; Bambang Irawan ; Muhammad Mahsyaril Anwar ; Chairunnisa ; Nurhadi Pramana ; Agus Suprianto ; Afdal Adha ; Adhi Dharma Permana ; Danny Mokhammad Gandana ; Joko Purwono Soehardi ; Akhmad Rifai ; Nadirah ; Dwi Rahardjo ; Mukti Wibowo ; Akhmad Farid Widodo ; Yomi Guno ; Mohammad Amanta Kumala Sakti ; Fithri Nur Purnamastuti ; Fadli Cahya Megawanto ; Wahyu Cesar ; Abid Paripurna Fuadi ; Marcellina Ayudha Kristanti Titasari ; Sherly Octavia Saraswati ;</t>
+  </si>
+  <si>
+    <t>A00202203521</t>
+  </si>
+  <si>
+    <t>2023-04-12</t>
+  </si>
+  <si>
+    <t>IDD000064610</t>
+  </si>
+  <si>
+    <t>Mangkok Berbentuk Angsa</t>
+  </si>
+  <si>
+    <t>I Gusti Agung Suradharmika ; Ni Putu Muliawati ; Komang Adiputra ; Made Asri Puspadewi ; I Nyoman Sadguna ; I Wayan Paster Susenapathy ; Ni Nyoman Mei Antari ; Ni Ketut Dauh ; Dewa Nyoman Arta Widana ; I Ketut Sutika ; I Gede Suryawan ; I Wayan Rangi ; Putu Indra Widiartha ; I Kadek Sujana ; Ni Made Suarthini ; I Wayan Ardika ; I Wayan Kamajaya ; I Wayan Jaya Nuraga ;</t>
+  </si>
+  <si>
+    <t>A00202203515</t>
+  </si>
+  <si>
+    <t>IDD000064671</t>
+  </si>
+  <si>
     <t>KAPAL PENGANGKUT GAS ALAM CAIR UNTUK PERAIRAN DANGKAL</t>
   </si>
   <si>
     <t>Abdul Kadir ; Taufiq Arif Setyanto ST. M.Eng ; Taufiq Arif Setyanto ; Muryadin ; Iskendar ; Muhamad Ridwan Utina ; Andi Cahyo Prasetyo Tri Nugroho ; Cahyo Sasmito ; Dany Hendrik Priatno ; Dimas Aldyanto Wibowo ; Dedy Ardiansyah ; Aprijanto ; Waluyo ; Abdul Muis ; Hariyanto ; Muhajirin ; Dewi Kartikasari ; Siti Sadiah ; Arfis Maydino Firmansyah Putra ; Buddin Al Hakim ; Noor Muhammad Ridha Fuadi ; Ilham Dwi Putra ; Nanda Itohasi Gutami ; Muh Hisyam Khoirudin ; Shinta Johar Alif Rahadi ; Nurul Shabrina ; Ade R. Ispandiari ; Mochammad Nasir ; Fariz Maulana Noor ; Nurcholis ; Yuniati ; Cakra Wijaya Kusuma Rahadi ; Putri Virliani ; Syaiful Bahri ; Vido Dimas Prasetya Darma Putra ; Rina ; Ahmad Bisri ;</t>
   </si>
   <si>
-    <t>2022-10-05</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202203518</t>
   </si>
   <si>
     <t>2024-12-20</t>
   </si>
   <si>
     <t>IDD000073492</t>
   </si>
   <si>
-    <t>MINI HORIZONTAL TAIL PLANE</t>
-[...26 lines deleted...]
-    <t>IDD000064610</t>
+    <t>Rumah Lilin Dengan Logo BRIN</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; Guino Verma ;</t>
+  </si>
+  <si>
+    <t>A00202203519</t>
+  </si>
+  <si>
+    <t>IDD000065380</t>
   </si>
   <si>
     <t>Piring berlogo BRIN dengan ornamen Padi dan Kapas</t>
   </si>
   <si>
     <t>A00202203520</t>
   </si>
   <si>
-    <t>Rumah Lilin Dengan Logo BRIN</t>
-[...26 lines deleted...]
-    <t>IDD000069024</t>
+    <t>Wahana Apung Pesawat Terbang Tipe V</t>
+  </si>
+  <si>
+    <t>Hendrato ; Yustina Niken Raharina Hendra ; Rutma Pujiwat ; Sucipto ; Novi Irawati ; Lukman Shalahuddin ; Nina Kartika ; Sayuti Syamsuar ; Adityo Suksmono ; Mohamad Ivan Aji Saputro ; Dimas Bahtera Eskayudha ; Annissa Roschyntawati ; Thiya Fiantika ; Muhammad ; Mulyadi Sinung Harjono ;</t>
+  </si>
+  <si>
+    <t>2022-08-25</t>
+  </si>
+  <si>
+    <t>A00202202888</t>
+  </si>
+  <si>
+    <t>IDD000064659</t>
   </si>
   <si>
     <t>150 HP Aircraft Engine Test Bench</t>
   </si>
   <si>
     <t>Mohammad Amanta Kumala Sakti ; Fadilah Hasim ; Agus Bayu Utama ; Adhi Dharma Permana ; Rudi Cahyo Nugroho ; Agus Suprianto ; Abid Paripurna Fuadi ; Fitrianto ; Aditya Inzani Wahdiyat ; Suherman Mukti ; Hari Artha ;</t>
   </si>
   <si>
-    <t>2022-08-25</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202202886</t>
   </si>
   <si>
     <t>IDD000066991</t>
   </si>
   <si>
-    <t>Wahana Apung Pesawat Terbang Tipe V</t>
-[...8 lines deleted...]
-    <t>IDD000064659</t>
+    <t>Nampan Medis Sekali Pakai</t>
+  </si>
+  <si>
+    <t>Deni Purnomo ; Widya Fatriasari ; Maya Ismayati ; Faizatul Falah ; Ismadi ; Ahmad Syahrir ; Ady Ardana ; Bagaskoro Tuwalaid ; Muhammad Yusron ;</t>
+  </si>
+  <si>
+    <t>2022-08-24</t>
+  </si>
+  <si>
+    <t>A00202202855</t>
+  </si>
+  <si>
+    <t>IDD000069175</t>
   </si>
   <si>
     <t>WAHANA APUNG PESAWAT TERBANG</t>
   </si>
   <si>
     <t>Sayuti Syamsuar ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Rizqon Fajar ; Erwandi ; Andi Muhdiar Kadir ; Nina Kartika ; Adityo Suksmono ; Hendrato ; Arief Setyawan ; Mohamad Ivan Aji Saputro ; Sigit Tri Atmaja ; Bagiyo Suwasono ; Sutiyo ;</t>
   </si>
   <si>
-    <t>2022-08-24</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202202856</t>
   </si>
   <si>
     <t>IDD000064656</t>
   </si>
   <si>
-    <t>Nampan Medis Sekali Pakai</t>
-[...10 lines deleted...]
-  <si>
     <t>KENDARAAN SURVEI BAWAH AIR (REMOTELY OPERATED VEHICLE)</t>
   </si>
   <si>
     <t>Abdul Ghofar ; Suwahyu ; Wahyu Widodo Pandoe ; Iskendar ; Taufiq Arif Setyanto ; Widodo ; Baharuddin Ali ; Nurcholis ; Erdina Arianti ; Wibowo Harso Nugroho ; Buana Ma'ruf ; Muhamad Ridwan Utina ; Aprijanto ; Achmad Bisri ; Irma Noviyanti ;</t>
   </si>
   <si>
     <t>2022-08-23</t>
   </si>
   <si>
     <t>A00202202851</t>
   </si>
   <si>
     <t>IDD000073750</t>
   </si>
   <si>
     <t>BRIN, PUSAT RISET TEKNOLOGI HIDRODINAMIKA</t>
   </si>
   <si>
+    <t>Bentuk Kepala Kereta Api Cepat</t>
+  </si>
+  <si>
+    <t>Hendrato ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Lukman Shalahuddin ; Beny Halfina ; Jean Mario Valentino ; Yohanes Pringeten Dilianto Sembiring Depari ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ;</t>
+  </si>
+  <si>
+    <t>2022-06-25</t>
+  </si>
+  <si>
+    <t>A00202202078</t>
+  </si>
+  <si>
+    <t>2023-04-04</t>
+  </si>
+  <si>
+    <t>IDD000064271</t>
+  </si>
+  <si>
     <t>Interior Kabin Kereta Api Cepat Kelas VIP dan Bisnis</t>
   </si>
   <si>
     <t>Beny Halfina ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Novi Irawati ; Lukman Shalahuddin ; Jean Mario Valentino ; Hendrato ; Yohanes Pringeten Dilianto Sembiring Depari ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ; Dwi Phalita Upahita ;</t>
   </si>
   <si>
-    <t>2022-06-25</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202202080</t>
   </si>
   <si>
     <t>2025-01-08</t>
   </si>
   <si>
     <t>IDD000074074</t>
   </si>
   <si>
-    <t>Bentuk Kepala Kereta Api Cepat</t>
-[...13 lines deleted...]
-  <si>
     <t>Beny Halfina ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Novi Irawati ; Lukman Shalahuddin ; Jean Mario Valentino ; Hendrato ; Yohanes Pringeten Dilianto Sembiring Depari ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ;</t>
   </si>
   <si>
     <t>A00202202079</t>
   </si>
   <si>
     <t>IDD000064539</t>
   </si>
   <si>
+    <t>STASIUN PENGISIAN KENDARAAN LISTRIK UMUM UNTUK KENDARAAN BERMOTOR LISTRIK RODA DUA</t>
+  </si>
+  <si>
+    <t>Yusuf Margowadi ; Bayu Samodra ; Maulana Dwi Nur Dawami ; Riko Ardiana Nugraha ; Eka Rakhman Priandana ; Ario Witjakso ; Ganesha Tri Chandrasa ; Riza ; Suhraeni Syafei ; Barman Tambunan ;</t>
+  </si>
+  <si>
+    <t>2022-04-08</t>
+  </si>
+  <si>
+    <t>A00202201149</t>
+  </si>
+  <si>
+    <t>2024-03-20</t>
+  </si>
+  <si>
+    <t>IDD000069453</t>
+  </si>
+  <si>
     <t>Jean Mario Valentino ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Lukman Shalahuddin ; Beny Halfina ; Hendrato ; Yohanes Pringeten Dilianto Sembiring Depari ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ;</t>
   </si>
   <si>
-    <t>2022-04-08</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202201141</t>
   </si>
   <si>
     <t>2023-05-02</t>
   </si>
   <si>
     <t>IDD000064969</t>
   </si>
   <si>
     <t>Interior Kereta Api Cepat</t>
   </si>
   <si>
     <t>Yohanes Pringeten Dilianto Sembiring Depari ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Lukman Shalahuddin ; Beny Halfina ; Jean Mario Valentino ; Hendrato ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ;</t>
   </si>
   <si>
     <t>A00202201137</t>
   </si>
   <si>
     <t>IDD000065370</t>
   </si>
   <si>
-    <t>STASIUN PENGISIAN KENDARAAN LISTRIK UMUM UNTUK KENDARAAN BERMOTOR LISTRIK RODA DUA</t>
-[...13 lines deleted...]
-  <si>
     <t>Dispenser Sistem Pengisian Kendaraan Listrik Roda 4 Arus Bolak Balik</t>
   </si>
   <si>
     <t>Khotimatul Fauziah ; Eka Rakhman Priandana ; Adisa Larasati ; Yuli Astriani ; Dionysius Aldion Renata ; Prasetyo Aji ; Munadiyan Nurhuda ; Hafsah Halidah ; Dony Damara ; Rahardito Dio Prastowo ; Dhea Amelia Rianjani ; Zaenudin ; Zulramadhanie ; Fariz Maulana Riza Nulhaq ; Ario Witjakso ; Riza ; Ganesha Tri Chandrasa ; Sudirman ; Suhraeni Syafei ; Barman Tambunan ; Agus Suhendra ;</t>
   </si>
   <si>
     <t>2022-04-07</t>
   </si>
   <si>
     <t>A00202201124</t>
   </si>
   <si>
     <t>IDD000072843</t>
   </si>
   <si>
     <t>Pengapung Badan Pesawat Terbang N219 Amfibi</t>
   </si>
   <si>
     <t>Agus Aribowo ; Dony Hidayat ; Muhammad Fajar ; Sinung Tirtha Pinindriya ; Teuku Mohd Ichwanul Hakim ; Gunawan Setyo Prabowo ; Kurnia Hidayat ; Arifin Rasyadi Soemaryanto ; Budi Sampurno ; Bambang Sumantri Dwi Kartika ; Elingselasri. ;</t>
   </si>
   <si>
     <t>Lembaga Penerbangan dan Antariksa Nasional (LAPAN)</t>
   </si>
   <si>
     <t>2021-10-22</t>
@@ -1928,74 +2057,74 @@
   <si>
     <t>IDD000063051</t>
   </si>
   <si>
     <t>Bentuk Becak Motor Tipe Samping</t>
   </si>
   <si>
     <t>Jean Mario Valentino, ST., MT ; Dr. Dipl. Ing. Mulyadi Sinung Harjono, MT ; Beny Halfina, ST., M.Eng ; Dr. Ir. Rizqon Fajar, M.Sc. ; Rutma Pujiwat, ST., MT ; Hendrato, ST ; Dimas Bahtera Eskayudha, S.T ; Irfan Ansori, ST ; Yohanes Pringeten Dilianto Sembiring, ST ; Dr. Dipl. Ing. Mulyadi Sinung Harjono, MT ; Beny Halfina, ST., M.Eng ; Dr. Ir. Rizqon Fajar, M.Sc. ; Rutma Pujiwat, ST., MT ; Hendrato, ST ; Dimas Bahtera Eskayudha, S.T ; Irfan Ansori, ST ; Yohanes Pringeten Dilianto Sembiring, ST ;</t>
   </si>
   <si>
     <t>2021-05-30</t>
   </si>
   <si>
     <t>A00202101464</t>
   </si>
   <si>
     <t>2021-11-23</t>
   </si>
   <si>
     <t>IDD0000060409</t>
   </si>
   <si>
     <t>BPPT, Pusat Teknologi Sistem dan Prasarana Transportasi</t>
   </si>
   <si>
+    <t>Akses Monitoring Fasilitas Publik Menggunakan Deteksi Volatile Organic Compound (VOC)</t>
+  </si>
+  <si>
+    <t>Budi Sulistya ; Erik Madyo Putro ; Dio Randa Damara ; Dr. Yudi Purwantoro ; Ahmad Mundhola ; Reza Septiawan ; Arief Rufiyanto ; Sardjono Trihatmo ; Bagus Bhakti Irawan ; Rizky Rahmatullah ; Ahmad Mundhola ; Reza Septiawan ; Arief Rufiyanto ; Sardjono Trihatmo ; Budi Sulistya ; Erik Madyo Putro ; Dio Randa Damara ; Bagus Bhakti Irawan ; Rizky Rahmatullah ;</t>
+  </si>
+  <si>
+    <t>2021-05-25</t>
+  </si>
+  <si>
+    <t>A00202101417</t>
+  </si>
+  <si>
+    <t>- Pusat Teknologi Elektronika</t>
+  </si>
+  <si>
     <t>Akses Monitoring Fasilitas Publik Menggunakan Deteksi Kinerja Penciuman</t>
   </si>
   <si>
     <t>Dr. Yudi Purwantoro ; Ahmad Mundhola ; Reza Septiawan ; Arief Rufiyanto ; Sardjono Trihatmo ; Budi Sulistya ; Erik Madyo Putro ; Dio Randa Damara ; Bagus Bhakti Irawan ; Rizky Rahmatullah ; Ahmad Mundhola ; Reza Septiawan ; Arief Rufiyanto ; Sardjono Trihatmo ; Budi Sulistya ; Erik Madyo Putro ; Dio Randa Damara ; Bagus Bhakti Irawan ; Rizky Rahmatullah ;</t>
   </si>
   <si>
-    <t>2021-05-25</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202101416</t>
   </si>
   <si>
-    <t>- Pusat Teknologi Elektronika</t>
-[...10 lines deleted...]
-  <si>
     <t>Dr. Ir. Lukman Shalahuddin, M.Sc ; Dr. Dipl. Ing. Mulyadi Sinung Harjono, MT ; Drs. Sucipto, MT ; Dr. Ir. Agus Windharto, DEA ; Beny Halfina, S.T., M.Eng ; Jean Mario Valentino, S.T.,M.T ; Hendrato, S.T ; Dimas Bahtera Eskayudha, S.T ; Yohanes Pringeten Dilianto Sembiring Depari, S.T ; Dr. Dipl. Ing. Mulyadi Sinung Harjono, MT ; Drs. Sucipto, MT ; Dr. Ir. Agus Windharto, DEA ; Beny Halfina, S.T., M.Eng ; Jean Mario Valentino, S.T.,M.T ; Hendrato, S.T ; Dimas Bahtera Eskayudha, S.T ; Yohanes Pringeten Dilianto Sembiring Depari, S.T ;</t>
   </si>
   <si>
     <t>2021-05-06</t>
   </si>
   <si>
     <t>A00202101241</t>
   </si>
   <si>
     <t>2022-01-04</t>
   </si>
   <si>
     <t>IDD000060865</t>
   </si>
   <si>
     <t>Pintu Air Komposit Polimer Otomatis Modular</t>
   </si>
   <si>
     <t>Ir. Hendro Sat Setijo Tomo, M.Si. ; Reza Pahlevi Rudianto, S.Si. ; David Natanael Vicarneltor, S.T. ; Dr. Ir. Chandra Liza, M.Si. ; Annisa Rifathin, S.Si.,M.Si. ; Dody Andi Winarto, B.Eng.,M.Eng. ; Opa Fajar Muslim, S.T. ; Ade Mundari Wijaya, A.Md.,S.Si. ; Salman Farishi, S.Si.,M.Si. ; Dwi Novriadi, S.T. ; Reza Pahlevi Rudianto, S.Si. ; David Natanael Vicarneltor, S.T. ; Dr. Ir. Chandra Liza, M.Si. ; Annisa Rifathin, S.Si.,M.Si. ; Dody Andi Winarto, B.Eng.,M.Eng. ; Opa Fajar Muslim, S.T. ; Ade Mundari Wijaya, A.Md.,S.Si. ; Salman Farishi, S.Si.,M.Si. ; Dwi Novriadi, S.T. ;</t>
   </si>
   <si>
     <t>2021-02-25</t>
   </si>
   <si>
     <t>A00202100489</t>
@@ -2105,248 +2234,248 @@
   <si>
     <t>A00202003705</t>
   </si>
   <si>
     <t>2022-02-22</t>
   </si>
   <si>
     <t>IDD0000061476</t>
   </si>
   <si>
     <t>LAPAN, Pusat Teknologi Penerbangan</t>
   </si>
   <si>
     <t>Sayap Terbang Tanpa Awak</t>
   </si>
   <si>
     <t>A00202003706</t>
   </si>
   <si>
     <t>IDD0000059379</t>
   </si>
   <si>
     <t>- Pusat Teknologi Penerbangan</t>
   </si>
   <si>
+    <t>Pesawat Terbang Tanpa Awak dengan Muatan 30 kg</t>
+  </si>
+  <si>
+    <t>Ardian Rizaldi ; Yusuf Giri Wijaya ; Prasetyo Ardi Probo Suseno ; Abian Nurrohmad ; Novita Atmasari ; Rudi Choirul Anwar ; Angga Septiyana ; Nurul Lailatul Muzayadah ; Kurnia Hidayat ; Eries Bagita Jayanti ; Redha Akbar Ramadhan ; Nur Mufidatul Ula ; Rian Suari Aritonang ; Taufiq Satrio Nurtiasto ; Lathifa Rusita Isna ; M Hafid ; Ryan Hidayat ; Mikhael Gilang Pribadi Putra Pratama ; Yanuar Firmansyah ; Hidayati Mardikasari ; Abdul Rohman ; Aries Asrianto Ramadian ; Novelita Rahayu ; Abdurrasyid Ruhiyat ; Muksin ; Hartono ; Abdul Aziz ; Irma Rismayanti ; Ardian Rizaldi ; Eries Bagita Jayanti ; Mohamad Luthfi Ramadiansyah ; Redha Akbar Ramadhan ; Nur Mufidatul Ula ; Rian Suari Aritonang ; Taufiq Satrio Nurtiasto ; Intan Luruh Larasati ; Lathifa Rusita Isna ; M. Hafid ; Ryan Hidayat ; Yusuf Giri Wijaya ; Mikhael Gilang Pribadi Putra Pratama ; Yanuar Firmansyah ; Hidayati Mardikasari ; Abdul Rohman ; Aries Asrianto Ramadian ; Novelita Rahayu ; Abdurrasyid Ruhiyat ; Muksin ; Hartono ; Abdul Aziz ; Prasetyo Ardi Probo Suseno ; Irma Rismayanti ; Abian Nurrohmad ; Novita Atmasari ; Rudi Choirul Anwar ; Angga Septiyana ; Nurul Lailatul Muzayadah ; Kurnia Hidayat. ;</t>
+  </si>
+  <si>
+    <t>2020-12-14</t>
+  </si>
+  <si>
+    <t>A00202003701</t>
+  </si>
+  <si>
+    <t>2020-10-25</t>
+  </si>
+  <si>
+    <t>IDD000062991</t>
+  </si>
+  <si>
     <t>Pesawat Udara Tanpa Awak Bermesin Hibrid Mampu Lepas Landas Vertikal dan Berparasut</t>
   </si>
   <si>
     <t>Yudha Agung Nugroho ; Yanuar Firmansyah ; Gunawan Setyo Prabowo ; Ari Sugeng Budiyanta ; Arifin Rasyadi Soemaryanto ; Agus Bayu Utama ; Fuad Surastyo Pranoto ; Imas Tri Setyadewi ; Abdurrasyid Ruhiyat ; Try Kusuma Wardana. ;</t>
   </si>
   <si>
-    <t>2020-12-14</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202003700</t>
   </si>
   <si>
     <t>IDD0000061473</t>
   </si>
   <si>
-    <t>Pesawat Terbang Tanpa Awak dengan Muatan 30 kg</t>
-[...13 lines deleted...]
-  <si>
     <t>Satelit LAPAN-A1/LAPAN-TUBSAT</t>
   </si>
   <si>
     <t>Dr. Robertus Heru Triharjanto ; Wahyudi Hasbi, S.Si., M.Kom. ; M. Mukhayadi, S.T., M.Kom. ; Ayom Widipaminto, S.T., M.T. ; Abdul Karim, S.T., M.T. ;</t>
   </si>
   <si>
     <t>2020-02-28</t>
   </si>
   <si>
     <t>A00202000719</t>
   </si>
   <si>
     <t>IDD0000059064</t>
   </si>
   <si>
     <t>Pesawat Terbang Tanpa Awak</t>
   </si>
   <si>
     <t>Drs. Ari Sugeng Budiyanta, M.Eng. ; Drs. Gunawan Setyo Prabowo, M.T. ; Sunar, S.T., M.Eng. ; Yudha Agung Nugroho, M.T. ; Dipl.Ing. Agus Bayu Utama, M.Sc.ME. ; Adi Wirawan, S.Si., M.T. ; Arifin Rasyadi Soemaryanto, S.T. ; Fuad Surastyo Pranoto, S.T., M.T. ; Satria Arief Aditya, S.Pd. ; Feri Ametia Pratama. ;</t>
   </si>
   <si>
     <t>2019-11-29</t>
   </si>
   <si>
     <t>A00201903935</t>
   </si>
   <si>
     <t>2020-09-29</t>
   </si>
   <si>
     <t>IDD0000060123</t>
   </si>
   <si>
+    <t>SET (SEPERANGKAT CANGKIR DAN LEPEKAN)</t>
+  </si>
+  <si>
+    <t>I Komang Adiputra, S.Sn ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST., MM ; I Gede Suryawan ; I Ketut Sutika ; I Wayan Rangi ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Kadek Sujana ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST., MM ; I Gede Suryawan ; I Ketut Sutika ; I Wayan Rangi ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Kadek Sujana ;</t>
+  </si>
+  <si>
+    <t>2019-06-26</t>
+  </si>
+  <si>
+    <t>A00201901906</t>
+  </si>
+  <si>
+    <t>- Balai Teknologi Industri Kreatif Keramik</t>
+  </si>
+  <si>
     <t>ASBAK</t>
   </si>
   <si>
     <t>I Komang Adiputra, S.Sn ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST., MM ; I Wayan Rangi ; I Ketut Sutika ; I Wayan Sukra ; Dewa Nyoman Arta Widana ; I Kadek Sujana ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST., MM ; I Wayan Rangi ; I Ketut Sutika ; I Wayan Sukra ; Dewa Nyoman Arta Widana ; I Kadek Sujana ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ;</t>
   </si>
   <si>
-    <t>2019-06-26</t>
-[...1 lines deleted...]
-  <si>
     <t>A00201901904</t>
   </si>
   <si>
     <t>IDD000055483</t>
   </si>
   <si>
-    <t>- Balai Teknologi Industri Kreatif Keramik</t>
-[...10 lines deleted...]
-  <si>
     <t>Pesawat Udara Tanpa Awak</t>
   </si>
   <si>
+    <t>Yudha Agung Nugroho M.T. ; Arifin Rasyadi Soemaryanto, S.T. ; Dewi Anggraeni, S.T., M.T. ; Imas Tri Setyadewi, S.Si. ; Abdurrasyid Ruhiyat, S.ST. ; Muksin, S.Si. ; Encung Sumarna, S.T. ;</t>
+  </si>
+  <si>
+    <t>2019-06-19</t>
+  </si>
+  <si>
+    <t>A00201901854</t>
+  </si>
+  <si>
+    <t>2020-01-28</t>
+  </si>
+  <si>
+    <t>IDD000055812</t>
+  </si>
+  <si>
     <t>Yudha Agung Nugroho M.T. ; Arifin Rasyadi Soemaryanto, S.T. ; Dewi Anggraeni, S.T., M.T. ; Imas Tri Setyadewi, S.Si. ; Abdurrasyid Ruhiyat, S.ST. ; Muksin, S.Si. ; Encung Sumarna, S.T. ; Riki Ardiansyah, S.T. ;</t>
   </si>
   <si>
-    <t>2019-06-19</t>
-[...1 lines deleted...]
-  <si>
     <t>A00201901853</t>
   </si>
   <si>
-    <t>2020-01-28</t>
-[...1 lines deleted...]
-  <si>
     <t>IDD000055811</t>
   </si>
   <si>
-    <t>Yudha Agung Nugroho M.T. ; Arifin Rasyadi Soemaryanto, S.T. ; Dewi Anggraeni, S.T., M.T. ; Imas Tri Setyadewi, S.Si. ; Abdurrasyid Ruhiyat, S.ST. ; Muksin, S.Si. ; Encung Sumarna, S.T. ;</t>
-[...5 lines deleted...]
-    <t>IDD000055812</t>
+    <t>Rangka Sepeda Kayu Tipe FIXMTB 04</t>
+  </si>
+  <si>
+    <t>Ahmad Syahrir ; Ismadi ; Jayadi ; Sudarmanto ; Sukma Surya Kusumah ; Teguh Darmawan ; Wahyu Dwianto ; Dwi Ajias Pramasari ; Eka Lestari, S.Hut. ; Dimas Triwibowo, S.T. ; Yusuf Amin.,S.Hut ;</t>
+  </si>
+  <si>
+    <t>2018-12-14</t>
+  </si>
+  <si>
+    <t>A00201803665</t>
+  </si>
+  <si>
+    <t>IDD0000053322</t>
   </si>
   <si>
     <t>Rangka Sepeda Fixie Berbahan Dasar Kayu</t>
   </si>
   <si>
     <t>Ahmad Syahrir ; Ismadi ; Jayadi ; Sudarmanto ; Teguh Darmawan ; Wahyu Dwianto ; Dimas Triwibowo, S.T. ; Didi Diarsa Adiana ;</t>
   </si>
   <si>
-    <t>2018-12-14</t>
-[...1 lines deleted...]
-  <si>
     <t>A00201803664</t>
   </si>
   <si>
     <t>IDD000053321</t>
   </si>
   <si>
-    <t>Rangka Sepeda Kayu Tipe FIXMTB 04</t>
-[...10 lines deleted...]
-  <si>
     <t>Roket</t>
   </si>
   <si>
     <t>Larasmoyo Nugroho, S.T., M.Ds. ;</t>
   </si>
   <si>
     <t>2018-11-21</t>
   </si>
   <si>
+    <t>A00201803381</t>
+  </si>
+  <si>
+    <t>2019-09-18</t>
+  </si>
+  <si>
+    <t>IDD 000053678</t>
+  </si>
+  <si>
+    <t>- Pusat Teknologi Roket</t>
+  </si>
+  <si>
+    <t>Wahana Terbang</t>
+  </si>
+  <si>
+    <t>A00201803379</t>
+  </si>
+  <si>
+    <t>2019-10-08</t>
+  </si>
+  <si>
+    <t>IDD000053810</t>
+  </si>
+  <si>
+    <t>Larasmoyo Nugroho, S.T., M.Ds. ; Herma Yudhi Irwanto, M. Eng. ;</t>
+  </si>
+  <si>
+    <t>A00201803378</t>
+  </si>
+  <si>
+    <t>IDD000053809</t>
+  </si>
+  <si>
     <t>A00201803377</t>
   </si>
   <si>
-    <t>2019-09-18</t>
-[...1 lines deleted...]
-  <si>
     <t>IDD000053676</t>
   </si>
   <si>
-    <t>- Pusat Teknologi Roket</t>
-[...22 lines deleted...]
-  <si>
     <t>A00201803380</t>
   </si>
   <si>
     <t>IDD000053677</t>
   </si>
   <si>
-    <t>A00201803381</t>
-[...4 lines deleted...]
-  <si>
     <t>Yudha Agung Nugroho ; Gunawan Setyo Prabowo ; Agus Ariwibowo ; Fajar Ari Wandono ; Yanuar Prabowo ; ; Dony Hidayat ; Arifin asyadi Soemaryanto ; Mujtahid ; Dana Herdiana ; Rizky Fitriansyah ; Nugroho Agung Prasetyo ; Kosim Abdurohman ; Nanda Wirawan ; Encung Sumarna ; Riki Ardiansyah ; Agus Wiyono ; Aryandi Marta ; Imas Tri Setyadewi ; Iwan Nofi Yono Putro ; Satria Arief Aditya ; Dudi Targani. ;</t>
   </si>
   <si>
     <t>2018-05-31</t>
   </si>
   <si>
     <t>A00201801565</t>
   </si>
   <si>
     <t>2019-04-10</t>
   </si>
   <si>
     <t>IDD000052037</t>
   </si>
   <si>
     <t>Ponton untuk Landasan Excavator Melakukan Pengerukan Di Sungai (Excavator Ponton)-22 Ton</t>
   </si>
   <si>
     <t>Dr.Ir.Wibowo HN, M.T ; Sahlan. S.T ; A. Syafiul. S.T., M.T ; Sahlan. S.T ; A. Syafiul. S.T., M.T ;</t>
   </si>
   <si>
     <t>2018-04-12</t>
   </si>
   <si>
     <t>A00201801153</t>
@@ -2402,213 +2531,213 @@
   <si>
     <t>IDD000048427</t>
   </si>
   <si>
     <t>- Pusat Teknologi Industri Pertahanan dan Keamanan</t>
   </si>
   <si>
     <t>Sayap untuk Bom</t>
   </si>
   <si>
     <t>Agus Aribowo ; Arifin Rasyadi Sumaryanto ; Arsya Rasyadan. ;</t>
   </si>
   <si>
     <t>2016-02-05</t>
   </si>
   <si>
     <t>A00201600364</t>
   </si>
   <si>
     <t>2017-07-11</t>
   </si>
   <si>
     <t>IDD0000045912</t>
   </si>
   <si>
+    <t>Gunawan Setyo Prabowo ; Ari Sugeng Budiyanta ; Sunar ; Aryandi Marta ; Fajar Ari Wandono ; Iwan Nofi Yono Putro. ;</t>
+  </si>
+  <si>
+    <t>A00201600365</t>
+  </si>
+  <si>
+    <t>2017-03-23</t>
+  </si>
+  <si>
+    <t>IDD0000045587</t>
+  </si>
+  <si>
     <t>Roket Uji Muatan</t>
   </si>
   <si>
     <t>Agus Aribowo ; Teuku Mohd Ichwanul Hakim ; Dana Herdiana ; Yudha Agung Nugroho. ;</t>
   </si>
   <si>
     <t>A00201600366</t>
   </si>
   <si>
     <t>IDD0000045913</t>
   </si>
   <si>
-    <t>Gunawan Setyo Prabowo ; Ari Sugeng Budiyanta ; Sunar ; Aryandi Marta ; Fajar Ari Wandono ; Iwan Nofi Yono Putro. ;</t>
-[...10 lines deleted...]
-  <si>
     <t>Pesawat Udara</t>
   </si>
   <si>
     <t>Gunawan Setyo Prabowo ; Agus Ariwibowo ; Dede Andhika Purnamasari ; Andi Alisjahbana ; Budi Sampurno ; Palmana Banandhi. ;</t>
   </si>
   <si>
     <t>2015-11-05</t>
   </si>
   <si>
     <t>A00201503290</t>
   </si>
   <si>
     <t>2016-08-31</t>
   </si>
   <si>
     <t>IDD0000044432</t>
   </si>
   <si>
     <t>METODE PEMBUATAN KAIN KATUN BATIK CAP BERSIFAT ANTIBAKTERI DENGAN PEWARNA ALAM PASTA INDIGO DARI DAUN Strobilanthes cusia DAN PRODUK YANG DIHASILKANNYA</t>
   </si>
   <si>
     <t>Abdul Hapid ; Muhammad Redho K ; Sunarto Kaleg ;</t>
   </si>
   <si>
     <t>2015-10-20</t>
   </si>
   <si>
     <t>A00201503040</t>
   </si>
   <si>
     <t>- Pusat Penelitian Tenaga Listrik &amp; Mekatronika</t>
   </si>
   <si>
+    <t>Kabin Interior Penumpang Mikrobus Executive Mobile Meeting</t>
+  </si>
+  <si>
+    <t>A00201503041</t>
+  </si>
+  <si>
+    <t>IDD0000046302</t>
+  </si>
+  <si>
+    <t>Bodi Eksterior Sedan</t>
+  </si>
+  <si>
+    <t>A00201503042</t>
+  </si>
+  <si>
+    <t>Bodi Eksterior Mikrobus</t>
+  </si>
+  <si>
+    <t>A00201503043</t>
+  </si>
+  <si>
     <t>SISTEM PENAMBAH JARAK TEMPUH PADA KENDARAAN HIBRID</t>
   </si>
   <si>
     <t>A00201503039</t>
   </si>
   <si>
-    <t>Kabin Interior Penumpang Mikrobus Executive Mobile Meeting</t>
-[...17 lines deleted...]
-    <t>A00201503043</t>
+    <t>Vas</t>
+  </si>
+  <si>
+    <t>I Komang Adiputra, S.Sn ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST, MM ; Ir. I Nyoman Sadguna ; A.A.N.A. Indra Wijaya ST ; I Gusti Ngurah putra Wiratma ; Dewa Nyoman Arta Widana ; Pupu Indra Widiartha ; Rachmat Yudhi Djatmiko ; Bambang Prajoko ; I Wayan Ardika ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST, MM ; Ir. I Nyoman Sadguna ; A.A.N.A. Indra Wijaya ST ; I Gusti Ngurah putra Wiratma ; Dewa Nyoman Arta Widana ; Pupu Indra Widiartha ; Rachmat Yudhi Djatmiko ; Bambang Prajoko ; I Wayan Ardika ;</t>
+  </si>
+  <si>
+    <t>2015-10-15</t>
+  </si>
+  <si>
+    <t>A00201502985</t>
+  </si>
+  <si>
+    <t>IDD000044917</t>
+  </si>
+  <si>
+    <t>I Komang Adiputra, S.Sn ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST, MM ; Ir. I Nyoman Sadguna ; Supriyadi, S.Si ; Totok Nugraha, S.Si ; I Gede Suryawan ; I Kadek Sujana ; Dewa Nyoman Arta Widana ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; Bambang Prajoko ; I Wayan Ardika ; I Wayan Jaya Nuraga ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST, MM ; Ir. I Nyoman Sadguna ; Supriyadi, S.Si ; Totok Nugraha, S.Si ; I Gede Suryawan ; I Kadek Sujana ; Dewa Nyoman Arta Widana ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; Bambang Prajoko ; I Wayan Ardika ; I Wayan Jaya Nuraga ;</t>
+  </si>
+  <si>
+    <t>A00201502986</t>
+  </si>
+  <si>
+    <t>IDD000044918</t>
   </si>
   <si>
     <t>Guci</t>
   </si>
   <si>
+    <t>Made Asri Puspadewi, S.Sn ; I Komang Adiputra, S.Sn ; I Gusti Agung Suradharmika, ST, MM ; Dra. Ni Putu Muliawati, MM ; I.G.A. Sucipta Senajaya, ST ; I Kadek Sujana ; Dewa Nyoman Arta Widana ; I Made Wiarta ; I Wayan Rangi ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Wayan Jaya Nuraga I Wayan Ardika ; Bambang Prajoko ; I Komang Adiputra, S.Sn ; I Gusti Agung Suradharmika, ST, MM ; Dra. Ni Putu Muliawati, MM ; I.G.A. Sucipta Senajaya, ST ; I Kadek Sujana ; Dewa Nyoman Arta Widana ; I Made Wiarta ; I Wayan Rangi ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Wayan Jaya Nuraga I Wayan Ardika ; Bambang Prajoko ;</t>
+  </si>
+  <si>
+    <t>A00201502987</t>
+  </si>
+  <si>
+    <t>IDD000044919</t>
+  </si>
+  <si>
     <t>I Kadek Sujana ; I Gede Suryawan ; I Komang Adiputra, S.Sn ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST, MM ; Supriyadi, S.Si ; Totok Nugraha, S.Si ; I.G.A. Sucipta Senajaya, ST ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Wayan Jaya Nuraga I Wayan Ardika ; Bambang Prajoko ; I Gede Suryawan ; I Komang Adiputra, S.Sn ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST, MM ; Supriyadi, S.Si ; Totok Nugraha, S.Si ; I.G.A. Sucipta Senajaya, ST ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Wayan Jaya Nuraga I Wayan Ardika ; Bambang Prajoko ;</t>
   </si>
   <si>
-    <t>2015-10-15</t>
-[...1 lines deleted...]
-  <si>
     <t>A00201502988</t>
   </si>
   <si>
     <t>IDD000044920</t>
   </si>
   <si>
-    <t>Vas</t>
-[...1 lines deleted...]
-  <si>
     <t>I Komang Adiputra, S.Sn ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST, MM ; A.A.N.A. Indra Wijaya, ST ; I Gede Suryawan ; I Kadek Sujana ; Dewa Nyoman Arta Widana ; I Made Wiarta Supriyadi, S.Si ; Putu Indra Widiartha ; Rachmat Yudhi Djatmiko ; I Wayan Jaya Nuraga ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST, MM ; A.A.N.A. Indra Wijaya, ST ; I Gede Suryawan ; I Kadek Sujana ; Dewa Nyoman Arta Widana ; I Made Wiarta Supriyadi, S.Si ; Putu Indra Widiartha ; Rachmat Yudhi Djatmiko ; I Wayan Jaya Nuraga ;</t>
   </si>
   <si>
     <t>A00201502989</t>
   </si>
   <si>
     <t>IDD000044921</t>
   </si>
   <si>
     <t>Lampu</t>
   </si>
   <si>
     <t>Made Asri Puspadewi, S.Sn ; I Komang Adiputra, S.Sn ; I Gusti Agung Suradharmika, ST, MM ; Dra. Ni Putu Muliawati, MM ; Ir, I Nyoman Sadguna ; I Kadek Sujana ; Dewa Nyoman Arta Widana ; I Made Wiarta ; I Wayan Sukra ; I Ketut Sutika ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Wayan Jaya Nuraga I Wayan Ardika ; Bambang Prajoko ; I Komang Adiputra, S.Sn ; I Gusti Agung Suradharmika, ST, MM ; Dra. Ni Putu Muliawati, MM ; Ir, I Nyoman Sadguna ; I Kadek Sujana ; Dewa Nyoman Arta Widana ; I Made Wiarta ; I Wayan Sukra ; I Ketut Sutika ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Wayan Jaya Nuraga I Wayan Ardika ; Bambang Prajoko ;</t>
   </si>
   <si>
     <t>A00201502990</t>
   </si>
   <si>
     <t>IDD000044922</t>
   </si>
   <si>
-    <t>Made Asri Puspadewi, S.Sn ; I Komang Adiputra, S.Sn ; I Gusti Agung Suradharmika, ST, MM ; Dra. Ni Putu Muliawati, MM ; I.G.A. Sucipta Senajaya, ST ; I Kadek Sujana ; Dewa Nyoman Arta Widana ; I Made Wiarta ; I Wayan Rangi ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Wayan Jaya Nuraga I Wayan Ardika ; Bambang Prajoko ; I Komang Adiputra, S.Sn ; I Gusti Agung Suradharmika, ST, MM ; Dra. Ni Putu Muliawati, MM ; I.G.A. Sucipta Senajaya, ST ; I Kadek Sujana ; Dewa Nyoman Arta Widana ; I Made Wiarta ; I Wayan Rangi ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Wayan Jaya Nuraga I Wayan Ardika ; Bambang Prajoko ;</t>
-[...7 lines deleted...]
-  <si>
     <t>VAS</t>
   </si>
   <si>
     <t>I Komang Adiputra, S.Sn ; Made Asri Puspadewi, S.Sn ; I Gusti Agung Suradharmika, ST, MM ; Dra. Ni Putu Muliawati, MM ; Ir. I Nyoman Sadguna ; Supriyadi, S.Si ; I. G. A. Sucipta Senajaya, ST ; Dewa Nyoman Arta Widana ; I Kadek Sujana ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; Bambang Prajoko ; I Wayan Ardika ; Made Asri Puspadewi, S.Sn ; I Gusti Agung Suradharmika, ST, MM ; Dra. Ni Putu Muliawati, MM ; Ir. I Nyoman Sadguna ; Supriyadi, S.Si ; I. G. A. Sucipta Senajaya, ST ; Dewa Nyoman Arta Widana ; I Kadek Sujana ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; Bambang Prajoko ; I Wayan Ardika ;</t>
   </si>
   <si>
     <t>A00201502981</t>
   </si>
   <si>
     <t>2016-11-16</t>
   </si>
   <si>
     <t>IDD000044916</t>
-  </si>
-[...16 lines deleted...]
-    <t>IDD000044917</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2915,54 +3044,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J190"/>
+  <dimension ref="A1:J193"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A190" sqref="A190"/>
+      <selection activeCell="A193" sqref="A193"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="0.427" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3050,5566 +3179,5776 @@
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="I4" t="s">
         <v>25</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" t="s">
         <v>28</v>
       </c>
-      <c r="F5" t="s">
+      <c r="I5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="J5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="I6" t="s">
         <v>34</v>
       </c>
       <c r="J6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I8" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="J8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I9" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="J9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="I10" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
       <c r="J10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I11" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="J11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>55</v>
       </c>
       <c r="C12" t="s">
         <v>56</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F12" t="s">
         <v>57</v>
       </c>
       <c r="I12" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="J12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="F13" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I13" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="J13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>61</v>
       </c>
-      <c r="C14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I14" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="J14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C15" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="I15" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="J15" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F16" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="I16" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="J16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="I17" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="J17" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>77</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>75</v>
       </c>
-      <c r="C18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I18" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="J18" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F19" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I19" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="J19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I20" t="s">
-        <v>87</v>
+        <v>43</v>
       </c>
       <c r="J20" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>88</v>
       </c>
       <c r="C21" t="s">
         <v>89</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
         <v>90</v>
       </c>
       <c r="F21" t="s">
         <v>91</v>
       </c>
       <c r="I21" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="J21" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>92</v>
+      </c>
+      <c r="C22" t="s">
         <v>93</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>94</v>
       </c>
-      <c r="D22" t="s">
-[...2 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
         <v>95</v>
       </c>
-      <c r="F22" t="s">
+      <c r="I22" t="s">
         <v>96</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>97</v>
+      </c>
+      <c r="C23" t="s">
         <v>98</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>99</v>
       </c>
-      <c r="D23" t="s">
-[...2 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>100</v>
       </c>
-      <c r="F23" t="s">
+      <c r="G23" t="s">
         <v>101</v>
       </c>
+      <c r="H23" t="s">
+        <v>102</v>
+      </c>
       <c r="I23" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="J23" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F24" t="s">
-        <v>106</v>
+        <v>107</v>
+      </c>
+      <c r="G24" t="s">
+        <v>108</v>
+      </c>
+      <c r="H24" t="s">
+        <v>109</v>
       </c>
       <c r="I24" t="s">
-        <v>102</v>
+        <v>39</v>
       </c>
       <c r="J24" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="F25" t="s">
-        <v>109</v>
+        <v>113</v>
+      </c>
+      <c r="G25" t="s">
+        <v>114</v>
+      </c>
+      <c r="H25" t="s">
+        <v>115</v>
       </c>
       <c r="I25" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="J25" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="C26" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="F26" t="s">
-        <v>113</v>
+        <v>120</v>
+      </c>
+      <c r="G26" t="s">
+        <v>121</v>
+      </c>
+      <c r="H26" t="s">
+        <v>122</v>
       </c>
       <c r="I26" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="J26" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="C27" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="F27" t="s">
-        <v>116</v>
+        <v>127</v>
+      </c>
+      <c r="G27" t="s">
+        <v>128</v>
+      </c>
+      <c r="H27" t="s">
+        <v>129</v>
       </c>
       <c r="I27" t="s">
-        <v>117</v>
+        <v>47</v>
       </c>
       <c r="J27" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="C28" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="F28" t="s">
-        <v>120</v>
+        <v>132</v>
+      </c>
+      <c r="G28" t="s">
+        <v>133</v>
+      </c>
+      <c r="H28" t="s">
+        <v>134</v>
       </c>
       <c r="I28" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="J28" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>122</v>
+        <v>135</v>
       </c>
       <c r="C29" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="F29" t="s">
-        <v>124</v>
+        <v>137</v>
+      </c>
+      <c r="G29" t="s">
+        <v>138</v>
+      </c>
+      <c r="H29" t="s">
+        <v>139</v>
       </c>
       <c r="I29" t="s">
-        <v>121</v>
+        <v>140</v>
       </c>
       <c r="J29" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="C30" t="s">
+        <v>142</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
         <v>126</v>
       </c>
-      <c r="D30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" t="s">
-        <v>127</v>
+        <v>143</v>
+      </c>
+      <c r="G30" t="s">
+        <v>138</v>
+      </c>
+      <c r="H30" t="s">
+        <v>144</v>
       </c>
       <c r="I30" t="s">
-        <v>34</v>
+        <v>140</v>
       </c>
       <c r="J30" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>145</v>
+      </c>
+      <c r="C31" t="s">
+        <v>146</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>126</v>
+      </c>
+      <c r="F31" t="s">
+        <v>147</v>
+      </c>
+      <c r="G31" t="s">
         <v>128</v>
       </c>
-      <c r="C31" t="s">
-[...9 lines deleted...]
-        <v>131</v>
+      <c r="H31" t="s">
+        <v>148</v>
       </c>
       <c r="I31" t="s">
-        <v>38</v>
+        <v>149</v>
       </c>
       <c r="J31" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>132</v>
+        <v>150</v>
       </c>
       <c r="C32" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F32" t="s">
-        <v>134</v>
+        <v>152</v>
+      </c>
+      <c r="G32" t="s">
+        <v>108</v>
+      </c>
+      <c r="H32" t="s">
+        <v>153</v>
       </c>
       <c r="I32" t="s">
-        <v>102</v>
+        <v>154</v>
       </c>
       <c r="J32" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="C33" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F33" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="I33" t="s">
-        <v>138</v>
+        <v>47</v>
       </c>
       <c r="J33" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="C34" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="F34" t="s">
-        <v>142</v>
+        <v>161</v>
+      </c>
+      <c r="G34" t="s">
+        <v>108</v>
+      </c>
+      <c r="H34" t="s">
+        <v>161</v>
       </c>
       <c r="I34" t="s">
-        <v>49</v>
+        <v>162</v>
       </c>
       <c r="J34" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="C35" t="s">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="F35" t="s">
-        <v>145</v>
+        <v>165</v>
+      </c>
+      <c r="G35" t="s">
+        <v>166</v>
+      </c>
+      <c r="H35" t="s">
+        <v>167</v>
       </c>
       <c r="I35" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
       <c r="J35" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>147</v>
+        <v>168</v>
       </c>
       <c r="C36" t="s">
-        <v>148</v>
+        <v>169</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="F36" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="I36" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="J36" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>151</v>
+        <v>171</v>
       </c>
       <c r="C37" t="s">
-        <v>152</v>
+        <v>172</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>149</v>
+        <v>173</v>
       </c>
       <c r="F37" t="s">
-        <v>153</v>
+        <v>174</v>
+      </c>
+      <c r="G37" t="s">
+        <v>128</v>
+      </c>
+      <c r="H37" t="s">
+        <v>175</v>
       </c>
       <c r="I37" t="s">
-        <v>38</v>
+        <v>176</v>
       </c>
       <c r="J37" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="C38" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>149</v>
+        <v>173</v>
       </c>
       <c r="F38" t="s">
-        <v>156</v>
+        <v>179</v>
       </c>
       <c r="I38" t="s">
-        <v>157</v>
+        <v>58</v>
       </c>
       <c r="J38" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>158</v>
+        <v>180</v>
       </c>
       <c r="C39" t="s">
-        <v>159</v>
+        <v>181</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>149</v>
+        <v>182</v>
       </c>
       <c r="F39" t="s">
-        <v>160</v>
+        <v>183</v>
+      </c>
+      <c r="G39" t="s">
+        <v>184</v>
+      </c>
+      <c r="H39" t="s">
+        <v>185</v>
       </c>
       <c r="I39" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="J39" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>161</v>
+        <v>186</v>
       </c>
       <c r="C40" t="s">
-        <v>162</v>
+        <v>187</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>149</v>
+        <v>182</v>
       </c>
       <c r="F40" t="s">
-        <v>163</v>
+        <v>188</v>
+      </c>
+      <c r="G40" t="s">
+        <v>189</v>
+      </c>
+      <c r="H40" t="s">
+        <v>190</v>
       </c>
       <c r="I40" t="s">
-        <v>164</v>
+        <v>58</v>
       </c>
       <c r="J40" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>165</v>
+        <v>191</v>
       </c>
       <c r="C41" t="s">
-        <v>166</v>
+        <v>192</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>167</v>
+        <v>182</v>
       </c>
       <c r="F41" t="s">
-        <v>168</v>
+        <v>193</v>
+      </c>
+      <c r="G41" t="s">
+        <v>194</v>
+      </c>
+      <c r="H41" t="s">
+        <v>195</v>
       </c>
       <c r="I41" t="s">
-        <v>102</v>
+        <v>39</v>
       </c>
       <c r="J41" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>169</v>
+        <v>196</v>
       </c>
       <c r="C42" t="s">
-        <v>170</v>
+        <v>197</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="F42" t="s">
-        <v>172</v>
+        <v>198</v>
+      </c>
+      <c r="G42" t="s">
+        <v>128</v>
+      </c>
+      <c r="H42" t="s">
+        <v>199</v>
       </c>
       <c r="I42" t="s">
-        <v>164</v>
+        <v>43</v>
       </c>
       <c r="J42" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>173</v>
+        <v>200</v>
       </c>
       <c r="C43" t="s">
-        <v>174</v>
+        <v>201</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="F43" t="s">
-        <v>175</v>
+        <v>202</v>
       </c>
       <c r="I43" t="s">
-        <v>164</v>
+        <v>203</v>
       </c>
       <c r="J43" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>176</v>
+        <v>204</v>
       </c>
       <c r="C44" t="s">
-        <v>177</v>
+        <v>205</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>178</v>
+        <v>206</v>
       </c>
       <c r="F44" t="s">
-        <v>179</v>
+        <v>207</v>
       </c>
       <c r="I44" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="J44" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>180</v>
+        <v>208</v>
       </c>
       <c r="C45" t="s">
-        <v>181</v>
+        <v>209</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>182</v>
+        <v>210</v>
       </c>
       <c r="F45" t="s">
-        <v>183</v>
+        <v>211</v>
+      </c>
+      <c r="G45" t="s">
+        <v>53</v>
+      </c>
+      <c r="H45" t="s">
+        <v>212</v>
       </c>
       <c r="I45" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="J45" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>184</v>
+        <v>213</v>
       </c>
       <c r="C46" t="s">
-        <v>185</v>
+        <v>214</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>186</v>
+        <v>210</v>
       </c>
       <c r="F46" t="s">
-        <v>187</v>
+        <v>215</v>
       </c>
       <c r="G46" t="s">
-        <v>149</v>
+        <v>166</v>
       </c>
       <c r="H46" t="s">
-        <v>188</v>
+        <v>216</v>
       </c>
       <c r="I46" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="J46" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>189</v>
+        <v>217</v>
       </c>
       <c r="C47" t="s">
-        <v>190</v>
+        <v>218</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>186</v>
+        <v>219</v>
       </c>
       <c r="F47" t="s">
-        <v>191</v>
+        <v>220</v>
+      </c>
+      <c r="G47" t="s">
+        <v>221</v>
+      </c>
+      <c r="H47" t="s">
+        <v>222</v>
       </c>
       <c r="I47" t="s">
-        <v>102</v>
+        <v>47</v>
       </c>
       <c r="J47" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>192</v>
+        <v>223</v>
       </c>
       <c r="C48" t="s">
-        <v>193</v>
+        <v>224</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>194</v>
+        <v>225</v>
       </c>
       <c r="F48" t="s">
-        <v>195</v>
+        <v>226</v>
       </c>
       <c r="I48" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J48" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>196</v>
+        <v>227</v>
       </c>
       <c r="C49" t="s">
-        <v>197</v>
+        <v>228</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>198</v>
+        <v>229</v>
       </c>
       <c r="F49" t="s">
-        <v>199</v>
+        <v>230</v>
       </c>
       <c r="G49" t="s">
-        <v>200</v>
+        <v>221</v>
       </c>
       <c r="H49" t="s">
-        <v>201</v>
+        <v>231</v>
       </c>
       <c r="I49" t="s">
-        <v>15</v>
+        <v>123</v>
       </c>
       <c r="J49" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>202</v>
+        <v>232</v>
       </c>
       <c r="C50" t="s">
-        <v>203</v>
+        <v>233</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>198</v>
+        <v>229</v>
       </c>
       <c r="F50" t="s">
-        <v>204</v>
+        <v>234</v>
       </c>
       <c r="G50" t="s">
-        <v>205</v>
+        <v>182</v>
       </c>
       <c r="H50" t="s">
-        <v>206</v>
+        <v>235</v>
       </c>
       <c r="I50" t="s">
-        <v>164</v>
+        <v>58</v>
       </c>
       <c r="J50" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>207</v>
+        <v>236</v>
       </c>
       <c r="C51" t="s">
-        <v>208</v>
+        <v>237</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>198</v>
+        <v>238</v>
       </c>
       <c r="F51" t="s">
-        <v>209</v>
+        <v>239</v>
       </c>
       <c r="G51" t="s">
-        <v>210</v>
+        <v>240</v>
       </c>
       <c r="H51" t="s">
-        <v>211</v>
+        <v>241</v>
       </c>
       <c r="I51" t="s">
-        <v>117</v>
+        <v>58</v>
       </c>
       <c r="J51" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>212</v>
+        <v>242</v>
       </c>
       <c r="C52" t="s">
-        <v>213</v>
+        <v>243</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>198</v>
+        <v>244</v>
       </c>
       <c r="F52" t="s">
-        <v>214</v>
+        <v>245</v>
       </c>
       <c r="I52" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J52" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>215</v>
+        <v>246</v>
       </c>
       <c r="C53" t="s">
-        <v>216</v>
+        <v>247</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>198</v>
+        <v>244</v>
       </c>
       <c r="F53" t="s">
-        <v>217</v>
+        <v>248</v>
       </c>
       <c r="G53" t="s">
-        <v>149</v>
+        <v>249</v>
       </c>
       <c r="H53" t="s">
-        <v>218</v>
+        <v>250</v>
       </c>
       <c r="I53" t="s">
-        <v>219</v>
+        <v>15</v>
       </c>
       <c r="J53" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>220</v>
+        <v>251</v>
+      </c>
+      <c r="C54" t="s">
+        <v>252</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>198</v>
+        <v>244</v>
       </c>
       <c r="F54" t="s">
-        <v>221</v>
+        <v>253</v>
       </c>
       <c r="G54" t="s">
-        <v>222</v>
+        <v>254</v>
       </c>
       <c r="H54" t="s">
-        <v>223</v>
+        <v>255</v>
       </c>
       <c r="I54" t="s">
-        <v>146</v>
+        <v>29</v>
       </c>
       <c r="J54" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>224</v>
+        <v>256</v>
       </c>
       <c r="C55" t="s">
-        <v>225</v>
+        <v>257</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="F55" t="s">
-        <v>227</v>
+        <v>258</v>
       </c>
       <c r="G55" t="s">
-        <v>228</v>
+        <v>182</v>
       </c>
       <c r="H55" t="s">
-        <v>229</v>
+        <v>259</v>
       </c>
       <c r="I55" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="J55" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>230</v>
+        <v>260</v>
       </c>
       <c r="C56" t="s">
-        <v>231</v>
+        <v>261</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="F56" t="s">
-        <v>232</v>
+        <v>262</v>
       </c>
       <c r="G56" t="s">
-        <v>233</v>
+        <v>263</v>
       </c>
       <c r="H56" t="s">
-        <v>234</v>
+        <v>264</v>
       </c>
       <c r="I56" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="J56" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>265</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="F57" t="s">
-        <v>237</v>
+        <v>266</v>
       </c>
       <c r="G57" t="s">
-        <v>205</v>
+        <v>267</v>
       </c>
       <c r="H57" t="s">
-        <v>238</v>
+        <v>268</v>
       </c>
       <c r="I57" t="s">
-        <v>38</v>
+        <v>176</v>
       </c>
       <c r="J57" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>239</v>
+        <v>269</v>
       </c>
       <c r="C58" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>226</v>
+        <v>270</v>
       </c>
       <c r="F58" t="s">
-        <v>241</v>
-[...5 lines deleted...]
-        <v>243</v>
+        <v>271</v>
       </c>
       <c r="I58" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="J58" t="s">
-        <v>92</v>
+        <v>272</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>244</v>
+        <v>273</v>
       </c>
       <c r="C59" t="s">
-        <v>245</v>
+        <v>274</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>226</v>
+        <v>270</v>
       </c>
       <c r="F59" t="s">
-        <v>246</v>
+        <v>275</v>
+      </c>
+      <c r="G59" t="s">
+        <v>249</v>
+      </c>
+      <c r="H59" t="s">
+        <v>276</v>
       </c>
       <c r="I59" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="J59" t="s">
-        <v>247</v>
+        <v>103</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>248</v>
+        <v>277</v>
       </c>
       <c r="C60" t="s">
-        <v>249</v>
+        <v>278</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>250</v>
+        <v>270</v>
       </c>
       <c r="F60" t="s">
-        <v>251</v>
+        <v>279</v>
       </c>
       <c r="G60" t="s">
-        <v>252</v>
+        <v>280</v>
       </c>
       <c r="H60" t="s">
-        <v>253</v>
+        <v>281</v>
       </c>
       <c r="I60" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="J60" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>254</v>
+        <v>282</v>
       </c>
       <c r="C61" t="s">
-        <v>255</v>
+        <v>283</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>250</v>
+        <v>270</v>
       </c>
       <c r="F61" t="s">
-        <v>256</v>
+        <v>284</v>
       </c>
       <c r="G61" t="s">
-        <v>233</v>
+        <v>285</v>
       </c>
       <c r="H61" t="s">
-        <v>257</v>
+        <v>286</v>
       </c>
       <c r="I61" t="s">
-        <v>49</v>
+        <v>176</v>
       </c>
       <c r="J61" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>258</v>
+        <v>287</v>
       </c>
       <c r="C62" t="s">
-        <v>259</v>
+        <v>288</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>250</v>
+        <v>270</v>
       </c>
       <c r="F62" t="s">
-        <v>260</v>
+        <v>289</v>
       </c>
       <c r="G62" t="s">
-        <v>261</v>
+        <v>290</v>
       </c>
       <c r="H62" t="s">
-        <v>262</v>
+        <v>291</v>
       </c>
       <c r="I62" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="J62" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>263</v>
+        <v>292</v>
       </c>
       <c r="C63" t="s">
-        <v>249</v>
+        <v>293</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>250</v>
+        <v>294</v>
       </c>
       <c r="F63" t="s">
-        <v>264</v>
+        <v>295</v>
       </c>
       <c r="G63" t="s">
-        <v>252</v>
+        <v>285</v>
       </c>
       <c r="H63" t="s">
-        <v>265</v>
+        <v>296</v>
       </c>
       <c r="I63" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="J63" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>266</v>
+        <v>297</v>
       </c>
       <c r="C64" t="s">
-        <v>267</v>
+        <v>298</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>250</v>
+        <v>294</v>
       </c>
       <c r="F64" t="s">
-        <v>268</v>
+        <v>299</v>
       </c>
       <c r="G64" t="s">
-        <v>233</v>
+        <v>285</v>
       </c>
       <c r="H64" t="s">
-        <v>269</v>
+        <v>300</v>
       </c>
       <c r="I64" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J64" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>270</v>
+        <v>301</v>
       </c>
       <c r="C65" t="s">
-        <v>271</v>
+        <v>302</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>250</v>
+        <v>294</v>
       </c>
       <c r="F65" t="s">
-        <v>272</v>
+        <v>303</v>
       </c>
       <c r="G65" t="s">
-        <v>233</v>
+        <v>304</v>
       </c>
       <c r="H65" t="s">
-        <v>273</v>
+        <v>305</v>
       </c>
       <c r="I65" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="J65" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>274</v>
+        <v>306</v>
       </c>
       <c r="C66" t="s">
-        <v>275</v>
+        <v>307</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>250</v>
+        <v>294</v>
       </c>
       <c r="F66" t="s">
-        <v>276</v>
+        <v>308</v>
       </c>
       <c r="G66" t="s">
-        <v>233</v>
+        <v>309</v>
       </c>
       <c r="H66" t="s">
-        <v>277</v>
+        <v>310</v>
       </c>
       <c r="I66" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="J66" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>278</v>
+        <v>311</v>
       </c>
       <c r="C67" t="s">
-        <v>279</v>
+        <v>312</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>250</v>
+        <v>294</v>
       </c>
       <c r="F67" t="s">
-        <v>280</v>
+        <v>313</v>
       </c>
       <c r="G67" t="s">
-        <v>233</v>
+        <v>285</v>
       </c>
       <c r="H67" t="s">
-        <v>281</v>
+        <v>314</v>
       </c>
       <c r="I67" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J67" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>270</v>
+        <v>315</v>
       </c>
       <c r="C68" t="s">
-        <v>282</v>
+        <v>316</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="F68" t="s">
-        <v>284</v>
+        <v>317</v>
       </c>
       <c r="G68" t="s">
         <v>285</v>
       </c>
       <c r="H68" t="s">
-        <v>286</v>
+        <v>318</v>
       </c>
       <c r="I68" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J68" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>287</v>
+        <v>319</v>
       </c>
       <c r="C69" t="s">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="F69" t="s">
-        <v>289</v>
+        <v>321</v>
       </c>
       <c r="G69" t="s">
-        <v>200</v>
+        <v>285</v>
       </c>
       <c r="H69" t="s">
-        <v>290</v>
+        <v>322</v>
       </c>
       <c r="I69" t="s">
-        <v>117</v>
+        <v>58</v>
       </c>
       <c r="J69" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>266</v>
+        <v>323</v>
       </c>
       <c r="C70" t="s">
-        <v>291</v>
+        <v>307</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="F70" t="s">
-        <v>292</v>
+        <v>324</v>
       </c>
       <c r="G70" t="s">
-        <v>233</v>
+        <v>309</v>
       </c>
       <c r="H70" t="s">
-        <v>293</v>
+        <v>325</v>
       </c>
       <c r="I70" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="J70" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>294</v>
+        <v>315</v>
       </c>
       <c r="C71" t="s">
-        <v>295</v>
+        <v>326</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>296</v>
+        <v>327</v>
       </c>
       <c r="F71" t="s">
-        <v>297</v>
+        <v>328</v>
       </c>
       <c r="G71" t="s">
-        <v>298</v>
+        <v>329</v>
       </c>
       <c r="H71" t="s">
-        <v>299</v>
+        <v>330</v>
       </c>
       <c r="I71" t="s">
-        <v>117</v>
+        <v>58</v>
       </c>
       <c r="J71" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>300</v>
+        <v>331</v>
       </c>
       <c r="C72" t="s">
-        <v>301</v>
+        <v>332</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>296</v>
+        <v>327</v>
       </c>
       <c r="F72" t="s">
-        <v>302</v>
+        <v>333</v>
+      </c>
+      <c r="G72" t="s">
+        <v>254</v>
+      </c>
+      <c r="H72" t="s">
+        <v>334</v>
       </c>
       <c r="I72" t="s">
-        <v>49</v>
+        <v>149</v>
       </c>
       <c r="J72" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>303</v>
+        <v>319</v>
       </c>
       <c r="C73" t="s">
-        <v>304</v>
+        <v>335</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>296</v>
+        <v>327</v>
       </c>
       <c r="F73" t="s">
-        <v>305</v>
+        <v>336</v>
+      </c>
+      <c r="G73" t="s">
+        <v>285</v>
+      </c>
+      <c r="H73" t="s">
+        <v>337</v>
       </c>
       <c r="I73" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J73" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>306</v>
+        <v>338</v>
       </c>
       <c r="C74" t="s">
-        <v>307</v>
+        <v>339</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>296</v>
+        <v>340</v>
       </c>
       <c r="F74" t="s">
-        <v>308</v>
+        <v>341</v>
       </c>
       <c r="G74" t="s">
-        <v>252</v>
+        <v>342</v>
       </c>
       <c r="H74" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
       <c r="I74" t="s">
-        <v>15</v>
+        <v>149</v>
       </c>
       <c r="J74" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>310</v>
+        <v>344</v>
       </c>
       <c r="C75" t="s">
-        <v>311</v>
+        <v>345</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>296</v>
+        <v>340</v>
       </c>
       <c r="F75" t="s">
-        <v>312</v>
+        <v>346</v>
       </c>
       <c r="I75" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J75" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>313</v>
+        <v>347</v>
       </c>
       <c r="C76" t="s">
-        <v>314</v>
+        <v>348</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>296</v>
+        <v>340</v>
       </c>
       <c r="F76" t="s">
-        <v>315</v>
+        <v>349</v>
       </c>
       <c r="G76" t="s">
-        <v>316</v>
+        <v>350</v>
       </c>
       <c r="H76" t="s">
-        <v>317</v>
+        <v>351</v>
       </c>
       <c r="I76" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="J76" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>318</v>
+        <v>352</v>
       </c>
       <c r="C77" t="s">
-        <v>319</v>
+        <v>353</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>296</v>
+        <v>340</v>
       </c>
       <c r="F77" t="s">
-        <v>320</v>
+        <v>354</v>
       </c>
       <c r="I77" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J77" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>321</v>
+        <v>355</v>
       </c>
       <c r="C78" t="s">
-        <v>322</v>
+        <v>356</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>296</v>
+        <v>340</v>
       </c>
       <c r="F78" t="s">
-        <v>323</v>
-[...5 lines deleted...]
-        <v>325</v>
+        <v>357</v>
       </c>
       <c r="I78" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="J78" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>326</v>
+        <v>358</v>
       </c>
       <c r="C79" t="s">
-        <v>327</v>
+        <v>359</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>296</v>
+        <v>340</v>
       </c>
       <c r="F79" t="s">
-        <v>328</v>
+        <v>360</v>
       </c>
       <c r="G79" t="s">
-        <v>329</v>
+        <v>225</v>
       </c>
       <c r="H79" t="s">
-        <v>330</v>
+        <v>361</v>
       </c>
       <c r="I79" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="J79" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>331</v>
+        <v>362</v>
       </c>
       <c r="C80" t="s">
-        <v>332</v>
+        <v>363</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>296</v>
+        <v>340</v>
       </c>
       <c r="F80" t="s">
-        <v>333</v>
+        <v>364</v>
       </c>
       <c r="G80" t="s">
-        <v>316</v>
+        <v>350</v>
       </c>
       <c r="H80" t="s">
-        <v>334</v>
+        <v>365</v>
       </c>
       <c r="I80" t="s">
-        <v>117</v>
+        <v>149</v>
       </c>
       <c r="J80" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>335</v>
+        <v>366</v>
       </c>
       <c r="C81" t="s">
-        <v>336</v>
+        <v>367</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>296</v>
+        <v>340</v>
       </c>
       <c r="F81" t="s">
-        <v>337</v>
+        <v>368</v>
       </c>
       <c r="G81" t="s">
-        <v>182</v>
+        <v>309</v>
       </c>
       <c r="H81" t="s">
-        <v>338</v>
+        <v>369</v>
       </c>
       <c r="I81" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="J81" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>339</v>
+        <v>370</v>
       </c>
       <c r="C82" t="s">
+        <v>371</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
         <v>340</v>
       </c>
-      <c r="D82" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>341</v>
+        <v>372</v>
       </c>
       <c r="G82" t="s">
-        <v>342</v>
+        <v>373</v>
       </c>
       <c r="H82" t="s">
-        <v>343</v>
+        <v>374</v>
       </c>
       <c r="I82" t="s">
-        <v>219</v>
+        <v>20</v>
       </c>
       <c r="J82" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>344</v>
+        <v>375</v>
       </c>
       <c r="C83" t="s">
-        <v>345</v>
+        <v>376</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>296</v>
+        <v>340</v>
       </c>
       <c r="F83" t="s">
-        <v>346</v>
+        <v>377</v>
       </c>
       <c r="G83" t="s">
-        <v>233</v>
+        <v>285</v>
       </c>
       <c r="H83" t="s">
-        <v>347</v>
+        <v>378</v>
       </c>
       <c r="I83" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J83" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>266</v>
+        <v>379</v>
       </c>
       <c r="C84" t="s">
-        <v>348</v>
+        <v>380</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="F84" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>351</v>
+        <v>381</v>
       </c>
       <c r="I84" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J84" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>352</v>
+        <v>382</v>
       </c>
       <c r="C85" t="s">
-        <v>353</v>
+        <v>383</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>354</v>
+        <v>340</v>
       </c>
       <c r="F85" t="s">
-        <v>355</v>
+        <v>384</v>
       </c>
       <c r="G85" t="s">
-        <v>233</v>
+        <v>385</v>
       </c>
       <c r="H85" t="s">
-        <v>356</v>
+        <v>386</v>
       </c>
       <c r="I85" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="J85" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>357</v>
+        <v>387</v>
       </c>
       <c r="C86" t="s">
-        <v>358</v>
+        <v>388</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86" t="s">
-        <v>354</v>
+        <v>340</v>
       </c>
       <c r="F86" t="s">
-        <v>359</v>
+        <v>389</v>
       </c>
       <c r="G86" t="s">
-        <v>360</v>
+        <v>390</v>
       </c>
       <c r="H86" t="s">
-        <v>361</v>
+        <v>391</v>
       </c>
       <c r="I86" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J86" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>362</v>
+        <v>319</v>
       </c>
       <c r="C87" t="s">
-        <v>363</v>
+        <v>392</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>354</v>
+        <v>393</v>
       </c>
       <c r="F87" t="s">
-        <v>364</v>
+        <v>394</v>
+      </c>
+      <c r="H87" t="s">
+        <v>395</v>
       </c>
       <c r="I87" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J87" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>365</v>
+        <v>396</v>
       </c>
       <c r="C88" t="s">
-        <v>366</v>
+        <v>397</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>354</v>
+        <v>398</v>
       </c>
       <c r="F88" t="s">
-        <v>367</v>
+        <v>399</v>
       </c>
       <c r="G88" t="s">
-        <v>360</v>
+        <v>400</v>
       </c>
       <c r="H88" t="s">
-        <v>368</v>
+        <v>401</v>
       </c>
       <c r="I88" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J88" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>369</v>
+        <v>402</v>
       </c>
       <c r="C89" t="s">
-        <v>370</v>
+        <v>403</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>354</v>
+        <v>398</v>
       </c>
       <c r="F89" t="s">
-        <v>371</v>
-[...5 lines deleted...]
-        <v>373</v>
+        <v>404</v>
       </c>
       <c r="I89" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J89" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>374</v>
+        <v>405</v>
       </c>
       <c r="C90" t="s">
-        <v>375</v>
+        <v>406</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>354</v>
+        <v>398</v>
       </c>
       <c r="F90" t="s">
-        <v>376</v>
+        <v>407</v>
+      </c>
+      <c r="G90" t="s">
+        <v>285</v>
+      </c>
+      <c r="H90" t="s">
+        <v>408</v>
       </c>
       <c r="I90" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="J90" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>377</v>
+        <v>409</v>
       </c>
       <c r="C91" t="s">
-        <v>378</v>
+        <v>410</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
       <c r="E91" t="s">
-        <v>354</v>
+        <v>398</v>
       </c>
       <c r="F91" t="s">
-        <v>379</v>
+        <v>411</v>
       </c>
       <c r="I91" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J91" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>380</v>
+        <v>412</v>
       </c>
       <c r="C92" t="s">
-        <v>381</v>
+        <v>413</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>354</v>
+        <v>398</v>
       </c>
       <c r="F92" t="s">
-        <v>382</v>
+        <v>414</v>
+      </c>
+      <c r="G92" t="s">
+        <v>415</v>
+      </c>
+      <c r="H92" t="s">
+        <v>416</v>
       </c>
       <c r="I92" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J92" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>383</v>
+        <v>417</v>
       </c>
       <c r="C93" t="s">
-        <v>384</v>
+        <v>418</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>354</v>
+        <v>398</v>
       </c>
       <c r="F93" t="s">
-        <v>385</v>
-[...5 lines deleted...]
-        <v>387</v>
+        <v>419</v>
       </c>
       <c r="I93" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J93" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>388</v>
+        <v>420</v>
       </c>
       <c r="C94" t="s">
-        <v>236</v>
+        <v>421</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="F94" t="s">
-        <v>390</v>
-[...5 lines deleted...]
-        <v>392</v>
+        <v>422</v>
       </c>
       <c r="I94" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="J94" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>393</v>
+        <v>423</v>
       </c>
       <c r="C95" t="s">
-        <v>394</v>
+        <v>424</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="F95" t="s">
-        <v>395</v>
+        <v>425</v>
       </c>
       <c r="G95" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="H95" t="s">
-        <v>397</v>
+        <v>426</v>
       </c>
       <c r="I95" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="J95" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>427</v>
+      </c>
+      <c r="C96" t="s">
+        <v>428</v>
+      </c>
+      <c r="D96" t="s">
+        <v>12</v>
+      </c>
+      <c r="E96" t="s">
         <v>398</v>
       </c>
-      <c r="C96" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F96" t="s">
-        <v>400</v>
+        <v>429</v>
       </c>
       <c r="G96" t="s">
-        <v>401</v>
+        <v>430</v>
       </c>
       <c r="H96" t="s">
-        <v>402</v>
+        <v>431</v>
       </c>
       <c r="I96" t="s">
-        <v>117</v>
+        <v>58</v>
       </c>
       <c r="J96" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>403</v>
+        <v>432</v>
       </c>
       <c r="C97" t="s">
-        <v>236</v>
+        <v>274</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>389</v>
+        <v>433</v>
       </c>
       <c r="F97" t="s">
-        <v>404</v>
+        <v>434</v>
       </c>
       <c r="G97" t="s">
-        <v>391</v>
+        <v>435</v>
       </c>
       <c r="H97" t="s">
-        <v>392</v>
+        <v>436</v>
       </c>
       <c r="I97" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="J97" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>405</v>
+        <v>437</v>
       </c>
       <c r="C98" t="s">
-        <v>406</v>
+        <v>274</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>407</v>
+        <v>433</v>
       </c>
       <c r="F98" t="s">
-        <v>408</v>
+        <v>438</v>
       </c>
       <c r="G98" t="s">
-        <v>409</v>
+        <v>435</v>
       </c>
       <c r="H98" t="s">
-        <v>410</v>
+        <v>436</v>
       </c>
       <c r="I98" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="J98" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>411</v>
+        <v>439</v>
       </c>
       <c r="C99" t="s">
-        <v>412</v>
+        <v>440</v>
       </c>
       <c r="D99" t="s">
         <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>407</v>
+        <v>433</v>
       </c>
       <c r="F99" t="s">
-        <v>413</v>
+        <v>441</v>
       </c>
       <c r="G99" t="s">
-        <v>414</v>
+        <v>442</v>
       </c>
       <c r="H99" t="s">
-        <v>415</v>
+        <v>443</v>
       </c>
       <c r="I99" t="s">
-        <v>38</v>
+        <v>149</v>
       </c>
       <c r="J99" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>416</v>
+        <v>444</v>
       </c>
       <c r="C100" t="s">
-        <v>417</v>
+        <v>445</v>
       </c>
       <c r="D100" t="s">
         <v>12</v>
       </c>
       <c r="E100" t="s">
-        <v>407</v>
+        <v>433</v>
       </c>
       <c r="F100" t="s">
-        <v>418</v>
+        <v>446</v>
       </c>
       <c r="G100" t="s">
-        <v>419</v>
+        <v>447</v>
       </c>
       <c r="H100" t="s">
-        <v>420</v>
+        <v>448</v>
       </c>
       <c r="I100" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="J100" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>421</v>
+        <v>449</v>
       </c>
       <c r="C101" t="s">
-        <v>422</v>
+        <v>450</v>
       </c>
       <c r="D101" t="s">
         <v>12</v>
       </c>
       <c r="E101" t="s">
-        <v>423</v>
+        <v>451</v>
       </c>
       <c r="F101" t="s">
-        <v>424</v>
+        <v>452</v>
       </c>
       <c r="G101" t="s">
-        <v>425</v>
+        <v>453</v>
       </c>
       <c r="H101" t="s">
-        <v>426</v>
+        <v>454</v>
       </c>
       <c r="I101" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="J101" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>427</v>
+        <v>455</v>
       </c>
       <c r="C102" t="s">
-        <v>428</v>
+        <v>456</v>
       </c>
       <c r="D102" t="s">
         <v>12</v>
       </c>
       <c r="E102" t="s">
-        <v>429</v>
+        <v>451</v>
       </c>
       <c r="F102" t="s">
-        <v>430</v>
+        <v>457</v>
       </c>
       <c r="G102" t="s">
-        <v>431</v>
+        <v>458</v>
       </c>
       <c r="H102" t="s">
-        <v>432</v>
+        <v>459</v>
       </c>
       <c r="I102" t="s">
-        <v>117</v>
+        <v>58</v>
       </c>
       <c r="J102" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>433</v>
+        <v>460</v>
       </c>
       <c r="C103" t="s">
-        <v>434</v>
+        <v>461</v>
       </c>
       <c r="D103" t="s">
         <v>12</v>
       </c>
       <c r="E103" t="s">
-        <v>429</v>
+        <v>451</v>
       </c>
       <c r="F103" t="s">
-        <v>435</v>
+        <v>462</v>
       </c>
       <c r="G103" t="s">
-        <v>436</v>
+        <v>463</v>
       </c>
       <c r="H103" t="s">
-        <v>437</v>
+        <v>464</v>
       </c>
       <c r="I103" t="s">
-        <v>110</v>
+        <v>58</v>
       </c>
       <c r="J103" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>438</v>
+        <v>465</v>
       </c>
       <c r="C104" t="s">
-        <v>439</v>
+        <v>466</v>
       </c>
       <c r="D104" t="s">
         <v>12</v>
       </c>
       <c r="E104" t="s">
-        <v>429</v>
+        <v>467</v>
       </c>
       <c r="F104" t="s">
-        <v>440</v>
+        <v>468</v>
       </c>
       <c r="G104" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="H104" t="s">
-        <v>442</v>
+        <v>470</v>
       </c>
       <c r="I104" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="J104" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>443</v>
+        <v>471</v>
       </c>
       <c r="C105" t="s">
-        <v>444</v>
+        <v>472</v>
       </c>
       <c r="D105" t="s">
         <v>12</v>
       </c>
       <c r="E105" t="s">
-        <v>429</v>
+        <v>473</v>
       </c>
       <c r="F105" t="s">
-        <v>445</v>
+        <v>474</v>
       </c>
       <c r="G105" t="s">
-        <v>446</v>
+        <v>475</v>
       </c>
       <c r="H105" t="s">
-        <v>447</v>
+        <v>476</v>
       </c>
       <c r="I105" t="s">
-        <v>97</v>
+        <v>154</v>
       </c>
       <c r="J105" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>448</v>
+        <v>236</v>
       </c>
       <c r="C106" t="s">
-        <v>449</v>
+        <v>477</v>
       </c>
       <c r="D106" t="s">
         <v>12</v>
       </c>
       <c r="E106" t="s">
-        <v>429</v>
+        <v>473</v>
       </c>
       <c r="F106" t="s">
-        <v>450</v>
+        <v>478</v>
       </c>
       <c r="G106" t="s">
-        <v>425</v>
+        <v>469</v>
       </c>
       <c r="H106" t="s">
-        <v>451</v>
+        <v>479</v>
       </c>
       <c r="I106" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="J106" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>452</v>
+        <v>480</v>
       </c>
       <c r="C107" t="s">
-        <v>453</v>
+        <v>481</v>
       </c>
       <c r="D107" t="s">
         <v>12</v>
       </c>
       <c r="E107" t="s">
-        <v>429</v>
+        <v>473</v>
       </c>
       <c r="F107" t="s">
-        <v>454</v>
+        <v>482</v>
       </c>
       <c r="G107" t="s">
-        <v>455</v>
+        <v>483</v>
       </c>
       <c r="H107" t="s">
-        <v>456</v>
+        <v>484</v>
       </c>
       <c r="I107" t="s">
-        <v>457</v>
+        <v>149</v>
       </c>
       <c r="J107" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>458</v>
+        <v>485</v>
       </c>
       <c r="C108" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D108" t="s">
         <v>12</v>
       </c>
       <c r="E108" t="s">
-        <v>429</v>
+        <v>473</v>
       </c>
       <c r="F108" t="s">
-        <v>460</v>
-[...5 lines deleted...]
-        <v>461</v>
+        <v>486</v>
       </c>
       <c r="I108" t="s">
-        <v>462</v>
+        <v>58</v>
       </c>
       <c r="J108" t="s">
-        <v>92</v>
+        <v>272</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>463</v>
+        <v>487</v>
       </c>
       <c r="C109" t="s">
-        <v>464</v>
+        <v>488</v>
       </c>
       <c r="D109" t="s">
         <v>12</v>
       </c>
       <c r="E109" t="s">
-        <v>429</v>
+        <v>473</v>
       </c>
       <c r="F109" t="s">
-        <v>465</v>
+        <v>489</v>
       </c>
       <c r="G109" t="s">
-        <v>466</v>
+        <v>490</v>
       </c>
       <c r="H109" t="s">
-        <v>467</v>
+        <v>491</v>
       </c>
       <c r="I109" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="J109" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>468</v>
+        <v>492</v>
       </c>
       <c r="C110" t="s">
-        <v>417</v>
+        <v>493</v>
       </c>
       <c r="D110" t="s">
         <v>12</v>
       </c>
       <c r="E110" t="s">
-        <v>429</v>
+        <v>473</v>
       </c>
       <c r="F110" t="s">
+        <v>494</v>
+      </c>
+      <c r="G110" t="s">
         <v>469</v>
       </c>
+      <c r="H110" t="s">
+        <v>495</v>
+      </c>
       <c r="I110" t="s">
-        <v>49</v>
+        <v>496</v>
       </c>
       <c r="J110" t="s">
-        <v>247</v>
+        <v>103</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>470</v>
+        <v>497</v>
       </c>
       <c r="C111" t="s">
-        <v>471</v>
+        <v>498</v>
       </c>
       <c r="D111" t="s">
         <v>12</v>
       </c>
       <c r="E111" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F111" t="s">
-        <v>473</v>
+        <v>499</v>
+      </c>
+      <c r="G111" t="s">
+        <v>500</v>
+      </c>
+      <c r="H111" t="s">
+        <v>501</v>
       </c>
       <c r="I111" t="s">
-        <v>146</v>
+        <v>58</v>
       </c>
       <c r="J111" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>474</v>
+        <v>502</v>
       </c>
       <c r="C112" t="s">
-        <v>475</v>
+        <v>503</v>
       </c>
       <c r="D112" t="s">
         <v>12</v>
       </c>
       <c r="E112" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F112" t="s">
-        <v>476</v>
+        <v>504</v>
       </c>
       <c r="G112" t="s">
-        <v>466</v>
+        <v>505</v>
       </c>
       <c r="H112" t="s">
-        <v>477</v>
+        <v>506</v>
       </c>
       <c r="I112" t="s">
-        <v>478</v>
+        <v>116</v>
       </c>
       <c r="J112" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>479</v>
+        <v>507</v>
       </c>
       <c r="C113" t="s">
-        <v>480</v>
+        <v>508</v>
       </c>
       <c r="D113" t="s">
         <v>12</v>
       </c>
       <c r="E113" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F113" t="s">
-        <v>481</v>
+        <v>509</v>
       </c>
       <c r="G113" t="s">
-        <v>431</v>
+        <v>510</v>
       </c>
       <c r="H113" t="s">
-        <v>482</v>
+        <v>511</v>
       </c>
       <c r="I113" t="s">
-        <v>478</v>
+        <v>512</v>
       </c>
       <c r="J113" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>479</v>
+        <v>513</v>
       </c>
       <c r="C114" t="s">
-        <v>480</v>
+        <v>514</v>
       </c>
       <c r="D114" t="s">
         <v>12</v>
       </c>
       <c r="E114" t="s">
-        <v>472</v>
+        <v>515</v>
       </c>
       <c r="F114" t="s">
+        <v>516</v>
+      </c>
+      <c r="G114" t="s">
         <v>483</v>
       </c>
-      <c r="G114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H114" t="s">
-        <v>485</v>
+        <v>517</v>
       </c>
       <c r="I114" t="s">
-        <v>478</v>
+        <v>518</v>
       </c>
       <c r="J114" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>486</v>
+        <v>519</v>
       </c>
       <c r="C115" t="s">
-        <v>487</v>
+        <v>520</v>
       </c>
       <c r="D115" t="s">
         <v>12</v>
       </c>
       <c r="E115" t="s">
-        <v>472</v>
+        <v>515</v>
       </c>
       <c r="F115" t="s">
-        <v>488</v>
-[...5 lines deleted...]
-        <v>490</v>
+        <v>521</v>
       </c>
       <c r="I115" t="s">
-        <v>15</v>
+        <v>176</v>
       </c>
       <c r="J115" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>491</v>
+        <v>522</v>
       </c>
       <c r="C116" t="s">
-        <v>492</v>
+        <v>523</v>
       </c>
       <c r="D116" t="s">
         <v>12</v>
       </c>
       <c r="E116" t="s">
-        <v>472</v>
+        <v>515</v>
       </c>
       <c r="F116" t="s">
-        <v>493</v>
+        <v>524</v>
       </c>
       <c r="G116" t="s">
-        <v>494</v>
+        <v>525</v>
       </c>
       <c r="H116" t="s">
-        <v>495</v>
+        <v>526</v>
       </c>
       <c r="I116" t="s">
-        <v>478</v>
+        <v>29</v>
       </c>
       <c r="J116" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>496</v>
+        <v>513</v>
       </c>
       <c r="C117" t="s">
-        <v>497</v>
+        <v>514</v>
       </c>
       <c r="D117" t="s">
         <v>12</v>
       </c>
       <c r="E117" t="s">
-        <v>498</v>
+        <v>515</v>
       </c>
       <c r="F117" t="s">
-        <v>499</v>
+        <v>527</v>
       </c>
       <c r="G117" t="s">
-        <v>500</v>
+        <v>528</v>
       </c>
       <c r="H117" t="s">
-        <v>501</v>
+        <v>529</v>
       </c>
       <c r="I117" t="s">
-        <v>102</v>
+        <v>518</v>
       </c>
       <c r="J117" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>502</v>
+        <v>530</v>
       </c>
       <c r="C118" t="s">
-        <v>503</v>
+        <v>531</v>
       </c>
       <c r="D118" t="s">
         <v>12</v>
       </c>
       <c r="E118" t="s">
-        <v>504</v>
+        <v>515</v>
       </c>
       <c r="F118" t="s">
-        <v>505</v>
+        <v>532</v>
       </c>
       <c r="G118" t="s">
-        <v>506</v>
+        <v>490</v>
       </c>
       <c r="H118" t="s">
-        <v>507</v>
+        <v>533</v>
       </c>
       <c r="I118" t="s">
-        <v>478</v>
+        <v>518</v>
       </c>
       <c r="J118" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>508</v>
+        <v>534</v>
       </c>
       <c r="C119" t="s">
-        <v>509</v>
+        <v>535</v>
       </c>
       <c r="D119" t="s">
         <v>12</v>
       </c>
       <c r="E119" t="s">
-        <v>504</v>
+        <v>515</v>
       </c>
       <c r="F119" t="s">
-        <v>510</v>
+        <v>536</v>
+      </c>
+      <c r="G119" t="s">
+        <v>537</v>
+      </c>
+      <c r="H119" t="s">
+        <v>538</v>
       </c>
       <c r="I119" t="s">
-        <v>164</v>
+        <v>518</v>
       </c>
       <c r="J119" t="s">
-        <v>247</v>
+        <v>103</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>511</v>
+        <v>539</v>
       </c>
       <c r="C120" t="s">
-        <v>512</v>
+        <v>540</v>
       </c>
       <c r="D120" t="s">
         <v>12</v>
       </c>
       <c r="E120" t="s">
-        <v>513</v>
+        <v>541</v>
       </c>
       <c r="F120" t="s">
-        <v>514</v>
+        <v>542</v>
       </c>
       <c r="G120" t="s">
-        <v>515</v>
+        <v>543</v>
       </c>
       <c r="H120" t="s">
-        <v>516</v>
+        <v>544</v>
       </c>
       <c r="I120" t="s">
-        <v>164</v>
+        <v>123</v>
       </c>
       <c r="J120" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>517</v>
+        <v>545</v>
       </c>
       <c r="C121" t="s">
+        <v>546</v>
+      </c>
+      <c r="D121" t="s">
+        <v>12</v>
+      </c>
+      <c r="E121" t="s">
+        <v>547</v>
+      </c>
+      <c r="F121" t="s">
+        <v>548</v>
+      </c>
+      <c r="G121" t="s">
+        <v>549</v>
+      </c>
+      <c r="H121" t="s">
+        <v>550</v>
+      </c>
+      <c r="I121" t="s">
         <v>518</v>
       </c>
-      <c r="D121" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J121" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>522</v>
+        <v>551</v>
       </c>
       <c r="C122" t="s">
-        <v>523</v>
+        <v>552</v>
       </c>
       <c r="D122" t="s">
         <v>12</v>
       </c>
       <c r="E122" t="s">
-        <v>513</v>
+        <v>547</v>
       </c>
       <c r="F122" t="s">
-        <v>524</v>
-[...5 lines deleted...]
-        <v>526</v>
+        <v>553</v>
       </c>
       <c r="I122" t="s">
-        <v>462</v>
+        <v>15</v>
       </c>
       <c r="J122" t="s">
-        <v>92</v>
+        <v>272</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>527</v>
+        <v>513</v>
       </c>
       <c r="C123" t="s">
-        <v>480</v>
+        <v>514</v>
       </c>
       <c r="D123" t="s">
         <v>12</v>
       </c>
       <c r="E123" t="s">
-        <v>513</v>
+        <v>554</v>
       </c>
       <c r="F123" t="s">
+        <v>555</v>
+      </c>
+      <c r="G123" t="s">
         <v>528</v>
       </c>
+      <c r="H123" t="s">
+        <v>556</v>
+      </c>
       <c r="I123" t="s">
-        <v>478</v>
+        <v>518</v>
       </c>
       <c r="J123" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>529</v>
+        <v>557</v>
       </c>
       <c r="C124" t="s">
-        <v>530</v>
+        <v>558</v>
       </c>
       <c r="D124" t="s">
         <v>12</v>
       </c>
       <c r="E124" t="s">
-        <v>513</v>
+        <v>554</v>
       </c>
       <c r="F124" t="s">
-        <v>531</v>
+        <v>559</v>
       </c>
       <c r="G124" t="s">
-        <v>494</v>
+        <v>560</v>
       </c>
       <c r="H124" t="s">
-        <v>532</v>
+        <v>561</v>
       </c>
       <c r="I124" t="s">
-        <v>478</v>
+        <v>123</v>
       </c>
       <c r="J124" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>533</v>
+        <v>562</v>
       </c>
       <c r="C125" t="s">
-        <v>534</v>
+        <v>563</v>
       </c>
       <c r="D125" t="s">
         <v>12</v>
       </c>
       <c r="E125" t="s">
-        <v>513</v>
+        <v>554</v>
       </c>
       <c r="F125" t="s">
-        <v>535</v>
+        <v>564</v>
       </c>
       <c r="G125" t="s">
-        <v>520</v>
+        <v>565</v>
       </c>
       <c r="H125" t="s">
-        <v>536</v>
+        <v>566</v>
       </c>
       <c r="I125" t="s">
-        <v>478</v>
+        <v>496</v>
       </c>
       <c r="J125" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>479</v>
+        <v>567</v>
       </c>
       <c r="C126" t="s">
-        <v>480</v>
+        <v>568</v>
       </c>
       <c r="D126" t="s">
         <v>12</v>
       </c>
       <c r="E126" t="s">
-        <v>513</v>
+        <v>554</v>
       </c>
       <c r="F126" t="s">
-        <v>537</v>
+        <v>569</v>
       </c>
       <c r="G126" t="s">
-        <v>484</v>
+        <v>560</v>
       </c>
       <c r="H126" t="s">
-        <v>538</v>
+        <v>570</v>
       </c>
       <c r="I126" t="s">
-        <v>478</v>
+        <v>518</v>
       </c>
       <c r="J126" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>539</v>
+        <v>571</v>
       </c>
       <c r="C127" t="s">
-        <v>540</v>
+        <v>572</v>
       </c>
       <c r="D127" t="s">
         <v>12</v>
       </c>
       <c r="E127" t="s">
-        <v>541</v>
+        <v>554</v>
       </c>
       <c r="F127" t="s">
-        <v>542</v>
+        <v>573</v>
       </c>
       <c r="G127" t="s">
-        <v>455</v>
+        <v>574</v>
       </c>
       <c r="H127" t="s">
-        <v>543</v>
+        <v>575</v>
       </c>
       <c r="I127" t="s">
-        <v>102</v>
+        <v>15</v>
       </c>
       <c r="J127" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>544</v>
+        <v>576</v>
       </c>
       <c r="C128" t="s">
-        <v>545</v>
+        <v>577</v>
       </c>
       <c r="D128" t="s">
         <v>12</v>
       </c>
       <c r="E128" t="s">
-        <v>541</v>
+        <v>554</v>
       </c>
       <c r="F128" t="s">
-        <v>546</v>
+        <v>578</v>
       </c>
       <c r="G128" t="s">
-        <v>520</v>
+        <v>537</v>
       </c>
       <c r="H128" t="s">
-        <v>547</v>
+        <v>579</v>
       </c>
       <c r="I128" t="s">
-        <v>15</v>
+        <v>518</v>
       </c>
       <c r="J128" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>548</v>
+        <v>580</v>
       </c>
       <c r="C129" t="s">
-        <v>549</v>
+        <v>514</v>
       </c>
       <c r="D129" t="s">
         <v>12</v>
       </c>
       <c r="E129" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="F129" t="s">
-        <v>551</v>
-[...5 lines deleted...]
-        <v>552</v>
+        <v>581</v>
       </c>
       <c r="I129" t="s">
-        <v>15</v>
+        <v>518</v>
       </c>
       <c r="J129" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>553</v>
+        <v>582</v>
       </c>
       <c r="C130" t="s">
-        <v>554</v>
+        <v>583</v>
       </c>
       <c r="D130" t="s">
         <v>12</v>
       </c>
       <c r="E130" t="s">
-        <v>550</v>
+        <v>584</v>
       </c>
       <c r="F130" t="s">
-        <v>555</v>
+        <v>585</v>
       </c>
       <c r="G130" t="s">
-        <v>431</v>
+        <v>560</v>
       </c>
       <c r="H130" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="I130" t="s">
-        <v>457</v>
+        <v>29</v>
       </c>
       <c r="J130" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>557</v>
+        <v>587</v>
       </c>
       <c r="C131" t="s">
-        <v>558</v>
+        <v>588</v>
       </c>
       <c r="D131" t="s">
         <v>12</v>
       </c>
       <c r="E131" t="s">
-        <v>559</v>
+        <v>584</v>
       </c>
       <c r="F131" t="s">
-        <v>560</v>
+        <v>589</v>
       </c>
       <c r="G131" t="s">
-        <v>446</v>
+        <v>510</v>
       </c>
       <c r="H131" t="s">
-        <v>561</v>
+        <v>590</v>
       </c>
       <c r="I131" t="s">
-        <v>562</v>
+        <v>123</v>
       </c>
       <c r="J131" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>563</v>
+        <v>591</v>
       </c>
       <c r="C132" t="s">
-        <v>564</v>
+        <v>592</v>
       </c>
       <c r="D132" t="s">
         <v>12</v>
       </c>
       <c r="E132" t="s">
-        <v>565</v>
+        <v>593</v>
       </c>
       <c r="F132" t="s">
-        <v>566</v>
+        <v>594</v>
       </c>
       <c r="G132" t="s">
-        <v>567</v>
+        <v>483</v>
       </c>
       <c r="H132" t="s">
-        <v>568</v>
+        <v>595</v>
       </c>
       <c r="I132" t="s">
-        <v>15</v>
+        <v>512</v>
       </c>
       <c r="J132" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>569</v>
+        <v>596</v>
       </c>
       <c r="C133" t="s">
-        <v>570</v>
+        <v>597</v>
       </c>
       <c r="D133" t="s">
         <v>12</v>
       </c>
       <c r="E133" t="s">
-        <v>565</v>
+        <v>593</v>
       </c>
       <c r="F133" t="s">
-        <v>571</v>
+        <v>598</v>
       </c>
       <c r="G133" t="s">
-        <v>572</v>
+        <v>560</v>
       </c>
       <c r="H133" t="s">
-        <v>573</v>
+        <v>599</v>
       </c>
       <c r="I133" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="J133" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>569</v>
+        <v>600</v>
       </c>
       <c r="C134" t="s">
-        <v>574</v>
+        <v>601</v>
       </c>
       <c r="D134" t="s">
         <v>12</v>
       </c>
       <c r="E134" t="s">
-        <v>565</v>
+        <v>602</v>
       </c>
       <c r="F134" t="s">
-        <v>575</v>
+        <v>603</v>
       </c>
       <c r="G134" t="s">
-        <v>525</v>
+        <v>505</v>
       </c>
       <c r="H134" t="s">
-        <v>576</v>
+        <v>604</v>
       </c>
       <c r="I134" t="s">
-        <v>15</v>
+        <v>605</v>
       </c>
       <c r="J134" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>569</v>
+        <v>606</v>
       </c>
       <c r="C135" t="s">
-        <v>577</v>
+        <v>607</v>
       </c>
       <c r="D135" t="s">
         <v>12</v>
       </c>
       <c r="E135" t="s">
-        <v>578</v>
+        <v>608</v>
       </c>
       <c r="F135" t="s">
-        <v>579</v>
+        <v>609</v>
       </c>
       <c r="G135" t="s">
-        <v>580</v>
+        <v>610</v>
       </c>
       <c r="H135" t="s">
-        <v>581</v>
+        <v>611</v>
       </c>
       <c r="I135" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="J135" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>582</v>
+        <v>612</v>
       </c>
       <c r="C136" t="s">
-        <v>583</v>
+        <v>613</v>
       </c>
       <c r="D136" t="s">
         <v>12</v>
       </c>
       <c r="E136" t="s">
-        <v>578</v>
+        <v>608</v>
       </c>
       <c r="F136" t="s">
-        <v>584</v>
+        <v>614</v>
       </c>
       <c r="G136" t="s">
-        <v>494</v>
+        <v>615</v>
       </c>
       <c r="H136" t="s">
-        <v>585</v>
+        <v>616</v>
       </c>
       <c r="I136" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="J136" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>586</v>
+        <v>606</v>
       </c>
       <c r="C137" t="s">
-        <v>587</v>
+        <v>617</v>
       </c>
       <c r="D137" t="s">
         <v>12</v>
       </c>
       <c r="E137" t="s">
-        <v>578</v>
+        <v>608</v>
       </c>
       <c r="F137" t="s">
-        <v>588</v>
+        <v>618</v>
       </c>
       <c r="G137" t="s">
-        <v>589</v>
+        <v>565</v>
       </c>
       <c r="H137" t="s">
-        <v>590</v>
+        <v>619</v>
       </c>
       <c r="I137" t="s">
-        <v>117</v>
+        <v>29</v>
       </c>
       <c r="J137" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>591</v>
+        <v>620</v>
       </c>
       <c r="C138" t="s">
-        <v>592</v>
+        <v>621</v>
       </c>
       <c r="D138" t="s">
         <v>12</v>
       </c>
       <c r="E138" t="s">
-        <v>593</v>
+        <v>622</v>
       </c>
       <c r="F138" t="s">
-        <v>594</v>
+        <v>623</v>
       </c>
       <c r="G138" t="s">
-        <v>90</v>
+        <v>624</v>
       </c>
       <c r="H138" t="s">
-        <v>595</v>
+        <v>625</v>
       </c>
       <c r="I138" t="s">
-        <v>117</v>
+        <v>149</v>
       </c>
       <c r="J138" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="C139" t="s">
-        <v>597</v>
+        <v>626</v>
       </c>
       <c r="D139" t="s">
-        <v>598</v>
+        <v>12</v>
       </c>
       <c r="E139" t="s">
-        <v>599</v>
+        <v>622</v>
       </c>
       <c r="F139" t="s">
-        <v>600</v>
+        <v>627</v>
       </c>
       <c r="G139" t="s">
-        <v>593</v>
+        <v>628</v>
       </c>
       <c r="H139" t="s">
-        <v>601</v>
+        <v>629</v>
       </c>
       <c r="I139" t="s">
-        <v>602</v>
+        <v>29</v>
       </c>
       <c r="J139" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>603</v>
+        <v>630</v>
       </c>
       <c r="C140" t="s">
-        <v>604</v>
+        <v>631</v>
       </c>
       <c r="D140" t="s">
-        <v>605</v>
+        <v>12</v>
       </c>
       <c r="E140" t="s">
-        <v>606</v>
+        <v>622</v>
       </c>
       <c r="F140" t="s">
-        <v>607</v>
+        <v>632</v>
       </c>
       <c r="G140" t="s">
-        <v>608</v>
+        <v>537</v>
       </c>
       <c r="H140" t="s">
-        <v>609</v>
+        <v>633</v>
       </c>
       <c r="I140" t="s">
-        <v>610</v>
+        <v>29</v>
       </c>
       <c r="J140" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>611</v>
+        <v>634</v>
       </c>
       <c r="C141" t="s">
-        <v>612</v>
+        <v>635</v>
       </c>
       <c r="D141" t="s">
-        <v>605</v>
+        <v>12</v>
       </c>
       <c r="E141" t="s">
-        <v>613</v>
+        <v>636</v>
       </c>
       <c r="F141" t="s">
-        <v>614</v>
+        <v>637</v>
       </c>
       <c r="G141" t="s">
-        <v>615</v>
+        <v>106</v>
       </c>
       <c r="H141" t="s">
-        <v>616</v>
+        <v>638</v>
       </c>
       <c r="I141" t="s">
-        <v>617</v>
+        <v>149</v>
       </c>
       <c r="J141" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>618</v>
+        <v>639</v>
       </c>
       <c r="C142" t="s">
-        <v>619</v>
+        <v>640</v>
       </c>
       <c r="D142" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="E142" t="s">
-        <v>620</v>
+        <v>642</v>
       </c>
       <c r="F142" t="s">
-        <v>621</v>
+        <v>643</v>
       </c>
       <c r="G142" t="s">
-        <v>622</v>
+        <v>636</v>
       </c>
       <c r="H142" t="s">
-        <v>623</v>
+        <v>644</v>
       </c>
       <c r="I142" t="s">
-        <v>624</v>
+        <v>645</v>
       </c>
       <c r="J142" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>625</v>
+        <v>646</v>
       </c>
       <c r="C143" t="s">
-        <v>626</v>
+        <v>647</v>
       </c>
       <c r="D143" t="s">
-        <v>598</v>
+        <v>648</v>
       </c>
       <c r="E143" t="s">
-        <v>627</v>
+        <v>649</v>
       </c>
       <c r="F143" t="s">
-        <v>628</v>
+        <v>650</v>
       </c>
       <c r="G143" t="s">
-        <v>629</v>
+        <v>651</v>
       </c>
       <c r="H143" t="s">
-        <v>630</v>
+        <v>652</v>
       </c>
       <c r="I143" t="s">
-        <v>624</v>
+        <v>653</v>
       </c>
       <c r="J143" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>631</v>
+        <v>654</v>
       </c>
       <c r="C144" t="s">
-        <v>632</v>
+        <v>655</v>
       </c>
       <c r="D144" t="s">
-        <v>605</v>
+        <v>648</v>
       </c>
       <c r="E144" t="s">
-        <v>633</v>
+        <v>656</v>
       </c>
       <c r="F144" t="s">
-        <v>634</v>
+        <v>657</v>
       </c>
       <c r="G144" t="s">
-        <v>635</v>
+        <v>658</v>
       </c>
       <c r="H144" t="s">
-        <v>636</v>
+        <v>659</v>
       </c>
       <c r="I144" t="s">
-        <v>637</v>
+        <v>660</v>
       </c>
       <c r="J144" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>638</v>
+        <v>661</v>
       </c>
       <c r="C145" t="s">
-        <v>639</v>
+        <v>662</v>
       </c>
       <c r="D145" t="s">
-        <v>605</v>
+        <v>641</v>
       </c>
       <c r="E145" t="s">
-        <v>640</v>
+        <v>663</v>
       </c>
       <c r="F145" t="s">
-        <v>641</v>
+        <v>664</v>
+      </c>
+      <c r="G145" t="s">
+        <v>665</v>
+      </c>
+      <c r="H145" t="s">
+        <v>666</v>
       </c>
       <c r="I145" t="s">
-        <v>642</v>
+        <v>667</v>
       </c>
       <c r="J145" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>643</v>
+        <v>668</v>
       </c>
       <c r="C146" t="s">
-        <v>644</v>
+        <v>669</v>
       </c>
       <c r="D146" t="s">
-        <v>605</v>
+        <v>641</v>
       </c>
       <c r="E146" t="s">
-        <v>640</v>
+        <v>670</v>
       </c>
       <c r="F146" t="s">
-        <v>645</v>
+        <v>671</v>
+      </c>
+      <c r="G146" t="s">
+        <v>672</v>
+      </c>
+      <c r="H146" t="s">
+        <v>673</v>
       </c>
       <c r="I146" t="s">
-        <v>642</v>
+        <v>667</v>
       </c>
       <c r="J146" t="s">
-        <v>16</v>
+        <v>103</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>569</v>
+        <v>674</v>
       </c>
       <c r="C147" t="s">
-        <v>646</v>
+        <v>675</v>
       </c>
       <c r="D147" t="s">
-        <v>605</v>
+        <v>648</v>
       </c>
       <c r="E147" t="s">
-        <v>647</v>
+        <v>676</v>
       </c>
       <c r="F147" t="s">
-        <v>648</v>
+        <v>677</v>
       </c>
       <c r="G147" t="s">
-        <v>649</v>
+        <v>678</v>
       </c>
       <c r="H147" t="s">
-        <v>650</v>
+        <v>679</v>
       </c>
       <c r="I147" t="s">
-        <v>637</v>
+        <v>680</v>
       </c>
       <c r="J147" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>651</v>
+        <v>681</v>
       </c>
       <c r="C148" t="s">
-        <v>652</v>
+        <v>682</v>
       </c>
       <c r="D148" t="s">
-        <v>605</v>
+        <v>648</v>
       </c>
       <c r="E148" t="s">
-        <v>653</v>
+        <v>683</v>
       </c>
       <c r="F148" t="s">
-        <v>654</v>
-[...5 lines deleted...]
-        <v>656</v>
+        <v>684</v>
       </c>
       <c r="I148" t="s">
-        <v>657</v>
+        <v>685</v>
       </c>
       <c r="J148" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>658</v>
+        <v>686</v>
       </c>
       <c r="C149" t="s">
-        <v>659</v>
+        <v>687</v>
       </c>
       <c r="D149" t="s">
-        <v>605</v>
+        <v>648</v>
       </c>
       <c r="E149" t="s">
-        <v>660</v>
+        <v>683</v>
       </c>
       <c r="F149" t="s">
-        <v>661</v>
-[...5 lines deleted...]
-        <v>663</v>
+        <v>688</v>
       </c>
       <c r="I149" t="s">
-        <v>664</v>
+        <v>685</v>
       </c>
       <c r="J149" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>665</v>
+        <v>606</v>
       </c>
       <c r="C150" t="s">
-        <v>666</v>
+        <v>689</v>
       </c>
       <c r="D150" t="s">
-        <v>667</v>
+        <v>648</v>
       </c>
       <c r="E150" t="s">
-        <v>668</v>
+        <v>690</v>
       </c>
       <c r="F150" t="s">
-        <v>669</v>
+        <v>691</v>
       </c>
       <c r="G150" t="s">
-        <v>670</v>
+        <v>692</v>
       </c>
       <c r="H150" t="s">
-        <v>671</v>
+        <v>693</v>
       </c>
       <c r="I150" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
       <c r="J150" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>673</v>
+        <v>694</v>
       </c>
       <c r="C151" t="s">
-        <v>674</v>
+        <v>695</v>
       </c>
       <c r="D151" t="s">
-        <v>667</v>
+        <v>648</v>
       </c>
       <c r="E151" t="s">
-        <v>675</v>
+        <v>696</v>
       </c>
       <c r="F151" t="s">
-        <v>676</v>
+        <v>697</v>
       </c>
       <c r="G151" t="s">
-        <v>677</v>
+        <v>698</v>
       </c>
       <c r="H151" t="s">
-        <v>678</v>
+        <v>699</v>
       </c>
       <c r="I151" t="s">
-        <v>679</v>
+        <v>700</v>
       </c>
       <c r="J151" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>680</v>
+        <v>701</v>
       </c>
       <c r="C152" t="s">
-        <v>681</v>
+        <v>702</v>
       </c>
       <c r="D152" t="s">
-        <v>598</v>
+        <v>648</v>
       </c>
       <c r="E152" t="s">
-        <v>682</v>
+        <v>703</v>
       </c>
       <c r="F152" t="s">
-        <v>683</v>
+        <v>704</v>
       </c>
       <c r="G152" t="s">
-        <v>684</v>
+        <v>705</v>
       </c>
       <c r="H152" t="s">
-        <v>685</v>
+        <v>706</v>
       </c>
       <c r="I152" t="s">
-        <v>686</v>
+        <v>707</v>
       </c>
       <c r="J152" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>687</v>
+        <v>708</v>
       </c>
       <c r="C153" t="s">
-        <v>688</v>
+        <v>709</v>
       </c>
       <c r="D153" t="s">
-        <v>598</v>
+        <v>710</v>
       </c>
       <c r="E153" t="s">
-        <v>682</v>
+        <v>711</v>
       </c>
       <c r="F153" t="s">
-        <v>689</v>
+        <v>712</v>
       </c>
       <c r="G153" t="s">
-        <v>690</v>
+        <v>713</v>
       </c>
       <c r="H153" t="s">
-        <v>691</v>
+        <v>714</v>
       </c>
       <c r="I153" t="s">
-        <v>692</v>
+        <v>715</v>
       </c>
       <c r="J153" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>693</v>
+        <v>716</v>
       </c>
       <c r="C154" t="s">
-        <v>681</v>
+        <v>717</v>
       </c>
       <c r="D154" t="s">
-        <v>598</v>
+        <v>710</v>
       </c>
       <c r="E154" t="s">
-        <v>682</v>
+        <v>718</v>
       </c>
       <c r="F154" t="s">
-        <v>694</v>
+        <v>719</v>
       </c>
       <c r="G154" t="s">
-        <v>684</v>
+        <v>720</v>
       </c>
       <c r="H154" t="s">
-        <v>695</v>
+        <v>721</v>
       </c>
       <c r="I154" t="s">
-        <v>696</v>
+        <v>722</v>
       </c>
       <c r="J154" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>697</v>
+        <v>723</v>
       </c>
       <c r="C155" t="s">
-        <v>698</v>
+        <v>724</v>
       </c>
       <c r="D155" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="E155" t="s">
-        <v>699</v>
+        <v>725</v>
       </c>
       <c r="F155" t="s">
-        <v>700</v>
+        <v>726</v>
       </c>
       <c r="G155" t="s">
-        <v>690</v>
+        <v>727</v>
       </c>
       <c r="H155" t="s">
-        <v>701</v>
+        <v>728</v>
       </c>
       <c r="I155" t="s">
-        <v>692</v>
+        <v>729</v>
       </c>
       <c r="J155" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>702</v>
+        <v>730</v>
       </c>
       <c r="C156" t="s">
-        <v>703</v>
+        <v>731</v>
       </c>
       <c r="D156" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="E156" t="s">
-        <v>699</v>
+        <v>725</v>
       </c>
       <c r="F156" t="s">
-        <v>704</v>
+        <v>732</v>
       </c>
       <c r="G156" t="s">
-        <v>705</v>
+        <v>733</v>
       </c>
       <c r="H156" t="s">
-        <v>706</v>
+        <v>734</v>
       </c>
       <c r="I156" t="s">
-        <v>692</v>
+        <v>735</v>
       </c>
       <c r="J156" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>707</v>
+        <v>736</v>
       </c>
       <c r="C157" t="s">
-        <v>708</v>
+        <v>724</v>
       </c>
       <c r="D157" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="E157" t="s">
-        <v>709</v>
+        <v>725</v>
       </c>
       <c r="F157" t="s">
-        <v>710</v>
+        <v>737</v>
       </c>
       <c r="G157" t="s">
-        <v>684</v>
+        <v>727</v>
       </c>
       <c r="H157" t="s">
-        <v>711</v>
+        <v>738</v>
       </c>
       <c r="I157" t="s">
-        <v>686</v>
+        <v>739</v>
       </c>
       <c r="J157" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>712</v>
+        <v>740</v>
       </c>
       <c r="C158" t="s">
-        <v>713</v>
+        <v>741</v>
       </c>
       <c r="D158" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="E158" t="s">
-        <v>714</v>
+        <v>742</v>
       </c>
       <c r="F158" t="s">
-        <v>715</v>
+        <v>743</v>
       </c>
       <c r="G158" t="s">
-        <v>716</v>
+        <v>744</v>
       </c>
       <c r="H158" t="s">
-        <v>717</v>
+        <v>745</v>
       </c>
       <c r="I158" t="s">
-        <v>696</v>
+        <v>735</v>
       </c>
       <c r="J158" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>718</v>
+        <v>746</v>
       </c>
       <c r="C159" t="s">
-        <v>719</v>
+        <v>747</v>
       </c>
       <c r="D159" t="s">
-        <v>605</v>
+        <v>641</v>
       </c>
       <c r="E159" t="s">
-        <v>720</v>
+        <v>742</v>
       </c>
       <c r="F159" t="s">
-        <v>721</v>
+        <v>748</v>
+      </c>
+      <c r="G159" t="s">
+        <v>733</v>
       </c>
       <c r="H159" t="s">
-        <v>722</v>
+        <v>749</v>
       </c>
       <c r="I159" t="s">
-        <v>723</v>
+        <v>735</v>
       </c>
       <c r="J159" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>724</v>
+        <v>750</v>
       </c>
       <c r="C160" t="s">
-        <v>725</v>
+        <v>751</v>
       </c>
       <c r="D160" t="s">
-        <v>605</v>
+        <v>641</v>
       </c>
       <c r="E160" t="s">
-        <v>720</v>
+        <v>752</v>
       </c>
       <c r="F160" t="s">
-        <v>726</v>
+        <v>753</v>
+      </c>
+      <c r="G160" t="s">
+        <v>727</v>
+      </c>
+      <c r="H160" t="s">
+        <v>754</v>
       </c>
       <c r="I160" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="J160" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>727</v>
+        <v>755</v>
       </c>
       <c r="C161" t="s">
-        <v>728</v>
+        <v>756</v>
       </c>
       <c r="D161" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="E161" t="s">
-        <v>729</v>
+        <v>757</v>
       </c>
       <c r="F161" t="s">
-        <v>730</v>
+        <v>758</v>
       </c>
       <c r="G161" t="s">
-        <v>731</v>
+        <v>759</v>
       </c>
       <c r="H161" t="s">
-        <v>732</v>
+        <v>760</v>
       </c>
       <c r="I161" t="s">
-        <v>696</v>
+        <v>739</v>
       </c>
       <c r="J161" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>727</v>
+        <v>761</v>
       </c>
       <c r="C162" t="s">
-        <v>733</v>
+        <v>762</v>
       </c>
       <c r="D162" t="s">
-        <v>598</v>
+        <v>648</v>
       </c>
       <c r="E162" t="s">
-        <v>729</v>
+        <v>763</v>
       </c>
       <c r="F162" t="s">
-        <v>734</v>
-[...5 lines deleted...]
-        <v>735</v>
+        <v>764</v>
       </c>
       <c r="I162" t="s">
-        <v>696</v>
+        <v>765</v>
       </c>
       <c r="J162" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>736</v>
+        <v>766</v>
       </c>
       <c r="C163" t="s">
-        <v>737</v>
+        <v>767</v>
       </c>
       <c r="D163" t="s">
-        <v>667</v>
+        <v>648</v>
       </c>
       <c r="E163" t="s">
-        <v>738</v>
+        <v>763</v>
       </c>
       <c r="F163" t="s">
-        <v>739</v>
-[...2 lines deleted...]
-        <v>738</v>
+        <v>768</v>
       </c>
       <c r="H163" t="s">
-        <v>740</v>
+        <v>769</v>
       </c>
       <c r="I163" t="s">
-        <v>679</v>
+        <v>765</v>
       </c>
       <c r="J163" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>741</v>
+        <v>770</v>
       </c>
       <c r="C164" t="s">
-        <v>742</v>
+        <v>771</v>
       </c>
       <c r="D164" t="s">
-        <v>667</v>
+        <v>641</v>
       </c>
       <c r="E164" t="s">
-        <v>738</v>
+        <v>772</v>
       </c>
       <c r="F164" t="s">
-        <v>743</v>
+        <v>773</v>
       </c>
       <c r="G164" t="s">
-        <v>738</v>
+        <v>774</v>
       </c>
       <c r="H164" t="s">
-        <v>744</v>
+        <v>775</v>
       </c>
       <c r="I164" t="s">
-        <v>679</v>
+        <v>739</v>
       </c>
       <c r="J164" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>745</v>
+        <v>770</v>
       </c>
       <c r="C165" t="s">
-        <v>746</v>
+        <v>776</v>
       </c>
       <c r="D165" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="E165" t="s">
-        <v>747</v>
+        <v>772</v>
       </c>
       <c r="F165" t="s">
-        <v>748</v>
+        <v>777</v>
       </c>
       <c r="G165" t="s">
-        <v>749</v>
+        <v>774</v>
       </c>
       <c r="H165" t="s">
-        <v>750</v>
+        <v>778</v>
       </c>
       <c r="I165" t="s">
-        <v>751</v>
+        <v>739</v>
       </c>
       <c r="J165" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>752</v>
+        <v>779</v>
       </c>
       <c r="C166" t="s">
-        <v>746</v>
+        <v>780</v>
       </c>
       <c r="D166" t="s">
-        <v>598</v>
+        <v>710</v>
       </c>
       <c r="E166" t="s">
-        <v>747</v>
+        <v>781</v>
       </c>
       <c r="F166" t="s">
-        <v>753</v>
+        <v>782</v>
       </c>
       <c r="G166" t="s">
-        <v>754</v>
+        <v>781</v>
       </c>
       <c r="H166" t="s">
-        <v>755</v>
+        <v>783</v>
       </c>
       <c r="I166" t="s">
-        <v>751</v>
+        <v>722</v>
       </c>
       <c r="J166" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>752</v>
+        <v>784</v>
       </c>
       <c r="C167" t="s">
-        <v>756</v>
+        <v>785</v>
       </c>
       <c r="D167" t="s">
-        <v>598</v>
+        <v>710</v>
       </c>
       <c r="E167" t="s">
-        <v>747</v>
+        <v>781</v>
       </c>
       <c r="F167" t="s">
-        <v>757</v>
+        <v>786</v>
       </c>
       <c r="G167" t="s">
-        <v>754</v>
+        <v>781</v>
       </c>
       <c r="H167" t="s">
-        <v>758</v>
+        <v>787</v>
       </c>
       <c r="I167" t="s">
-        <v>751</v>
+        <v>722</v>
       </c>
       <c r="J167" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>745</v>
+        <v>788</v>
       </c>
       <c r="C168" t="s">
-        <v>746</v>
+        <v>789</v>
       </c>
       <c r="D168" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="E168" t="s">
-        <v>747</v>
+        <v>790</v>
       </c>
       <c r="F168" t="s">
-        <v>759</v>
+        <v>791</v>
       </c>
       <c r="G168" t="s">
-        <v>749</v>
+        <v>792</v>
       </c>
       <c r="H168" t="s">
-        <v>760</v>
+        <v>793</v>
       </c>
       <c r="I168" t="s">
-        <v>751</v>
+        <v>794</v>
       </c>
       <c r="J168" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>745</v>
+        <v>795</v>
       </c>
       <c r="C169" t="s">
-        <v>746</v>
+        <v>789</v>
       </c>
       <c r="D169" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="E169" t="s">
-        <v>747</v>
+        <v>790</v>
       </c>
       <c r="F169" t="s">
-        <v>761</v>
+        <v>796</v>
       </c>
       <c r="G169" t="s">
-        <v>749</v>
+        <v>797</v>
       </c>
       <c r="H169" t="s">
-        <v>762</v>
+        <v>798</v>
       </c>
       <c r="I169" t="s">
-        <v>751</v>
+        <v>794</v>
       </c>
       <c r="J169" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>727</v>
+        <v>795</v>
       </c>
       <c r="C170" t="s">
-        <v>763</v>
+        <v>799</v>
       </c>
       <c r="D170" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="E170" t="s">
-        <v>764</v>
+        <v>790</v>
       </c>
       <c r="F170" t="s">
-        <v>765</v>
+        <v>800</v>
       </c>
       <c r="G170" t="s">
-        <v>766</v>
+        <v>797</v>
       </c>
       <c r="H170" t="s">
-        <v>767</v>
+        <v>801</v>
       </c>
       <c r="I170" t="s">
-        <v>696</v>
+        <v>794</v>
       </c>
       <c r="J170" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>768</v>
+        <v>788</v>
       </c>
       <c r="C171" t="s">
-        <v>769</v>
+        <v>789</v>
       </c>
       <c r="D171" t="s">
-        <v>605</v>
+        <v>641</v>
       </c>
       <c r="E171" t="s">
-        <v>770</v>
+        <v>790</v>
       </c>
       <c r="F171" t="s">
-        <v>771</v>
+        <v>802</v>
+      </c>
+      <c r="G171" t="s">
+        <v>792</v>
       </c>
       <c r="H171" t="s">
-        <v>772</v>
+        <v>803</v>
       </c>
       <c r="I171" t="s">
-        <v>773</v>
+        <v>794</v>
       </c>
       <c r="J171" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>774</v>
+        <v>788</v>
       </c>
       <c r="C172" t="s">
-        <v>775</v>
+        <v>789</v>
       </c>
       <c r="D172" t="s">
-        <v>667</v>
+        <v>641</v>
       </c>
       <c r="E172" t="s">
-        <v>776</v>
+        <v>790</v>
       </c>
       <c r="F172" t="s">
-        <v>777</v>
+        <v>804</v>
       </c>
       <c r="G172" t="s">
-        <v>776</v>
+        <v>792</v>
       </c>
       <c r="H172" t="s">
-        <v>778</v>
+        <v>805</v>
       </c>
       <c r="I172" t="s">
-        <v>679</v>
+        <v>794</v>
       </c>
       <c r="J172" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>779</v>
+        <v>770</v>
       </c>
       <c r="C173" t="s">
-        <v>780</v>
+        <v>806</v>
       </c>
       <c r="D173" t="s">
-        <v>667</v>
+        <v>641</v>
       </c>
       <c r="E173" t="s">
-        <v>781</v>
+        <v>807</v>
       </c>
       <c r="F173" t="s">
-        <v>782</v>
+        <v>808</v>
+      </c>
+      <c r="G173" t="s">
+        <v>809</v>
+      </c>
+      <c r="H173" t="s">
+        <v>810</v>
       </c>
       <c r="I173" t="s">
-        <v>679</v>
+        <v>739</v>
       </c>
       <c r="J173" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>783</v>
+        <v>811</v>
       </c>
       <c r="C174" t="s">
-        <v>784</v>
+        <v>812</v>
       </c>
       <c r="D174" t="s">
-        <v>605</v>
+        <v>648</v>
       </c>
       <c r="E174" t="s">
-        <v>785</v>
+        <v>813</v>
       </c>
       <c r="F174" t="s">
-        <v>786</v>
-[...2 lines deleted...]
-        <v>787</v>
+        <v>814</v>
       </c>
       <c r="H174" t="s">
-        <v>788</v>
+        <v>815</v>
       </c>
       <c r="I174" t="s">
-        <v>789</v>
+        <v>816</v>
       </c>
       <c r="J174" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>790</v>
+        <v>817</v>
       </c>
       <c r="C175" t="s">
-        <v>791</v>
+        <v>818</v>
       </c>
       <c r="D175" t="s">
-        <v>598</v>
+        <v>710</v>
       </c>
       <c r="E175" t="s">
-        <v>792</v>
+        <v>819</v>
       </c>
       <c r="F175" t="s">
-        <v>793</v>
+        <v>820</v>
       </c>
       <c r="G175" t="s">
-        <v>794</v>
+        <v>819</v>
       </c>
       <c r="H175" t="s">
-        <v>795</v>
+        <v>821</v>
       </c>
       <c r="I175" t="s">
-        <v>696</v>
+        <v>722</v>
       </c>
       <c r="J175" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>796</v>
+        <v>822</v>
       </c>
       <c r="C176" t="s">
-        <v>797</v>
+        <v>823</v>
       </c>
       <c r="D176" t="s">
-        <v>598</v>
+        <v>710</v>
       </c>
       <c r="E176" t="s">
-        <v>792</v>
+        <v>824</v>
       </c>
       <c r="F176" t="s">
-        <v>798</v>
-[...5 lines deleted...]
-        <v>799</v>
+        <v>825</v>
       </c>
       <c r="I176" t="s">
-        <v>696</v>
+        <v>722</v>
       </c>
       <c r="J176" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>712</v>
+        <v>826</v>
       </c>
       <c r="C177" t="s">
-        <v>800</v>
+        <v>827</v>
       </c>
       <c r="D177" t="s">
-        <v>598</v>
+        <v>648</v>
       </c>
       <c r="E177" t="s">
-        <v>792</v>
+        <v>828</v>
       </c>
       <c r="F177" t="s">
-        <v>801</v>
+        <v>829</v>
       </c>
       <c r="G177" t="s">
-        <v>802</v>
+        <v>830</v>
       </c>
       <c r="H177" t="s">
-        <v>803</v>
+        <v>831</v>
       </c>
       <c r="I177" t="s">
-        <v>696</v>
+        <v>832</v>
       </c>
       <c r="J177" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>804</v>
+        <v>833</v>
       </c>
       <c r="C178" t="s">
-        <v>805</v>
+        <v>834</v>
       </c>
       <c r="D178" t="s">
-        <v>598</v>
+        <v>641</v>
       </c>
       <c r="E178" t="s">
-        <v>806</v>
+        <v>835</v>
       </c>
       <c r="F178" t="s">
-        <v>807</v>
+        <v>836</v>
       </c>
       <c r="G178" t="s">
-        <v>808</v>
+        <v>837</v>
       </c>
       <c r="H178" t="s">
-        <v>809</v>
+        <v>838</v>
       </c>
       <c r="I178" t="s">
-        <v>696</v>
+        <v>739</v>
       </c>
       <c r="J178" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>810</v>
+        <v>755</v>
       </c>
       <c r="C179" t="s">
-        <v>811</v>
+        <v>839</v>
       </c>
       <c r="D179" t="s">
-        <v>667</v>
+        <v>641</v>
       </c>
       <c r="E179" t="s">
-        <v>812</v>
+        <v>835</v>
       </c>
       <c r="F179" t="s">
-        <v>813</v>
+        <v>840</v>
+      </c>
+      <c r="G179" t="s">
+        <v>841</v>
+      </c>
+      <c r="H179" t="s">
+        <v>842</v>
       </c>
       <c r="I179" t="s">
-        <v>814</v>
+        <v>739</v>
       </c>
       <c r="J179" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>815</v>
+        <v>843</v>
       </c>
       <c r="C180" t="s">
-        <v>811</v>
+        <v>844</v>
       </c>
       <c r="D180" t="s">
-        <v>667</v>
+        <v>641</v>
       </c>
       <c r="E180" t="s">
-        <v>812</v>
+        <v>835</v>
       </c>
       <c r="F180" t="s">
-        <v>816</v>
+        <v>845</v>
+      </c>
+      <c r="G180" t="s">
+        <v>837</v>
+      </c>
+      <c r="H180" t="s">
+        <v>846</v>
       </c>
       <c r="I180" t="s">
-        <v>814</v>
+        <v>739</v>
       </c>
       <c r="J180" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>817</v>
+        <v>847</v>
       </c>
       <c r="C181" t="s">
-        <v>811</v>
+        <v>848</v>
       </c>
       <c r="D181" t="s">
-        <v>667</v>
+        <v>641</v>
       </c>
       <c r="E181" t="s">
-        <v>812</v>
+        <v>849</v>
       </c>
       <c r="F181" t="s">
-        <v>818</v>
+        <v>850</v>
       </c>
       <c r="G181" t="s">
-        <v>781</v>
+        <v>851</v>
       </c>
       <c r="H181" t="s">
-        <v>819</v>
+        <v>852</v>
       </c>
       <c r="I181" t="s">
-        <v>814</v>
+        <v>739</v>
       </c>
       <c r="J181" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>820</v>
+        <v>853</v>
       </c>
       <c r="C182" t="s">
-        <v>811</v>
+        <v>854</v>
       </c>
       <c r="D182" t="s">
-        <v>667</v>
+        <v>710</v>
       </c>
       <c r="E182" t="s">
-        <v>812</v>
+        <v>855</v>
       </c>
       <c r="F182" t="s">
-        <v>821</v>
+        <v>856</v>
       </c>
       <c r="I182" t="s">
-        <v>814</v>
+        <v>857</v>
       </c>
       <c r="J182" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>822</v>
+        <v>858</v>
       </c>
       <c r="C183" t="s">
-        <v>811</v>
+        <v>854</v>
       </c>
       <c r="D183" t="s">
-        <v>667</v>
+        <v>710</v>
       </c>
       <c r="E183" t="s">
-        <v>812</v>
+        <v>855</v>
       </c>
       <c r="F183" t="s">
-        <v>823</v>
+        <v>859</v>
+      </c>
+      <c r="G183" t="s">
+        <v>824</v>
+      </c>
+      <c r="H183" t="s">
+        <v>860</v>
       </c>
       <c r="I183" t="s">
-        <v>814</v>
+        <v>857</v>
       </c>
       <c r="J183" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>824</v>
+        <v>861</v>
       </c>
       <c r="C184" t="s">
-        <v>825</v>
+        <v>854</v>
       </c>
       <c r="D184" t="s">
-        <v>605</v>
+        <v>710</v>
       </c>
       <c r="E184" t="s">
-        <v>826</v>
+        <v>855</v>
       </c>
       <c r="F184" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>862</v>
       </c>
       <c r="I184" t="s">
-        <v>723</v>
+        <v>857</v>
       </c>
       <c r="J184" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>829</v>
+        <v>863</v>
       </c>
       <c r="C185" t="s">
-        <v>830</v>
+        <v>854</v>
       </c>
       <c r="D185" t="s">
-        <v>605</v>
+        <v>710</v>
       </c>
       <c r="E185" t="s">
-        <v>826</v>
+        <v>855</v>
       </c>
       <c r="F185" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>864</v>
       </c>
       <c r="I185" t="s">
-        <v>723</v>
+        <v>857</v>
       </c>
       <c r="J185" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>833</v>
+        <v>865</v>
       </c>
       <c r="C186" t="s">
-        <v>834</v>
+        <v>854</v>
       </c>
       <c r="D186" t="s">
-        <v>605</v>
+        <v>710</v>
       </c>
       <c r="E186" t="s">
-        <v>826</v>
+        <v>855</v>
       </c>
       <c r="F186" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-        <v>836</v>
+        <v>866</v>
       </c>
       <c r="I186" t="s">
-        <v>723</v>
+        <v>857</v>
       </c>
       <c r="J186" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>824</v>
+        <v>867</v>
       </c>
       <c r="C187" t="s">
-        <v>837</v>
+        <v>868</v>
       </c>
       <c r="D187" t="s">
-        <v>605</v>
+        <v>648</v>
       </c>
       <c r="E187" t="s">
-        <v>826</v>
+        <v>869</v>
       </c>
       <c r="F187" t="s">
-        <v>838</v>
+        <v>870</v>
       </c>
       <c r="H187" t="s">
-        <v>839</v>
+        <v>871</v>
       </c>
       <c r="I187" t="s">
-        <v>723</v>
+        <v>765</v>
       </c>
       <c r="J187" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>840</v>
+        <v>867</v>
       </c>
       <c r="C188" t="s">
-        <v>841</v>
+        <v>872</v>
       </c>
       <c r="D188" t="s">
-        <v>605</v>
+        <v>648</v>
       </c>
       <c r="E188" t="s">
-        <v>826</v>
+        <v>869</v>
       </c>
       <c r="F188" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-        <v>843</v>
+        <v>873</v>
       </c>
       <c r="H188" t="s">
-        <v>844</v>
+        <v>874</v>
       </c>
       <c r="I188" t="s">
-        <v>723</v>
+        <v>765</v>
       </c>
       <c r="J188" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>829</v>
+        <v>875</v>
       </c>
       <c r="C189" t="s">
-        <v>845</v>
+        <v>876</v>
       </c>
       <c r="D189" t="s">
-        <v>605</v>
+        <v>648</v>
       </c>
       <c r="E189" t="s">
-        <v>826</v>
+        <v>869</v>
       </c>
       <c r="F189" t="s">
-        <v>846</v>
+        <v>877</v>
       </c>
       <c r="H189" t="s">
-        <v>847</v>
+        <v>878</v>
       </c>
       <c r="I189" t="s">
-        <v>723</v>
+        <v>765</v>
       </c>
       <c r="J189" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>829</v>
+        <v>875</v>
       </c>
       <c r="C190" t="s">
-        <v>848</v>
+        <v>879</v>
       </c>
       <c r="D190" t="s">
-        <v>605</v>
+        <v>648</v>
       </c>
       <c r="E190" t="s">
-        <v>826</v>
+        <v>869</v>
       </c>
       <c r="F190" t="s">
-        <v>849</v>
+        <v>880</v>
       </c>
       <c r="H190" t="s">
-        <v>850</v>
+        <v>881</v>
       </c>
       <c r="I190" t="s">
-        <v>723</v>
+        <v>765</v>
       </c>
       <c r="J190" t="s">
-        <v>92</v>
+        <v>103</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10">
+      <c r="A191" s="1">
+        <v>190</v>
+      </c>
+      <c r="B191" t="s">
+        <v>867</v>
+      </c>
+      <c r="C191" t="s">
+        <v>882</v>
+      </c>
+      <c r="D191" t="s">
+        <v>648</v>
+      </c>
+      <c r="E191" t="s">
+        <v>869</v>
+      </c>
+      <c r="F191" t="s">
+        <v>883</v>
+      </c>
+      <c r="H191" t="s">
+        <v>884</v>
+      </c>
+      <c r="I191" t="s">
+        <v>765</v>
+      </c>
+      <c r="J191" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10">
+      <c r="A192" s="1">
+        <v>191</v>
+      </c>
+      <c r="B192" t="s">
+        <v>885</v>
+      </c>
+      <c r="C192" t="s">
+        <v>886</v>
+      </c>
+      <c r="D192" t="s">
+        <v>648</v>
+      </c>
+      <c r="E192" t="s">
+        <v>869</v>
+      </c>
+      <c r="F192" t="s">
+        <v>887</v>
+      </c>
+      <c r="H192" t="s">
+        <v>888</v>
+      </c>
+      <c r="I192" t="s">
+        <v>765</v>
+      </c>
+      <c r="J192" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10">
+      <c r="A193" s="1">
+        <v>192</v>
+      </c>
+      <c r="B193" t="s">
+        <v>889</v>
+      </c>
+      <c r="C193" t="s">
+        <v>890</v>
+      </c>
+      <c r="D193" t="s">
+        <v>648</v>
+      </c>
+      <c r="E193" t="s">
+        <v>869</v>
+      </c>
+      <c r="F193" t="s">
+        <v>891</v>
+      </c>
+      <c r="G193" t="s">
+        <v>892</v>
+      </c>
+      <c r="H193" t="s">
+        <v>893</v>
+      </c>
+      <c r="I193" t="s">
+        <v>765</v>
+      </c>
+      <c r="J193" t="s">
+        <v>103</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">