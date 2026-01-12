--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -12,664 +12,958 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="894">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="957">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Nama Desain Industri</t>
   </si>
   <si>
     <t>Nama Pencipta Desain</t>
   </si>
   <si>
     <t>Institusi</t>
   </si>
   <si>
     <t>Tgl Daftar</t>
   </si>
   <si>
     <t>Nomor Daftar</t>
   </si>
   <si>
     <t>Tgl Sertifikasi</t>
   </si>
   <si>
     <t>Nomor Sertifikasi</t>
   </si>
   <si>
     <t>Kepemilikan</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Modul Kamera Mobil</t>
+  </si>
+  <si>
+    <t>Bambang Wahono ; Yanuandri Putrasari ; Achmad Praptijanto ; Ahmad Dimyani ; Rakhmad Indra Pramana ; Arifin Nur ; Mulia Pratama ; Taufik Ibnu Salim ; Muhammad Khristamto Aditya Wardana ; Nurul Hasanah ; Suherman ;</t>
+  </si>
+  <si>
+    <t>Badan Riset dan Inovasi Nasional</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>A00202508376</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Mekatronika Cerdas</t>
+  </si>
+  <si>
+    <t>Terdaftar</t>
+  </si>
+  <si>
+    <t>DESAIN ROBOT OTONOM PENGIRIMAN BARANG (LAST-MILE DELIVERY ROBOT)</t>
+  </si>
+  <si>
+    <t>Roni Permana Saputra ; Yukhi Mustaqim Kusuma Sya`bana ;</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>A00202508002</t>
+  </si>
+  <si>
+    <t>BOKS KONTROL 3D PRINTER</t>
+  </si>
+  <si>
+    <t>Rohadi Satrio Budi Utomo ; Makmuri ; Wahyu Erlangga ; Muhammad Ibnu Rashyid ;</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>A00202507904</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Kekuatan Struktur</t>
+  </si>
+  <si>
+    <t>Portable-Modular Solar Dryer “Payung Ganda”</t>
+  </si>
+  <si>
+    <t>Hardono ; Rizki Arizal Purnama ; Helen Fifianny ; Jaizuluddin Mahmud ; Irawan Santoso ; Gani Soehadi ; Sarjono ; Manifas Zubair ; Pudji Hastuti ; Budi Setiadi Sadikin ; Satrio Utomo ;</t>
+  </si>
+  <si>
+    <t>A00202507906</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Industri Proses dan Manufaktur</t>
+  </si>
+  <si>
+    <t>MYGC - MultYfunction Gliding Carrier – Wahana Layang MultYfungsi</t>
+  </si>
+  <si>
+    <t>Larasmoyo Nugroho ; Haendy Busman ; Moh. Hanifuddin ;</t>
+  </si>
+  <si>
+    <t>A00202507905</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Roket</t>
+  </si>
+  <si>
+    <t>Reaktor Hidrolisis Produksi Hidrogen berbasis Metode Difusi Bertekanan</t>
+  </si>
+  <si>
+    <t>Galih Taqwatomo ; Aditya Eka Mulyono ; Muhammad Dikdik Gumelar ; Deni Shidqi Khaerudini ; Dita Adi Saputra ; Aghni Ulma Saudi ; Indriasari ; Muhamad Iqbal Felani ; Ariyana Dwiputra Nugraha ; Handrea Bernando Tambunan ; Ach. Nurfanani ; Wigas Digwijaya ;</t>
+  </si>
+  <si>
+    <t>A00202507908</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Bahan Bakar</t>
+  </si>
+  <si>
+    <t>Pesawat Udara Nir Awak Bersayap Tetap dengan Struktur Rusuk Silang pada Sayap</t>
+  </si>
+  <si>
+    <t>Prasetyo Ardi Probo Suseno ; Angga Septiyana ; Mikhael Gilang Pribadi Putra Pratama ; Novita Atmasari ; Danartomo Kusumoaji ; Eries Bagita Jayanti ; Kurnia Hidayat ; Ryan Hidayat ;</t>
+  </si>
+  <si>
+    <t>A00202507901</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Penerbangan</t>
+  </si>
+  <si>
+    <t>Motor Roket Booster RKX</t>
+  </si>
+  <si>
+    <t>Anita Pinalia ; Soleh Fajar Junjunan ; Henny Setyaningsih ; Prawita Dhewi ; Hendra Gantina ; Mahfud Ibadi ; Bayu Prianto ;</t>
+  </si>
+  <si>
+    <t>A00202507907</t>
+  </si>
+  <si>
+    <t>Sel Uji Korosi Polarisasi Sampel Pelat Tanpa Pembingkaian dengan Resin</t>
+  </si>
+  <si>
+    <t>Mu`nisatun Sholikhah ; Maman Kartaman Ajiriyanto ; Juan Carlos Sihotang ; Rosika Kriswarini ; Arif Nugroho ; Yusuf Gigih Wicaksono ; Heri Hardiyanti ; Ade Saputra ; Fikri Ahmad Furqan ;</t>
+  </si>
+  <si>
+    <t>A00202507900</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Bahan Nuklir dan Limbah Radioaktif</t>
+  </si>
+  <si>
+    <t>Struktur Internal Fuselage PUNA Falco Vertifly (PUNA EFVy) 1.0</t>
+  </si>
+  <si>
+    <t>Akhmad Farid Widodo ; Prastiyo Siswo Prajoko ; Apid Rustandi ; Widyawasta ; Karyawan ;</t>
+  </si>
+  <si>
+    <t>A00202507902</t>
+  </si>
+  <si>
+    <t>Dinding Penghalang Bising Tipe Balok Berulang</t>
+  </si>
+  <si>
+    <t>Basir ; Khoerul Anwar ; Irfan Ansori ; Hendrato ; Beny Halfina ; Muhammad ; Barep Luhur Widodo ; Jean Mario Valentino ; Sulistiya ; Yohanes Pringeten Dilianto Sembiring Depari ; Guino Verma ; Lukman Shalahuddin ; Malinda Sabrina ; F. Andree Yohanes ; Shabrina Leksono ; Sahran ; Agus Basuki ;</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>A00202507311</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Transportasi</t>
+  </si>
+  <si>
+    <t>PESAWAT UDARA NIR AWAK DENGAN DUAL POD DI BAGIAN FUSELAGE</t>
+  </si>
+  <si>
+    <t>Sinung Tirtha Pinindriya ; Robertus Heru Triharjanto ; Fadilah Hasim ; Matza Gusto A. ; Muhammad Ilham Adhynugraha ; Dony Hidayat ; Fadli Cahya Megawanto ; Kurnia Hidayat ; Ardanto Mohammad Pramutadi ; Agus Aribowo ; Dana Herdiana ; Arifin Rasyadi Soemaryanto ; Angga Septiyana ; Taufiqur Rohman ; Deasy Tresnoningrum ; Cahya Edi Santosa ;</t>
+  </si>
+  <si>
+    <t>A00202507308</t>
+  </si>
+  <si>
+    <t>Dudukan Sensor LiDAR Untuk Kendaraan Otonom</t>
+  </si>
+  <si>
+    <t>Bambang Wahono ; Maulana Furqon ; Taufik Ibnu Salim ; Arifin Nur ; Mulia Pratama ; Muhammad Khristamto Aditya Wardana ; Ahmad Dimyani ;</t>
+  </si>
+  <si>
+    <t>A00202507315</t>
+  </si>
+  <si>
+    <t>REAKTOR BESI TEREDUKSI LANGSUNG MEMANFAATKAN GASIFIKASI BIOMASSA</t>
+  </si>
+  <si>
+    <t>Hanafi Prida Putra ; Feri Karuana ; Adi Prismantoko ; Suyatno ; Hafizh Ghazidin ; Fairuz Milkiy Kuswa ; Arif Darmawan ; Hens Saputra ; Muhammad Aziz ; Andreas Diga Pratama Putera ;</t>
+  </si>
+  <si>
+    <t>A00202507309</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Konversi Energi</t>
+  </si>
+  <si>
+    <t>Desain Dudukan Solid Phase Micro Extraction Ganda Terkendali</t>
+  </si>
+  <si>
+    <t>Ginaldi Ari Nugroho ; Halimurrahman ; Dimas Aryo Rahadi ; Dyah Aries Tanti ; Try Kusuma Wardana ; Muhammad Arifin ; Asri Indrawati ; Aisya Nafiisyanti ; Listi Restu Triani ; Dewi Desnilasari ; Eka Dian Pusfitasari ; Asif Awaludin ;</t>
+  </si>
+  <si>
+    <t>A00202507312</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Iklim dan Atmosfer</t>
+  </si>
+  <si>
+    <t>KOTAK RODA GIGI BERTINGKAT UNTUK TURBIN ANGIN POROS VERTIKAL</t>
+  </si>
+  <si>
+    <t>Rudi Purwo Wijayanto ; Amiral Aziz ; Didik Rostyono ; Taurista Perdana Syawitri ; Ifanda ; Ario Witjakso ; Arfie Ikhsan Firmansyah ;</t>
+  </si>
+  <si>
+    <t>A00202507306</t>
+  </si>
+  <si>
+    <t>Dudukan Sensor Bintang Satelit</t>
+  </si>
+  <si>
+    <t>Puji Rianto ; Mohammad Mukhayadi ; Moh. Farid Huzain ; Rendy Kurniawan ; Wahyu Akbar Megah ; M. Arif Saifudin ; Gafur Hasan Zam Bahari ;</t>
+  </si>
+  <si>
+    <t>A00202507313</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Satelit</t>
+  </si>
+  <si>
+    <t>DESAIN REAKTOR FLUIDISASI UNTUK APLIKASI PRODUKSI BAHAN BAKAR PARTIKEL TRISO KAPASITAS 100 KILOGRAM/TAHUN</t>
+  </si>
+  <si>
+    <t>Sugeng Rianto ; Hanif Ghufron ; Praditya Vankabo ; Gagad Rahmadi ; Muhammad Ilham Bayquni ; Raden Rara Ratih Langenati ; Deni Mustika ; Muhammad Alfarisie ;</t>
+  </si>
+  <si>
+    <t>A00202507307</t>
+  </si>
+  <si>
+    <t>Pengering semprot</t>
+  </si>
+  <si>
+    <t>Moeso Andrianto ; Puji Widodo ; Sandi Darniadi ; Achmat Sarifudin ; Suparlan ; Hari Hariadi ; Taufik Yudhi ; Dadang Gandara ; Ahmad Asari ; Muhammad Hidayat ; Uning Budiharti ;</t>
+  </si>
+  <si>
+    <t>A00202507316</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Tepat Guna</t>
+  </si>
+  <si>
+    <t>Desain Alat Pengangkut Tanaman Sorgum</t>
+  </si>
+  <si>
+    <t>Yohanes Pringeten Dilianto Sembiring Depari ; Irfan Ansori ; Ana Nurhasanah ; Setyo Margo Utomo ; Guino Verma ; Beny Halfina ; Hendrato ; Muhammad ; Barep Luhur Widodo ; Jean Mario Valentino ; Sulistiya ; Basir ; Khoerul Anwar ; Lukman Shalahuddin ; Marsalyna ; Endra Dwi Purnomo ; Lia Amelia ; Sherly Octavia Saraswati ; Muizuddin Azka ; Asep Andi Suryandi ;</t>
+  </si>
+  <si>
+    <t>A00202507310</t>
+  </si>
+  <si>
+    <t>Perangkat Pemanen Energi Dari Udara Buang Pendingin Ruangan Dengan Generator Ganda</t>
+  </si>
+  <si>
+    <t>Rudi Purwo Wijayanto ; Didik Rostyono ; Amiral Aziz ; Taurista Perdana Syawitri ; Ifanda ; Nurry Widya Hesty ; Arfie Ikhsan Firmansyah ; Arko Djajadi ; Rahmi Andarini ;</t>
+  </si>
+  <si>
+    <t>A00202507305</t>
+  </si>
+  <si>
+    <t>Desain Batang Penghubung Pelampung Pesawat N219 Amfibi dengan Penyangga Tambahan</t>
+  </si>
+  <si>
+    <t>Rudi Choirul Anwar ; Agus Bayu Utama ; Fajar Ari Wandono ; Awang Rahmadi Nuranto ; M Hafid ; Widyawasta ; Abian Nurrohmad ;</t>
+  </si>
+  <si>
+    <t>A00202507314</t>
+  </si>
+  <si>
+    <t>Kendaraan Pengangkut Zat Radioaktif – RadSecure Mover</t>
+  </si>
+  <si>
+    <t>Irvan Dwi Junianto ; Ausatha Rabbanny Yanto ; Rendi Tondi Pandapotan Batubara ; Devina Chandra Dewi ; Desi Listianti ; Muhammad Afton Muhandis ;</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
+    <t>A00202506286</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Keselamatan, Metrologi, dan Mutu Nuklir</t>
+  </si>
+  <si>
+    <t>Lampu Pelampung Suar Pintar</t>
+  </si>
+  <si>
+    <t>Budi Sulistya ; Andi Kurnianto ; Abhimata Ar Rasyiid ; Azrizal Akbar ; Widar Dwi Gustian ; Leli Lailatul Jannah ; Yoga Prastiya Wibawa ; Faizurrahman `Allam Majid ; Bondan Suwandi ; Widrianto Sih Pinastiko ; Hanifah Dwiyanti ; Fachri Renaldy ; Moh. Alma Samudro ; I Made Astawa ; Nashrullah Taufik ; Siswayudi Azhari ; Wayan Wira Yogantara ;</t>
+  </si>
+  <si>
+    <t>A00202506283</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Elektronika</t>
+  </si>
+  <si>
     <t>DESAIN LENGAN TELESKOPIK PEMEGANG BILAH TURBIN DARRIEUS TIPE SUMBU VERTIKAL</t>
   </si>
   <si>
     <t>Eko Marta Suyanto ; Erwandi ; Aprijanto ; Daif Rahuna ; Zulis Irawanto ; Muhammad Alfan Santosa ; Muhammad Irfani ; Cahyarsi Murtiaji ; Eny Cholishoh ; Cahyadi Sugeng Jati Mintarso ;</t>
   </si>
   <si>
-    <t>Badan Riset dan Inovasi Nasional</t>
-[...4 lines deleted...]
-  <si>
     <t>A00202506285</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Teknologi Hidrodinamika</t>
   </si>
   <si>
-    <t>Terdaftar</t>
-[...1 lines deleted...]
-  <si>
     <t>Penutup Pipa Hidroponik dengan Sistem Bongkar Pasang untuk Memudahkan Pembersihan Pipa dari Penyumbatan Lumut</t>
   </si>
   <si>
     <t>Ayu Erliza ; Ardhy Yuliawan Norma Sakti ; Rosmeika ; Delfi Fatina Soraya ; Utari Ayuningtyas ; Arief Barkah ; Nofalia Andriyani ; Chintya Komala Sari ; Marini Septiani ; Aditiyawan ; Agam Wira Sani ; Muhammad Akbar Hipi ; Hermawan Febriansyah ; Nugroho Adi Sasongko ; Farid Ardyansyah ;</t>
   </si>
   <si>
     <t>A00202506284</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Sistem Produksi Berkelanjutan dan Penilaian Daur Hidup</t>
   </si>
   <si>
     <t>Alat Sensor dan Monitoring Serangga</t>
   </si>
   <si>
     <t>Titik Kartika ; I Made Samudra ; Ikhsan Guswenrivo ; Rake Silverrian ; Christy Aryani Sunaryo ;</t>
   </si>
   <si>
     <t>2025-08-19</t>
   </si>
   <si>
     <t>A00202504800</t>
   </si>
   <si>
     <t>BRIN, INAERO, Pusat Riset Zoologi Terapan</t>
   </si>
   <si>
     <t>TROLI BAGASI PESAWAT TAHAN CUACA YANG DILENGKAPI DENGAN KONVEYOR MULTI-ARAH</t>
   </si>
   <si>
     <t>Beny Halfina ; Irfan Ansori ; Guino Verma ; Hendrato ; Yudiawan Fajar Kusuma ; Muhammad ; Barep Luhur Widodo ; Jean Mario Valentino ; Sulistiya ; Yohanes Pringeten Dilianto Sembiring Depari ; Basir ; Khoerul Anwar ; Lukman Shalahuddin ;</t>
   </si>
   <si>
     <t>A00202504801</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Teknologi Transportasi</t>
-[...1 lines deleted...]
-  <si>
     <t>Holder untuk Sampel Buah dalam Aplikasi Fitosanitari Iradiasi pada Irradiator Gamma Cell 220</t>
   </si>
   <si>
     <t>Okky Agassy Firmansyah ; Nunung Nuraeni ; Murni Indarwatmi ; Bimo Saputro ; Fendinugroho ; Achmad Faturrahman Jundi ; Dewi Kartikasari ; Hayu Tyas Utami ; Mutia Muharani Putri ; Sinta Nur Barokah ; Kusdiana ; Maulani Ruby Ladira ; Erawan Effendi ;</t>
   </si>
   <si>
     <t>2025-07-29</t>
   </si>
   <si>
     <t>A00202504351</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Teknologi Keselamatan, Metrologi, dan Mutu Nuklir</t>
-[...1 lines deleted...]
-  <si>
     <t>Spektrometer Portabel untuk Deteksi Autentikasi Daging</t>
   </si>
   <si>
     <t>Maratul Hamidah ; Tinova Pramudya ; Muhammad Yusha Firdaus ; Mustika Fitriana Dewi ; Sasono Rahardjo ; Leli Lailatul Jannah ; Lesti Setianingrum ; Amalia Irma Nurwidya ; Yonan Prihhapso ; Faizurrahman 'Allam Majid ;</t>
   </si>
   <si>
     <t>2025-07-16</t>
   </si>
   <si>
     <t>A00202504037</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Teknologi Industri Proses dan Manufaktur</t>
+    <t>MESIN PEMBUAT BIO PELET SORGUM</t>
+  </si>
+  <si>
+    <t>Ashri Indriati ; Ana Nurhasanah ; Maria Josefine Tjaturetna Budiastuti ; Muhammad Hidayat ; Moeso Andrianto ; Ibrahim Ahmad Ibadurrohman ; Suparlan ; Ahmad Asari ; Teguh Wikan Widodo ; Astu Unadi ; Ni Putu Dian Nitamiwati ; Arif Samudiantono ; Dadang Gandara ; Taufik Yudhi ;</t>
+  </si>
+  <si>
+    <t>A00202504040</t>
+  </si>
+  <si>
+    <t>Mesin Pencampur/Pengaduk Bahan Baku Biopelet Sorgum</t>
+  </si>
+  <si>
+    <t>Ashri Indriati ; Ana Nurhasanah ; Maria Josefine Tjaturetna Budiastuti ; Muhammad Hidayat ; Moeso Andrianto ; Ibrahim Ahmad Ibadurrohman ; Suparlan ; Ahmad Asari ; Teguh Wikan Widodo ; Astu Unadi ; Arif Samudiantono ; Ni Putu Dian Nitamiwati ; Dadang Gandara ; Taufik Yudhi ;</t>
+  </si>
+  <si>
+    <t>A00202504097</t>
   </si>
   <si>
     <t>Modul pengharum ruangan dilengkapi mikrophone dan kamera.</t>
   </si>
   <si>
     <t>Suherman ; Bambang Wahono ; Achmad Praptijanto ; Yanuandri Putrasari ; Mulia Pratama ; Taufik Ibnu Salim ; Nurul Hasanah ; Arifin Nur ; Ahmad Dimyani ; Rakhmad Indra Pramana ; Muhammad Khristamto Aditya Wardana ;</t>
   </si>
   <si>
     <t>A00202504042</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Mekatronika Cerdas</t>
-[...22 lines deleted...]
-  <si>
     <t>MESIN PEMASAK SISTEM TERBUKA</t>
   </si>
   <si>
     <t>Sandi Darniadi ; Achmat Sarifudin ; Hari Hariadi ; Aidil Haryanto ; Moeso Andrianto ; Diang Sagita ; Ana Nurhasanah ; Uning Budiharti ; Puji Widodo ; Yanyan Achmad Hoesen ; Maulana Furqon ; Gungun Wiguna ; Haris Maulana ; Bambang Nurhadi ; Wisnu Cahyadi ; Rizal M. Ghaffar ;</t>
   </si>
   <si>
     <t>2025-06-17</t>
   </si>
   <si>
     <t>A00202503301</t>
   </si>
   <si>
-    <t>Alat Cetak Compression Molding Produk Rubber Bearing Pad</t>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>IDD000081362</t>
+  </si>
+  <si>
+    <t>Tersertifikasi</t>
+  </si>
+  <si>
+    <t>ALAT CETAK COMPRESSION MOLDING PRODUK RUBBER BEARING PAD</t>
   </si>
   <si>
     <t>Revina Devitani Putri ; Vian Marantha Haryanto ; Galih Taqwatomo ; Yaumil Putri Erlambang ;</t>
   </si>
   <si>
     <t>A00202503302</t>
   </si>
   <si>
+    <t>IDD000081382</t>
+  </si>
+  <si>
     <t>BRIN, Pusat Riset Material Maju</t>
   </si>
   <si>
+    <t>MOTOR TEMPEL LISTRIK KETINTING DENGAN POROS BENGKOK UNTUK MANUVER TINGGI</t>
+  </si>
+  <si>
+    <t>Yohanes Pringeten Dilianto Sembiring Depari ; Bagus Anang Nugroho ; Nur Muhamad Fuad ; Gisela Joanne Gani ; Sumarno ; Verda Regy Pradita ;</t>
+  </si>
+  <si>
+    <t>2025-06-16</t>
+  </si>
+  <si>
+    <t>A00202503221</t>
+  </si>
+  <si>
+    <t>BRIN, PT. GIGA INOVASI NUSANTARA, Pusat Riset Teknologi Transportasi</t>
+  </si>
+  <si>
+    <t>MOTOR TEMPEL LISTRIK KETINTING DENGAN POROS LURUS UNTUK KECEPATAN TINGGI</t>
+  </si>
+  <si>
+    <t>Yohanes Pringeten Dilianto Sembiring Depari ; Bagus Anang Nugroho ; Respatya Teguh Soewono ; Gisela Joanne Gani ; Sumarno ; Verda Regy Pradita ;</t>
+  </si>
+  <si>
+    <t>A00202503224</t>
+  </si>
+  <si>
+    <t>MOTOR TEMPEL LISTRIK DENGAN UNIT RASIO GEAR DI BAGIAN BAWAH</t>
+  </si>
+  <si>
+    <t>Yohanes Pringeten Dilianto Sembiring Depari ; Bagus Anang Nugroho ; Hari Sumartono ; Gisela Joanne Gani ; Sumarno ; Dwi Erwanto ;</t>
+  </si>
+  <si>
+    <t>A00202503223</t>
+  </si>
+  <si>
     <t>MOTOR TEMPEL LISTRIK DENGAN SISTEM PENGGERAK LANGSUNG</t>
   </si>
   <si>
     <t>Yohanes Pringeten Dilianto Sembiring Depari ; Bagus Anang Nugroho ; Mokhtar ; Gisela Joanne Gani ; Sumarno ; Dwi Erwanto ;</t>
   </si>
   <si>
-    <t>2025-06-16</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202503222</t>
   </si>
   <si>
-    <t>BRIN, PT. GIGA INOVASI NUSANTARA, Pusat Riset Teknologi Transportasi</t>
-[...29 lines deleted...]
-    <t>Perangkat Genggam Pengendali Meja Uji Transfer Daya Nirkabel</t>
+    <t>Tombol Darurat Portabel</t>
+  </si>
+  <si>
+    <t>Muhammad Arifin ; Taufik Ibnu Salim ; Novan Agung Mahardiono ; Adi Waskito ; Rikza Maulana ; Ananta Adhi Wardana ;</t>
+  </si>
+  <si>
+    <t>2025-04-29</t>
+  </si>
+  <si>
+    <t>A00202502194</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>IDD000079864</t>
+  </si>
+  <si>
+    <t>PERANGKAT GENGGAM PENGENDALI MEJA UJI TRANSFER DAYA NIRKABEL</t>
   </si>
   <si>
     <t>M. Arjuna Putra Perdana ; Aam Muharam ; Abdul Hapid ; Alexander Christantho Budiman ; Sunarto Kaleg ; Rina Ristiana ; Amin ; Kristian Ismail ; Muhammad Redho K ; Naili Huda ; Sudirja ; Clarence Angeleo Tanwijaya ;</t>
   </si>
   <si>
-    <t>2025-04-29</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202502193</t>
   </si>
   <si>
-    <t>Tombol Darurat Portabel</t>
-[...7 lines deleted...]
-  <si>
     <t>Dudukan Lidar Multiposisi</t>
   </si>
   <si>
     <t>Taufik Ibnu Salim ; Akbari Indra Basuki ; Muhammad Arifin ; Bambang Wahono ; Adi Waskito ; Nurul Hasanah ; Yanuandri Putrasari ; Dikdik Krisnandi ;</t>
   </si>
   <si>
     <t>2025-04-25</t>
   </si>
   <si>
     <t>A00202502123</t>
   </si>
   <si>
+    <t>IDD000079845</t>
+  </si>
+  <si>
     <t>Desain Gripper Robot</t>
   </si>
   <si>
     <t>Muhammad Arifin ; Taufik Ibnu Salim ; Oka Mahendra ; Rian Putra Pratama ; Aris Munandar ; Catur Hilman Adritya Haryo Bhakti Baskoro ; Lista Eka Yulianti ; Veny Rachmawati ;</t>
   </si>
   <si>
     <t>2025-03-21</t>
   </si>
   <si>
     <t>A00202501659</t>
   </si>
   <si>
+    <t>IDD000079546</t>
+  </si>
+  <si>
     <t>Terminal Pelepasan Daya Baterai Lithium-Ion</t>
   </si>
   <si>
     <t>Rakhmad Indra Pramana ; Arifin Nur ; Ahmad Dimyani ; Bambang Wahono ; Achmad Praptijanto ; Mulia Pratama ; Muhammad Khristamto Aditya Wardana ; Suherman ; Yanuandri Putrasari ; Nurul Hasanah ;</t>
   </si>
   <si>
     <t>2025-03-20</t>
   </si>
   <si>
     <t>A00202501647</t>
   </si>
   <si>
+    <t>IDD000079545</t>
+  </si>
+  <si>
     <t>Desain Blade Drone untuk Tanaman Bawang Merah</t>
   </si>
   <si>
     <t>Lidia Kristina Panjaitan ; Robertus Heru Triharjanto ; Dana Herdiana ; Ali Nurdin ; Wawan Hermawan ; Supriyanto ;</t>
   </si>
   <si>
     <t>2025-02-27</t>
   </si>
   <si>
     <t>A00202501201</t>
   </si>
   <si>
+    <t>IDD000079521</t>
+  </si>
+  <si>
     <t>BRIN, Pusat Riset Hortikultura</t>
   </si>
   <si>
     <t>PANEL PENCACAH KENDARAAN</t>
   </si>
   <si>
     <t>Hilda Luthfiyah ; Tri Widodo ; Okghi Adam Qowiy ; Arwidya Tantri Agtusia ; Ratna Nurmayni ; Siti Vivi Octaviany ; Eko Syamsuddin Hasrito ; Sofwan Hidayat ; Syamsul Kamar ; Meiyanne Lestari ; Vebriyanti Hayoto ;</t>
   </si>
   <si>
     <t>2024-12-19</t>
   </si>
   <si>
     <t>A00202407710</t>
   </si>
   <si>
     <t>2025-09-25</t>
   </si>
   <si>
     <t>IDD000080308</t>
   </si>
   <si>
-    <t>Tersertifikasi</t>
+    <t>Lengan Kalibrasi Transduser Torsi yang Bisa Dilepas</t>
+  </si>
+  <si>
+    <t>Wuwus Ardiatna ; R. Rudi Anggoro Samodro ; Dinar Nurcahyono ; Gigin Ginanjar ; Hafid ; Yonan Prihhapso ; M Rizky Mulyana ;</t>
+  </si>
+  <si>
+    <t>2024-12-16</t>
+  </si>
+  <si>
+    <t>A00202407440</t>
+  </si>
+  <si>
+    <t>IDD000077712</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Teknologi Pengujian dan Standar</t>
   </si>
   <si>
     <t>Motor Listrik Arus Searah Tanpa Sikat</t>
   </si>
   <si>
     <t>Dewi Rianti Mandasari ; Cuk Supriyadi Ali Nandar ; Katri Yulianto ; Endra Dwi Purnomo ; Amiruddin Aziz ; Lia Amelia ;</t>
   </si>
   <si>
-    <t>2024-12-16</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202407439</t>
   </si>
   <si>
     <t>2025-06-25</t>
   </si>
   <si>
     <t>IDD000078205</t>
   </si>
   <si>
     <t>Rudal Berpendorong Turbojet dengan Dudukan Booster Assisted untuk Terbang Jelajah</t>
   </si>
   <si>
-    <t>Hakiki ; Ahmad Riyadl ; Idris Eko Putro ; Herma Yudhi Irwanto ; Arif Nur Hakim ; Henny Setyaningsih ;</t>
+    <t>Hakiki ; Ahmad Riyadl ; Idris Eko Putro ; Herma Yudhi Irwanto ; Arif Nur Hakim ; Henny Setyaningsih ; Oka Sudiana ; Kurdianto ; Shandi Prio Laksono ; Anita Pascawati ; Endro Artono ; Mirza Zulfikar Rahmat ; Yuniarto Wimbo Nugroho ; Kandi Rahardiyanti ; Rika Andiarti ; Sri Kliwati ; Galang Ilman Islami ; M. Arjuna Putra Perdana ; Lilis Mariani ; Heru Supriyatno ; Mujtahid ; Bayu Prianto ; Wiwiek Utami Dewi ; Herry Purnomo ; Dwi Setyaningsih ; Saeri ; Hendra Gantina ; Wely Pasadena ;</t>
   </si>
   <si>
     <t>2024-12-12</t>
   </si>
   <si>
     <t>A00202407216</t>
   </si>
   <si>
     <t>2025-06-11</t>
   </si>
   <si>
     <t>IDD000077542</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Teknologi Roket</t>
-[...1 lines deleted...]
-  <si>
     <t>MODUL PENYERAP ENERGI TABRAK MULTI-SEL</t>
   </si>
   <si>
     <t>Abian Nurrohmad ; Riki Ardiansyah ; Dony Hidayat ; Aryandi Marta ;</t>
   </si>
   <si>
     <t>2024-12-11</t>
   </si>
   <si>
     <t>A00202407155</t>
   </si>
   <si>
     <t>2025-05-16</t>
   </si>
   <si>
     <t>IDD000077052</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Teknologi Penerbangan</t>
+    <t>Reaktor Dekomposisi Basa Monasit Skala Industri Kapasitas 1000 Ton/Tahun</t>
+  </si>
+  <si>
+    <t>Rommy ; Kurnia Setiawan Widana ; Kurnia Trinopiawan ; Agus Sumaryanto ; Riesna Prassanti ; Tri Purwanti ; Afiq Azfar Pratama ; Roza Indra Laksmana ; Amalia Ekaputri Hidayat ; Suci Indryati ; Aditya Widian Putra ; Rachmat Fauzi Hidayat ; Yarianto Sugeng Budi Susilo ; Maman Kartaman Ajiriyanto ;</t>
+  </si>
+  <si>
+    <t>2024-12-05</t>
+  </si>
+  <si>
+    <t>A00202406911</t>
+  </si>
+  <si>
+    <t>2025-05-02</t>
+  </si>
+  <si>
+    <t>IDD000076618</t>
+  </si>
+  <si>
+    <t>Alat penguji pemanen sorgum</t>
+  </si>
+  <si>
+    <t>Moeso Andrianto ; Maria Josefine Tjaturetna Budiastuti ; Ana Nurhasanah ; Suparlan ; Ashri Indriati ; Nandang Jaenudin ; Dedi Sumaryadi ; Beni Guna Paksi ; Azis Budi Setyawan ; Subardiya Noor ; Dadang Gandara ; Yanyan Achmad Hoesen ; Santoso ;</t>
+  </si>
+  <si>
+    <t>A00202406907</t>
+  </si>
+  <si>
+    <t>Dudukan Baterai Sel Satelit dengan 1 Penghantar dan 2 Isolator Thermal</t>
+  </si>
+  <si>
+    <t>Sri Ramayanti ; Poki Agung Budiantoro ; Eriko Nasemudin Nasser ; Desti Ika Suryanti ; Ahmad Fauzi ; Ery Fitrianingsih ; Abdul Karim ; Rifki Ardinal ; Dewi Anggraeni ; Aditya Bayu Erwindu ; Mukhamad Fajar Amiludin ; Moedji Soedjarwo ; Bina Pratomo ; Nurul Muhtadin ;</t>
+  </si>
+  <si>
+    <t>A00202406910</t>
+  </si>
+  <si>
+    <t>IDD000078168</t>
   </si>
   <si>
     <t>Alat Semi-Otomatis Evaporasi Hampa Udara</t>
   </si>
   <si>
     <t>Sandi Darniadi ; Aidil Haryanto ; Diang Sagita ; Puji Widodo ; Uning Budiharti ; Ana Nurhasanah ; Hari Hariadi ; Achmat Sarifudin ; Moeso Andrianto ; Ade Rosadi ; Nandang Jaenudin ; Dedi Sumaryadi ; Bambang Nurhadi ; Wisnu Cahyadi ; Rizal M. Ghaffar ;</t>
   </si>
   <si>
-    <t>2024-12-05</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202406903</t>
   </si>
   <si>
     <t>2025-04-16</t>
   </si>
   <si>
     <t>IDD000076518</t>
   </si>
   <si>
+    <t>Desain Reaktor Pelindian Dalam Pengolahan Monasit Skala Industri Dengan Kapasitas 1000 Ton/Tahun</t>
+  </si>
+  <si>
+    <t>Afiq Azfar Pratama ; Kurnia Setiawan Widana ; Agus Sumaryanto ; Kurnia Trinopiawan ; Tri Purwanti ; Riesna Prassanti ; Rommy ; Roza Indra Laksmana ; Amalia Ekaputri Hidayat ; Suci Indryati ; Aditya Widian Putra ; Rachmat Fauzi Hidayat ; Yarianto Sugeng Budi Susilo ;</t>
+  </si>
+  <si>
+    <t>A00202406901</t>
+  </si>
+  <si>
+    <t>IDD000076617</t>
+  </si>
+  <si>
+    <t>Alat Dengan Sistem Pengeluaran Char Kontinyu untuk Mendukung Operasi Berkelanjutan pada Gasifikasi Biomassa</t>
+  </si>
+  <si>
+    <t>Nina Konitat Supriatna ; Agus Kismanto ; Fahruddin Joko Ermada ; Oni Fariza ; Nabila Aprianti ; Alfonsus Agus Raksodewanto ; Prima Zuldian ; Raden Ibrahim Purawiardi ; Samdi Yarsono ; Lan Marakkup Tua Nainggolan ; Rizal Alamsyah ; Neng Tresna Umi Culsum ; Ida Ayu Nyoman Titin Trisnadewi ; Agung Tri Kuncoro ;</t>
+  </si>
+  <si>
+    <t>A00202406904</t>
+  </si>
+  <si>
+    <t>IDD000076519</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Konversi dan Konservasi Energi</t>
+  </si>
+  <si>
     <t>PESAWAT UDARA TANPA AWAK</t>
   </si>
   <si>
     <t>Apid Rustandi ; Akhmad Farid Widodo ; Joko Purwono Soehardi ; Nurhadi Pramana ; Hari Artha ; Prastiyo Siswo Prajoko ; Matza Gusto A. ; Alief Sadlie Kasman ; Lalu Aan Sasaka Akbar ; Ahmad Sahid ; Karyawan ; Widyawasta ; Yomi Guno ; Agus Suprianto ;</t>
   </si>
   <si>
     <t>A00202406908</t>
   </si>
   <si>
     <t>2025-07-24</t>
   </si>
   <si>
     <t>IDD000078993</t>
   </si>
   <si>
-    <t>Desain Reaktor Pelindian Dalam Pengolahan Monasit Skala Industri Dengan Kapasitas 1000 Ton/Tahun</t>
-[...65 lines deleted...]
-    <t>A00202406907</t>
+    <t>Roda kemudi untuk kendaraan listrik mikro atau micro electric vehicle (MEVI)</t>
+  </si>
+  <si>
+    <t>Adi Waskito ; Taufik Ibnu Salim ; Dikdik Krisnandi ; Arifin Nur ; Ahmad Dimyani ; Rakhmad Indra Pramana ; Yukhi Mustaqim Kusuma Sya`bana ;</t>
+  </si>
+  <si>
+    <t>2024-11-25</t>
+  </si>
+  <si>
+    <t>A00202406617</t>
   </si>
   <si>
     <t>Batang Penarik (Towing Bar) untuk Penyambung Truk Dengan Peluncur Roket</t>
   </si>
   <si>
     <t>Lasinta Ari Nendra Wibawa ; Yudi Haryanto ; Alit Daryana ; Iyus Rusyana ; Parid Saparudin ; Gagan Nugraha ; Toris Sobirin ; Dinar Koswara ; Asep Diana ; Handriyana ; Diyat Muhdiyat ; Dedi Irawan ; Wan Dedy Fitrah Indrayana ;</t>
   </si>
   <si>
-    <t>2024-11-25</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202406618</t>
   </si>
   <si>
     <t>BRIN, Direktorat Pengelolaan Laboratorium, Fasilitas Riset, dan Kawasan Sains dan Teknologi</t>
   </si>
   <si>
     <t>ROTOR TURBIN ANGIN SUMBU HORISONTAL UNTUK KECEPATAN AWAL ANGIN RENDAH</t>
   </si>
   <si>
     <t>Afid Nugroho ; Dony Hidayat ; Abian Nurrohmad ; Fadli Cahya Megawanto ; Awang Rahmadi Nuranto ; Ahmad Jamaludin Fitroh ; Chairunnisa ; Agus Bayu Utama ; Fadilah Hasim ; Sinung Tirtha Pinindriya ; Angga Septiyana ; Dudi Targani ; Riki Ardiansyah ; Kosim Abdurohman ; Agus Aribowo ;</t>
   </si>
   <si>
     <t>A00202406619</t>
   </si>
   <si>
     <t>2025-03-25</t>
   </si>
   <si>
     <t>IDD000076243</t>
   </si>
   <si>
-    <t>Roda kemudi untuk kendaraan listrik mikro atau micro electric vehicle (MEVI)</t>
-[...5 lines deleted...]
-    <t>A00202406617</t>
+    <t>Cetakan Balon Pneumatic Rubber Fender</t>
+  </si>
+  <si>
+    <t>Akhmad Amry ; Ade Sholeh Hidayat ; Indriasari ; Riastuti Fidyaningsih ; Dewi Kusuma Arti ; Lies Agustine Soeprapto ; Mahendra Anggaravidya ; Herri Susanto ; Wahyu Tri Utami ; Idvan ;</t>
+  </si>
+  <si>
+    <t>2024-11-11</t>
+  </si>
+  <si>
+    <t>A00202406241</t>
+  </si>
+  <si>
+    <t>Housing Alat Ukur Cepat Tanah Tipe Transmitan</t>
+  </si>
+  <si>
+    <t>Amrullah Kamaruddin ; Yaya Suryana ; Taslim Rochmadi ; Adnan ; Abdul Aziz ; Wenny Oktaviani ; Arie Rakhman Hakim ; Fahrodji ; Laela Nuraini ; Anugerah Fitri Amalia ; Adim Hadi ; Nizam Ghazali ; Taufik Iqbal Ramdhani ; Solichah Vichy Budiwati ; Ardani Cesario Zuhri ; Galang Ilman Islami ; Ahmad Musthofa ;</t>
+  </si>
+  <si>
+    <t>A00202406243</t>
+  </si>
+  <si>
+    <t>IDD000076499</t>
   </si>
   <si>
     <t>PERANGKAT PEMBERI PAKAN IKAN OTOMATIS</t>
   </si>
   <si>
     <t>Azrizal Akbar ; Fajar Adi Marianto ; Widar Dwi Gustian ; Hanifah Dwiyanti ; Bondan Suwandi ; Reza Septiawan ; Budi Sulistya ; Arief Rufiyanto ; Nashrullah Taufik ; Christian Wisnu Purnaadi ; Arif Rahmat Ardiansyah ; I Putu Ananta Yogiswara ; Ryan Prasetya Utama ; Riky Alam Ma'arif ; Rizky Hanifa ; Moh. Alma Samudro ; Yuki Istianto ; Leli Lailatul Jannah ;</t>
   </si>
   <si>
-    <t>2024-11-11</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202406242</t>
   </si>
   <si>
     <t>IDD000076502</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Elektronika</t>
-[...8 lines deleted...]
-    <t>A00202406241</t>
+    <t>Tempat Dupa Bermotif Kwangen</t>
+  </si>
+  <si>
+    <t>I Nyoman Normal ; I Ketut Sutika ; I Ketut Astawa ; Roosganda Elizabeth ; I Wayan Rangi ; I Wayan Sukadana ; I Gede Suryawan ; Bambang Prajoko ; I Gusti Kade Alit Mantra ; I Gusti Putu Yoyok Irawan ;</t>
+  </si>
+  <si>
+    <t>2024-10-28</t>
+  </si>
+  <si>
+    <t>A00202405877</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Koperasi, Korporasi dan Ekonomi Kerakyatan</t>
   </si>
   <si>
     <t>Turbin Darrieus Dengan Sudut Bilah Dimiringkan Terhadap Poros Turbin Untuk Menangkap Energi Gelombang Dan/Atau Arus Laut</t>
   </si>
   <si>
     <t>Eko Marta Suyanto ; Erwandi ; Daif Rahuna ; Cahyadi Sugeng Jati Mintarso ; Zulis Irawanto ; Afian Kasharjanto ;</t>
   </si>
   <si>
-    <t>2024-10-28</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202405874</t>
   </si>
   <si>
     <t>2025-09-11</t>
   </si>
   <si>
     <t>IDD000079899</t>
   </si>
   <si>
+    <t>Alat Pembuat Kopi Espresso Non-Elektrik</t>
+  </si>
+  <si>
+    <t>Hardono ; Rizki Arizal Purnama ; Muhammad Fauzan Rafif ; Fitriana Tiolita ; Jaizuluddin Mahmud ; Irawan Santoso ; Sarjono ; Satrio Utomo ; Massewwa ; Annisa Sekar Rahmini ; Faransyah Jaya ;</t>
+  </si>
+  <si>
+    <t>A00202405876</t>
+  </si>
+  <si>
+    <t>2025-03-18</t>
+  </si>
+  <si>
+    <t>IDD000076065</t>
+  </si>
+  <si>
+    <t>Casing Baterai Untuk Scooter</t>
+  </si>
+  <si>
+    <t>Suherman ; Bambang Wahono ; Yanuandri Putrasari ; Achmad Praptijanto ; Arifin Nur ; Mulia Pratama ; Ahmad Dimyani ; Muhammad Khristamto Aditya Wardana ; Budi Prawara ; Iman Abdurahman ;</t>
+  </si>
+  <si>
+    <t>A00202405878</t>
+  </si>
+  <si>
+    <t>IDD000076472</t>
+  </si>
+  <si>
     <t>CROSS LINK SPINAL IMPLANT</t>
   </si>
   <si>
     <t>Mirza Wibisono ; Joni Sah ; Giri Wahyu Alam ; I Nyoman Jujur ; Tika Mustika ; Suryadi ; Iwan Setyadi ; Arif Hidayat ; Muslim Efendi Harahap ; Hadi Prianto Sulaikan ; Krisna Adhitya ; Maykel T.E. Manawan ; Galih Taqwatomo ; Andik Wermansyah ;</t>
   </si>
   <si>
     <t>A00202405875</t>
   </si>
   <si>
     <t>2025-03-03</t>
   </si>
   <si>
     <t>IDD000075576</t>
   </si>
   <si>
-    <t>Alat Pembuat Kopi Espresso Non-Elektrik</t>
-[...37 lines deleted...]
-  <si>
     <t>Pesawat Udara 19 Penumpang</t>
   </si>
   <si>
     <t>Sinung Tirtha Pinindriya ; Agus Aribowo ; Gunawan Setyo Prabowo ; Muhammad Fajar ; Dony Hidayat ; Fajar Ari Wandono ; Riki Ardiansyah ; Awang Rahmadi Nuranto ; Afid Nugroho ; Kosim Abdurohman ; Dana Herdiana ; Arifin Rasyadi Soemaryanto ; Budi Sampoerno ; Bambang Soemantri Dwi Kartika ; Ratna Triwulandari ;</t>
   </si>
   <si>
     <t>2024-10-14</t>
   </si>
   <si>
     <t>A00202405402</t>
   </si>
   <si>
     <t>KENDARAAN OTONOM PERAIRAN DANGKAL</t>
   </si>
   <si>
     <t>Destianingrum Ratna Prabawardani ; Ridwan Budi Prasetyo ; Bayu Sutejo ; Agus Sudaryanto ; Ibnu Fauzi ; Maria Nooza Airawati ; Eko Kustiyanto ; Buddin Al Hakim ; Eny Cholishoh ; Arif Hidayat ; Cahyarsi Murtiaji ; Danang Ariyanto ; Bakti Wibawa ; Catur Indra Sukmana ;</t>
   </si>
   <si>
     <t>2024-08-20</t>
   </si>
   <si>
     <t>A00202403993</t>
   </si>
   <si>
     <t>IDD000077655</t>
@@ -695,1259 +989,1295 @@
   <si>
     <t>2024-07-26</t>
   </si>
   <si>
     <t>A00202403494</t>
   </si>
   <si>
     <t>2025-02-07</t>
   </si>
   <si>
     <t>IDD000074876</t>
   </si>
   <si>
     <t>Desain Industri Kompor Kayu Tabung Ganda “si Badai” dengan Sistem Aliran Udara Turbulen</t>
   </si>
   <si>
     <t>Azis Budi Setyawan ; Dadang Gandara ; Dadang Dayat Hidayat ; Arie Sudaryanto ; Maulana Furqon ; Nandang Jaenudin ; Taufik Yudhi ; Rofandi Rori Aditiar Warandi ; Edi Jaenudin ; Ade Rosadi ; Samsu ; Subardiya Noor ; Beni Guna Paksi ; Santoso ; Eka Sulanjana ; Yudianto ; Aep Suhardi ;</t>
   </si>
   <si>
     <t>2024-07-10</t>
   </si>
   <si>
     <t>A00202403027</t>
   </si>
   <si>
+    <t>Abutment Implan Gigi dengan Tiga Sudut Ruang Tulang untuk Tinggi Gusi 3 mm</t>
+  </si>
+  <si>
+    <t>Mirza Wibisono ; Giri Wahyu Alam ; I Nyoman Jujur ; Tika Mustika ; Suryadi ; Iwan Setyadi ; Arif Hidayat ; Muslim Efendi Harahap ; Hadi Prianto Sulaikan ; Joni Sah ; Krisna Adhitya ; Maykel T.E. Manawan ; Galih Taqwatomo ; Ronald Taufiq Waluyo ;</t>
+  </si>
+  <si>
+    <t>2023-12-18</t>
+  </si>
+  <si>
+    <t>A00202306029</t>
+  </si>
+  <si>
+    <t>IDD000072227</t>
+  </si>
+  <si>
     <t>Dudukan Pendeteksi Jarak Horizontal Pada Drone Pewarna Bangunan</t>
   </si>
   <si>
     <t>Try Kusuma Wardana ; Adi Wirawan ; Suryani ; Ari Sugeng Budiyanta ; Gunawan Setyo Prabowo ; Nandang Sumarto ;</t>
   </si>
   <si>
-    <t>2023-12-18</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202306030</t>
   </si>
   <si>
     <t>IDD000074764</t>
   </si>
   <si>
-    <t>Abutment Implan Gigi dengan Tiga Sudut Ruang Tulang untuk Tinggi Gusi 3 mm</t>
-[...10 lines deleted...]
-  <si>
     <t>Vas Bunga</t>
   </si>
   <si>
     <t>I Gede Suryawan ; Joko Lulut Amboro ; Novita Wahyuningsih ;</t>
   </si>
   <si>
     <t>2023-12-15</t>
   </si>
   <si>
     <t>A00202305245</t>
   </si>
   <si>
     <t>2025-02-14</t>
   </si>
   <si>
     <t>IDD000074929</t>
   </si>
   <si>
+    <t>Base Unit Ground Control Station untuk Pesawat Udara Nir Awak kelas Medium Altitude Long Endurance</t>
+  </si>
+  <si>
+    <t>2023-12-04</t>
+  </si>
+  <si>
+    <t>A00202305629</t>
+  </si>
+  <si>
+    <t>2024-11-21</t>
+  </si>
+  <si>
+    <t>IDD000072631</t>
+  </si>
+  <si>
+    <t>Trailer Box Stasiun Pengisian Hidrogen Hijau Modular</t>
+  </si>
+  <si>
+    <t>Arga Febriantoni ; Galih Taqwatomo ; Aditya Eka Mulyono ; Abdul Hamid Budiman ; Eniya Listiani Dewi ; Didik Rostyono ; Toha Zaky ; Khotimatul Fauziah ; Arif Darmawan ; Agustanhakri ; Oka Pradipta Arjasa Putra ; Sri Rahayu ; Nono Darsono ; Muhammad Dikdik Gumelar ; Dita Adi Saputra ; Abdul Hadi ; Saddam Husin ; Widhiatmaka ; Hanif Yuliani ; Boy Marsaputra Panjaitan ; Hariaman Prasetyo ; Ferri Hermawan ; Kurniawan ;</t>
+  </si>
+  <si>
+    <t>A00202305627</t>
+  </si>
+  <si>
+    <t>2024-10-29</t>
+  </si>
+  <si>
+    <t>IDD000072337</t>
+  </si>
+  <si>
     <t>Pajangan Telepon Genggam Motif Tangan</t>
   </si>
   <si>
     <t>I Ketut Astawa ; I Ketut Sutika ; Dewa Nyoman Arta Widana ; I Nyoman Normal ;</t>
   </si>
   <si>
-    <t>2023-12-04</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202305630</t>
   </si>
   <si>
     <t>Alat Pemodelan Tsunami</t>
   </si>
   <si>
     <t>Adnan Sandy Dwi Marta ; Widjo Kongko ; Teguh Budi Pratomo ; Semeidi Husrin ; Amalia Nurwijayanti ; Danang Ariyanto ; Favian Mafazi Giska Putra ; Wahyu Widodo Pandoe ; Dwi Lukman Hakim ; Novian Andri Akhirianto ; Gatot Susatijo ; Anies Ma'rufatin ; Hanah Khoirunnisa ; Luthfi Fikri Baskoro ; Dr. Benazir, S.T., M.Eng. ; Adriand Nurhidayat, S.T. ;</t>
   </si>
   <si>
     <t>A00202305628</t>
   </si>
   <si>
     <t>2024-10-04</t>
   </si>
   <si>
     <t>IDD000071744</t>
   </si>
   <si>
+    <t>Perisai Kolong Belakang Truk Wingbox</t>
+  </si>
+  <si>
+    <t>Siti Hidayanti Mutiara Kurnia ; Sinung Nugroho ; Irfan Ansori ; Guino Verma ; Hendrato ; Hastiya Annisa Fitri ; Dwitya Harits Waskito ; Ahmad Muhtadi ; Novi Irawati ; Andik Dwi Kurniawan ; Khoerul Anwar ; Jean Mario Valentino ; Beny Halfina ; Yohanes Pringeten Dilianto Sembiring Depari ; Muhammad ; Barep Luhur Widodo ; Sulistiya ; Apid Rustandi ; Mutharuddin ; Feronika Sekar Puriningsih ; Subaryata ; Wildan, ATD., MT ; Ahmad Saiful Haqqi ;</t>
+  </si>
+  <si>
+    <t>A00202305633</t>
+  </si>
+  <si>
+    <t>2024-12-18</t>
+  </si>
+  <si>
+    <t>IDD000073155</t>
+  </si>
+  <si>
     <t>Pintu Penumpang Kereta Api Cepat</t>
   </si>
   <si>
     <t>Okghi Adam Qowiy ; Mulyadi Sinung Harjono ; Beny Halfina ; Hastiya Annisa Fitri ; Andik Dwi Kurniawan ; Barep Luhur Widodo ; Siti Vivi Octaviany ; Tri Widodo ; Adhi Dharma Permana ; Eko Syamsuddin Hasrito ; Hilda Luthfiyah ; Guino Verma ;</t>
   </si>
   <si>
     <t>A00202305632</t>
   </si>
   <si>
-    <t>2024-12-18</t>
-[...1 lines deleted...]
-  <si>
     <t>IDD000073143</t>
   </si>
   <si>
     <t>Chamber Kedap Udara Pengukur Gas Rumah Kaca Modular dan Portable pada Sektor Pertanian</t>
   </si>
   <si>
     <t>Ayu Erliza ; Rosmeika ; Marini Septiani ; Aditiyawan ; Delfi Fatina Soraya ; Utari Ayuningtyas ; Hermawan Febriansyah ; Chintya Komala Sari ; Agam Wira Sani ; Annisa Indah Pratiwi ; Muhammad Akbar Hipi ; Nofalia Andriyani ; Nugroho Adi Sasongko ; Raden Nesya Shodrina ; Chrisella Naomi ;</t>
   </si>
   <si>
     <t>A00202305631</t>
   </si>
   <si>
     <t>IDD000072245</t>
   </si>
   <si>
-    <t>Trailer Box Stasiun Pengisian Hidrogen Hijau Modular</t>
-[...23 lines deleted...]
-    <t>IDD000072631</t>
+    <t>Pemotong Rumput Elektrik</t>
+  </si>
+  <si>
+    <t>Suherman ;</t>
+  </si>
+  <si>
+    <t>2023-11-15</t>
+  </si>
+  <si>
+    <t>A00202305244</t>
+  </si>
+  <si>
+    <t>IDD000071749</t>
+  </si>
+  <si>
+    <t>PERANGKAT PEMANTAUAN DAN KENDALI OTOMATIS UNTUK HIDROPONIK DAN PERIKANAN</t>
+  </si>
+  <si>
+    <t>Bagus Bhakti Irawan ; Bondan Suwandi ; Widyanti ; Reza Septiawan ; Arief Rufiyanto ; Budi Sulistya ; Widar Dwi Gustian ; Ryan Prasetya Utama ; Arfan Ridwan Hartawan ; Hanifah Dwiyanti ; Sakinah Puspa Anggraeni ; I Putu Ananta Yogiswara ;</t>
+  </si>
+  <si>
+    <t>A00202305243</t>
+  </si>
+  <si>
+    <t>2024-06-23</t>
+  </si>
+  <si>
+    <t>IDD000070688</t>
   </si>
   <si>
     <t>Vas Bunga Jari Hati</t>
   </si>
   <si>
-    <t>2023-11-15</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202305242</t>
   </si>
   <si>
     <t>Ditolak</t>
   </si>
   <si>
-    <t>Pemotong Rumput Elektrik</t>
-[...8 lines deleted...]
-    <t>IDD000071749</t>
+    <t>Alat Cetak Compression Molding Produk Rubber Cone Cable Based Tsunami (CBT)</t>
+  </si>
+  <si>
+    <t>Indriasari ; Ade Sholeh Hidayat ; Lies Agustine Soeprapto ; Mahendra Anggaravidya ; Dewi Kusuma Arti ; Galih Taqwatomo ; Riastuti Fidyaningsih ; Wahyu Tri Utami ; Herri Susanto ; Akhmad Amry ; Idvan ; Mohamad Soleh Iskandar ;</t>
+  </si>
+  <si>
+    <t>A00202305240</t>
+  </si>
+  <si>
+    <t>2024-07-30</t>
+  </si>
+  <si>
+    <t>IDD000071049</t>
   </si>
   <si>
     <t>Mesin Termal Pemusnah Sampah Dengan Kompor Minyak Bertekanan Uap Air</t>
   </si>
   <si>
     <t>Arie Sudaryanto ; Dadang Dayat Hidayat ; Dadang Gandara ; Azis Budi Setyawan ; Taufik Yudhi ; Nandang Jaenudin ; Beni Guna Paksi ; Slamet Adi Sucipto ; Edi Jaenudin ;</t>
   </si>
   <si>
     <t>A00202305241</t>
   </si>
   <si>
     <t>2024-09-02</t>
   </si>
   <si>
     <t>IDD000071569</t>
   </si>
   <si>
-    <t>PERANGKAT PEMANTAUAN DAN KENDALI OTOMATIS UNTUK HIDROPONIK DAN PERIKANAN</t>
-[...26 lines deleted...]
-    <t>IDD000071049</t>
+    <t>BOKOR</t>
+  </si>
+  <si>
+    <t>Dewa Nyoman Arta Widana ; I Nyoman Normal ; I Ketut Sutika ; I Ketut Astawa ; Putu Adi Saputra ; ;</t>
+  </si>
+  <si>
+    <t>2023-09-27</t>
+  </si>
+  <si>
+    <t>A00202304322</t>
+  </si>
+  <si>
+    <t>IDD000070470</t>
+  </si>
+  <si>
+    <t>TEKO</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; I Wayan Paster Susenapathy ; Agus Yoga Sugama ; Ni Ketut Winantari ; Supriyadi ; Bambang Prajoko ; Arifin Siagian ; I Gede Suryawan ; Anak Agung Ngurah Agung Indra Wijaya ; Anak Agung Ngurah Rai Indra Wardana ; I Wayan Sukadana ; I Gusti Agung Suradharmika ; I Gusti Ngurah Putra Wiratma ; David Candra Birawidha ;</t>
+  </si>
+  <si>
+    <t>A00202304321</t>
+  </si>
+  <si>
+    <t>IDD000070434</t>
+  </si>
+  <si>
+    <t>KERUCUT KARET PENCEGAH KEBOCORAN AIR LAUT</t>
+  </si>
+  <si>
+    <t>Dewi Kusuma Arti ; Ade Sholeh Hidayat ; Lies Agustine Soeprapto ; Mahendra Anggaravidya ; Indriasari ; Herri Susanto ; Riastuti Fidyaningsih ; Galih Taqwatomo ; Akhmad Amry ; Wahyu Tri Utami ; Idvan ; Mohamad Soleh Iskandar ;</t>
+  </si>
+  <si>
+    <t>A00202304331</t>
+  </si>
+  <si>
+    <t>IDD000070342</t>
   </si>
   <si>
     <t>Teko Double Wall</t>
   </si>
   <si>
     <t>Ni Putu Muliawati ; I Nyoman Sadguna ; Komang Nelly Sundari ; I Nyoman Normal ; I Gusti Agung Suradharmika ; I Gede Suryawan ; I Wayan Rangi ; I Putu Angga Kristyawan ; I Made Wiarta ; Dwipayana ; I Kadek Sujana ; I Wayan Oka Prayasa ; I Gusti Agung Sucipta Senajaya ; Dewa Nyoman Arta Widana ; I Ketut Sutika ; I Wayan Paster Susenapathy ; Komang Adiputra ; Made Asri Puspadewi ; I Gusti Ketut Ariyasa ;</t>
   </si>
   <si>
-    <t>2023-09-27</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202304327</t>
   </si>
   <si>
     <t>IDD000070461</t>
   </si>
   <si>
-    <t>BOKOR</t>
-[...8 lines deleted...]
-    <t>IDD000070470</t>
+    <t>KURSI KEMUDI KERETA API</t>
+  </si>
+  <si>
+    <t>Guino Verma ; Adhi Dharma Permana ; Beny Halfina ; Yohanes Pringeten Dilianto Sembiring Depari ; Hendrato ; Andik Dwi Kurniawan ; Jean Mario Valentino ; Muhammad ; Barep Luhur Widodo ; Siti Hidayanti Mutiara Kurnia ; Hastiya Annisa Fitri ;</t>
+  </si>
+  <si>
+    <t>A00202304324</t>
+  </si>
+  <si>
+    <t>2024-06-10</t>
+  </si>
+  <si>
+    <t>IDD000070097</t>
+  </si>
+  <si>
+    <t>Teko</t>
+  </si>
+  <si>
+    <t>I Ketut Sutika ; I Nyoman Normal ; Dewa Nyoman Arta Widana ; I Ketut Astawa ; Putu Adi Saputra ;</t>
+  </si>
+  <si>
+    <t>A00202304320</t>
+  </si>
+  <si>
+    <t>IDD000070655</t>
   </si>
   <si>
     <t>Casing Alat Pembaca Meteran Air menggunakan Kamera</t>
   </si>
   <si>
     <t>Taufik Ibnu Salim ; Iwan Rohman Setiawan ; Aris Munandar ; Rendra Dwi Firmansyah ; Adi Waskito ; Novan Agung Mahardiono ; Muhammad Arifin ; Akbari Indra Basuki ; Mulyana ; Juharna ; Heri Herdiana ;</t>
   </si>
   <si>
     <t>A00202304323</t>
   </si>
   <si>
     <t>2024-05-03</t>
   </si>
   <si>
     <t>IDD000069933</t>
   </si>
   <si>
-    <t>KURSI KEMUDI KERETA API</t>
-[...49 lines deleted...]
-  <si>
     <t>Kursi Kemudi Kereta Api</t>
   </si>
   <si>
     <t>A00202304325</t>
   </si>
   <si>
     <t>IDD000070123</t>
   </si>
   <si>
+    <t>MESIN PENGKONDISIAN UDARA KERETA API CEPAT UNTUK INSTALASI DI BAWAH ATAP</t>
+  </si>
+  <si>
+    <t>Achmad Maswan ; R. Bambang Teguh Prasetyo ; Hariyotejo Pujowidodo ; Himawan Sutriyanto ; Muhammad Penta Helios ; Bhakti Nuryadin ; Riki Jaka Komara ; Kanon Prabandaru Sumarah ; Andhy Muhammad Fathoni ; I. G. A. Uttariyani ; Chairunnisa ; Fitrianto ; Agus Prasetyo Nuryadi ;</t>
+  </si>
+  <si>
+    <t>2023-08-31</t>
+  </si>
+  <si>
+    <t>A00202303759</t>
+  </si>
+  <si>
+    <t>IDD000073061</t>
+  </si>
+  <si>
+    <t>Ni Putu Muliawati ; I Nyoman Sadguna ; Komang Nelly Sundari ; I Nyoman Normal ; I Ketut Sutika ; I Gusti Agung Suradharmika ; I Gede Suryawan ; I Wayan Rangi ; I Putu Angga Kristyawan ; I Made Wiarta ; Dwipayana ; I Kadek Sujana ; I Wayan Oka Prayasa ; I Gusti Agung Sucipta Senajaya ; Dewa Nyoman Arta Widana ; I Wayan Paster Susenapathy ; Komang Adiputra ; Made Asri Puspadewi ; I Gusti Ngurah Putra Wiratma ;</t>
+  </si>
+  <si>
+    <t>A00202303758</t>
+  </si>
+  <si>
+    <t>IDD000070440</t>
+  </si>
+  <si>
     <t>Ni Putu Muliawati ; I Ketut Sutika ; Komang Nelly Sundari ; I Nyoman Sadguna ; I Gusti Agung Suradharmika ; I Gede Suryawan ; I Wayan Rangi ; I Putu Angga Kristyawan ; I Gusti Putu Yoyok Irawan ; Dwipayana ; I Gusti Kade Alit Mantra ; I Wayan Oka Prayasa ; Dewa Nyoman Arta Widana ; Komang Adiputra ; Made Asri Puspadewi ; I Made Suputra ; Ni Luh Ayu Eka Erawati ;</t>
   </si>
   <si>
-    <t>2023-08-31</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202303756</t>
   </si>
   <si>
     <t>2024-01-12</t>
   </si>
   <si>
     <t>IDD000068673</t>
   </si>
   <si>
-    <t>MESIN PENGKONDISIAN UDARA KERETA API CEPAT UNTUK INSTALASI DI BAWAH ATAP</t>
-[...17 lines deleted...]
-    <t>IDD000070440</t>
+    <t>Tempat Perhiasan Double Wall</t>
+  </si>
+  <si>
+    <t>Ni Putu Muliawati ; I Kadek Sujana ; I Nyoman Sadguna ; Komang Nelly Sundari ; I Gusti Agung Suradharmika ; I Gede Suryawan ; I Wayan Rangi ; I Putu Angga Kristyawan ; I Gusti Putu Yoyok Irawan ; Dwipayana ; I Gusti Kade Alit Mantra ; Ni Ketut Winantari ; I Gusti Agung Sucipta Senajaya ; Dewa Nyoman Arta Widana ; Komang Adiputra ; Made Asri Puspadewi ; Ni Nyoman Mei Antari ; Putu Indra Widiartha ;</t>
+  </si>
+  <si>
+    <t>2023-07-27</t>
+  </si>
+  <si>
+    <t>A00202303124</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>IDD000080046</t>
+  </si>
+  <si>
+    <t>Kursi Kemudi Kereta Api Berpenggerak Tipe 1</t>
+  </si>
+  <si>
+    <t>Guino Verma ; Beny Halfina ; Adhi Dharma Permana ; Yohanes Pringeten Dilianto Sembiring Depari ; Hendrato ; Andik Dwi Kurniawan ; Jean Mario Valentino ; Muhammad ; Barep Luhur Widodo ; Siti Hidayanti Mutiara Kurnia ; Hastiya Annisa Fitri ;</t>
+  </si>
+  <si>
+    <t>A00202303121</t>
+  </si>
+  <si>
+    <t>IDD000070082</t>
+  </si>
+  <si>
+    <t>Wahana Apung Katamaran Pesawat Terbang Displasmen 7.000 kg 98X0</t>
+  </si>
+  <si>
+    <t>Sayuti Syamsuar ; Aam Muharam ; Rizqon Fajar ; Erwandi ; Andi Muhdiar Kadir ; Jayatin ; Karyawan ; Widyawasta ; Daif Rahuna ; Adityo Suksmono ; Annissa Roschyntawati ; Hendrato ; Muhammad ; Sigit Tri Atmaja ; Thiya Fiantika ; Yustina Niken Raharina Hendra ; Yudiawan Fajar Kusuma ; Sulistiya ; Fithri Nur Purnamastuti ; Ilham Akbar Adi Satriya ; Nurhadi Pramana ; Bagiyo Suwasono ; Sutiyo ; Sinung Widiyanto ; Prabhawatya Poundra ;</t>
+  </si>
+  <si>
+    <t>A00202303112</t>
+  </si>
+  <si>
+    <t>2024-03-26</t>
+  </si>
+  <si>
+    <t>IDD000069616</t>
+  </si>
+  <si>
+    <t>Casing Gearbox</t>
+  </si>
+  <si>
+    <t>Suherman ; Ghalya Pikra ; Andri Joko Purwanto ; Rakhmad Indra Pramana ; Endro Junianto ; Iman Abdurahman ; Nurul Hasanah ; Syukri Darmawan ; Mustofa Amirullah ; Rahmat ;</t>
+  </si>
+  <si>
+    <t>A00202303116</t>
+  </si>
+  <si>
+    <t>2024-06-04</t>
+  </si>
+  <si>
+    <t>IDD000070028</t>
+  </si>
+  <si>
+    <t>VAS BUNGA</t>
+  </si>
+  <si>
+    <t>I Made Wiarta ; Dewa Nyoman Arta Widana ; I Kadek Sujana ; I Putu Angga Kristyawan ;</t>
+  </si>
+  <si>
+    <t>A00202303119</t>
+  </si>
+  <si>
+    <t>2024-03-18</t>
+  </si>
+  <si>
+    <t>IDD000069393</t>
+  </si>
+  <si>
+    <t>Tempat Lampu</t>
+  </si>
+  <si>
+    <t>Ni Putu Muliawati ; I Wayan Rangi ; I Nyoman Sadguna ; Komang Nelly Sundari ; I Gusti Agung Suradharmika ; I Putu Angga Kristyawan ; Dwipayana ; I Kadek Sujana ; I Ketut Sutika ; Komang Adiputra ; Made Asri Puspadewi ; I Gusti Putu Yoyok Irawan ; I Gusti Kade Alit Mantra ; I Made Budhi Gautama ; Ni Made Suarthini ; Ni Ketut Dauh ; I Nyoman Labha ;</t>
+  </si>
+  <si>
+    <t>A00202303122</t>
+  </si>
+  <si>
+    <t>IDD000080045</t>
+  </si>
+  <si>
+    <t>PIRING DEKORASI</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; Ni Putu Muliawati ; Komang Adiputra ; Dwipayana ; I Gusti Kade Alit Mantra ; Made Asri Puspadewi ; I Gusti Putu Yoyok Irawan ; I Gusti Ketut Ariyasa ; I Made Suputra ; I Wayan Jaya Nuraga ; I Wayan Ardika ; I Wayan Riana ;</t>
+  </si>
+  <si>
+    <t>A00202303115</t>
+  </si>
+  <si>
+    <t>IDD000080206</t>
+  </si>
+  <si>
+    <t>GUCI HIAS</t>
+  </si>
+  <si>
+    <t>Ni Putu Muliawati ; I Nyoman Sadguna ; Komang Nelly Sundari ; I Nyoman Normal ; I Gusti Agung Suradharmika ; I Gede Suryawan ; I Wayan Rangi ; I Putu Angga Kristyawan ; I Made Wiarta ; Dwipayana ; I Kadek Sujana ; I Wayan Oka Prayasa ; I Gusti Agung Sucipta Senajaya ; Dewa Nyoman Arta Widana ; I Ketut Sutika ; I Wayan Paster Susenapathy ; Komang Adiputra ; Made Asri Puspadewi ; I Gusti Ngurah Putra Wiratma ;</t>
+  </si>
+  <si>
+    <t>A00202303114</t>
+  </si>
+  <si>
+    <t>IDD000070436</t>
+  </si>
+  <si>
+    <t>Alat Ukur Deteksi Unsur Hara</t>
+  </si>
+  <si>
+    <t>Amrullah Kamaruddin ; Yaya Suryana ; Taslim Rochmadi ; Adnan ; Abdul Aziz ; Wenny Oktaviani ; Arie Rakhman Hakim ; Fahrodji ; Laela Nuraini ; Anugerah Fitri Amalia ; Aditiyawan ; Nugroho Adi Sasongko ; Intan Kusuma Wardani ; Rudi Hartono ; Yul H. Bahar ;</t>
+  </si>
+  <si>
+    <t>A00202303117</t>
+  </si>
+  <si>
+    <t>2024-06-13</t>
+  </si>
+  <si>
+    <t>IDD000070234</t>
+  </si>
+  <si>
+    <t>Cangkir</t>
+  </si>
+  <si>
+    <t>Dewa Nyoman Arta Widana ; I Made Wiarta ; I Kadek Sujana ; I Putu Angga Kristyawan ;</t>
+  </si>
+  <si>
+    <t>A00202303120</t>
+  </si>
+  <si>
+    <t>IDD000080225</t>
+  </si>
+  <si>
+    <t>Alat Pembatas Kecepatan</t>
+  </si>
+  <si>
+    <t>Guino Verma ; Irfan Ansori ; Aam Muharam ; Khoerul Anwar ; Beny Halfina ; Jean Mario Valentino ; Hendrato ; Andik Dwi Kurniawan ; Muhammad ; Yohanes Pringeten Dilianto Sembiring Depari ; Dwinanto ; Dhimas Satria ; Erny Listijorini ; Sidik Susilo ; Mekro Permana Pinem ; Nufus Kanani ;</t>
+  </si>
+  <si>
+    <t>A00202303118</t>
+  </si>
+  <si>
+    <t>IDD000070829</t>
+  </si>
+  <si>
+    <t>Mesin Pengkondisian Udara Kereta Api Cepat Untuk Instalasi di Bawah Atap</t>
+  </si>
+  <si>
+    <t>Himawan Sutriyanto ; R. Bambang Teguh Prasetyo ; Hariyotejo Pujowidodo ; Achmad Maswan ; Muhammad Penta Helios ; Bhakti Nuryadin ; Riki Jaka Komara ; Kanon Prabandaru Sumarah ; Andhy Muhammad Fathoni ; I. G. A. Uttariyani ; Chairunnisa ; Fitrianto ; Agus Prasetyo Nuryadi ;</t>
+  </si>
+  <si>
+    <t>A00202303123</t>
+  </si>
+  <si>
+    <t>IDD000069589</t>
   </si>
   <si>
     <t>Gas-Solid Nosel-Ejektor untuk Teknologi Modifikasi Cuaca (TMC) dari darat tipe-1</t>
   </si>
   <si>
     <t>Muhammad Penta Helios ; R. Bambang Teguh Prasetyo ; Himawan Sutriyanto ; Achmad Maswan ; Hariyotejo Pujowidodo ; Bhakti Nuryadin ; Riki Jaka Komara ; Kanon Prabandaru Sumarah ; Andhy Muhammad Fathoni ; I. G. A. Uttariyani ; Chairunnisa ; Fitrianto ; Agus Prasetyo Nuryadi ; Krisna Adhitya ; Tarida Priskila Hasian Simanjuntak ; Purwadi ;</t>
   </si>
   <si>
-    <t>2023-07-27</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202303113</t>
   </si>
   <si>
     <t>2024-07-16</t>
   </si>
   <si>
     <t>IDD000070868</t>
   </si>
   <si>
-    <t>Tempat Lampu</t>
-[...142 lines deleted...]
-  <si>
     <t>Totok Nugroho ; I Wayan Paster Susenapathy ; Agus Yoga Sugama ; Ni Ketut Winantari ; Supriyadi ; Bambang Prajoko ; Arifin Siagian ; I Gede Suryawan ; Anak Agung Ngurah Agung Indra Wijaya ; Anak Agung Ngurah Rai Indra Wardana ; I Gusti Ngurah Putra Wiratma ; David Candra Birawidha ;</t>
   </si>
   <si>
     <t>2023-06-23</t>
   </si>
   <si>
     <t>A00202303757</t>
   </si>
   <si>
     <t>IDD000070502</t>
   </si>
   <si>
     <t>Teko Berglasir Putih Dengan Gagang Rotan</t>
   </si>
   <si>
     <t>Totok Nugroho ; I Wayan Paster Susenapathy ; Agus Yoga Sugama ; Ni Ketut Winantari ; Supriyadi ; Bambang Prajoko ; Arifin Siagian ; I Gede Suryawan ; Anak Agung Ngurah Agung Indra Wijaya ; I Wayan Sukadana ; I Gusti Agung Suradharmika ; I Gusti Ngurah Putra Wiratma ; Anak Agung Ngurah Rai Indra Wardana ;</t>
   </si>
   <si>
     <t>2023-05-26</t>
   </si>
   <si>
     <t>A00202302005</t>
   </si>
   <si>
     <t>2023-11-02</t>
   </si>
   <si>
     <t>IDD000067617</t>
   </si>
   <si>
-    <t>Oil Burner</t>
+    <t>Tempat Lilin Kurung Dekorasi Daun Dan Bunga</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; Ni Putu Muliawati ; Komang Adiputra ; Dwipayana ; I Ketut Astawa ; Supriyadi ; Anak Agung Ngurah Agung Indra Wijaya ; I Wayan Rangi ; I Gusti Agung Sucipta Senajaya ; Dewa Nyoman Arta Widana ; I Kadek Sujana ; I Putu Angga Kristyawan ;</t>
+  </si>
+  <si>
+    <t>A00202302000</t>
+  </si>
+  <si>
+    <t>Pengendali Saklar Lampu Pasang-Pakai</t>
+  </si>
+  <si>
+    <t>Muhammad Arifin ; Taufik Ibnu Salim ; Veny Rachmawati ;</t>
+  </si>
+  <si>
+    <t>A00202302003</t>
+  </si>
+  <si>
+    <t>IDD000070478</t>
+  </si>
+  <si>
+    <t>PEMBAKAR MINYAK AROMATERAPI (OIL BURNER)</t>
   </si>
   <si>
     <t>I Gusti Agung Suradharmika ; I Wayan Paster Susenapathy ; Totok Nugroho ; Ni Putu Muliawati ; Komang Nelly Sundari ; Anak Agung Ngurah Rai Indra Wardana ; Anak Agung Ngurah Agung Indra Wijaya ; Arifin Siagian ; Agus Yoga Sugama ; Ni Ketut Winantari ; I Gusti Ngurah Putra Wiratma ; I Gede Suryawan ; Bambang Prajoko ; I Wayan Sukadana ; I Nyoman Normal ; I Nyoman Sadguna ; I Gusti Agung Sucipta Senajaya ;</t>
   </si>
   <si>
     <t>A00202302002</t>
   </si>
   <si>
-    <t>Pengendali Saklar Lampu Pasang-Pakai</t>
-[...17 lines deleted...]
-    <t>A00202302000</t>
+    <t>IDD000080044</t>
+  </si>
+  <si>
+    <t>Tempat Lilin Kurung Dekorasi Pasir Pantai</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; Ni Putu Muliawati ; Komang Adiputra ; Dwipayana ; Komang Nelly Sundari ; I Nyoman Sadguna ; Anak Agung Ngurah Rai Indra Wardana ; I Gede Suryawan ; Agus Yoga Sugama ; Ni Ketut Winantari ; I Wayan Oka Prayasa ;</t>
+  </si>
+  <si>
+    <t>A00202301999</t>
+  </si>
+  <si>
+    <t>IDD000067616</t>
+  </si>
+  <si>
+    <t>KAP LAMPU LILIN KERAMIK</t>
+  </si>
+  <si>
+    <t>I Gusti Agung Suradharmika ; Ni Putu Muliawati ; I Wayan Paster Susenapathy ; Totok Nugroho ; Anak Agung Ngurah Rai Indra Wardana ; Anak Agung Ngurah Agung Indra Wijaya ; Arifin Siagian ; Agus Yoga Sugama ; Ni Ketut Winantari ; I Gusti Ngurah Putra Wiratma ; I Gede Suryawan ; Bambang Prajoko ; I Wayan Sukadana ; Komang Nelly Sundari ; I Putu Angga Kristyawan ; Dwipayana ; I Wayan Oka Prayasa ; I Gusti Agung Sucipta Senajaya ;</t>
+  </si>
+  <si>
+    <t>A00202302006</t>
+  </si>
+  <si>
+    <t>2024-08-26</t>
+  </si>
+  <si>
+    <t>IDD000071464</t>
+  </si>
+  <si>
+    <t>Guci Hias Keramik</t>
+  </si>
+  <si>
+    <t>I Gusti Agung Suradharmika ; Ni Putu Muliawati ; I Wayan Paster Susenapathy ; Anak Agung Ngurah Rai Indra Wardana ; Anak Agung Ngurah Agung Indra Wijaya ; Arifin Siagian ; Agus Yoga Sugama ; Ni Ketut Winantari ; I Gusti Ngurah Putra Wiratma ; I Gede Suryawan ; Bambang Prajoko ; I Wayan Sukadana ; I Wayan Rangi ; I Kadek Sujana ; I Made Wiarta ; Dewa Nyoman Arta Widana ; Made Asri Puspadewi ; Komang Adiputra ; I Gusti Putu Yoyok Irawan ; I Gusti Kade Alit Mantra ;</t>
+  </si>
+  <si>
+    <t>A00202301998</t>
+  </si>
+  <si>
+    <t>IDD000080043</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; I Wayan Paster Susenapathy ; Agus Yoga Sugama ; Ni Ketut Winantari ; Supriyadi ; Bambang Prajoko ; Arifin Siagian ; I Gede Suryawan ; Anak Agung Ngurah Agung Indra Wijaya ; I Wayan Sukadana ; I Gusti Agung Suradharmika ; I Gusti Ngurah Putra Wiratma ; Anak Agung Ngurah Rai Indra Wardana ; David Candra Birawidha ;</t>
+  </si>
+  <si>
+    <t>A00202302004</t>
+  </si>
+  <si>
+    <t>IDD000080063</t>
   </si>
   <si>
     <t>TEMPAT LILIN</t>
   </si>
   <si>
     <t>Totok Nugroho ; Ni Putu Muliawati ; Dwipayana ; Komang Adiputra ; I Nyoman Normal ; I Gusti Agung Suradharmika ; Arifin Siagian ; I Ketut Sutika ; I Gusti Ngurah Putra Wiratma ; Bambang Prajoko ; I Wayan Sukadana ; I Made Wiarta ;</t>
   </si>
   <si>
     <t>A00202302001</t>
   </si>
   <si>
     <t>2024-03-14</t>
   </si>
   <si>
     <t>IDD000069302</t>
   </si>
   <si>
-    <t>Teko Berglasir Coklat Motif Apel Dengan Gagang Rotan</t>
-[...41 lines deleted...]
-    <t>IDD000071464</t>
+    <t>BOTOL MINUM</t>
+  </si>
+  <si>
+    <t>2023-04-17</t>
+  </si>
+  <si>
+    <t>A00202301641</t>
+  </si>
+  <si>
+    <t>2024-04-01</t>
+  </si>
+  <si>
+    <t>IDD000069754</t>
+  </si>
+  <si>
+    <t>Kendaraan Roda Tiga Elektrik Untuk Berniaga</t>
+  </si>
+  <si>
+    <t>Yukhi Mustaqim Kusuma Sya`bana ; Kadek Heri Sanjaya ; Asep Nugroho ; Latif Rozaqi ; Nugrahaning Sani Dewi ; Muqorob Tajalli ; Ana Heryana ; Dikdik Krisnandi ; Dwi Esti Kusumandari ; Yanuandri Putrasari ;</t>
+  </si>
+  <si>
+    <t>A00202301640</t>
+  </si>
+  <si>
+    <t>2023-10-25</t>
+  </si>
+  <si>
+    <t>IDD000067491</t>
   </si>
   <si>
     <t>Casing Pistol</t>
   </si>
   <si>
-    <t>2023-04-17</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202301642</t>
   </si>
   <si>
-    <t>2024-04-01</t>
-[...10 lines deleted...]
-  <si>
     <t>STASIUN PENGISIAN KENDARAAN LISTRIK UMUM (SPKLU) RODA DUA</t>
   </si>
   <si>
     <t>Eka Rakhman Priandana ; Yusuf Margowadi ; Bayu Samodra ; Maulana Dwi Nur Dawami ; Riko Ardiana Nugraha ; Prasetyo Aji ; Dionysius Aldion Renata ; Hafsah Halidah ; Afrias Sarotama ; Beti Tuntari ; Himawan Indra Bayu ; Suhraeni Syafei ; Riza ; Ganesha Tri Chandrasa ; Barman Tambunan ; Agus Mukhlisin ; Moh. Rifqi Faqih ; Rizkhi Nur Irawan ;</t>
   </si>
   <si>
     <t>A00202301639</t>
   </si>
   <si>
     <t>2024-03-21</t>
   </si>
   <si>
     <t>IDD000069512</t>
   </si>
   <si>
-    <t>Kendaraan Roda Tiga Elektrik Untuk Berniaga</t>
-[...11 lines deleted...]
-    <t>IDD000067491</t>
+    <t>MUG</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; Komang Adiputra ; Guino Verma ;</t>
+  </si>
+  <si>
+    <t>2022-12-26</t>
+  </si>
+  <si>
+    <t>A00202204841</t>
+  </si>
+  <si>
+    <t>2023-08-21</t>
+  </si>
+  <si>
+    <t>IDD000066573</t>
   </si>
   <si>
     <t>CCTV</t>
   </si>
   <si>
     <t>Suherman ; Bambang Wahono ; Yanuandri Putrasari ; Achmad Praptijanto ; Ahmad Dimyani ; Mulia Pratama ; Arifin Nur ; Muhammad Khristamto Aditya Wardana ;</t>
   </si>
   <si>
-    <t>2022-12-26</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202204842</t>
   </si>
   <si>
     <t>2024-12-17</t>
   </si>
   <si>
     <t>IDD000072962</t>
   </si>
   <si>
-    <t>MUG</t>
-[...13 lines deleted...]
-  <si>
     <t>SEKRUP PENUTUP IMPLAN GIGI</t>
   </si>
   <si>
     <t>Giri Wahyu Alam ; Galih Taqwatomo ; Ronald Taufiq Waluyo ; Lambert Hotma ; I Nyoman Jujur ; Tika Mustika ; Muhammad Kozin ; Bambang Triwibowo ; Aldilla Miranda ; Ira Komara ; Prajna Metta ; Chandra Andi Bawono ; Budhi Cahya Prasetyo ; Siti Sopiatin ;</t>
   </si>
   <si>
     <t>A00202204843</t>
   </si>
   <si>
     <t>2023-09-05</t>
   </si>
   <si>
     <t>IDD000066904</t>
   </si>
   <si>
     <t>Desain Reaktor Berpengaduk Vertikal Dan Berpengaduk Horisontal Hidrolisis</t>
   </si>
   <si>
     <t>Winda Wulandari ; R. Dwi Husodo Prasetyo ; Hens Saputra ; Semuel Pati Senda ; Ridho Dwimansyah ; Hana Nabila Anindita ; Bambang Muharto ; Muhamad Rodhi Supriyadi ;</t>
   </si>
   <si>
     <t>2022-12-22</t>
   </si>
   <si>
     <t>A00202204742</t>
   </si>
   <si>
     <t>2023-09-20</t>
   </si>
   <si>
     <t>IDD000067094</t>
   </si>
   <si>
+    <t>Implan Gigi dengan Ulir Tunggal Profil V</t>
+  </si>
+  <si>
+    <t>2022-12-21</t>
+  </si>
+  <si>
+    <t>A00202204699</t>
+  </si>
+  <si>
+    <t>ALAT PRESS PNEUMATIK PAPAN SERAT ALAM DENGAN PEMANAS UAP/STEAM SEBAGAI PERCEPATAN PENGERINGAN PEREKAT</t>
+  </si>
+  <si>
+    <t>Deni Purnomo ; Ismadi ; Sudarmanto ; Narto ; Fazhar Akbar ; Bambang Subiyanto ; Sasa Sofyan Munawar ; Jayadi ; Hari Pratomo ; Ahmad Syahrir ;</t>
+  </si>
+  <si>
+    <t>A00202204722</t>
+  </si>
+  <si>
+    <t>2023-09-14</t>
+  </si>
+  <si>
+    <t>IDD000067026</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Biomassa dan Bioproduk</t>
+  </si>
+  <si>
+    <t>Suspensi</t>
+  </si>
+  <si>
+    <t>Mulia Pratama ; Bambang Wahono ; Yanuandri Putrasari ; Muhammad Khristamto Aditya Wardana ; Arifin Nur ; Achmad Praptijanto ; Ahmad Dimyani ; Suherman ;</t>
+  </si>
+  <si>
+    <t>A00202204704</t>
+  </si>
+  <si>
+    <t>2023-06-16</t>
+  </si>
+  <si>
+    <t>IDD000065716</t>
+  </si>
+  <si>
+    <t>ALAT PENDETEKSI DINI TSUNAMI BERBASIS KABEL BAWAH LAUT</t>
+  </si>
+  <si>
+    <t>Muhammad Yusha Firdaus ; Arief Setyawan ; Maratul Hamidah ; Lesti Setianingrum ; Sasono Rahardjo ; Wayan Wira Yogantara ; Michael Andreas Purwoadi ; Mery Diana ; Leli Lailatul Jannah ; Mustika Fitriana Dewi ; Fadjar Rahino Triputra ; Edhi Purnomo ; Rifki Firdaus ; Tinova Pramudya ; Ogi Ivano ; Budi Haryanto ; Saeful Andhi ; Himawan Sutriyanto ; Riki Jaka Komara ; Muhammad Penta Helios ; Jayatin ; Suryadi ; Razie Hanafi ; Teguh Handoyo ; Rizqi Fadlilah ; Rivaldy Cahya Saputra ; Nur Aulia Rachmadini ;</t>
+  </si>
+  <si>
+    <t>A00202204716</t>
+  </si>
+  <si>
+    <t>IDD000067093</t>
+  </si>
+  <si>
+    <t>BRIN, PUSAT RISET ELEKTRONIKA</t>
+  </si>
+  <si>
+    <t>ALAT PENGAWASAN DARING UNTUK TURBIN UAP SKALA KECIL</t>
+  </si>
+  <si>
+    <t>Dewi Rianti Mandasari ; Cuk Supriyadi Ali Nandar ; Tsani Hendro Nugroho ; Marsalyna ; Katri Yulianto ; Achmad Ridho Mubarak ; Arga Iman Malakani ; Rudias Harmadi ; Arli Guardi ; Khamda Herbandono ; Faisal ; Dwi Jaya Febriansyah ; Budi Noviyantoro Fadjrin ; Endra Dwi Purnomo ; Hana Hermawan ; Harry Purnama ; Nur Cholis Majid ; Lia Agustina Setyowati ;</t>
+  </si>
+  <si>
+    <t>A00202204724</t>
+  </si>
+  <si>
+    <t>2024-03-08</t>
+  </si>
+  <si>
+    <t>IDD000069220</t>
+  </si>
+  <si>
+    <t>"QUADROCKET (WAHANA BALISTIK QUADCOPTER BERBASIS ROKET) "</t>
+  </si>
+  <si>
+    <t>Larasmoyo Nugroho ; Starida Sofia Moranova ;</t>
+  </si>
+  <si>
+    <t>A00202204719</t>
+  </si>
+  <si>
+    <t>2024-12-30</t>
+  </si>
+  <si>
+    <t>IDD000073732</t>
+  </si>
+  <si>
+    <t>ALAT UJI AGING ELASTOMER DALAM MEDIA CAIR</t>
+  </si>
+  <si>
+    <t>Herri Susanto ; Ade Sholeh Hidayat ; Mahendra Anggaravidya ; Indriasari ; Lies Agustine Soeprapto ; Dewi Kusuma Arti ; Galih Taqwatomo ; Muhammad Dikdik Gumelar ; Dita Adi Saputra ; Riastuti Fidyaningsih ; Saddam Husin ; Akhmad Amry ; Idvan ; Mohamad Soleh Iskandar ; Wahyu Tri Utami ; Moh. Hamzah ; Yuwana Pradana ; Aditya Eka Mulyono ;</t>
+  </si>
+  <si>
+    <t>A00202204713</t>
+  </si>
+  <si>
+    <t>2024-08-28</t>
+  </si>
+  <si>
+    <t>IDD000071542</t>
+  </si>
+  <si>
     <t>Perangkat User Terminal Satelit Konstelasi Berbasis SDR</t>
   </si>
   <si>
     <t>Bina Pratomo ; Abdul Karim ; Poki Agung Budiantoro ; Dwiyanto ; Eriko Nasemudin Nasser ; Iwan Faizal ; Nurul Muhtadin ; Anshari Akbar ; Maulana Ali Arifin ; Nova Maras Nurul Khamsah ; Nurul Fadilah ; Rosza Madina ; Aulia Haque Qonita ;</t>
   </si>
   <si>
-    <t>2022-12-21</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202204717</t>
   </si>
   <si>
     <t>2023-07-14</t>
   </si>
   <si>
     <t>IDD000066137</t>
   </si>
   <si>
     <t>I Nyoman Normal ; Made Asri Puspadewi ; Rachmat Budi Darmawan ; I Gusti Putu Yoyok Irawan ; I Putu Angga Kristyawan ; I Ketut Astawa ; Nofika Cahyani Putri ; Ni Luh Putu Ayu Ratri Utami ; Maya Larasati Donna Wardani ; Fuad Darul Muttaqin ; I Gusti Ngurah Putra Wiratma ; Rachmad Yudhi Djatmiko ; I Wayan Sukadana ; I Wayan Ardika ; Dewa Nyoman Arta Widana ; I Ketut Sutika ; I Kadek Sujana ; I Gede Suryawan ; Ni Nyoman Anggraeni Damayanti ; I Wayan Oka Prayasa ; Wiryawan Suputra Gumi ;</t>
   </si>
   <si>
     <t>A00202204709</t>
   </si>
   <si>
     <t>IDD000066567</t>
   </si>
   <si>
-    <t>ALAT PENGAWASAN DARING UNTUK TURBIN UAP SKALA KECIL</t>
-[...95 lines deleted...]
-    <t>BRIN, Pusat Riset Biomassa dan Bioproduk</t>
+    <t>SEBIDANG PELINTASAN KERETA API DENGAN MATERIAL KARET</t>
+  </si>
+  <si>
+    <t>Mulyadi Sinung Harjono ; Rutma Pujiwat ; Wimpie Agoeng Noegroho Aspar ; Wahyu Widodo Pandoe ; Ade Sholeh Hidayat ; Yenni Bakhtiar ; Abdul Latif ; Dwi Agus Purnomo ; Suci Putri Primadiyanti ; Beny Halfina ; Emeralda Insani Nuansa Singgasana Pelangi Jelita Dialiran Sungai Pasadena ; Hanafi Isnanta Prabawa ; Dita Adi Saputra ; Dewi Kusuma Arti ; Indriasari ; Galih Taqwatomo ; Willy Barasa ; Thiya Fiantika ; Mira Marindaa T. Sampetoding ;</t>
+  </si>
+  <si>
+    <t>2022-11-13</t>
+  </si>
+  <si>
+    <t>A00202204065</t>
+  </si>
+  <si>
+    <t>2024-08-19</t>
+  </si>
+  <si>
+    <t>IDD000071337</t>
+  </si>
+  <si>
+    <t>GUCI</t>
+  </si>
+  <si>
+    <t>Komang Adiputra ; Made Asri Puspadewi ; I Nyoman Sadguna ; I Gusti Agung Suradharmika ; I Putu Angga Kristyawan ; I Ketut Sutika ; Dewa Nyoman Arta Widana ; I Gede Suryawan ; I Wayan Rangi ; Putu Indra Widiartha ; I Kadek Sujana ; Ni Made Suarthini ; I Wayan Ardika ; I Wayan Jaya Nuraga ; I Wayan Kamajaya ; Ni Nyoman Mei Antari ; Ni Ketut Dauh ; Komang Adiputra S.Sn.,M.Sn ;</t>
+  </si>
+  <si>
+    <t>A00202204069</t>
+  </si>
+  <si>
+    <t>IDD000065688</t>
+  </si>
+  <si>
+    <t>BRIN, PUSAT RISET MATERIAL MAJU</t>
+  </si>
+  <si>
+    <t>Vas Asbak</t>
+  </si>
+  <si>
+    <t>I Gusti Agung Suradharmika ; Ni Putu Muliawati ; Komang Adiputra ; I Wayan Paster Susenapathy ; I Nyoman Sadguna ; Anak Agung Ngurah Agung Indra Wijaya ; Dwipayana ; Anak Agung Ngurah Rai Indra Wardana ; Rachmat Budi Darmawan ; I Made Budhi Gautama ; Agus Yoga Sugama ; Ni Ketut Winantari ; I Putu Angga Kristyawan ; I Gusti Agung Sucipta Senajaya ; I Made Suputra ;</t>
+  </si>
+  <si>
+    <t>A00202204066</t>
+  </si>
+  <si>
+    <t>2023-06-13</t>
+  </si>
+  <si>
+    <t>IDD000065411</t>
   </si>
   <si>
     <t>Piring</t>
   </si>
   <si>
     <t>Totok Nugroho ; Komang Adiputra ; Guino Verma ; Nofika Cahyani Putri ;</t>
   </si>
   <si>
-    <t>2022-11-13</t>
+    <t>A00202204064</t>
+  </si>
+  <si>
+    <t>2024-02-19</t>
+  </si>
+  <si>
+    <t>IDD000069008</t>
+  </si>
+  <si>
+    <t>MEJA KONSOL OPERATOR</t>
+  </si>
+  <si>
+    <t>Adhi Dharma Permana ; Irfansyah Yudhi Tanasa ST., M.Sc ; Aris Surya Yunata ; Apid Rustandi ; Aditya Inzani Wahdiyat ; Kuwat Darmanto ; Bambang Irawan ; Muhammad Mahsyaril Anwar ; Chairunnisa ; Nurhadi Pramana ; Agus Suprianto ; Afdal Adha ; Danny Mokhammad Gandana ; Joko Purwono Soehardi ; Akhmad Rifai ; Abdul Aziz ; Arif Hidayat ; Mohamad Dahsyat ; Jemie Muliadi ; Dewi Habsari Budiarti ; Ade Purwanto ; Teguh Muttaqie ; Fitrianto ; Siti Vivi Octaviany ; Asyaraf Hidayat ; Frandi Adi Kaharjito ; Hari Artha ;</t>
+  </si>
+  <si>
+    <t>A00202204068</t>
+  </si>
+  <si>
+    <t>IDD000077502</t>
   </si>
   <si>
     <t>A00202204067</t>
   </si>
   <si>
     <t>IDD000069200</t>
   </si>
   <si>
-    <t>BRIN, PUSAT RISET MATERIAL MAJU</t>
-[...61 lines deleted...]
-  <si>
     <t>Struktur Frame Pada Fuselage MALE</t>
   </si>
   <si>
     <t>Agus Aribowo ; Fadilah Hasim ; Teguh Muttaqie ; Muhammad Ilham Adhynugraha ; Fadli Cahya Megawanto ; Fajar Ari Wandono ; Arif Hidayat ; Abian Nurrohmad ; Chairunnisa ; Sherly Octavia Saraswati ; Ilham Bagus Wiranto ; Iqbal Reza Al Fikri ;</t>
   </si>
   <si>
     <t>2022-10-07</t>
   </si>
   <si>
     <t>A00202203533</t>
   </si>
   <si>
     <t>2023-04-18</t>
   </si>
   <si>
     <t>IDD000064848</t>
   </si>
   <si>
+    <t>Desain Kapal Mini Liquid Natural Gas (LNG)</t>
+  </si>
+  <si>
+    <t>Muryadin ; Dedy Ardiansyah ; Mochammad Nasir ; Dewi Kartikasari ; Waluyo ; Abdul Muis ; Siti Sadiah ; Dany Hendrik Priatno ; Abdul Kadir ; Andi Cahyo Prasetyo Tri Nugroho ; Cahyo Sasmito ; Noor Muhammad Ridha Fuadi ; Dimas Aldyanto Wibowo ; Ilham Dwi Putra ; Yuniati ; Fariz Maulana Noor ; Syaiful Bahri ; Ade R. Ispandiari ; Putri Virliani ; Rina ; Ibnu Fauzi ; Tjahjono Prijambodo ; Muhammad Alfan Santosa ; Muhamad Ridwan Utina ;</t>
+  </si>
+  <si>
+    <t>2022-10-06</t>
+  </si>
+  <si>
+    <t>A00202203523</t>
+  </si>
+  <si>
     <t>Patung Mabuk Keramik</t>
   </si>
   <si>
     <t>I Gusti Agung Suradharmika ; Ni Putu Muliawati ; Komang Adiputra ; I Wayan Paster Susenapathy ; Anak Agung Ngurah Agung Indra Wijaya ; Arifin Siagian ; Ni Luh Ayu Eka Erawati ; Dwipayana ; I Putu Angga Kristyawan ; I Gusti Kade Alit Mantra ; Ni Ketut Winantari ; Agus Yoga Sugama ; I Gusti Agung Sucipta Senajaya ; Supriyadi ; I Wayan Riana ;</t>
   </si>
   <si>
-    <t>2022-10-06</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202203529</t>
   </si>
   <si>
     <t>2023-08-14</t>
   </si>
   <si>
     <t>IDD000066377</t>
   </si>
   <si>
-    <t>Desain Kapal Mini Liquid Natural Gas (LNG)</t>
-[...5 lines deleted...]
-    <t>A00202203523</t>
+    <t>Storage Unit Ground Control Station untuk Pesawat Udara Nir Awak kelas Medium Altitude Long Endurance</t>
+  </si>
+  <si>
+    <t>Irfansyah Yudhi Tanasa ST., M.Sc ; Aris Surya Yunata ; Apid Rustandi ; Aditya Inzani Wahdiyat ; Kuwat Darmanto ; Bambang Irawan ; Muhammad Mahsyaril Anwar ; Chairunnisa ; Nurhadi Pramana ; Agus Suprianto ; Afdal Adha ; Adhi Dharma Permana ; Danny Mokhammad Gandana ; Joko Purwono Soehardi ; Akhmad Rifai ; Nadirah ; Dwi Rahardjo ; Mukti Wibowo ; Akhmad Farid Widodo ; Yomi Guno ; Mohammad Amanta Kumala Sakti ; Fithri Nur Purnamastuti ; Fadli Cahya Megawanto ; Wahyu Cesar ; Abid Paripurna Fuadi ; Marcellina Ayudha Kristanti Titasari ; Sherly Octavia Saraswati ;</t>
   </si>
   <si>
     <t>2022-10-05</t>
   </si>
   <si>
+    <t>A00202203521</t>
+  </si>
+  <si>
+    <t>2023-04-12</t>
+  </si>
+  <si>
+    <t>IDD000064610</t>
+  </si>
+  <si>
+    <t>KAPAL PENGANGKUT GAS ALAM CAIR UNTUK PERAIRAN DANGKAL</t>
+  </si>
+  <si>
+    <t>Abdul Kadir ; Taufiq Arif Setyanto ST. M.Eng ; Taufiq Arif Setyanto ; Muryadin ; Iskendar ; Muhamad Ridwan Utina ; Andi Cahyo Prasetyo Tri Nugroho ; Cahyo Sasmito ; Dany Hendrik Priatno ; Dimas Aldyanto Wibowo ; Dedy Ardiansyah ; Aprijanto ; Waluyo ; Abdul Muis ; Hariyanto ; Muhajirin ; Dewi Kartikasari ; Siti Sadiah ; Arfis Maydino Firmansyah Putra ; Buddin Al Hakim ; Noor Muhammad Ridha Fuadi ; Ilham Dwi Putra ; Nanda Itohasi Gutami ; Muh Hisyam Khoirudin ; Shinta Johar Alif Rahadi ; Nurul Shabrina ; Ade R. Ispandiari ; Mochammad Nasir ; Fariz Maulana Noor ; Nurcholis ; Yuniati ; Cakra Wijaya Kusuma Rahadi ; Putri Virliani ; Syaiful Bahri ; Vido Dimas Prasetya Darma Putra ; Rina ; Ahmad Bisri ;</t>
+  </si>
+  <si>
+    <t>A00202203518</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>IDD000073492</t>
+  </si>
+  <si>
     <t>A00202203514</t>
   </si>
   <si>
     <t>IDD000069024</t>
   </si>
   <si>
+    <t>Piring berlogo BRIN dengan ornamen Padi dan Kapas</t>
+  </si>
+  <si>
+    <t>A00202203520</t>
+  </si>
+  <si>
+    <t>Rumah Lilin Dengan Logo BRIN</t>
+  </si>
+  <si>
+    <t>Totok Nugroho ; Guino Verma ;</t>
+  </si>
+  <si>
+    <t>A00202203519</t>
+  </si>
+  <si>
+    <t>IDD000065380</t>
+  </si>
+  <si>
+    <t>Mangkok Berbentuk Angsa</t>
+  </si>
+  <si>
+    <t>I Gusti Agung Suradharmika ; Ni Putu Muliawati ; Komang Adiputra ; Made Asri Puspadewi ; I Nyoman Sadguna ; I Wayan Paster Susenapathy ; Ni Nyoman Mei Antari ; Ni Ketut Dauh ; Dewa Nyoman Arta Widana ; I Ketut Sutika ; I Gede Suryawan ; I Wayan Rangi ; Putu Indra Widiartha ; I Kadek Sujana ; Ni Made Suarthini ; I Wayan Ardika ; I Wayan Kamajaya ; I Wayan Jaya Nuraga ;</t>
+  </si>
+  <si>
+    <t>A00202203515</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>IDD000064671</t>
+  </si>
+  <si>
     <t>MINI HORIZONTAL TAIL PLANE</t>
   </si>
   <si>
     <t>Dana Herdiana ; Arifin Rasyadi Soemaryanto ; Hanni Defianti ; Wahyudi ; Agus Aribowo ; Sayr Bahri ; Mohamad Luthfi Ramadiansyah ; Ratna Triwulandari ;</t>
   </si>
   <si>
     <t>A00202203516</t>
   </si>
   <si>
-    <t>2023-04-14</t>
-[...1 lines deleted...]
-  <si>
     <t>IDD000064672</t>
   </si>
   <si>
-    <t>Storage Unit Ground Control Station untuk Pesawat Udara Nir Awak kelas Medium Altitude Long Endurance</t>
-[...58 lines deleted...]
-  <si>
     <t>Wahana Apung Pesawat Terbang Tipe V</t>
   </si>
   <si>
     <t>Hendrato ; Yustina Niken Raharina Hendra ; Rutma Pujiwat ; Sucipto ; Novi Irawati ; Lukman Shalahuddin ; Nina Kartika ; Sayuti Syamsuar ; Adityo Suksmono ; Mohamad Ivan Aji Saputro ; Dimas Bahtera Eskayudha ; Annissa Roschyntawati ; Thiya Fiantika ; Muhammad ; Mulyadi Sinung Harjono ;</t>
   </si>
   <si>
     <t>2022-08-25</t>
   </si>
   <si>
     <t>A00202202888</t>
   </si>
   <si>
     <t>IDD000064659</t>
   </si>
   <si>
     <t>150 HP Aircraft Engine Test Bench</t>
   </si>
   <si>
     <t>Mohammad Amanta Kumala Sakti ; Fadilah Hasim ; Agus Bayu Utama ; Adhi Dharma Permana ; Rudi Cahyo Nugroho ; Agus Suprianto ; Abid Paripurna Fuadi ; Fitrianto ; Aditya Inzani Wahdiyat ; Suherman Mukti ; Hari Artha ;</t>
   </si>
   <si>
     <t>A00202202886</t>
   </si>
   <si>
     <t>IDD000066991</t>
   </si>
   <si>
+    <t>WAHANA APUNG PESAWAT TERBANG</t>
+  </si>
+  <si>
+    <t>Sayuti Syamsuar ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Rizqon Fajar ; Erwandi ; Andi Muhdiar Kadir ; Nina Kartika ; Adityo Suksmono ; Hendrato ; Arief Setyawan ; Mohamad Ivan Aji Saputro ; Sigit Tri Atmaja ; Bagiyo Suwasono ; Sutiyo ;</t>
+  </si>
+  <si>
+    <t>2022-08-24</t>
+  </si>
+  <si>
+    <t>A00202202856</t>
+  </si>
+  <si>
+    <t>IDD000064656</t>
+  </si>
+  <si>
     <t>Nampan Medis Sekali Pakai</t>
   </si>
   <si>
     <t>Deni Purnomo ; Widya Fatriasari ; Maya Ismayati ; Faizatul Falah ; Ismadi ; Ahmad Syahrir ; Ady Ardana ; Bagaskoro Tuwalaid ; Muhammad Yusron ;</t>
   </si>
   <si>
-    <t>2022-08-24</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202202855</t>
   </si>
   <si>
     <t>IDD000069175</t>
   </si>
   <si>
-    <t>WAHANA APUNG PESAWAT TERBANG</t>
-[...10 lines deleted...]
-  <si>
     <t>KENDARAAN SURVEI BAWAH AIR (REMOTELY OPERATED VEHICLE)</t>
   </si>
   <si>
-    <t>Abdul Ghofar ; Suwahyu ; Wahyu Widodo Pandoe ; Iskendar ; Taufiq Arif Setyanto ; Widodo ; Baharuddin Ali ; Nurcholis ; Erdina Arianti ; Wibowo Harso Nugroho ; Buana Ma'ruf ; Muhamad Ridwan Utina ; Aprijanto ; Achmad Bisri ; Irma Noviyanti ;</t>
+    <t>Suwahyu ; Wahyu Widodo Pandoe ; Iskendar ; Taufiq Arif Setyanto ; Widodo ; Baharuddin Ali ; Nurcholis ; Erdina Arianti ; Wibowo Harso Nugroho ; Buana Ma'ruf ; Muhamad Ridwan Utina ; Aprijanto ; Abd. Ghofur ; Achmad Bisri ; Irma Noviyanti ;</t>
   </si>
   <si>
     <t>2022-08-23</t>
   </si>
   <si>
     <t>A00202202851</t>
   </si>
   <si>
     <t>IDD000073750</t>
   </si>
   <si>
     <t>BRIN, PUSAT RISET TEKNOLOGI HIDRODINAMIKA</t>
   </si>
   <si>
     <t>Bentuk Kepala Kereta Api Cepat</t>
   </si>
   <si>
     <t>Hendrato ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Lukman Shalahuddin ; Beny Halfina ; Jean Mario Valentino ; Yohanes Pringeten Dilianto Sembiring Depari ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ;</t>
   </si>
   <si>
     <t>2022-06-25</t>
   </si>
   <si>
     <t>A00202202078</t>
   </si>
   <si>
     <t>2023-04-04</t>
   </si>
   <si>
     <t>IDD000064271</t>
   </si>
   <si>
+    <t>Beny Halfina ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Novi Irawati ; Lukman Shalahuddin ; Jean Mario Valentino ; Hendrato ; Yohanes Pringeten Dilianto Sembiring Depari ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ;</t>
+  </si>
+  <si>
+    <t>A00202202079</t>
+  </si>
+  <si>
+    <t>IDD000064539</t>
+  </si>
+  <si>
     <t>Interior Kabin Kereta Api Cepat Kelas VIP dan Bisnis</t>
   </si>
   <si>
     <t>Beny Halfina ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Novi Irawati ; Lukman Shalahuddin ; Jean Mario Valentino ; Hendrato ; Yohanes Pringeten Dilianto Sembiring Depari ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ; Dwi Phalita Upahita ;</t>
   </si>
   <si>
     <t>A00202202080</t>
   </si>
   <si>
     <t>2025-01-08</t>
   </si>
   <si>
     <t>IDD000074074</t>
   </si>
   <si>
-    <t>Beny Halfina ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Novi Irawati ; Lukman Shalahuddin ; Jean Mario Valentino ; Hendrato ; Yohanes Pringeten Dilianto Sembiring Depari ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ;</t>
-[...5 lines deleted...]
-    <t>IDD000064539</t>
+    <t>Jean Mario Valentino ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Lukman Shalahuddin ; Beny Halfina ; Hendrato ; Yohanes Pringeten Dilianto Sembiring Depari ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ;</t>
+  </si>
+  <si>
+    <t>2022-04-08</t>
+  </si>
+  <si>
+    <t>A00202201141</t>
+  </si>
+  <si>
+    <t>2023-05-02</t>
+  </si>
+  <si>
+    <t>IDD000064969</t>
   </si>
   <si>
     <t>STASIUN PENGISIAN KENDARAAN LISTRIK UMUM UNTUK KENDARAAN BERMOTOR LISTRIK RODA DUA</t>
   </si>
   <si>
     <t>Yusuf Margowadi ; Bayu Samodra ; Maulana Dwi Nur Dawami ; Riko Ardiana Nugraha ; Eka Rakhman Priandana ; Ario Witjakso ; Ganesha Tri Chandrasa ; Riza ; Suhraeni Syafei ; Barman Tambunan ;</t>
   </si>
   <si>
-    <t>2022-04-08</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202201149</t>
   </si>
   <si>
     <t>2024-03-20</t>
   </si>
   <si>
     <t>IDD000069453</t>
   </si>
   <si>
-    <t>Jean Mario Valentino ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Lukman Shalahuddin ; Beny Halfina ; Hendrato ; Yohanes Pringeten Dilianto Sembiring Depari ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ;</t>
-[...10 lines deleted...]
-  <si>
     <t>Interior Kereta Api Cepat</t>
   </si>
   <si>
     <t>Yohanes Pringeten Dilianto Sembiring Depari ; Mulyadi Sinung Harjono ; Rutma Pujiwat ; Sucipto ; Lukman Shalahuddin ; Beny Halfina ; Jean Mario Valentino ; Hendrato ; Hastiya Annisa Fitri ; Muhammad ; Siti Hidayanti Mutiara Kurnia ;</t>
   </si>
   <si>
     <t>A00202201137</t>
   </si>
   <si>
     <t>IDD000065370</t>
   </si>
   <si>
     <t>Dispenser Sistem Pengisian Kendaraan Listrik Roda 4 Arus Bolak Balik</t>
   </si>
   <si>
     <t>Khotimatul Fauziah ; Eka Rakhman Priandana ; Adisa Larasati ; Yuli Astriani ; Dionysius Aldion Renata ; Prasetyo Aji ; Munadiyan Nurhuda ; Hafsah Halidah ; Dony Damara ; Rahardito Dio Prastowo ; Dhea Amelia Rianjani ; Zaenudin ; Zulramadhanie ; Fariz Maulana Riza Nulhaq ; Ario Witjakso ; Riza ; Ganesha Tri Chandrasa ; Sudirman ; Suhraeni Syafei ; Barman Tambunan ; Agus Suhendra ;</t>
   </si>
   <si>
     <t>2022-04-07</t>
   </si>
   <si>
     <t>A00202201124</t>
   </si>
   <si>
     <t>IDD000072843</t>
@@ -2183,299 +2513,299 @@
   <si>
     <t>LIPI, Pusat Penelitian Tenaga Listrik &amp; Mekatronika</t>
   </si>
   <si>
     <t>KURSI SANTAI LIPAT KAYU LENGKUNG DENGAN KELENGKUNGAN SERAGAM</t>
   </si>
   <si>
     <t>Adik Bahanawan, S.Hut. ; Ahmad Syahrir ; Danang Sudarwoko Adi ; Fazhar Akbar ; Narto ; Prabu Satria Sejati M.Si. ; Sudarmanto ; Teguh Darmawan ; Wahyu Dwianto ; Yusup Amin ; Dimas Triwibowo, S.T. ;</t>
   </si>
   <si>
     <t>2020-12-24</t>
   </si>
   <si>
     <t>A00202003897</t>
   </si>
   <si>
     <t>2022-02-23</t>
   </si>
   <si>
     <t>IDD000061554</t>
   </si>
   <si>
     <t>- Pusat Penelitian Biomaterial</t>
   </si>
   <si>
+    <t>Pesawat Terbang Tanpa Awak dengan Winglet pada Ekor Horizontal</t>
+  </si>
+  <si>
+    <t>Prasetyo Ardi Probo Suseno ; Irma Rismayanti ; Clara Damayanti ; Abdurrasyid Ruhiyat ; Lathifa Rusita Isna ; Abdul Aziz ; Yanuar Firmansyah ; Hartono ; Angga Septiyana ; Yusuf Giri Wijaya ; Novelita Rahayu ; Aries Asrianto Ramadian ; Hidayati Mardikasari. ;</t>
+  </si>
+  <si>
+    <t>2020-12-15</t>
+  </si>
+  <si>
+    <t>A00202003705</t>
+  </si>
+  <si>
+    <t>2022-02-22</t>
+  </si>
+  <si>
+    <t>IDD0000061476</t>
+  </si>
+  <si>
+    <t>LAPAN, Pusat Teknologi Penerbangan</t>
+  </si>
+  <si>
     <t>Pesawat Layang Mini Tanpa Awak</t>
   </si>
   <si>
     <t>Ardian Rizaldi ; Taufiq Satrio Nurtiasto ; Intan Luruh Larasati ; Abdul Rohman ; Muksin ; Abian Nurrohmad ; Novita Atmasari ; Rudi Choirul Anwar ; Nurul Lailatul Muzayadah ; Kurnia Hidayat ; Eries Bagita Jayanti ; Nur Mufidatul Ula ; Rian Suari Aritonang. ;</t>
   </si>
   <si>
-    <t>2020-12-15</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202003707</t>
   </si>
   <si>
     <t>1905-07-13</t>
   </si>
   <si>
     <t>IDD0000059380</t>
   </si>
   <si>
     <t>- Pusat Teknologi Satelit</t>
   </si>
   <si>
-    <t>Pesawat Terbang Tanpa Awak dengan Winglet pada Ekor Horizontal</t>
-[...16 lines deleted...]
-  <si>
     <t>Sayap Terbang Tanpa Awak</t>
   </si>
   <si>
     <t>A00202003706</t>
   </si>
   <si>
     <t>IDD0000059379</t>
   </si>
   <si>
     <t>- Pusat Teknologi Penerbangan</t>
   </si>
   <si>
+    <t>Pesawat Udara Tanpa Awak Bermesin Hibrid Mampu Lepas Landas Vertikal dan Berparasut</t>
+  </si>
+  <si>
+    <t>Yudha Agung Nugroho ; Yanuar Firmansyah ; Gunawan Setyo Prabowo ; Ari Sugeng Budiyanta ; Arifin Rasyadi Soemaryanto ; Agus Bayu Utama ; Fuad Surastyo Pranoto ; Imas Tri Setyadewi ; Abdurrasyid Ruhiyat ; Try Kusuma Wardana. ;</t>
+  </si>
+  <si>
+    <t>2020-12-14</t>
+  </si>
+  <si>
+    <t>A00202003700</t>
+  </si>
+  <si>
+    <t>IDD0000061473</t>
+  </si>
+  <si>
     <t>Pesawat Terbang Tanpa Awak dengan Muatan 30 kg</t>
   </si>
   <si>
     <t>Ardian Rizaldi ; Yusuf Giri Wijaya ; Prasetyo Ardi Probo Suseno ; Abian Nurrohmad ; Novita Atmasari ; Rudi Choirul Anwar ; Angga Septiyana ; Nurul Lailatul Muzayadah ; Kurnia Hidayat ; Eries Bagita Jayanti ; Redha Akbar Ramadhan ; Nur Mufidatul Ula ; Rian Suari Aritonang ; Taufiq Satrio Nurtiasto ; Lathifa Rusita Isna ; M Hafid ; Ryan Hidayat ; Mikhael Gilang Pribadi Putra Pratama ; Yanuar Firmansyah ; Hidayati Mardikasari ; Abdul Rohman ; Aries Asrianto Ramadian ; Novelita Rahayu ; Abdurrasyid Ruhiyat ; Muksin ; Hartono ; Abdul Aziz ; Irma Rismayanti ; Ardian Rizaldi ; Eries Bagita Jayanti ; Mohamad Luthfi Ramadiansyah ; Redha Akbar Ramadhan ; Nur Mufidatul Ula ; Rian Suari Aritonang ; Taufiq Satrio Nurtiasto ; Intan Luruh Larasati ; Lathifa Rusita Isna ; M. Hafid ; Ryan Hidayat ; Yusuf Giri Wijaya ; Mikhael Gilang Pribadi Putra Pratama ; Yanuar Firmansyah ; Hidayati Mardikasari ; Abdul Rohman ; Aries Asrianto Ramadian ; Novelita Rahayu ; Abdurrasyid Ruhiyat ; Muksin ; Hartono ; Abdul Aziz ; Prasetyo Ardi Probo Suseno ; Irma Rismayanti ; Abian Nurrohmad ; Novita Atmasari ; Rudi Choirul Anwar ; Angga Septiyana ; Nurul Lailatul Muzayadah ; Kurnia Hidayat. ;</t>
   </si>
   <si>
-    <t>2020-12-14</t>
-[...1 lines deleted...]
-  <si>
     <t>A00202003701</t>
   </si>
   <si>
     <t>2020-10-25</t>
   </si>
   <si>
     <t>IDD000062991</t>
   </si>
   <si>
-    <t>Pesawat Udara Tanpa Awak Bermesin Hibrid Mampu Lepas Landas Vertikal dan Berparasut</t>
-[...10 lines deleted...]
-  <si>
     <t>Satelit LAPAN-A1/LAPAN-TUBSAT</t>
   </si>
   <si>
     <t>Dr. Robertus Heru Triharjanto ; Wahyudi Hasbi, S.Si., M.Kom. ; M. Mukhayadi, S.T., M.Kom. ; Ayom Widipaminto, S.T., M.T. ; Abdul Karim, S.T., M.T. ;</t>
   </si>
   <si>
     <t>2020-02-28</t>
   </si>
   <si>
     <t>A00202000719</t>
   </si>
   <si>
     <t>IDD0000059064</t>
   </si>
   <si>
     <t>Pesawat Terbang Tanpa Awak</t>
   </si>
   <si>
     <t>Drs. Ari Sugeng Budiyanta, M.Eng. ; Drs. Gunawan Setyo Prabowo, M.T. ; Sunar, S.T., M.Eng. ; Yudha Agung Nugroho, M.T. ; Dipl.Ing. Agus Bayu Utama, M.Sc.ME. ; Adi Wirawan, S.Si., M.T. ; Arifin Rasyadi Soemaryanto, S.T. ; Fuad Surastyo Pranoto, S.T., M.T. ; Satria Arief Aditya, S.Pd. ; Feri Ametia Pratama. ;</t>
   </si>
   <si>
     <t>2019-11-29</t>
   </si>
   <si>
     <t>A00201903935</t>
   </si>
   <si>
     <t>2020-09-29</t>
   </si>
   <si>
     <t>IDD0000060123</t>
   </si>
   <si>
+    <t>ASBAK</t>
+  </si>
+  <si>
+    <t>I Komang Adiputra, S.Sn ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST., MM ; I Wayan Rangi ; I Ketut Sutika ; I Wayan Sukra ; Dewa Nyoman Arta Widana ; I Kadek Sujana ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST., MM ; I Wayan Rangi ; I Ketut Sutika ; I Wayan Sukra ; Dewa Nyoman Arta Widana ; I Kadek Sujana ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ;</t>
+  </si>
+  <si>
+    <t>2019-06-26</t>
+  </si>
+  <si>
+    <t>A00201901904</t>
+  </si>
+  <si>
+    <t>IDD000055483</t>
+  </si>
+  <si>
+    <t>- Balai Teknologi Industri Kreatif Keramik</t>
+  </si>
+  <si>
     <t>SET (SEPERANGKAT CANGKIR DAN LEPEKAN)</t>
   </si>
   <si>
     <t>I Komang Adiputra, S.Sn ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST., MM ; I Gede Suryawan ; I Ketut Sutika ; I Wayan Rangi ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Kadek Sujana ; Made Asri Puspadewi, S.Sn ; Dra. Ni Putu Muliawati, MM ; I Gusti Agung Suradharmika, ST., MM ; I Gede Suryawan ; I Ketut Sutika ; I Wayan Rangi ; Rachmat Yudhi Djatmiko ; Putu Indra Widiartha ; I Kadek Sujana ;</t>
   </si>
   <si>
-    <t>2019-06-26</t>
-[...1 lines deleted...]
-  <si>
     <t>A00201901906</t>
   </si>
   <si>
-    <t>- Balai Teknologi Industri Kreatif Keramik</t>
-[...13 lines deleted...]
-  <si>
     <t>Pesawat Udara Tanpa Awak</t>
   </si>
   <si>
+    <t>Yudha Agung Nugroho M.T. ; Arifin Rasyadi Soemaryanto, S.T. ; Dewi Anggraeni, S.T., M.T. ; Imas Tri Setyadewi, S.Si. ; Abdurrasyid Ruhiyat, S.ST. ; Muksin, S.Si. ; Encung Sumarna, S.T. ; Riki Ardiansyah, S.T. ;</t>
+  </si>
+  <si>
+    <t>2019-06-19</t>
+  </si>
+  <si>
+    <t>A00201901853</t>
+  </si>
+  <si>
+    <t>2020-01-28</t>
+  </si>
+  <si>
+    <t>IDD000055811</t>
+  </si>
+  <si>
     <t>Yudha Agung Nugroho M.T. ; Arifin Rasyadi Soemaryanto, S.T. ; Dewi Anggraeni, S.T., M.T. ; Imas Tri Setyadewi, S.Si. ; Abdurrasyid Ruhiyat, S.ST. ; Muksin, S.Si. ; Encung Sumarna, S.T. ;</t>
   </si>
   <si>
-    <t>2019-06-19</t>
-[...1 lines deleted...]
-  <si>
     <t>A00201901854</t>
   </si>
   <si>
-    <t>2020-01-28</t>
-[...1 lines deleted...]
-  <si>
     <t>IDD000055812</t>
   </si>
   <si>
-    <t>Yudha Agung Nugroho M.T. ; Arifin Rasyadi Soemaryanto, S.T. ; Dewi Anggraeni, S.T., M.T. ; Imas Tri Setyadewi, S.Si. ; Abdurrasyid Ruhiyat, S.ST. ; Muksin, S.Si. ; Encung Sumarna, S.T. ; Riki Ardiansyah, S.T. ;</t>
-[...5 lines deleted...]
-    <t>IDD000055811</t>
+    <t>Rangka Sepeda Fixie Berbahan Dasar Kayu</t>
+  </si>
+  <si>
+    <t>Ahmad Syahrir ; Ismadi ; Jayadi ; Sudarmanto ; Teguh Darmawan ; Wahyu Dwianto ; Dimas Triwibowo, S.T. ; Didi Diarsa Adiana ;</t>
+  </si>
+  <si>
+    <t>2018-12-14</t>
+  </si>
+  <si>
+    <t>A00201803664</t>
+  </si>
+  <si>
+    <t>IDD000053321</t>
   </si>
   <si>
     <t>Rangka Sepeda Kayu Tipe FIXMTB 04</t>
   </si>
   <si>
     <t>Ahmad Syahrir ; Ismadi ; Jayadi ; Sudarmanto ; Sukma Surya Kusumah ; Teguh Darmawan ; Wahyu Dwianto ; Dwi Ajias Pramasari ; Eka Lestari, S.Hut. ; Dimas Triwibowo, S.T. ; Yusuf Amin.,S.Hut ;</t>
   </si>
   <si>
-    <t>2018-12-14</t>
-[...1 lines deleted...]
-  <si>
     <t>A00201803665</t>
   </si>
   <si>
     <t>IDD0000053322</t>
   </si>
   <si>
-    <t>Rangka Sepeda Fixie Berbahan Dasar Kayu</t>
-[...10 lines deleted...]
-  <si>
     <t>Roket</t>
   </si>
   <si>
     <t>Larasmoyo Nugroho, S.T., M.Ds. ;</t>
   </si>
   <si>
     <t>2018-11-21</t>
   </si>
   <si>
     <t>A00201803381</t>
   </si>
   <si>
     <t>2019-09-18</t>
   </si>
   <si>
     <t>IDD 000053678</t>
   </si>
   <si>
     <t>- Pusat Teknologi Roket</t>
   </si>
   <si>
+    <t>A00201803380</t>
+  </si>
+  <si>
+    <t>IDD000053677</t>
+  </si>
+  <si>
     <t>Wahana Terbang</t>
   </si>
   <si>
     <t>A00201803379</t>
   </si>
   <si>
     <t>2019-10-08</t>
   </si>
   <si>
     <t>IDD000053810</t>
   </si>
   <si>
     <t>Larasmoyo Nugroho, S.T., M.Ds. ; Herma Yudhi Irwanto, M. Eng. ;</t>
   </si>
   <si>
     <t>A00201803378</t>
   </si>
   <si>
     <t>IDD000053809</t>
   </si>
   <si>
     <t>A00201803377</t>
   </si>
   <si>
     <t>IDD000053676</t>
   </si>
   <si>
-    <t>A00201803380</t>
-[...4 lines deleted...]
-  <si>
     <t>Yudha Agung Nugroho ; Gunawan Setyo Prabowo ; Agus Ariwibowo ; Fajar Ari Wandono ; Yanuar Prabowo ; ; Dony Hidayat ; Arifin asyadi Soemaryanto ; Mujtahid ; Dana Herdiana ; Rizky Fitriansyah ; Nugroho Agung Prasetyo ; Kosim Abdurohman ; Nanda Wirawan ; Encung Sumarna ; Riki Ardiansyah ; Agus Wiyono ; Aryandi Marta ; Imas Tri Setyadewi ; Iwan Nofi Yono Putro ; Satria Arief Aditya ; Dudi Targani. ;</t>
   </si>
   <si>
     <t>2018-05-31</t>
   </si>
   <si>
     <t>A00201801565</t>
   </si>
   <si>
     <t>2019-04-10</t>
   </si>
   <si>
     <t>IDD000052037</t>
   </si>
   <si>
     <t>Ponton untuk Landasan Excavator Melakukan Pengerukan Di Sungai (Excavator Ponton)-22 Ton</t>
   </si>
   <si>
     <t>Dr.Ir.Wibowo HN, M.T ; Sahlan. S.T ; A. Syafiul. S.T., M.T ; Sahlan. S.T ; A. Syafiul. S.T., M.T ;</t>
   </si>
   <si>
     <t>2018-04-12</t>
   </si>
   <si>
     <t>A00201801153</t>
@@ -2513,231 +2843,90 @@
   <si>
     <t>A00201700863</t>
   </si>
   <si>
     <t>PUNA Alap-Alap</t>
   </si>
   <si>
     <t>Adhi Dharma Permana ; Fadilah Hasim ; Joko Purwono ; Danny M Gandana ; Akhmad Farid ; Dwi Rahardjo ; Akmad Rifai ; Deddy Meiriyadi ; Abdul Aziz ; Djatmiko ; M.Dahsyat ; Dewi Habsari Budiarti ; Jemie Muliadi ; Ade Purwanto ; M. Amanta Kumala S ; Teguh Muttaqie ; Fadli Cahya Megawanto Marcelina A. KT ; Rinal Kharis ; Yomi Guno ; Abid Paripurna ; Irfansyah Yuditanasa ; Apid Rustandi ; Agus Suprianto ; Osen Fili Nami ; Sucipto Adi Saputro ; Linda Nuryanti ; Frandi Adi Kaharjito ; Agitta Rianaris ; Wahyu Cesar ; Bamabang Irawan ; Suherman Mukti ; Aris Surya Yunata ; Dannya Maharani P U ; Nurhadi Pramana ; Lalu Aan Sasaka A ; Hari Artha ; Aditya Inzani ; Fitrianto ; Komarudin ; Fadilah Hasim ; Joko Purwono ; Danny M Gandana ; Akhmad Farid ; Dwi Rahardjo ; Akmad Rifai ; Deddy Meiriyadi ; Abdul Aziz ; Djatmiko ; M.Dahsyat ; Dewi Habsari Budiarti ; Jemie Muliadi ; Ade Purwanto ; M. Amanta Kumala S ; Teguh Muttaqie ; Fadli Cahya Megawanto Marcelina A. KT ; Rinal Kharis ; Yomi Guno ; Abid Paripurna ; Irfansyah Yuditanasa ; Apid Rustandi ; Agus Suprianto ; Osen Fili Nami ; Sucipto Adi Saputro ; Linda Nuryanti ; Frandi Adi Kaharjito ; Agitta Rianaris ; Wahyu Cesar ; Bamabang Irawan ; Suherman Mukti ; Aris Surya Yunata ; Dannya Maharani P U ; Nurhadi Pramana ; Lalu Aan Sasaka A ; Hari Artha ; Aditya Inzani ; Fitrianto ; Komarudin ;</t>
   </si>
   <si>
     <t>2016-08-10</t>
   </si>
   <si>
     <t>A00201602330</t>
   </si>
   <si>
     <t>2018-03-29</t>
   </si>
   <si>
     <t>IDD000048427</t>
   </si>
   <si>
     <t>- Pusat Teknologi Industri Pertahanan dan Keamanan</t>
   </si>
   <si>
+    <t>Roket Uji Muatan</t>
+  </si>
+  <si>
+    <t>Agus Aribowo ; Teuku Mohd Ichwanul Hakim ; Dana Herdiana ; Yudha Agung Nugroho. ;</t>
+  </si>
+  <si>
+    <t>2016-02-05</t>
+  </si>
+  <si>
+    <t>A00201600366</t>
+  </si>
+  <si>
+    <t>2017-07-11</t>
+  </si>
+  <si>
+    <t>IDD0000045913</t>
+  </si>
+  <si>
+    <t>Gunawan Setyo Prabowo ; Ari Sugeng Budiyanta ; Sunar ; Aryandi Marta ; Fajar Ari Wandono ; Iwan Nofi Yono Putro. ;</t>
+  </si>
+  <si>
+    <t>A00201600365</t>
+  </si>
+  <si>
+    <t>2017-03-23</t>
+  </si>
+  <si>
+    <t>IDD0000045587</t>
+  </si>
+  <si>
     <t>Sayap untuk Bom</t>
   </si>
   <si>
     <t>Agus Aribowo ; Arifin Rasyadi Sumaryanto ; Arsya Rasyadan. ;</t>
   </si>
   <si>
-    <t>2016-02-05</t>
-[...1 lines deleted...]
-  <si>
     <t>A00201600364</t>
   </si>
   <si>
-    <t>2017-07-11</t>
-[...1 lines deleted...]
-  <si>
     <t>IDD0000045912</t>
-  </si>
-[...163 lines deleted...]
-    <t>IDD000044916</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3044,54 +3233,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J193"/>
+  <dimension ref="A1:J207"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A193" sqref="A193"/>
+      <selection activeCell="A207" sqref="A207"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="0.427" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3127,5828 +3316,6267 @@
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="J3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
       <c r="I4" t="s">
         <v>25</v>
       </c>
       <c r="J4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>28</v>
       </c>
       <c r="I5" t="s">
         <v>29</v>
       </c>
       <c r="J5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" t="s">
         <v>32</v>
       </c>
-      <c r="F6" t="s">
+      <c r="I6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="J6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
         <v>35</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" t="s">
         <v>36</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="I7" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="J7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" t="s">
         <v>40</v>
       </c>
-      <c r="C8" t="s">
+      <c r="I8" t="s">
         <v>41</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
       <c r="J8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" t="s">
         <v>44</v>
       </c>
-      <c r="C9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="J9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" t="s">
+        <v>47</v>
+      </c>
+      <c r="I10" t="s">
         <v>48</v>
-      </c>
-[...13 lines deleted...]
-        <v>47</v>
       </c>
       <c r="J10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>23</v>
+      </c>
+      <c r="F11" t="s">
         <v>51</v>
       </c>
-      <c r="C11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I11" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="J11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" t="s">
         <v>55</v>
       </c>
-      <c r="C12" t="s">
+      <c r="I12" t="s">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>58</v>
       </c>
       <c r="J12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" t="s">
         <v>59</v>
       </c>
-      <c r="C13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I13" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="J13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="F14" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I14" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="J14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="F15" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="I15" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="J15" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>54</v>
+      </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="I16" t="s">
         <v>70</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
       <c r="J16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>54</v>
+      </c>
+      <c r="F17" t="s">
         <v>73</v>
       </c>
-      <c r="C17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I17" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="J17" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>74</v>
+      </c>
+      <c r="C18" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>54</v>
+      </c>
+      <c r="F18" t="s">
+        <v>76</v>
+      </c>
+      <c r="I18" t="s">
         <v>77</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
       <c r="J18" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>78</v>
+      </c>
+      <c r="C19" t="s">
+        <v>79</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>54</v>
+      </c>
+      <c r="F19" t="s">
         <v>80</v>
       </c>
-      <c r="C19" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="J19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>81</v>
+      </c>
+      <c r="C20" t="s">
+        <v>82</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>54</v>
+      </c>
+      <c r="F20" t="s">
+        <v>83</v>
+      </c>
+      <c r="I20" t="s">
         <v>84</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
       <c r="J20" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C21" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>90</v>
+        <v>54</v>
       </c>
       <c r="F21" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I21" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="J21" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="C22" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="F22" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="I22" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="J22" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="C23" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>99</v>
+        <v>54</v>
       </c>
       <c r="F23" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="I23" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="J23" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="F24" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="I24" t="s">
-        <v>39</v>
+        <v>98</v>
       </c>
       <c r="J24" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="C25" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="F25" t="s">
-        <v>113</v>
-[...5 lines deleted...]
-        <v>115</v>
+        <v>101</v>
       </c>
       <c r="I25" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="J25" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>119</v>
+        <v>96</v>
       </c>
       <c r="F26" t="s">
-        <v>120</v>
-[...5 lines deleted...]
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="I26" t="s">
-        <v>123</v>
+        <v>106</v>
       </c>
       <c r="J26" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>124</v>
+        <v>107</v>
       </c>
       <c r="C27" t="s">
-        <v>125</v>
+        <v>108</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
       <c r="F27" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>109</v>
       </c>
       <c r="I27" t="s">
-        <v>47</v>
+        <v>110</v>
       </c>
       <c r="J27" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="C28" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="F28" t="s">
-        <v>132</v>
-[...5 lines deleted...]
-        <v>134</v>
+        <v>114</v>
       </c>
       <c r="I28" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="J28" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="C29" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="F29" t="s">
-        <v>137</v>
-[...5 lines deleted...]
-        <v>139</v>
+        <v>118</v>
       </c>
       <c r="I29" t="s">
-        <v>140</v>
+        <v>56</v>
       </c>
       <c r="J29" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="C30" t="s">
-        <v>142</v>
+        <v>120</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="F30" t="s">
-        <v>143</v>
-[...5 lines deleted...]
-        <v>144</v>
+        <v>122</v>
       </c>
       <c r="I30" t="s">
-        <v>140</v>
+        <v>98</v>
       </c>
       <c r="J30" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>145</v>
+        <v>123</v>
       </c>
       <c r="C31" t="s">
-        <v>146</v>
+        <v>124</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
+        <v>125</v>
+      </c>
+      <c r="F31" t="s">
         <v>126</v>
       </c>
-      <c r="F31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I31" t="s">
-        <v>149</v>
+        <v>29</v>
       </c>
       <c r="J31" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>150</v>
+        <v>127</v>
       </c>
       <c r="C32" t="s">
-        <v>151</v>
+        <v>128</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F32" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-        <v>153</v>
+        <v>129</v>
       </c>
       <c r="I32" t="s">
-        <v>154</v>
+        <v>84</v>
       </c>
       <c r="J32" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>155</v>
+        <v>130</v>
       </c>
       <c r="C33" t="s">
-        <v>156</v>
+        <v>131</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F33" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="I33" t="s">
-        <v>47</v>
+        <v>84</v>
       </c>
       <c r="J33" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>158</v>
+        <v>133</v>
       </c>
       <c r="C34" t="s">
-        <v>159</v>
+        <v>134</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>160</v>
+        <v>125</v>
       </c>
       <c r="F34" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>161</v>
+        <v>135</v>
       </c>
       <c r="I34" t="s">
-        <v>162</v>
+        <v>15</v>
       </c>
       <c r="J34" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>163</v>
+        <v>136</v>
       </c>
       <c r="C35" t="s">
-        <v>164</v>
+        <v>137</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="F35" t="s">
-        <v>165</v>
+        <v>139</v>
       </c>
       <c r="G35" t="s">
-        <v>166</v>
+        <v>140</v>
       </c>
       <c r="H35" t="s">
-        <v>167</v>
+        <v>141</v>
       </c>
       <c r="I35" t="s">
-        <v>123</v>
+        <v>84</v>
       </c>
       <c r="J35" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>168</v>
+        <v>143</v>
       </c>
       <c r="C36" t="s">
-        <v>169</v>
+        <v>144</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="F36" t="s">
-        <v>170</v>
+        <v>145</v>
+      </c>
+      <c r="G36" t="s">
+        <v>140</v>
+      </c>
+      <c r="H36" t="s">
+        <v>146</v>
       </c>
       <c r="I36" t="s">
-        <v>43</v>
+        <v>147</v>
       </c>
       <c r="J36" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>171</v>
+        <v>148</v>
       </c>
       <c r="C37" t="s">
-        <v>172</v>
+        <v>149</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>173</v>
+        <v>150</v>
       </c>
       <c r="F37" t="s">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>175</v>
+        <v>151</v>
       </c>
       <c r="I37" t="s">
-        <v>176</v>
+        <v>152</v>
       </c>
       <c r="J37" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="C38" t="s">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>173</v>
+        <v>150</v>
       </c>
       <c r="F38" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="I38" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J38" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>180</v>
+        <v>156</v>
       </c>
       <c r="C39" t="s">
-        <v>181</v>
+        <v>157</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
       <c r="F39" t="s">
-        <v>183</v>
-[...5 lines deleted...]
-        <v>185</v>
+        <v>158</v>
       </c>
       <c r="I39" t="s">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="J39" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>186</v>
+        <v>159</v>
       </c>
       <c r="C40" t="s">
-        <v>187</v>
+        <v>160</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
       <c r="F40" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>190</v>
+        <v>161</v>
       </c>
       <c r="I40" t="s">
-        <v>58</v>
+        <v>152</v>
       </c>
       <c r="J40" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>191</v>
+        <v>162</v>
       </c>
       <c r="C41" t="s">
-        <v>192</v>
+        <v>163</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>182</v>
+        <v>164</v>
       </c>
       <c r="F41" t="s">
-        <v>193</v>
+        <v>165</v>
       </c>
       <c r="G41" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
       <c r="H41" t="s">
-        <v>195</v>
+        <v>167</v>
       </c>
       <c r="I41" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="J41" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="1">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>196</v>
+        <v>168</v>
       </c>
       <c r="C42" t="s">
-        <v>197</v>
+        <v>169</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>182</v>
+        <v>164</v>
       </c>
       <c r="F42" t="s">
-        <v>198</v>
-[...5 lines deleted...]
-        <v>199</v>
+        <v>170</v>
       </c>
       <c r="I42" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="J42" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="1">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="C43" t="s">
-        <v>201</v>
+        <v>172</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="F43" t="s">
-        <v>202</v>
+        <v>174</v>
+      </c>
+      <c r="G43" t="s">
+        <v>166</v>
+      </c>
+      <c r="H43" t="s">
+        <v>175</v>
       </c>
       <c r="I43" t="s">
-        <v>203</v>
+        <v>15</v>
       </c>
       <c r="J43" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="1">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>204</v>
+        <v>176</v>
       </c>
       <c r="C44" t="s">
-        <v>205</v>
+        <v>177</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>206</v>
+        <v>178</v>
       </c>
       <c r="F44" t="s">
-        <v>207</v>
+        <v>179</v>
+      </c>
+      <c r="G44" t="s">
+        <v>113</v>
+      </c>
+      <c r="H44" t="s">
+        <v>180</v>
       </c>
       <c r="I44" t="s">
-        <v>123</v>
+        <v>15</v>
       </c>
       <c r="J44" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="1">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>208</v>
+        <v>181</v>
       </c>
       <c r="C45" t="s">
-        <v>209</v>
+        <v>182</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>210</v>
+        <v>183</v>
       </c>
       <c r="F45" t="s">
-        <v>211</v>
+        <v>184</v>
       </c>
       <c r="G45" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="H45" t="s">
-        <v>212</v>
+        <v>185</v>
       </c>
       <c r="I45" t="s">
         <v>15</v>
       </c>
       <c r="J45" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="1">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>213</v>
+        <v>186</v>
       </c>
       <c r="C46" t="s">
-        <v>214</v>
+        <v>187</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>210</v>
+        <v>188</v>
       </c>
       <c r="F46" t="s">
-        <v>215</v>
+        <v>189</v>
       </c>
       <c r="G46" t="s">
-        <v>166</v>
+        <v>113</v>
       </c>
       <c r="H46" t="s">
-        <v>216</v>
+        <v>190</v>
       </c>
       <c r="I46" t="s">
-        <v>15</v>
+        <v>191</v>
       </c>
       <c r="J46" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="1">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>217</v>
+        <v>192</v>
       </c>
       <c r="C47" t="s">
-        <v>218</v>
+        <v>193</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>219</v>
+        <v>194</v>
       </c>
       <c r="F47" t="s">
-        <v>220</v>
+        <v>195</v>
       </c>
       <c r="G47" t="s">
-        <v>221</v>
+        <v>196</v>
       </c>
       <c r="H47" t="s">
-        <v>222</v>
+        <v>197</v>
       </c>
       <c r="I47" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="J47" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="1">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>223</v>
+        <v>198</v>
       </c>
       <c r="C48" t="s">
-        <v>224</v>
+        <v>199</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>225</v>
+        <v>200</v>
       </c>
       <c r="F48" t="s">
-        <v>226</v>
+        <v>201</v>
+      </c>
+      <c r="G48" t="s">
+        <v>138</v>
+      </c>
+      <c r="H48" t="s">
+        <v>202</v>
       </c>
       <c r="I48" t="s">
-        <v>47</v>
+        <v>203</v>
       </c>
       <c r="J48" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="1">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>227</v>
+        <v>204</v>
       </c>
       <c r="C49" t="s">
-        <v>228</v>
+        <v>205</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>229</v>
+        <v>200</v>
       </c>
       <c r="F49" t="s">
-        <v>230</v>
+        <v>206</v>
       </c>
       <c r="G49" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
       <c r="H49" t="s">
-        <v>231</v>
+        <v>208</v>
       </c>
       <c r="I49" t="s">
-        <v>123</v>
+        <v>29</v>
       </c>
       <c r="J49" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="1">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>232</v>
+        <v>209</v>
       </c>
       <c r="C50" t="s">
-        <v>233</v>
+        <v>210</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>229</v>
+        <v>211</v>
       </c>
       <c r="F50" t="s">
-        <v>234</v>
+        <v>212</v>
       </c>
       <c r="G50" t="s">
-        <v>182</v>
+        <v>213</v>
       </c>
       <c r="H50" t="s">
-        <v>235</v>
+        <v>214</v>
       </c>
       <c r="I50" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="J50" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="1">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>236</v>
+        <v>215</v>
       </c>
       <c r="C51" t="s">
-        <v>237</v>
+        <v>216</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>238</v>
+        <v>217</v>
       </c>
       <c r="F51" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="G51" t="s">
-        <v>240</v>
+        <v>219</v>
       </c>
       <c r="H51" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="I51" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="J51" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="1">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>242</v>
+        <v>221</v>
       </c>
       <c r="C52" t="s">
-        <v>243</v>
+        <v>222</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="F52" t="s">
-        <v>245</v>
+        <v>224</v>
+      </c>
+      <c r="G52" t="s">
+        <v>225</v>
+      </c>
+      <c r="H52" t="s">
+        <v>226</v>
       </c>
       <c r="I52" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="J52" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>246</v>
+        <v>227</v>
       </c>
       <c r="C53" t="s">
-        <v>247</v>
+        <v>228</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="F53" t="s">
-        <v>248</v>
-[...5 lines deleted...]
-        <v>250</v>
+        <v>229</v>
       </c>
       <c r="I53" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="J53" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>251</v>
+        <v>230</v>
       </c>
       <c r="C54" t="s">
-        <v>252</v>
+        <v>231</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="F54" t="s">
-        <v>253</v>
+        <v>232</v>
       </c>
       <c r="G54" t="s">
-        <v>254</v>
+        <v>207</v>
       </c>
       <c r="H54" t="s">
-        <v>255</v>
+        <v>233</v>
       </c>
       <c r="I54" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="J54" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>256</v>
+        <v>234</v>
       </c>
       <c r="C55" t="s">
-        <v>257</v>
+        <v>235</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="F55" t="s">
-        <v>258</v>
+        <v>236</v>
       </c>
       <c r="G55" t="s">
-        <v>182</v>
+        <v>237</v>
       </c>
       <c r="H55" t="s">
-        <v>259</v>
+        <v>238</v>
       </c>
       <c r="I55" t="s">
-        <v>20</v>
+        <v>84</v>
       </c>
       <c r="J55" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>260</v>
+        <v>239</v>
       </c>
       <c r="C56" t="s">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="F56" t="s">
-        <v>262</v>
+        <v>241</v>
       </c>
       <c r="G56" t="s">
-        <v>263</v>
+        <v>225</v>
       </c>
       <c r="H56" t="s">
-        <v>264</v>
+        <v>242</v>
       </c>
       <c r="I56" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="J56" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>265</v>
+        <v>243</v>
+      </c>
+      <c r="C57" t="s">
+        <v>244</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="F57" t="s">
-        <v>266</v>
+        <v>245</v>
       </c>
       <c r="G57" t="s">
-        <v>267</v>
+        <v>237</v>
       </c>
       <c r="H57" t="s">
-        <v>268</v>
+        <v>246</v>
       </c>
       <c r="I57" t="s">
-        <v>176</v>
+        <v>247</v>
       </c>
       <c r="J57" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
       <c r="C58" t="s">
-        <v>237</v>
+        <v>249</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>270</v>
+        <v>223</v>
       </c>
       <c r="F58" t="s">
-        <v>271</v>
+        <v>250</v>
+      </c>
+      <c r="G58" t="s">
+        <v>251</v>
+      </c>
+      <c r="H58" t="s">
+        <v>252</v>
       </c>
       <c r="I58" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="J58" t="s">
-        <v>272</v>
+        <v>142</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>273</v>
+        <v>253</v>
       </c>
       <c r="C59" t="s">
-        <v>274</v>
+        <v>254</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="F59" t="s">
-        <v>275</v>
-[...5 lines deleted...]
-        <v>276</v>
+        <v>256</v>
       </c>
       <c r="I59" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="J59" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>277</v>
+        <v>257</v>
       </c>
       <c r="C60" t="s">
-        <v>278</v>
+        <v>258</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="F60" t="s">
-        <v>279</v>
+        <v>259</v>
       </c>
       <c r="G60" t="s">
-        <v>280</v>
+        <v>207</v>
       </c>
       <c r="H60" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="I60" t="s">
-        <v>47</v>
+        <v>260</v>
       </c>
       <c r="J60" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
       <c r="C61" t="s">
-        <v>283</v>
+        <v>262</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="F61" t="s">
-        <v>284</v>
+        <v>263</v>
       </c>
       <c r="G61" t="s">
-        <v>285</v>
+        <v>264</v>
       </c>
       <c r="H61" t="s">
-        <v>286</v>
+        <v>265</v>
       </c>
       <c r="I61" t="s">
-        <v>176</v>
+        <v>41</v>
       </c>
       <c r="J61" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>287</v>
+        <v>266</v>
       </c>
       <c r="C62" t="s">
-        <v>288</v>
+        <v>267</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="F62" t="s">
-        <v>289</v>
-[...5 lines deleted...]
-        <v>291</v>
+        <v>269</v>
       </c>
       <c r="I62" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J62" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>292</v>
+        <v>270</v>
       </c>
       <c r="C63" t="s">
-        <v>293</v>
+        <v>271</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>294</v>
+        <v>268</v>
       </c>
       <c r="F63" t="s">
-        <v>295</v>
+        <v>272</v>
       </c>
       <c r="G63" t="s">
-        <v>285</v>
+        <v>237</v>
       </c>
       <c r="H63" t="s">
-        <v>296</v>
+        <v>273</v>
       </c>
       <c r="I63" t="s">
-        <v>58</v>
+        <v>110</v>
       </c>
       <c r="J63" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>297</v>
+        <v>274</v>
       </c>
       <c r="C64" t="s">
-        <v>298</v>
+        <v>275</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>294</v>
+        <v>268</v>
       </c>
       <c r="F64" t="s">
-        <v>299</v>
+        <v>276</v>
       </c>
       <c r="G64" t="s">
-        <v>285</v>
+        <v>237</v>
       </c>
       <c r="H64" t="s">
-        <v>300</v>
+        <v>277</v>
       </c>
       <c r="I64" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="J64" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>301</v>
+        <v>278</v>
       </c>
       <c r="C65" t="s">
-        <v>302</v>
+        <v>279</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="F65" t="s">
-        <v>303</v>
-[...5 lines deleted...]
-        <v>305</v>
+        <v>281</v>
       </c>
       <c r="I65" t="s">
-        <v>43</v>
+        <v>282</v>
       </c>
       <c r="J65" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>306</v>
+        <v>283</v>
       </c>
       <c r="C66" t="s">
-        <v>307</v>
+        <v>284</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="F66" t="s">
-        <v>308</v>
+        <v>285</v>
       </c>
       <c r="G66" t="s">
-        <v>309</v>
+        <v>286</v>
       </c>
       <c r="H66" t="s">
-        <v>310</v>
+        <v>287</v>
       </c>
       <c r="I66" t="s">
-        <v>29</v>
+        <v>106</v>
       </c>
       <c r="J66" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>311</v>
+        <v>288</v>
       </c>
       <c r="C67" t="s">
-        <v>312</v>
+        <v>289</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="F67" t="s">
-        <v>313</v>
+        <v>290</v>
       </c>
       <c r="G67" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="H67" t="s">
-        <v>314</v>
+        <v>292</v>
       </c>
       <c r="I67" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="J67" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>315</v>
+        <v>293</v>
       </c>
       <c r="C68" t="s">
-        <v>316</v>
+        <v>294</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="F68" t="s">
-        <v>317</v>
+        <v>295</v>
       </c>
       <c r="G68" t="s">
-        <v>285</v>
+        <v>237</v>
       </c>
       <c r="H68" t="s">
-        <v>318</v>
+        <v>296</v>
       </c>
       <c r="I68" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="J68" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>319</v>
+        <v>297</v>
       </c>
       <c r="C69" t="s">
-        <v>320</v>
+        <v>298</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="F69" t="s">
-        <v>321</v>
+        <v>299</v>
       </c>
       <c r="G69" t="s">
-        <v>285</v>
+        <v>300</v>
       </c>
       <c r="H69" t="s">
-        <v>322</v>
+        <v>301</v>
       </c>
       <c r="I69" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J69" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>323</v>
+        <v>302</v>
       </c>
       <c r="C70" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="F70" t="s">
-        <v>324</v>
-[...5 lines deleted...]
-        <v>325</v>
+        <v>305</v>
       </c>
       <c r="I70" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="J70" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>315</v>
+        <v>306</v>
       </c>
       <c r="C71" t="s">
-        <v>326</v>
+        <v>307</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>327</v>
+        <v>308</v>
       </c>
       <c r="F71" t="s">
-        <v>328</v>
+        <v>309</v>
       </c>
       <c r="G71" t="s">
-        <v>329</v>
+        <v>138</v>
       </c>
       <c r="H71" t="s">
-        <v>330</v>
+        <v>310</v>
       </c>
       <c r="I71" t="s">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="J71" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>331</v>
+        <v>311</v>
       </c>
       <c r="C72" t="s">
-        <v>332</v>
+        <v>312</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>327</v>
+        <v>308</v>
       </c>
       <c r="F72" t="s">
-        <v>333</v>
+        <v>313</v>
       </c>
       <c r="G72" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="H72" t="s">
-        <v>334</v>
+        <v>314</v>
       </c>
       <c r="I72" t="s">
-        <v>149</v>
+        <v>106</v>
       </c>
       <c r="J72" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>315</v>
+      </c>
+      <c r="C73" t="s">
+        <v>316</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>317</v>
+      </c>
+      <c r="F73" t="s">
+        <v>318</v>
+      </c>
+      <c r="G73" t="s">
         <v>319</v>
       </c>
-      <c r="C73" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H73" t="s">
-        <v>337</v>
+        <v>320</v>
       </c>
       <c r="I73" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
       <c r="J73" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="C74" t="s">
-        <v>339</v>
+        <v>322</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>340</v>
+        <v>323</v>
       </c>
       <c r="F74" t="s">
-        <v>341</v>
-[...5 lines deleted...]
-        <v>343</v>
+        <v>324</v>
       </c>
       <c r="I74" t="s">
-        <v>149</v>
+        <v>84</v>
       </c>
       <c r="J74" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>344</v>
+        <v>325</v>
       </c>
       <c r="C75" t="s">
-        <v>345</v>
+        <v>326</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>340</v>
+        <v>327</v>
       </c>
       <c r="F75" t="s">
-        <v>346</v>
+        <v>328</v>
+      </c>
+      <c r="G75" t="s">
+        <v>280</v>
+      </c>
+      <c r="H75" t="s">
+        <v>329</v>
       </c>
       <c r="I75" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J75" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>347</v>
+        <v>330</v>
       </c>
       <c r="C76" t="s">
-        <v>348</v>
+        <v>331</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>340</v>
+        <v>327</v>
       </c>
       <c r="F76" t="s">
-        <v>349</v>
+        <v>332</v>
       </c>
       <c r="G76" t="s">
-        <v>350</v>
+        <v>319</v>
       </c>
       <c r="H76" t="s">
-        <v>351</v>
+        <v>333</v>
       </c>
       <c r="I76" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="J76" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>352</v>
+        <v>334</v>
       </c>
       <c r="C77" t="s">
-        <v>353</v>
+        <v>335</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="F77" t="s">
-        <v>354</v>
+        <v>337</v>
+      </c>
+      <c r="G77" t="s">
+        <v>338</v>
+      </c>
+      <c r="H77" t="s">
+        <v>339</v>
       </c>
       <c r="I77" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J77" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>340</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F78" t="s">
-        <v>357</v>
+        <v>342</v>
+      </c>
+      <c r="G78" t="s">
+        <v>343</v>
+      </c>
+      <c r="H78" t="s">
+        <v>344</v>
       </c>
       <c r="I78" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="J78" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>358</v>
+        <v>345</v>
       </c>
       <c r="C79" t="s">
-        <v>359</v>
+        <v>346</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F79" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="G79" t="s">
-        <v>225</v>
+        <v>348</v>
       </c>
       <c r="H79" t="s">
-        <v>361</v>
+        <v>349</v>
       </c>
       <c r="I79" t="s">
-        <v>29</v>
+        <v>247</v>
       </c>
       <c r="J79" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>362</v>
+        <v>350</v>
       </c>
       <c r="C80" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F80" t="s">
-        <v>364</v>
-[...5 lines deleted...]
-        <v>365</v>
+        <v>352</v>
       </c>
       <c r="I80" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="J80" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>366</v>
+        <v>353</v>
       </c>
       <c r="C81" t="s">
-        <v>367</v>
+        <v>354</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F81" t="s">
-        <v>368</v>
+        <v>355</v>
       </c>
       <c r="G81" t="s">
-        <v>309</v>
+        <v>356</v>
       </c>
       <c r="H81" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="I81" t="s">
-        <v>29</v>
+        <v>106</v>
       </c>
       <c r="J81" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>370</v>
+        <v>358</v>
       </c>
       <c r="C82" t="s">
-        <v>371</v>
+        <v>359</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F82" t="s">
-        <v>372</v>
+        <v>360</v>
       </c>
       <c r="G82" t="s">
-        <v>373</v>
+        <v>361</v>
       </c>
       <c r="H82" t="s">
-        <v>374</v>
+        <v>362</v>
       </c>
       <c r="I82" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="J82" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>375</v>
+        <v>363</v>
       </c>
       <c r="C83" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F83" t="s">
-        <v>377</v>
+        <v>365</v>
       </c>
       <c r="G83" t="s">
-        <v>285</v>
+        <v>361</v>
       </c>
       <c r="H83" t="s">
-        <v>378</v>
+        <v>366</v>
       </c>
       <c r="I83" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J83" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>379</v>
+        <v>367</v>
       </c>
       <c r="C84" t="s">
-        <v>380</v>
+        <v>368</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F84" t="s">
-        <v>381</v>
+        <v>369</v>
+      </c>
+      <c r="G84" t="s">
+        <v>280</v>
+      </c>
+      <c r="H84" t="s">
+        <v>370</v>
       </c>
       <c r="I84" t="s">
-        <v>58</v>
+        <v>110</v>
       </c>
       <c r="J84" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>382</v>
+        <v>371</v>
       </c>
       <c r="C85" t="s">
-        <v>383</v>
+        <v>372</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>340</v>
+        <v>373</v>
       </c>
       <c r="F85" t="s">
-        <v>384</v>
+        <v>374</v>
       </c>
       <c r="G85" t="s">
-        <v>385</v>
+        <v>356</v>
       </c>
       <c r="H85" t="s">
-        <v>386</v>
+        <v>375</v>
       </c>
       <c r="I85" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="J85" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>387</v>
+        <v>376</v>
       </c>
       <c r="C86" t="s">
-        <v>388</v>
+        <v>377</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86" t="s">
-        <v>340</v>
+        <v>373</v>
       </c>
       <c r="F86" t="s">
-        <v>389</v>
+        <v>378</v>
       </c>
       <c r="G86" t="s">
-        <v>390</v>
+        <v>379</v>
       </c>
       <c r="H86" t="s">
-        <v>391</v>
+        <v>380</v>
       </c>
       <c r="I86" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="J86" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>319</v>
+        <v>381</v>
       </c>
       <c r="C87" t="s">
-        <v>392</v>
+        <v>335</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>393</v>
+        <v>373</v>
       </c>
       <c r="F87" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>395</v>
+        <v>382</v>
       </c>
       <c r="I87" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J87" t="s">
-        <v>103</v>
+        <v>383</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>396</v>
+        <v>384</v>
       </c>
       <c r="C88" t="s">
-        <v>397</v>
+        <v>385</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="F88" t="s">
-        <v>399</v>
+        <v>386</v>
       </c>
       <c r="G88" t="s">
-        <v>400</v>
+        <v>387</v>
       </c>
       <c r="H88" t="s">
-        <v>401</v>
+        <v>388</v>
       </c>
       <c r="I88" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J88" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>402</v>
+        <v>389</v>
       </c>
       <c r="C89" t="s">
-        <v>403</v>
+        <v>390</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="F89" t="s">
-        <v>404</v>
+        <v>391</v>
+      </c>
+      <c r="G89" t="s">
+        <v>392</v>
+      </c>
+      <c r="H89" t="s">
+        <v>393</v>
       </c>
       <c r="I89" t="s">
-        <v>58</v>
+        <v>84</v>
       </c>
       <c r="J89" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>405</v>
+        <v>394</v>
       </c>
       <c r="C90" t="s">
-        <v>406</v>
+        <v>395</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90" t="s">
+        <v>396</v>
+      </c>
+      <c r="F90" t="s">
+        <v>397</v>
+      </c>
+      <c r="G90" t="s">
+        <v>379</v>
+      </c>
+      <c r="H90" t="s">
         <v>398</v>
       </c>
-      <c r="F90" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I90" t="s">
-        <v>43</v>
+        <v>147</v>
       </c>
       <c r="J90" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="C91" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
       <c r="E91" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="F91" t="s">
-        <v>411</v>
+        <v>401</v>
+      </c>
+      <c r="G91" t="s">
+        <v>379</v>
+      </c>
+      <c r="H91" t="s">
+        <v>402</v>
       </c>
       <c r="I91" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J91" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="C92" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="F92" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
       <c r="G92" t="s">
-        <v>415</v>
+        <v>379</v>
       </c>
       <c r="H92" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="I92" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J92" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="C93" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="F93" t="s">
-        <v>419</v>
+        <v>409</v>
+      </c>
+      <c r="G93" t="s">
+        <v>379</v>
+      </c>
+      <c r="H93" t="s">
+        <v>410</v>
       </c>
       <c r="I93" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J93" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="C94" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="F94" t="s">
-        <v>422</v>
+        <v>413</v>
+      </c>
+      <c r="G94" t="s">
+        <v>414</v>
+      </c>
+      <c r="H94" t="s">
+        <v>415</v>
       </c>
       <c r="I94" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J94" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="C95" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="F95" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="G95" t="s">
-        <v>400</v>
+        <v>379</v>
       </c>
       <c r="H95" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="I95" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J95" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
       <c r="C96" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="F96" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="G96" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="H96" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="I96" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="J96" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="C97" t="s">
-        <v>274</v>
+        <v>412</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>433</v>
+        <v>396</v>
       </c>
       <c r="F97" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="G97" t="s">
-        <v>435</v>
+        <v>414</v>
       </c>
       <c r="H97" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="I97" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="J97" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="C98" t="s">
-        <v>274</v>
+        <v>429</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="F98" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="G98" t="s">
-        <v>435</v>
+        <v>361</v>
       </c>
       <c r="H98" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="I98" t="s">
-        <v>43</v>
+        <v>247</v>
       </c>
       <c r="J98" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>439</v>
+        <v>416</v>
       </c>
       <c r="C99" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
       <c r="D99" t="s">
         <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="F99" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="G99" t="s">
-        <v>442</v>
+        <v>379</v>
       </c>
       <c r="H99" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="I99" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="J99" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>444</v>
+        <v>399</v>
       </c>
       <c r="C100" t="s">
-        <v>445</v>
+        <v>436</v>
       </c>
       <c r="D100" t="s">
         <v>12</v>
       </c>
       <c r="E100" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="F100" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="G100" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
       <c r="H100" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="I100" t="s">
-        <v>43</v>
+        <v>147</v>
       </c>
       <c r="J100" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="C101" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="D101" t="s">
         <v>12</v>
       </c>
       <c r="E101" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="F101" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="G101" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
       <c r="H101" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
       <c r="I101" t="s">
-        <v>43</v>
+        <v>147</v>
       </c>
       <c r="J101" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="C102" t="s">
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="D102" t="s">
         <v>12</v>
       </c>
       <c r="E102" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="F102" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
       <c r="G102" t="s">
-        <v>458</v>
+        <v>414</v>
       </c>
       <c r="H102" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="I102" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J102" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="C103" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="D103" t="s">
         <v>12</v>
       </c>
       <c r="E103" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="F103" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="G103" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="H103" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="I103" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J103" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="C104" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="D104" t="s">
         <v>12</v>
       </c>
       <c r="E104" t="s">
-        <v>467</v>
+        <v>442</v>
       </c>
       <c r="F104" t="s">
-        <v>468</v>
+        <v>457</v>
       </c>
       <c r="G104" t="s">
-        <v>469</v>
+        <v>458</v>
       </c>
       <c r="H104" t="s">
-        <v>470</v>
+        <v>459</v>
       </c>
       <c r="I104" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="J104" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>471</v>
+        <v>460</v>
       </c>
       <c r="C105" t="s">
-        <v>472</v>
+        <v>461</v>
       </c>
       <c r="D105" t="s">
         <v>12</v>
       </c>
       <c r="E105" t="s">
-        <v>473</v>
+        <v>442</v>
       </c>
       <c r="F105" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="G105" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
       <c r="H105" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="I105" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="J105" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>236</v>
+        <v>465</v>
       </c>
       <c r="C106" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="D106" t="s">
         <v>12</v>
       </c>
       <c r="E106" t="s">
-        <v>473</v>
+        <v>442</v>
       </c>
       <c r="F106" t="s">
-        <v>478</v>
+        <v>467</v>
       </c>
       <c r="G106" t="s">
-        <v>469</v>
+        <v>444</v>
       </c>
       <c r="H106" t="s">
-        <v>479</v>
+        <v>468</v>
       </c>
       <c r="I106" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J106" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>480</v>
+        <v>469</v>
       </c>
       <c r="C107" t="s">
-        <v>481</v>
+        <v>470</v>
       </c>
       <c r="D107" t="s">
         <v>12</v>
       </c>
       <c r="E107" t="s">
-        <v>473</v>
+        <v>442</v>
       </c>
       <c r="F107" t="s">
-        <v>482</v>
+        <v>471</v>
       </c>
       <c r="G107" t="s">
-        <v>483</v>
+        <v>196</v>
       </c>
       <c r="H107" t="s">
-        <v>484</v>
+        <v>472</v>
       </c>
       <c r="I107" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="J107" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>485</v>
+        <v>473</v>
       </c>
       <c r="C108" t="s">
-        <v>461</v>
+        <v>474</v>
       </c>
       <c r="D108" t="s">
         <v>12</v>
       </c>
       <c r="E108" t="s">
-        <v>473</v>
+        <v>442</v>
       </c>
       <c r="F108" t="s">
-        <v>486</v>
+        <v>475</v>
+      </c>
+      <c r="G108" t="s">
+        <v>379</v>
+      </c>
+      <c r="H108" t="s">
+        <v>476</v>
       </c>
       <c r="I108" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="J108" t="s">
-        <v>272</v>
+        <v>142</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="C109" t="s">
-        <v>488</v>
+        <v>478</v>
       </c>
       <c r="D109" t="s">
         <v>12</v>
       </c>
       <c r="E109" t="s">
-        <v>473</v>
+        <v>442</v>
       </c>
       <c r="F109" t="s">
-        <v>489</v>
+        <v>479</v>
       </c>
       <c r="G109" t="s">
-        <v>490</v>
+        <v>480</v>
       </c>
       <c r="H109" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
       <c r="I109" t="s">
-        <v>43</v>
+        <v>110</v>
       </c>
       <c r="J109" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>492</v>
+        <v>482</v>
       </c>
       <c r="C110" t="s">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="D110" t="s">
         <v>12</v>
       </c>
       <c r="E110" t="s">
-        <v>473</v>
+        <v>442</v>
       </c>
       <c r="F110" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
       <c r="G110" t="s">
-        <v>469</v>
+        <v>196</v>
       </c>
       <c r="H110" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
       <c r="I110" t="s">
-        <v>496</v>
+        <v>147</v>
       </c>
       <c r="J110" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="C111" t="s">
-        <v>498</v>
+        <v>487</v>
       </c>
       <c r="D111" t="s">
         <v>12</v>
       </c>
       <c r="E111" t="s">
-        <v>473</v>
+        <v>442</v>
       </c>
       <c r="F111" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="G111" t="s">
-        <v>500</v>
+        <v>323</v>
       </c>
       <c r="H111" t="s">
-        <v>501</v>
+        <v>489</v>
       </c>
       <c r="I111" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J111" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>502</v>
+        <v>490</v>
       </c>
       <c r="C112" t="s">
-        <v>503</v>
+        <v>491</v>
       </c>
       <c r="D112" t="s">
         <v>12</v>
       </c>
       <c r="E112" t="s">
-        <v>473</v>
+        <v>442</v>
       </c>
       <c r="F112" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="G112" t="s">
-        <v>505</v>
+        <v>453</v>
       </c>
       <c r="H112" t="s">
-        <v>506</v>
+        <v>493</v>
       </c>
       <c r="I112" t="s">
-        <v>116</v>
+        <v>247</v>
       </c>
       <c r="J112" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="C113" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="D113" t="s">
         <v>12</v>
       </c>
       <c r="E113" t="s">
-        <v>473</v>
+        <v>442</v>
       </c>
       <c r="F113" t="s">
-        <v>509</v>
+        <v>496</v>
       </c>
       <c r="G113" t="s">
-        <v>510</v>
+        <v>497</v>
       </c>
       <c r="H113" t="s">
-        <v>511</v>
+        <v>498</v>
       </c>
       <c r="I113" t="s">
-        <v>512</v>
+        <v>247</v>
       </c>
       <c r="J113" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>513</v>
+        <v>416</v>
       </c>
       <c r="C114" t="s">
-        <v>514</v>
+        <v>499</v>
       </c>
       <c r="D114" t="s">
         <v>12</v>
       </c>
       <c r="E114" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="F114" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>501</v>
       </c>
       <c r="H114" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
       <c r="I114" t="s">
-        <v>518</v>
+        <v>147</v>
       </c>
       <c r="J114" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>519</v>
+        <v>503</v>
       </c>
       <c r="C115" t="s">
-        <v>520</v>
+        <v>504</v>
       </c>
       <c r="D115" t="s">
         <v>12</v>
       </c>
       <c r="E115" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="F115" t="s">
-        <v>521</v>
+        <v>506</v>
+      </c>
+      <c r="G115" t="s">
+        <v>507</v>
+      </c>
+      <c r="H115" t="s">
+        <v>508</v>
       </c>
       <c r="I115" t="s">
-        <v>176</v>
+        <v>147</v>
       </c>
       <c r="J115" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>522</v>
+        <v>509</v>
       </c>
       <c r="C116" t="s">
-        <v>523</v>
+        <v>510</v>
       </c>
       <c r="D116" t="s">
         <v>12</v>
       </c>
       <c r="E116" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="F116" t="s">
-        <v>524</v>
-[...5 lines deleted...]
-        <v>526</v>
+        <v>511</v>
       </c>
       <c r="I116" t="s">
-        <v>29</v>
+        <v>147</v>
       </c>
       <c r="J116" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>116</v>
       </c>
       <c r="B117" t="s">
+        <v>512</v>
+      </c>
+      <c r="C117" t="s">
         <v>513</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
+        <v>12</v>
+      </c>
+      <c r="E117" t="s">
+        <v>505</v>
+      </c>
+      <c r="F117" t="s">
         <v>514</v>
       </c>
-      <c r="D117" t="s">
-[...2 lines deleted...]
-      <c r="E117" t="s">
+      <c r="G117" t="s">
+        <v>379</v>
+      </c>
+      <c r="H117" t="s">
         <v>515</v>
       </c>
-      <c r="F117" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I117" t="s">
-        <v>518</v>
+        <v>15</v>
       </c>
       <c r="J117" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>530</v>
+        <v>516</v>
       </c>
       <c r="C118" t="s">
-        <v>531</v>
+        <v>517</v>
       </c>
       <c r="D118" t="s">
         <v>12</v>
       </c>
       <c r="E118" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="F118" t="s">
-        <v>532</v>
+        <v>518</v>
       </c>
       <c r="G118" t="s">
-        <v>490</v>
+        <v>444</v>
       </c>
       <c r="H118" t="s">
-        <v>533</v>
+        <v>519</v>
       </c>
       <c r="I118" t="s">
-        <v>518</v>
+        <v>147</v>
       </c>
       <c r="J118" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>534</v>
+        <v>520</v>
       </c>
       <c r="C119" t="s">
-        <v>535</v>
+        <v>521</v>
       </c>
       <c r="D119" t="s">
         <v>12</v>
       </c>
       <c r="E119" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="F119" t="s">
-        <v>536</v>
+        <v>522</v>
       </c>
       <c r="G119" t="s">
-        <v>537</v>
+        <v>507</v>
       </c>
       <c r="H119" t="s">
-        <v>538</v>
+        <v>523</v>
       </c>
       <c r="I119" t="s">
-        <v>518</v>
+        <v>147</v>
       </c>
       <c r="J119" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>539</v>
+        <v>524</v>
       </c>
       <c r="C120" t="s">
-        <v>540</v>
+        <v>525</v>
       </c>
       <c r="D120" t="s">
         <v>12</v>
       </c>
       <c r="E120" t="s">
-        <v>541</v>
+        <v>505</v>
       </c>
       <c r="F120" t="s">
-        <v>542</v>
+        <v>526</v>
       </c>
       <c r="G120" t="s">
-        <v>543</v>
+        <v>527</v>
       </c>
       <c r="H120" t="s">
-        <v>544</v>
+        <v>528</v>
       </c>
       <c r="I120" t="s">
-        <v>123</v>
+        <v>147</v>
       </c>
       <c r="J120" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>545</v>
+        <v>529</v>
       </c>
       <c r="C121" t="s">
-        <v>546</v>
+        <v>530</v>
       </c>
       <c r="D121" t="s">
         <v>12</v>
       </c>
       <c r="E121" t="s">
-        <v>547</v>
+        <v>505</v>
       </c>
       <c r="F121" t="s">
-        <v>548</v>
+        <v>531</v>
       </c>
       <c r="G121" t="s">
-        <v>549</v>
+        <v>444</v>
       </c>
       <c r="H121" t="s">
-        <v>550</v>
+        <v>532</v>
       </c>
       <c r="I121" t="s">
-        <v>518</v>
+        <v>147</v>
       </c>
       <c r="J121" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>551</v>
+        <v>399</v>
       </c>
       <c r="C122" t="s">
-        <v>552</v>
+        <v>533</v>
       </c>
       <c r="D122" t="s">
         <v>12</v>
       </c>
       <c r="E122" t="s">
-        <v>547</v>
+        <v>505</v>
       </c>
       <c r="F122" t="s">
-        <v>553</v>
+        <v>534</v>
+      </c>
+      <c r="G122" t="s">
+        <v>444</v>
+      </c>
+      <c r="H122" t="s">
+        <v>535</v>
       </c>
       <c r="I122" t="s">
-        <v>15</v>
+        <v>147</v>
       </c>
       <c r="J122" t="s">
-        <v>272</v>
+        <v>142</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>513</v>
+        <v>536</v>
       </c>
       <c r="C123" t="s">
-        <v>514</v>
+        <v>537</v>
       </c>
       <c r="D123" t="s">
         <v>12</v>
       </c>
       <c r="E123" t="s">
-        <v>554</v>
+        <v>505</v>
       </c>
       <c r="F123" t="s">
-        <v>555</v>
+        <v>538</v>
       </c>
       <c r="G123" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="H123" t="s">
-        <v>556</v>
+        <v>540</v>
       </c>
       <c r="I123" t="s">
-        <v>518</v>
+        <v>147</v>
       </c>
       <c r="J123" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>557</v>
+        <v>541</v>
       </c>
       <c r="C124" t="s">
-        <v>558</v>
+        <v>372</v>
       </c>
       <c r="D124" t="s">
         <v>12</v>
       </c>
       <c r="E124" t="s">
-        <v>554</v>
+        <v>542</v>
       </c>
       <c r="F124" t="s">
-        <v>559</v>
+        <v>543</v>
       </c>
       <c r="G124" t="s">
-        <v>560</v>
+        <v>544</v>
       </c>
       <c r="H124" t="s">
-        <v>561</v>
+        <v>545</v>
       </c>
       <c r="I124" t="s">
-        <v>123</v>
+        <v>15</v>
       </c>
       <c r="J124" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>562</v>
+        <v>546</v>
       </c>
       <c r="C125" t="s">
-        <v>563</v>
+        <v>547</v>
       </c>
       <c r="D125" t="s">
         <v>12</v>
       </c>
       <c r="E125" t="s">
-        <v>554</v>
+        <v>542</v>
       </c>
       <c r="F125" t="s">
-        <v>564</v>
+        <v>548</v>
       </c>
       <c r="G125" t="s">
-        <v>565</v>
+        <v>549</v>
       </c>
       <c r="H125" t="s">
-        <v>566</v>
+        <v>550</v>
       </c>
       <c r="I125" t="s">
-        <v>496</v>
+        <v>15</v>
       </c>
       <c r="J125" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>567</v>
+        <v>551</v>
       </c>
       <c r="C126" t="s">
-        <v>568</v>
+        <v>372</v>
       </c>
       <c r="D126" t="s">
         <v>12</v>
       </c>
       <c r="E126" t="s">
-        <v>554</v>
+        <v>542</v>
       </c>
       <c r="F126" t="s">
-        <v>569</v>
+        <v>552</v>
       </c>
       <c r="G126" t="s">
-        <v>560</v>
+        <v>544</v>
       </c>
       <c r="H126" t="s">
-        <v>570</v>
+        <v>545</v>
       </c>
       <c r="I126" t="s">
-        <v>518</v>
+        <v>15</v>
       </c>
       <c r="J126" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>571</v>
+        <v>553</v>
       </c>
       <c r="C127" t="s">
-        <v>572</v>
+        <v>554</v>
       </c>
       <c r="D127" t="s">
         <v>12</v>
       </c>
       <c r="E127" t="s">
-        <v>554</v>
+        <v>542</v>
       </c>
       <c r="F127" t="s">
-        <v>573</v>
+        <v>555</v>
       </c>
       <c r="G127" t="s">
-        <v>574</v>
+        <v>556</v>
       </c>
       <c r="H127" t="s">
-        <v>575</v>
+        <v>557</v>
       </c>
       <c r="I127" t="s">
-        <v>15</v>
+        <v>247</v>
       </c>
       <c r="J127" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>576</v>
+        <v>558</v>
       </c>
       <c r="C128" t="s">
-        <v>577</v>
+        <v>559</v>
       </c>
       <c r="D128" t="s">
         <v>12</v>
       </c>
       <c r="E128" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="F128" t="s">
-        <v>578</v>
+        <v>561</v>
       </c>
       <c r="G128" t="s">
-        <v>537</v>
+        <v>562</v>
       </c>
       <c r="H128" t="s">
-        <v>579</v>
+        <v>563</v>
       </c>
       <c r="I128" t="s">
-        <v>518</v>
+        <v>147</v>
       </c>
       <c r="J128" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="C129" t="s">
-        <v>514</v>
+        <v>565</v>
       </c>
       <c r="D129" t="s">
         <v>12</v>
       </c>
       <c r="E129" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="F129" t="s">
-        <v>581</v>
+        <v>566</v>
+      </c>
+      <c r="G129" t="s">
+        <v>567</v>
+      </c>
+      <c r="H129" t="s">
+        <v>568</v>
       </c>
       <c r="I129" t="s">
-        <v>518</v>
+        <v>15</v>
       </c>
       <c r="J129" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>582</v>
+        <v>569</v>
       </c>
       <c r="C130" t="s">
-        <v>583</v>
+        <v>570</v>
       </c>
       <c r="D130" t="s">
         <v>12</v>
       </c>
       <c r="E130" t="s">
-        <v>584</v>
+        <v>560</v>
       </c>
       <c r="F130" t="s">
-        <v>585</v>
+        <v>571</v>
       </c>
       <c r="G130" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="H130" t="s">
-        <v>586</v>
+        <v>573</v>
       </c>
       <c r="I130" t="s">
-        <v>29</v>
+        <v>147</v>
       </c>
       <c r="J130" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>587</v>
+        <v>574</v>
       </c>
       <c r="C131" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="D131" t="s">
         <v>12</v>
       </c>
       <c r="E131" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="F131" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
       <c r="G131" t="s">
-        <v>510</v>
+        <v>578</v>
       </c>
       <c r="H131" t="s">
-        <v>590</v>
+        <v>579</v>
       </c>
       <c r="I131" t="s">
-        <v>123</v>
+        <v>29</v>
       </c>
       <c r="J131" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>591</v>
+        <v>580</v>
       </c>
       <c r="C132" t="s">
-        <v>592</v>
+        <v>570</v>
       </c>
       <c r="D132" t="s">
         <v>12</v>
       </c>
       <c r="E132" t="s">
-        <v>593</v>
+        <v>581</v>
       </c>
       <c r="F132" t="s">
-        <v>594</v>
-[...5 lines deleted...]
-        <v>595</v>
+        <v>582</v>
       </c>
       <c r="I132" t="s">
-        <v>512</v>
+        <v>147</v>
       </c>
       <c r="J132" t="s">
-        <v>103</v>
+        <v>383</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>596</v>
+        <v>583</v>
       </c>
       <c r="C133" t="s">
-        <v>597</v>
+        <v>584</v>
       </c>
       <c r="D133" t="s">
         <v>12</v>
       </c>
       <c r="E133" t="s">
-        <v>593</v>
+        <v>581</v>
       </c>
       <c r="F133" t="s">
-        <v>598</v>
+        <v>585</v>
       </c>
       <c r="G133" t="s">
-        <v>560</v>
+        <v>586</v>
       </c>
       <c r="H133" t="s">
-        <v>599</v>
+        <v>587</v>
       </c>
       <c r="I133" t="s">
-        <v>29</v>
+        <v>588</v>
       </c>
       <c r="J133" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>600</v>
+        <v>589</v>
       </c>
       <c r="C134" t="s">
-        <v>601</v>
+        <v>590</v>
       </c>
       <c r="D134" t="s">
         <v>12</v>
       </c>
       <c r="E134" t="s">
-        <v>602</v>
+        <v>581</v>
       </c>
       <c r="F134" t="s">
-        <v>603</v>
+        <v>591</v>
       </c>
       <c r="G134" t="s">
-        <v>505</v>
+        <v>592</v>
       </c>
       <c r="H134" t="s">
-        <v>604</v>
+        <v>593</v>
       </c>
       <c r="I134" t="s">
-        <v>605</v>
+        <v>15</v>
       </c>
       <c r="J134" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>606</v>
+        <v>594</v>
       </c>
       <c r="C135" t="s">
-        <v>607</v>
+        <v>595</v>
       </c>
       <c r="D135" t="s">
         <v>12</v>
       </c>
       <c r="E135" t="s">
-        <v>608</v>
+        <v>581</v>
       </c>
       <c r="F135" t="s">
-        <v>609</v>
+        <v>596</v>
       </c>
       <c r="G135" t="s">
-        <v>610</v>
+        <v>578</v>
       </c>
       <c r="H135" t="s">
-        <v>611</v>
+        <v>597</v>
       </c>
       <c r="I135" t="s">
-        <v>29</v>
+        <v>598</v>
       </c>
       <c r="J135" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>612</v>
+        <v>599</v>
       </c>
       <c r="C136" t="s">
-        <v>613</v>
+        <v>600</v>
       </c>
       <c r="D136" t="s">
         <v>12</v>
       </c>
       <c r="E136" t="s">
-        <v>608</v>
+        <v>581</v>
       </c>
       <c r="F136" t="s">
-        <v>614</v>
+        <v>601</v>
       </c>
       <c r="G136" t="s">
-        <v>615</v>
+        <v>602</v>
       </c>
       <c r="H136" t="s">
-        <v>616</v>
+        <v>603</v>
       </c>
       <c r="I136" t="s">
-        <v>29</v>
+        <v>247</v>
       </c>
       <c r="J136" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>136</v>
       </c>
       <c r="B137" t="s">
+        <v>604</v>
+      </c>
+      <c r="C137" t="s">
+        <v>605</v>
+      </c>
+      <c r="D137" t="s">
+        <v>12</v>
+      </c>
+      <c r="E137" t="s">
+        <v>581</v>
+      </c>
+      <c r="F137" t="s">
         <v>606</v>
       </c>
-      <c r="C137" t="s">
-[...5 lines deleted...]
-      <c r="E137" t="s">
+      <c r="G137" t="s">
+        <v>607</v>
+      </c>
+      <c r="H137" t="s">
         <v>608</v>
       </c>
-      <c r="F137" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I137" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="J137" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="C138" t="s">
-        <v>621</v>
+        <v>610</v>
       </c>
       <c r="D138" t="s">
         <v>12</v>
       </c>
       <c r="E138" t="s">
-        <v>622</v>
+        <v>581</v>
       </c>
       <c r="F138" t="s">
-        <v>623</v>
+        <v>611</v>
       </c>
       <c r="G138" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="H138" t="s">
-        <v>625</v>
+        <v>613</v>
       </c>
       <c r="I138" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="J138" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="C139" t="s">
-        <v>626</v>
+        <v>615</v>
       </c>
       <c r="D139" t="s">
         <v>12</v>
       </c>
       <c r="E139" t="s">
-        <v>622</v>
+        <v>581</v>
       </c>
       <c r="F139" t="s">
-        <v>627</v>
+        <v>616</v>
       </c>
       <c r="G139" t="s">
-        <v>628</v>
+        <v>617</v>
       </c>
       <c r="H139" t="s">
-        <v>629</v>
+        <v>618</v>
       </c>
       <c r="I139" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="J139" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>630</v>
+        <v>334</v>
       </c>
       <c r="C140" t="s">
-        <v>631</v>
+        <v>619</v>
       </c>
       <c r="D140" t="s">
         <v>12</v>
       </c>
       <c r="E140" t="s">
-        <v>622</v>
+        <v>581</v>
       </c>
       <c r="F140" t="s">
-        <v>632</v>
+        <v>620</v>
       </c>
       <c r="G140" t="s">
-        <v>537</v>
+        <v>578</v>
       </c>
       <c r="H140" t="s">
-        <v>633</v>
+        <v>621</v>
       </c>
       <c r="I140" t="s">
-        <v>29</v>
+        <v>147</v>
       </c>
       <c r="J140" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
       <c r="C141" t="s">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="D141" t="s">
         <v>12</v>
       </c>
       <c r="E141" t="s">
-        <v>636</v>
+        <v>624</v>
       </c>
       <c r="F141" t="s">
-        <v>637</v>
+        <v>625</v>
       </c>
       <c r="G141" t="s">
-        <v>106</v>
+        <v>626</v>
       </c>
       <c r="H141" t="s">
-        <v>638</v>
+        <v>627</v>
       </c>
       <c r="I141" t="s">
-        <v>149</v>
+        <v>56</v>
       </c>
       <c r="J141" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="C142" t="s">
-        <v>640</v>
+        <v>629</v>
       </c>
       <c r="D142" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E142" t="s">
-        <v>642</v>
+        <v>624</v>
       </c>
       <c r="F142" t="s">
-        <v>643</v>
+        <v>630</v>
       </c>
       <c r="G142" t="s">
-        <v>636</v>
+        <v>592</v>
       </c>
       <c r="H142" t="s">
-        <v>644</v>
+        <v>631</v>
       </c>
       <c r="I142" t="s">
-        <v>645</v>
+        <v>632</v>
       </c>
       <c r="J142" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>646</v>
+        <v>633</v>
       </c>
       <c r="C143" t="s">
-        <v>647</v>
+        <v>634</v>
       </c>
       <c r="D143" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
       <c r="E143" t="s">
-        <v>649</v>
+        <v>624</v>
       </c>
       <c r="F143" t="s">
-        <v>650</v>
+        <v>635</v>
       </c>
       <c r="G143" t="s">
-        <v>651</v>
+        <v>636</v>
       </c>
       <c r="H143" t="s">
-        <v>652</v>
+        <v>637</v>
       </c>
       <c r="I143" t="s">
-        <v>653</v>
+        <v>632</v>
       </c>
       <c r="J143" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>654</v>
+        <v>638</v>
       </c>
       <c r="C144" t="s">
-        <v>655</v>
+        <v>639</v>
       </c>
       <c r="D144" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
       <c r="E144" t="s">
-        <v>656</v>
+        <v>624</v>
       </c>
       <c r="F144" t="s">
-        <v>657</v>
+        <v>640</v>
       </c>
       <c r="G144" t="s">
-        <v>658</v>
+        <v>641</v>
       </c>
       <c r="H144" t="s">
-        <v>659</v>
+        <v>642</v>
       </c>
       <c r="I144" t="s">
-        <v>660</v>
+        <v>632</v>
       </c>
       <c r="J144" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>661</v>
+        <v>643</v>
       </c>
       <c r="C145" t="s">
-        <v>662</v>
+        <v>644</v>
       </c>
       <c r="D145" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E145" t="s">
-        <v>663</v>
+        <v>624</v>
       </c>
       <c r="F145" t="s">
-        <v>664</v>
+        <v>645</v>
       </c>
       <c r="G145" t="s">
-        <v>665</v>
+        <v>213</v>
       </c>
       <c r="H145" t="s">
-        <v>666</v>
+        <v>646</v>
       </c>
       <c r="I145" t="s">
-        <v>667</v>
+        <v>102</v>
       </c>
       <c r="J145" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>668</v>
+        <v>638</v>
       </c>
       <c r="C146" t="s">
-        <v>669</v>
+        <v>639</v>
       </c>
       <c r="D146" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E146" t="s">
-        <v>670</v>
+        <v>624</v>
       </c>
       <c r="F146" t="s">
-        <v>671</v>
+        <v>647</v>
       </c>
       <c r="G146" t="s">
-        <v>672</v>
+        <v>602</v>
       </c>
       <c r="H146" t="s">
-        <v>673</v>
+        <v>648</v>
       </c>
       <c r="I146" t="s">
-        <v>667</v>
+        <v>632</v>
       </c>
       <c r="J146" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>674</v>
+        <v>649</v>
       </c>
       <c r="C147" t="s">
-        <v>675</v>
+        <v>650</v>
       </c>
       <c r="D147" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
       <c r="E147" t="s">
-        <v>676</v>
+        <v>651</v>
       </c>
       <c r="F147" t="s">
-        <v>677</v>
+        <v>652</v>
       </c>
       <c r="G147" t="s">
-        <v>678</v>
+        <v>653</v>
       </c>
       <c r="H147" t="s">
-        <v>679</v>
+        <v>654</v>
       </c>
       <c r="I147" t="s">
-        <v>680</v>
+        <v>41</v>
       </c>
       <c r="J147" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>681</v>
+        <v>655</v>
       </c>
       <c r="C148" t="s">
-        <v>682</v>
+        <v>656</v>
       </c>
       <c r="D148" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
       <c r="E148" t="s">
-        <v>683</v>
+        <v>657</v>
       </c>
       <c r="F148" t="s">
-        <v>684</v>
+        <v>658</v>
       </c>
       <c r="I148" t="s">
-        <v>685</v>
+        <v>106</v>
       </c>
       <c r="J148" t="s">
-        <v>16</v>
+        <v>383</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>686</v>
+        <v>659</v>
       </c>
       <c r="C149" t="s">
-        <v>687</v>
+        <v>660</v>
       </c>
       <c r="D149" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
       <c r="E149" t="s">
-        <v>683</v>
+        <v>657</v>
       </c>
       <c r="F149" t="s">
-        <v>688</v>
+        <v>661</v>
+      </c>
+      <c r="G149" t="s">
+        <v>662</v>
+      </c>
+      <c r="H149" t="s">
+        <v>663</v>
       </c>
       <c r="I149" t="s">
-        <v>685</v>
+        <v>632</v>
       </c>
       <c r="J149" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>606</v>
+        <v>664</v>
       </c>
       <c r="C150" t="s">
-        <v>689</v>
+        <v>665</v>
       </c>
       <c r="D150" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
       <c r="E150" t="s">
-        <v>690</v>
+        <v>666</v>
       </c>
       <c r="F150" t="s">
-        <v>691</v>
+        <v>667</v>
       </c>
       <c r="G150" t="s">
-        <v>692</v>
+        <v>668</v>
       </c>
       <c r="H150" t="s">
-        <v>693</v>
+        <v>669</v>
       </c>
       <c r="I150" t="s">
-        <v>680</v>
+        <v>598</v>
       </c>
       <c r="J150" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>694</v>
+        <v>670</v>
       </c>
       <c r="C151" t="s">
-        <v>695</v>
+        <v>671</v>
       </c>
       <c r="D151" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
       <c r="E151" t="s">
-        <v>696</v>
+        <v>666</v>
       </c>
       <c r="F151" t="s">
-        <v>697</v>
+        <v>672</v>
       </c>
       <c r="G151" t="s">
-        <v>698</v>
+        <v>673</v>
       </c>
       <c r="H151" t="s">
-        <v>699</v>
+        <v>674</v>
       </c>
       <c r="I151" t="s">
-        <v>700</v>
+        <v>106</v>
       </c>
       <c r="J151" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>701</v>
+        <v>638</v>
       </c>
       <c r="C152" t="s">
-        <v>702</v>
+        <v>639</v>
       </c>
       <c r="D152" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
       <c r="E152" t="s">
-        <v>703</v>
+        <v>666</v>
       </c>
       <c r="F152" t="s">
-        <v>704</v>
+        <v>675</v>
       </c>
       <c r="G152" t="s">
-        <v>705</v>
+        <v>641</v>
       </c>
       <c r="H152" t="s">
-        <v>706</v>
+        <v>676</v>
       </c>
       <c r="I152" t="s">
-        <v>707</v>
+        <v>632</v>
       </c>
       <c r="J152" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>708</v>
+        <v>677</v>
       </c>
       <c r="C153" t="s">
-        <v>709</v>
+        <v>639</v>
       </c>
       <c r="D153" t="s">
-        <v>710</v>
+        <v>12</v>
       </c>
       <c r="E153" t="s">
-        <v>711</v>
+        <v>666</v>
       </c>
       <c r="F153" t="s">
-        <v>712</v>
-[...5 lines deleted...]
-        <v>714</v>
+        <v>678</v>
       </c>
       <c r="I153" t="s">
-        <v>715</v>
+        <v>632</v>
       </c>
       <c r="J153" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>716</v>
+        <v>679</v>
       </c>
       <c r="C154" t="s">
-        <v>717</v>
+        <v>680</v>
       </c>
       <c r="D154" t="s">
-        <v>710</v>
+        <v>12</v>
       </c>
       <c r="E154" t="s">
-        <v>718</v>
+        <v>666</v>
       </c>
       <c r="F154" t="s">
-        <v>719</v>
+        <v>681</v>
       </c>
       <c r="G154" t="s">
-        <v>720</v>
+        <v>636</v>
       </c>
       <c r="H154" t="s">
-        <v>721</v>
+        <v>682</v>
       </c>
       <c r="I154" t="s">
-        <v>722</v>
+        <v>632</v>
       </c>
       <c r="J154" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>723</v>
+        <v>683</v>
       </c>
       <c r="C155" t="s">
-        <v>724</v>
+        <v>684</v>
       </c>
       <c r="D155" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E155" t="s">
-        <v>725</v>
+        <v>666</v>
       </c>
       <c r="F155" t="s">
-        <v>726</v>
+        <v>685</v>
       </c>
       <c r="G155" t="s">
-        <v>727</v>
+        <v>686</v>
       </c>
       <c r="H155" t="s">
-        <v>728</v>
+        <v>687</v>
       </c>
       <c r="I155" t="s">
-        <v>729</v>
+        <v>632</v>
       </c>
       <c r="J155" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>730</v>
+        <v>688</v>
       </c>
       <c r="C156" t="s">
-        <v>731</v>
+        <v>689</v>
       </c>
       <c r="D156" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E156" t="s">
-        <v>725</v>
+        <v>666</v>
       </c>
       <c r="F156" t="s">
-        <v>732</v>
+        <v>690</v>
       </c>
       <c r="G156" t="s">
-        <v>733</v>
+        <v>686</v>
       </c>
       <c r="H156" t="s">
-        <v>734</v>
+        <v>691</v>
       </c>
       <c r="I156" t="s">
-        <v>735</v>
+        <v>41</v>
       </c>
       <c r="J156" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>736</v>
+        <v>692</v>
       </c>
       <c r="C157" t="s">
-        <v>724</v>
+        <v>693</v>
       </c>
       <c r="D157" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E157" t="s">
-        <v>725</v>
+        <v>694</v>
       </c>
       <c r="F157" t="s">
-        <v>737</v>
+        <v>695</v>
       </c>
       <c r="G157" t="s">
-        <v>727</v>
+        <v>686</v>
       </c>
       <c r="H157" t="s">
-        <v>738</v>
+        <v>696</v>
       </c>
       <c r="I157" t="s">
-        <v>739</v>
+        <v>56</v>
       </c>
       <c r="J157" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>740</v>
+        <v>697</v>
       </c>
       <c r="C158" t="s">
-        <v>741</v>
+        <v>698</v>
       </c>
       <c r="D158" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E158" t="s">
-        <v>742</v>
+        <v>694</v>
       </c>
       <c r="F158" t="s">
-        <v>743</v>
+        <v>699</v>
       </c>
       <c r="G158" t="s">
-        <v>744</v>
+        <v>586</v>
       </c>
       <c r="H158" t="s">
-        <v>745</v>
+        <v>700</v>
       </c>
       <c r="I158" t="s">
-        <v>735</v>
+        <v>41</v>
       </c>
       <c r="J158" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>746</v>
+        <v>701</v>
       </c>
       <c r="C159" t="s">
-        <v>747</v>
+        <v>702</v>
       </c>
       <c r="D159" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E159" t="s">
-        <v>742</v>
+        <v>703</v>
       </c>
       <c r="F159" t="s">
-        <v>748</v>
+        <v>704</v>
       </c>
       <c r="G159" t="s">
-        <v>733</v>
+        <v>686</v>
       </c>
       <c r="H159" t="s">
-        <v>749</v>
+        <v>705</v>
       </c>
       <c r="I159" t="s">
-        <v>735</v>
+        <v>56</v>
       </c>
       <c r="J159" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>750</v>
+        <v>706</v>
       </c>
       <c r="C160" t="s">
-        <v>751</v>
+        <v>707</v>
       </c>
       <c r="D160" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E160" t="s">
-        <v>752</v>
+        <v>703</v>
       </c>
       <c r="F160" t="s">
-        <v>753</v>
+        <v>708</v>
       </c>
       <c r="G160" t="s">
-        <v>727</v>
+        <v>602</v>
       </c>
       <c r="H160" t="s">
-        <v>754</v>
+        <v>709</v>
       </c>
       <c r="I160" t="s">
-        <v>729</v>
+        <v>588</v>
       </c>
       <c r="J160" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>755</v>
+        <v>710</v>
       </c>
       <c r="C161" t="s">
-        <v>756</v>
+        <v>711</v>
       </c>
       <c r="D161" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E161" t="s">
-        <v>757</v>
+        <v>712</v>
       </c>
       <c r="F161" t="s">
-        <v>758</v>
+        <v>713</v>
       </c>
       <c r="G161" t="s">
-        <v>759</v>
+        <v>607</v>
       </c>
       <c r="H161" t="s">
-        <v>760</v>
+        <v>714</v>
       </c>
       <c r="I161" t="s">
-        <v>739</v>
+        <v>715</v>
       </c>
       <c r="J161" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>761</v>
+        <v>716</v>
       </c>
       <c r="C162" t="s">
-        <v>762</v>
+        <v>717</v>
       </c>
       <c r="D162" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
       <c r="E162" t="s">
-        <v>763</v>
+        <v>718</v>
       </c>
       <c r="F162" t="s">
-        <v>764</v>
+        <v>719</v>
+      </c>
+      <c r="G162" t="s">
+        <v>720</v>
+      </c>
+      <c r="H162" t="s">
+        <v>721</v>
       </c>
       <c r="I162" t="s">
-        <v>765</v>
+        <v>56</v>
       </c>
       <c r="J162" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>766</v>
+        <v>716</v>
       </c>
       <c r="C163" t="s">
-        <v>767</v>
+        <v>722</v>
       </c>
       <c r="D163" t="s">
-        <v>648</v>
+        <v>12</v>
       </c>
       <c r="E163" t="s">
-        <v>763</v>
+        <v>718</v>
       </c>
       <c r="F163" t="s">
-        <v>768</v>
+        <v>723</v>
+      </c>
+      <c r="G163" t="s">
+        <v>668</v>
       </c>
       <c r="H163" t="s">
-        <v>769</v>
+        <v>724</v>
       </c>
       <c r="I163" t="s">
-        <v>765</v>
+        <v>56</v>
       </c>
       <c r="J163" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>770</v>
+        <v>725</v>
       </c>
       <c r="C164" t="s">
-        <v>771</v>
+        <v>726</v>
       </c>
       <c r="D164" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E164" t="s">
-        <v>772</v>
+        <v>718</v>
       </c>
       <c r="F164" t="s">
-        <v>773</v>
+        <v>727</v>
       </c>
       <c r="G164" t="s">
-        <v>774</v>
+        <v>728</v>
       </c>
       <c r="H164" t="s">
-        <v>775</v>
+        <v>729</v>
       </c>
       <c r="I164" t="s">
-        <v>739</v>
+        <v>56</v>
       </c>
       <c r="J164" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>770</v>
+        <v>716</v>
       </c>
       <c r="C165" t="s">
-        <v>776</v>
+        <v>730</v>
       </c>
       <c r="D165" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E165" t="s">
-        <v>772</v>
+        <v>731</v>
       </c>
       <c r="F165" t="s">
-        <v>777</v>
+        <v>732</v>
       </c>
       <c r="G165" t="s">
-        <v>774</v>
+        <v>733</v>
       </c>
       <c r="H165" t="s">
-        <v>778</v>
+        <v>734</v>
       </c>
       <c r="I165" t="s">
-        <v>739</v>
+        <v>56</v>
       </c>
       <c r="J165" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>779</v>
+        <v>735</v>
       </c>
       <c r="C166" t="s">
-        <v>780</v>
+        <v>736</v>
       </c>
       <c r="D166" t="s">
-        <v>710</v>
+        <v>12</v>
       </c>
       <c r="E166" t="s">
-        <v>781</v>
+        <v>731</v>
       </c>
       <c r="F166" t="s">
-        <v>782</v>
+        <v>737</v>
       </c>
       <c r="G166" t="s">
-        <v>781</v>
+        <v>738</v>
       </c>
       <c r="H166" t="s">
-        <v>783</v>
+        <v>739</v>
       </c>
       <c r="I166" t="s">
-        <v>722</v>
+        <v>247</v>
       </c>
       <c r="J166" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>784</v>
+        <v>740</v>
       </c>
       <c r="C167" t="s">
-        <v>785</v>
+        <v>741</v>
       </c>
       <c r="D167" t="s">
-        <v>710</v>
+        <v>12</v>
       </c>
       <c r="E167" t="s">
-        <v>781</v>
+        <v>731</v>
       </c>
       <c r="F167" t="s">
-        <v>786</v>
+        <v>742</v>
       </c>
       <c r="G167" t="s">
-        <v>781</v>
+        <v>636</v>
       </c>
       <c r="H167" t="s">
-        <v>787</v>
+        <v>743</v>
       </c>
       <c r="I167" t="s">
-        <v>722</v>
+        <v>56</v>
       </c>
       <c r="J167" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>788</v>
+        <v>744</v>
       </c>
       <c r="C168" t="s">
-        <v>789</v>
+        <v>745</v>
       </c>
       <c r="D168" t="s">
-        <v>641</v>
+        <v>12</v>
       </c>
       <c r="E168" t="s">
-        <v>790</v>
+        <v>746</v>
       </c>
       <c r="F168" t="s">
-        <v>791</v>
+        <v>747</v>
       </c>
       <c r="G168" t="s">
-        <v>792</v>
+        <v>200</v>
       </c>
       <c r="H168" t="s">
-        <v>793</v>
+        <v>748</v>
       </c>
       <c r="I168" t="s">
-        <v>794</v>
+        <v>247</v>
       </c>
       <c r="J168" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>795</v>
+        <v>749</v>
       </c>
       <c r="C169" t="s">
-        <v>789</v>
+        <v>750</v>
       </c>
       <c r="D169" t="s">
-        <v>641</v>
+        <v>751</v>
       </c>
       <c r="E169" t="s">
-        <v>790</v>
+        <v>752</v>
       </c>
       <c r="F169" t="s">
-        <v>796</v>
+        <v>753</v>
       </c>
       <c r="G169" t="s">
-        <v>797</v>
+        <v>746</v>
       </c>
       <c r="H169" t="s">
-        <v>798</v>
+        <v>754</v>
       </c>
       <c r="I169" t="s">
-        <v>794</v>
+        <v>755</v>
       </c>
       <c r="J169" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>795</v>
+        <v>756</v>
       </c>
       <c r="C170" t="s">
-        <v>799</v>
+        <v>757</v>
       </c>
       <c r="D170" t="s">
-        <v>641</v>
+        <v>758</v>
       </c>
       <c r="E170" t="s">
-        <v>790</v>
+        <v>759</v>
       </c>
       <c r="F170" t="s">
-        <v>800</v>
+        <v>760</v>
       </c>
       <c r="G170" t="s">
-        <v>797</v>
+        <v>761</v>
       </c>
       <c r="H170" t="s">
-        <v>801</v>
+        <v>762</v>
       </c>
       <c r="I170" t="s">
-        <v>794</v>
+        <v>763</v>
       </c>
       <c r="J170" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>788</v>
+        <v>764</v>
       </c>
       <c r="C171" t="s">
-        <v>789</v>
+        <v>765</v>
       </c>
       <c r="D171" t="s">
-        <v>641</v>
+        <v>758</v>
       </c>
       <c r="E171" t="s">
-        <v>790</v>
+        <v>766</v>
       </c>
       <c r="F171" t="s">
-        <v>802</v>
+        <v>767</v>
       </c>
       <c r="G171" t="s">
-        <v>792</v>
+        <v>768</v>
       </c>
       <c r="H171" t="s">
-        <v>803</v>
+        <v>769</v>
       </c>
       <c r="I171" t="s">
-        <v>794</v>
+        <v>770</v>
       </c>
       <c r="J171" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>788</v>
+        <v>771</v>
       </c>
       <c r="C172" t="s">
-        <v>789</v>
+        <v>772</v>
       </c>
       <c r="D172" t="s">
-        <v>641</v>
+        <v>751</v>
       </c>
       <c r="E172" t="s">
-        <v>790</v>
+        <v>773</v>
       </c>
       <c r="F172" t="s">
-        <v>804</v>
+        <v>774</v>
       </c>
       <c r="G172" t="s">
-        <v>792</v>
+        <v>775</v>
       </c>
       <c r="H172" t="s">
-        <v>805</v>
+        <v>776</v>
       </c>
       <c r="I172" t="s">
-        <v>794</v>
+        <v>777</v>
       </c>
       <c r="J172" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
       <c r="C173" t="s">
-        <v>806</v>
+        <v>779</v>
       </c>
       <c r="D173" t="s">
-        <v>641</v>
+        <v>751</v>
       </c>
       <c r="E173" t="s">
-        <v>807</v>
+        <v>780</v>
       </c>
       <c r="F173" t="s">
-        <v>808</v>
+        <v>781</v>
       </c>
       <c r="G173" t="s">
-        <v>809</v>
+        <v>782</v>
       </c>
       <c r="H173" t="s">
-        <v>810</v>
+        <v>783</v>
       </c>
       <c r="I173" t="s">
-        <v>739</v>
+        <v>777</v>
       </c>
       <c r="J173" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>811</v>
+        <v>784</v>
       </c>
       <c r="C174" t="s">
-        <v>812</v>
+        <v>785</v>
       </c>
       <c r="D174" t="s">
-        <v>648</v>
+        <v>758</v>
       </c>
       <c r="E174" t="s">
-        <v>813</v>
+        <v>786</v>
       </c>
       <c r="F174" t="s">
-        <v>814</v>
+        <v>787</v>
+      </c>
+      <c r="G174" t="s">
+        <v>788</v>
       </c>
       <c r="H174" t="s">
-        <v>815</v>
+        <v>789</v>
       </c>
       <c r="I174" t="s">
-        <v>816</v>
+        <v>790</v>
       </c>
       <c r="J174" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>817</v>
+        <v>791</v>
       </c>
       <c r="C175" t="s">
-        <v>818</v>
+        <v>792</v>
       </c>
       <c r="D175" t="s">
-        <v>710</v>
+        <v>758</v>
       </c>
       <c r="E175" t="s">
-        <v>819</v>
+        <v>793</v>
       </c>
       <c r="F175" t="s">
-        <v>820</v>
-[...5 lines deleted...]
-        <v>821</v>
+        <v>794</v>
       </c>
       <c r="I175" t="s">
-        <v>722</v>
+        <v>795</v>
       </c>
       <c r="J175" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>822</v>
+        <v>796</v>
       </c>
       <c r="C176" t="s">
-        <v>823</v>
+        <v>797</v>
       </c>
       <c r="D176" t="s">
-        <v>710</v>
+        <v>758</v>
       </c>
       <c r="E176" t="s">
-        <v>824</v>
+        <v>793</v>
       </c>
       <c r="F176" t="s">
-        <v>825</v>
+        <v>798</v>
       </c>
       <c r="I176" t="s">
-        <v>722</v>
+        <v>795</v>
       </c>
       <c r="J176" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>826</v>
+        <v>716</v>
       </c>
       <c r="C177" t="s">
-        <v>827</v>
+        <v>799</v>
       </c>
       <c r="D177" t="s">
-        <v>648</v>
+        <v>758</v>
       </c>
       <c r="E177" t="s">
-        <v>828</v>
+        <v>800</v>
       </c>
       <c r="F177" t="s">
-        <v>829</v>
+        <v>801</v>
       </c>
       <c r="G177" t="s">
-        <v>830</v>
+        <v>802</v>
       </c>
       <c r="H177" t="s">
-        <v>831</v>
+        <v>803</v>
       </c>
       <c r="I177" t="s">
-        <v>832</v>
+        <v>790</v>
       </c>
       <c r="J177" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>833</v>
+        <v>804</v>
       </c>
       <c r="C178" t="s">
-        <v>834</v>
+        <v>805</v>
       </c>
       <c r="D178" t="s">
-        <v>641</v>
+        <v>758</v>
       </c>
       <c r="E178" t="s">
-        <v>835</v>
+        <v>806</v>
       </c>
       <c r="F178" t="s">
-        <v>836</v>
+        <v>807</v>
       </c>
       <c r="G178" t="s">
-        <v>837</v>
+        <v>808</v>
       </c>
       <c r="H178" t="s">
-        <v>838</v>
+        <v>809</v>
       </c>
       <c r="I178" t="s">
-        <v>739</v>
+        <v>810</v>
       </c>
       <c r="J178" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>755</v>
+        <v>811</v>
       </c>
       <c r="C179" t="s">
-        <v>839</v>
+        <v>812</v>
       </c>
       <c r="D179" t="s">
-        <v>641</v>
+        <v>758</v>
       </c>
       <c r="E179" t="s">
-        <v>835</v>
+        <v>813</v>
       </c>
       <c r="F179" t="s">
-        <v>840</v>
+        <v>814</v>
       </c>
       <c r="G179" t="s">
-        <v>841</v>
+        <v>815</v>
       </c>
       <c r="H179" t="s">
-        <v>842</v>
+        <v>816</v>
       </c>
       <c r="I179" t="s">
-        <v>739</v>
+        <v>817</v>
       </c>
       <c r="J179" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>843</v>
+        <v>818</v>
       </c>
       <c r="C180" t="s">
-        <v>844</v>
+        <v>819</v>
       </c>
       <c r="D180" t="s">
-        <v>641</v>
+        <v>820</v>
       </c>
       <c r="E180" t="s">
-        <v>835</v>
+        <v>821</v>
       </c>
       <c r="F180" t="s">
-        <v>845</v>
+        <v>822</v>
       </c>
       <c r="G180" t="s">
-        <v>837</v>
+        <v>823</v>
       </c>
       <c r="H180" t="s">
-        <v>846</v>
+        <v>824</v>
       </c>
       <c r="I180" t="s">
-        <v>739</v>
+        <v>825</v>
       </c>
       <c r="J180" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>847</v>
+        <v>826</v>
       </c>
       <c r="C181" t="s">
-        <v>848</v>
+        <v>827</v>
       </c>
       <c r="D181" t="s">
-        <v>641</v>
+        <v>820</v>
       </c>
       <c r="E181" t="s">
-        <v>849</v>
+        <v>828</v>
       </c>
       <c r="F181" t="s">
-        <v>850</v>
+        <v>829</v>
       </c>
       <c r="G181" t="s">
-        <v>851</v>
+        <v>830</v>
       </c>
       <c r="H181" t="s">
-        <v>852</v>
+        <v>831</v>
       </c>
       <c r="I181" t="s">
-        <v>739</v>
+        <v>832</v>
       </c>
       <c r="J181" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>853</v>
+        <v>833</v>
       </c>
       <c r="C182" t="s">
-        <v>854</v>
+        <v>834</v>
       </c>
       <c r="D182" t="s">
-        <v>710</v>
+        <v>751</v>
       </c>
       <c r="E182" t="s">
-        <v>855</v>
+        <v>835</v>
       </c>
       <c r="F182" t="s">
-        <v>856</v>
+        <v>836</v>
+      </c>
+      <c r="G182" t="s">
+        <v>837</v>
+      </c>
+      <c r="H182" t="s">
+        <v>838</v>
       </c>
       <c r="I182" t="s">
-        <v>857</v>
+        <v>839</v>
       </c>
       <c r="J182" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>858</v>
+        <v>840</v>
       </c>
       <c r="C183" t="s">
-        <v>854</v>
+        <v>841</v>
       </c>
       <c r="D183" t="s">
-        <v>710</v>
+        <v>751</v>
       </c>
       <c r="E183" t="s">
-        <v>855</v>
+        <v>835</v>
       </c>
       <c r="F183" t="s">
-        <v>859</v>
+        <v>842</v>
       </c>
       <c r="G183" t="s">
-        <v>824</v>
+        <v>843</v>
       </c>
       <c r="H183" t="s">
-        <v>860</v>
+        <v>844</v>
       </c>
       <c r="I183" t="s">
-        <v>857</v>
+        <v>845</v>
       </c>
       <c r="J183" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>861</v>
+        <v>846</v>
       </c>
       <c r="C184" t="s">
-        <v>854</v>
+        <v>841</v>
       </c>
       <c r="D184" t="s">
-        <v>710</v>
+        <v>751</v>
       </c>
       <c r="E184" t="s">
-        <v>855</v>
+        <v>835</v>
       </c>
       <c r="F184" t="s">
-        <v>862</v>
+        <v>847</v>
+      </c>
+      <c r="G184" t="s">
+        <v>843</v>
+      </c>
+      <c r="H184" t="s">
+        <v>848</v>
       </c>
       <c r="I184" t="s">
-        <v>857</v>
+        <v>849</v>
       </c>
       <c r="J184" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>863</v>
+        <v>850</v>
       </c>
       <c r="C185" t="s">
+        <v>851</v>
+      </c>
+      <c r="D185" t="s">
+        <v>751</v>
+      </c>
+      <c r="E185" t="s">
+        <v>852</v>
+      </c>
+      <c r="F185" t="s">
+        <v>853</v>
+      </c>
+      <c r="G185" t="s">
+        <v>837</v>
+      </c>
+      <c r="H185" t="s">
         <v>854</v>
       </c>
-      <c r="D185" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I185" t="s">
-        <v>857</v>
+        <v>839</v>
       </c>
       <c r="J185" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>865</v>
+        <v>855</v>
       </c>
       <c r="C186" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D186" t="s">
-        <v>710</v>
+        <v>751</v>
       </c>
       <c r="E186" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="F186" t="s">
-        <v>866</v>
+        <v>857</v>
+      </c>
+      <c r="G186" t="s">
+        <v>858</v>
+      </c>
+      <c r="H186" t="s">
+        <v>859</v>
       </c>
       <c r="I186" t="s">
-        <v>857</v>
+        <v>839</v>
       </c>
       <c r="J186" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>867</v>
+        <v>860</v>
       </c>
       <c r="C187" t="s">
-        <v>868</v>
+        <v>861</v>
       </c>
       <c r="D187" t="s">
-        <v>648</v>
+        <v>751</v>
       </c>
       <c r="E187" t="s">
-        <v>869</v>
+        <v>862</v>
       </c>
       <c r="F187" t="s">
-        <v>870</v>
+        <v>863</v>
+      </c>
+      <c r="G187" t="s">
+        <v>843</v>
       </c>
       <c r="H187" t="s">
-        <v>871</v>
+        <v>864</v>
       </c>
       <c r="I187" t="s">
-        <v>765</v>
+        <v>845</v>
       </c>
       <c r="J187" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
         <v>187</v>
       </c>
       <c r="B188" t="s">
+        <v>865</v>
+      </c>
+      <c r="C188" t="s">
+        <v>866</v>
+      </c>
+      <c r="D188" t="s">
+        <v>751</v>
+      </c>
+      <c r="E188" t="s">
         <v>867</v>
       </c>
-      <c r="C188" t="s">
-[...5 lines deleted...]
-      <c r="E188" t="s">
+      <c r="F188" t="s">
+        <v>868</v>
+      </c>
+      <c r="G188" t="s">
         <v>869</v>
       </c>
-      <c r="F188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H188" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="I188" t="s">
-        <v>765</v>
+        <v>849</v>
       </c>
       <c r="J188" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>188</v>
       </c>
       <c r="B189" t="s">
+        <v>871</v>
+      </c>
+      <c r="C189" t="s">
+        <v>872</v>
+      </c>
+      <c r="D189" t="s">
+        <v>758</v>
+      </c>
+      <c r="E189" t="s">
+        <v>873</v>
+      </c>
+      <c r="F189" t="s">
+        <v>874</v>
+      </c>
+      <c r="H189" t="s">
         <v>875</v>
       </c>
-      <c r="C189" t="s">
+      <c r="I189" t="s">
         <v>876</v>
       </c>
-      <c r="D189" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J189" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C190" t="s">
+        <v>878</v>
+      </c>
+      <c r="D190" t="s">
+        <v>758</v>
+      </c>
+      <c r="E190" t="s">
+        <v>873</v>
+      </c>
+      <c r="F190" t="s">
         <v>879</v>
       </c>
-      <c r="D190" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I190" t="s">
-        <v>765</v>
+        <v>876</v>
       </c>
       <c r="J190" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>867</v>
+        <v>880</v>
       </c>
       <c r="C191" t="s">
+        <v>881</v>
+      </c>
+      <c r="D191" t="s">
+        <v>751</v>
+      </c>
+      <c r="E191" t="s">
         <v>882</v>
-      </c>
-[...4 lines deleted...]
-        <v>869</v>
       </c>
       <c r="F191" t="s">
         <v>883</v>
       </c>
+      <c r="G191" t="s">
+        <v>884</v>
+      </c>
       <c r="H191" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="I191" t="s">
-        <v>765</v>
+        <v>849</v>
       </c>
       <c r="J191" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="C192" t="s">
         <v>886</v>
       </c>
       <c r="D192" t="s">
-        <v>648</v>
+        <v>751</v>
       </c>
       <c r="E192" t="s">
-        <v>869</v>
+        <v>882</v>
       </c>
       <c r="F192" t="s">
         <v>887</v>
       </c>
+      <c r="G192" t="s">
+        <v>884</v>
+      </c>
       <c r="H192" t="s">
         <v>888</v>
       </c>
       <c r="I192" t="s">
-        <v>765</v>
+        <v>849</v>
       </c>
       <c r="J192" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="1">
         <v>192</v>
       </c>
       <c r="B193" t="s">
         <v>889</v>
       </c>
       <c r="C193" t="s">
         <v>890</v>
       </c>
       <c r="D193" t="s">
-        <v>648</v>
+        <v>820</v>
       </c>
       <c r="E193" t="s">
-        <v>869</v>
+        <v>891</v>
       </c>
       <c r="F193" t="s">
+        <v>892</v>
+      </c>
+      <c r="G193" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
       <c r="H193" t="s">
         <v>893</v>
       </c>
       <c r="I193" t="s">
-        <v>765</v>
+        <v>832</v>
       </c>
       <c r="J193" t="s">
-        <v>103</v>
+        <v>142</v>
+      </c>
+    </row>
+    <row r="194" spans="1:10">
+      <c r="A194" s="1">
+        <v>193</v>
+      </c>
+      <c r="B194" t="s">
+        <v>894</v>
+      </c>
+      <c r="C194" t="s">
+        <v>895</v>
+      </c>
+      <c r="D194" t="s">
+        <v>820</v>
+      </c>
+      <c r="E194" t="s">
+        <v>891</v>
+      </c>
+      <c r="F194" t="s">
+        <v>896</v>
+      </c>
+      <c r="G194" t="s">
+        <v>891</v>
+      </c>
+      <c r="H194" t="s">
+        <v>897</v>
+      </c>
+      <c r="I194" t="s">
+        <v>832</v>
+      </c>
+      <c r="J194" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10">
+      <c r="A195" s="1">
+        <v>194</v>
+      </c>
+      <c r="B195" t="s">
+        <v>898</v>
+      </c>
+      <c r="C195" t="s">
+        <v>899</v>
+      </c>
+      <c r="D195" t="s">
+        <v>751</v>
+      </c>
+      <c r="E195" t="s">
+        <v>900</v>
+      </c>
+      <c r="F195" t="s">
+        <v>901</v>
+      </c>
+      <c r="G195" t="s">
+        <v>902</v>
+      </c>
+      <c r="H195" t="s">
+        <v>903</v>
+      </c>
+      <c r="I195" t="s">
+        <v>904</v>
+      </c>
+      <c r="J195" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10">
+      <c r="A196" s="1">
+        <v>195</v>
+      </c>
+      <c r="B196" t="s">
+        <v>898</v>
+      </c>
+      <c r="C196" t="s">
+        <v>899</v>
+      </c>
+      <c r="D196" t="s">
+        <v>751</v>
+      </c>
+      <c r="E196" t="s">
+        <v>900</v>
+      </c>
+      <c r="F196" t="s">
+        <v>905</v>
+      </c>
+      <c r="G196" t="s">
+        <v>902</v>
+      </c>
+      <c r="H196" t="s">
+        <v>906</v>
+      </c>
+      <c r="I196" t="s">
+        <v>904</v>
+      </c>
+      <c r="J196" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="197" spans="1:10">
+      <c r="A197" s="1">
+        <v>196</v>
+      </c>
+      <c r="B197" t="s">
+        <v>907</v>
+      </c>
+      <c r="C197" t="s">
+        <v>899</v>
+      </c>
+      <c r="D197" t="s">
+        <v>751</v>
+      </c>
+      <c r="E197" t="s">
+        <v>900</v>
+      </c>
+      <c r="F197" t="s">
+        <v>908</v>
+      </c>
+      <c r="G197" t="s">
+        <v>909</v>
+      </c>
+      <c r="H197" t="s">
+        <v>910</v>
+      </c>
+      <c r="I197" t="s">
+        <v>904</v>
+      </c>
+      <c r="J197" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10">
+      <c r="A198" s="1">
+        <v>197</v>
+      </c>
+      <c r="B198" t="s">
+        <v>907</v>
+      </c>
+      <c r="C198" t="s">
+        <v>911</v>
+      </c>
+      <c r="D198" t="s">
+        <v>751</v>
+      </c>
+      <c r="E198" t="s">
+        <v>900</v>
+      </c>
+      <c r="F198" t="s">
+        <v>912</v>
+      </c>
+      <c r="G198" t="s">
+        <v>909</v>
+      </c>
+      <c r="H198" t="s">
+        <v>913</v>
+      </c>
+      <c r="I198" t="s">
+        <v>904</v>
+      </c>
+      <c r="J198" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10">
+      <c r="A199" s="1">
+        <v>198</v>
+      </c>
+      <c r="B199" t="s">
+        <v>898</v>
+      </c>
+      <c r="C199" t="s">
+        <v>899</v>
+      </c>
+      <c r="D199" t="s">
+        <v>751</v>
+      </c>
+      <c r="E199" t="s">
+        <v>900</v>
+      </c>
+      <c r="F199" t="s">
+        <v>914</v>
+      </c>
+      <c r="G199" t="s">
+        <v>902</v>
+      </c>
+      <c r="H199" t="s">
+        <v>915</v>
+      </c>
+      <c r="I199" t="s">
+        <v>904</v>
+      </c>
+      <c r="J199" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10">
+      <c r="A200" s="1">
+        <v>199</v>
+      </c>
+      <c r="B200" t="s">
+        <v>880</v>
+      </c>
+      <c r="C200" t="s">
+        <v>916</v>
+      </c>
+      <c r="D200" t="s">
+        <v>751</v>
+      </c>
+      <c r="E200" t="s">
+        <v>917</v>
+      </c>
+      <c r="F200" t="s">
+        <v>918</v>
+      </c>
+      <c r="G200" t="s">
+        <v>919</v>
+      </c>
+      <c r="H200" t="s">
+        <v>920</v>
+      </c>
+      <c r="I200" t="s">
+        <v>849</v>
+      </c>
+      <c r="J200" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10">
+      <c r="A201" s="1">
+        <v>200</v>
+      </c>
+      <c r="B201" t="s">
+        <v>921</v>
+      </c>
+      <c r="C201" t="s">
+        <v>922</v>
+      </c>
+      <c r="D201" t="s">
+        <v>758</v>
+      </c>
+      <c r="E201" t="s">
+        <v>923</v>
+      </c>
+      <c r="F201" t="s">
+        <v>924</v>
+      </c>
+      <c r="H201" t="s">
+        <v>925</v>
+      </c>
+      <c r="I201" t="s">
+        <v>926</v>
+      </c>
+      <c r="J201" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="202" spans="1:10">
+      <c r="A202" s="1">
+        <v>201</v>
+      </c>
+      <c r="B202" t="s">
+        <v>927</v>
+      </c>
+      <c r="C202" t="s">
+        <v>928</v>
+      </c>
+      <c r="D202" t="s">
+        <v>820</v>
+      </c>
+      <c r="E202" t="s">
+        <v>929</v>
+      </c>
+      <c r="F202" t="s">
+        <v>930</v>
+      </c>
+      <c r="G202" t="s">
+        <v>929</v>
+      </c>
+      <c r="H202" t="s">
+        <v>931</v>
+      </c>
+      <c r="I202" t="s">
+        <v>832</v>
+      </c>
+      <c r="J202" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10">
+      <c r="A203" s="1">
+        <v>202</v>
+      </c>
+      <c r="B203" t="s">
+        <v>932</v>
+      </c>
+      <c r="C203" t="s">
+        <v>933</v>
+      </c>
+      <c r="D203" t="s">
+        <v>820</v>
+      </c>
+      <c r="E203" t="s">
+        <v>934</v>
+      </c>
+      <c r="F203" t="s">
+        <v>935</v>
+      </c>
+      <c r="I203" t="s">
+        <v>832</v>
+      </c>
+      <c r="J203" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10">
+      <c r="A204" s="1">
+        <v>203</v>
+      </c>
+      <c r="B204" t="s">
+        <v>936</v>
+      </c>
+      <c r="C204" t="s">
+        <v>937</v>
+      </c>
+      <c r="D204" t="s">
+        <v>758</v>
+      </c>
+      <c r="E204" t="s">
+        <v>938</v>
+      </c>
+      <c r="F204" t="s">
+        <v>939</v>
+      </c>
+      <c r="G204" t="s">
+        <v>940</v>
+      </c>
+      <c r="H204" t="s">
+        <v>941</v>
+      </c>
+      <c r="I204" t="s">
+        <v>942</v>
+      </c>
+      <c r="J204" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10">
+      <c r="A205" s="1">
+        <v>204</v>
+      </c>
+      <c r="B205" t="s">
+        <v>943</v>
+      </c>
+      <c r="C205" t="s">
+        <v>944</v>
+      </c>
+      <c r="D205" t="s">
+        <v>751</v>
+      </c>
+      <c r="E205" t="s">
+        <v>945</v>
+      </c>
+      <c r="F205" t="s">
+        <v>946</v>
+      </c>
+      <c r="G205" t="s">
+        <v>947</v>
+      </c>
+      <c r="H205" t="s">
+        <v>948</v>
+      </c>
+      <c r="I205" t="s">
+        <v>849</v>
+      </c>
+      <c r="J205" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="206" spans="1:10">
+      <c r="A206" s="1">
+        <v>205</v>
+      </c>
+      <c r="B206" t="s">
+        <v>865</v>
+      </c>
+      <c r="C206" t="s">
+        <v>949</v>
+      </c>
+      <c r="D206" t="s">
+        <v>751</v>
+      </c>
+      <c r="E206" t="s">
+        <v>945</v>
+      </c>
+      <c r="F206" t="s">
+        <v>950</v>
+      </c>
+      <c r="G206" t="s">
+        <v>951</v>
+      </c>
+      <c r="H206" t="s">
+        <v>952</v>
+      </c>
+      <c r="I206" t="s">
+        <v>849</v>
+      </c>
+      <c r="J206" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10">
+      <c r="A207" s="1">
+        <v>206</v>
+      </c>
+      <c r="B207" t="s">
+        <v>953</v>
+      </c>
+      <c r="C207" t="s">
+        <v>954</v>
+      </c>
+      <c r="D207" t="s">
+        <v>751</v>
+      </c>
+      <c r="E207" t="s">
+        <v>945</v>
+      </c>
+      <c r="F207" t="s">
+        <v>955</v>
+      </c>
+      <c r="G207" t="s">
+        <v>947</v>
+      </c>
+      <c r="H207" t="s">
+        <v>956</v>
+      </c>
+      <c r="I207" t="s">
+        <v>849</v>
+      </c>
+      <c r="J207" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">