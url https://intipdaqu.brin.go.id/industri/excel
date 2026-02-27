--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="957">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="961">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Nama Desain Industri</t>
   </si>
   <si>
     <t>Nama Pencipta Desain</t>
   </si>
   <si>
     <t>Institusi</t>
   </si>
   <si>
     <t>Tgl Daftar</t>
   </si>
   <si>
     <t>Nomor Daftar</t>
   </si>
   <si>
     <t>Tgl Sertifikasi</t>
   </si>
   <si>
     <t>Nomor Sertifikasi</t>
   </si>
   <si>
@@ -704,50 +704,56 @@
   <si>
     <t>Rommy ; Kurnia Setiawan Widana ; Kurnia Trinopiawan ; Agus Sumaryanto ; Riesna Prassanti ; Tri Purwanti ; Afiq Azfar Pratama ; Roza Indra Laksmana ; Amalia Ekaputri Hidayat ; Suci Indryati ; Aditya Widian Putra ; Rachmat Fauzi Hidayat ; Yarianto Sugeng Budi Susilo ; Maman Kartaman Ajiriyanto ;</t>
   </si>
   <si>
     <t>2024-12-05</t>
   </si>
   <si>
     <t>A00202406911</t>
   </si>
   <si>
     <t>2025-05-02</t>
   </si>
   <si>
     <t>IDD000076618</t>
   </si>
   <si>
     <t>Alat penguji pemanen sorgum</t>
   </si>
   <si>
     <t>Moeso Andrianto ; Maria Josefine Tjaturetna Budiastuti ; Ana Nurhasanah ; Suparlan ; Ashri Indriati ; Nandang Jaenudin ; Dedi Sumaryadi ; Beni Guna Paksi ; Azis Budi Setyawan ; Subardiya Noor ; Dadang Gandara ; Yanyan Achmad Hoesen ; Santoso ;</t>
   </si>
   <si>
     <t>A00202406907</t>
   </si>
   <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>IDD000082206</t>
+  </si>
+  <si>
     <t>Dudukan Baterai Sel Satelit dengan 1 Penghantar dan 2 Isolator Thermal</t>
   </si>
   <si>
     <t>Sri Ramayanti ; Poki Agung Budiantoro ; Eriko Nasemudin Nasser ; Desti Ika Suryanti ; Ahmad Fauzi ; Ery Fitrianingsih ; Abdul Karim ; Rifki Ardinal ; Dewi Anggraeni ; Aditya Bayu Erwindu ; Mukhamad Fajar Amiludin ; Moedji Soedjarwo ; Bina Pratomo ; Nurul Muhtadin ;</t>
   </si>
   <si>
     <t>A00202406910</t>
   </si>
   <si>
     <t>IDD000078168</t>
   </si>
   <si>
     <t>Alat Semi-Otomatis Evaporasi Hampa Udara</t>
   </si>
   <si>
     <t>Sandi Darniadi ; Aidil Haryanto ; Diang Sagita ; Puji Widodo ; Uning Budiharti ; Ana Nurhasanah ; Hari Hariadi ; Achmat Sarifudin ; Moeso Andrianto ; Ade Rosadi ; Nandang Jaenudin ; Dedi Sumaryadi ; Bambang Nurhadi ; Wisnu Cahyadi ; Rizal M. Ghaffar ;</t>
   </si>
   <si>
     <t>A00202406903</t>
   </si>
   <si>
     <t>2025-04-16</t>
   </si>
   <si>
     <t>IDD000076518</t>
@@ -848,62 +854,68 @@
   <si>
     <t>Housing Alat Ukur Cepat Tanah Tipe Transmitan</t>
   </si>
   <si>
     <t>Amrullah Kamaruddin ; Yaya Suryana ; Taslim Rochmadi ; Adnan ; Abdul Aziz ; Wenny Oktaviani ; Arie Rakhman Hakim ; Fahrodji ; Laela Nuraini ; Anugerah Fitri Amalia ; Adim Hadi ; Nizam Ghazali ; Taufik Iqbal Ramdhani ; Solichah Vichy Budiwati ; Ardani Cesario Zuhri ; Galang Ilman Islami ; Ahmad Musthofa ;</t>
   </si>
   <si>
     <t>A00202406243</t>
   </si>
   <si>
     <t>IDD000076499</t>
   </si>
   <si>
     <t>PERANGKAT PEMBERI PAKAN IKAN OTOMATIS</t>
   </si>
   <si>
     <t>Azrizal Akbar ; Fajar Adi Marianto ; Widar Dwi Gustian ; Hanifah Dwiyanti ; Bondan Suwandi ; Reza Septiawan ; Budi Sulistya ; Arief Rufiyanto ; Nashrullah Taufik ; Christian Wisnu Purnaadi ; Arif Rahmat Ardiansyah ; I Putu Ananta Yogiswara ; Ryan Prasetya Utama ; Riky Alam Ma'arif ; Rizky Hanifa ; Moh. Alma Samudro ; Yuki Istianto ; Leli Lailatul Jannah ;</t>
   </si>
   <si>
     <t>A00202406242</t>
   </si>
   <si>
     <t>IDD000076502</t>
   </si>
   <si>
-    <t>Tempat Dupa Bermotif Kwangen</t>
+    <t>TEMPAT DUPA BERMOTIF KWANGEN</t>
   </si>
   <si>
     <t>I Nyoman Normal ; I Ketut Sutika ; I Ketut Astawa ; Roosganda Elizabeth ; I Wayan Rangi ; I Wayan Sukadana ; I Gede Suryawan ; Bambang Prajoko ; I Gusti Kade Alit Mantra ; I Gusti Putu Yoyok Irawan ;</t>
   </si>
   <si>
     <t>2024-10-28</t>
   </si>
   <si>
     <t>A00202405877</t>
   </si>
   <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>IDD000082084</t>
+  </si>
+  <si>
     <t>BRIN, Pusat Riset Koperasi, Korporasi dan Ekonomi Kerakyatan</t>
   </si>
   <si>
     <t>Turbin Darrieus Dengan Sudut Bilah Dimiringkan Terhadap Poros Turbin Untuk Menangkap Energi Gelombang Dan/Atau Arus Laut</t>
   </si>
   <si>
     <t>Eko Marta Suyanto ; Erwandi ; Daif Rahuna ; Cahyadi Sugeng Jati Mintarso ; Zulis Irawanto ; Afian Kasharjanto ;</t>
   </si>
   <si>
     <t>A00202405874</t>
   </si>
   <si>
     <t>2025-09-11</t>
   </si>
   <si>
     <t>IDD000079899</t>
   </si>
   <si>
     <t>Alat Pembuat Kopi Espresso Non-Elektrik</t>
   </si>
   <si>
     <t>Hardono ; Rizki Arizal Purnama ; Muhammad Fauzan Rafif ; Fitriana Tiolita ; Jaizuluddin Mahmud ; Irawan Santoso ; Sarjono ; Satrio Utomo ; Massewwa ; Annisa Sekar Rahmini ; Faransyah Jaya ;</t>
   </si>
   <si>
     <t>A00202405876</t>
@@ -2330,51 +2342,51 @@
   <si>
     <t>COMPRAGE 1000 SEMI OTOMATIS</t>
   </si>
   <si>
     <t>Dr. Ir. Windu Negara, S.Pt. M.Si ; Setiawan Martono, S.Pt, M.Sc ; drh. Desiana Ade Mahari ; Satria Maulana, S.Pt ; Putut Suryo Negoro, S.Pt ; drh. Florentina Bety Indah L ; Hikmah Agustina Parastiwi, S.Pt ; Ir. Abduh Syarif ; Agung Pramono ; Siti Chotimah, SE ; Ruslan Abdul Gopar, S.Pt, M.Si ; Dr. Ir. Dudi Iskandar, M.For.Sc ; Prof. Dr. drh. Herdis, M.Si ; Ir. Maman Surachman, M.Si ; Ir. I Wayan Angga Darmawan ; Dr. M. Nasir Rofiq, S.Pt, M.Si ; Dimar Sari Wahyuni, S.Pt, M.Si ; drh. Rahma Isartina Anwar, M.Si ; Setiawan Martono, S.Pt, M.Sc ; drh. Desiana Ade Mahari ; Satria Maulana, S.Pt ; Putut Suryo Negoro, S.Pt ; drh. Florentina Bety Indah L ; Hikmah Agustina Parastiwi, S.Pt ; Ir. Abduh Syarif ; Agung Pramono ; Siti Chotimah, SE ; Ruslan Abdul Gopar, S.Pt, M.Si ; Dr. Ir. Dudi Iskandar, M.For.Sc ; Prof. Dr. drh. Herdis, M.Si ; Ir. Maman Surachman, M.Si ; Ir. I Wayan Angga Darmawan ; Dr. M. Nasir Rofiq, S.Pt, M.Si ; Dimar Sari Wahyuni, S.Pt, M.Si ; drh. Rahma Isartina Anwar, M.Si ;</t>
   </si>
   <si>
     <t>2021-08-09</t>
   </si>
   <si>
     <t>A00202102274</t>
   </si>
   <si>
     <t>2022-03-17</t>
   </si>
   <si>
     <t>IDD0000061748</t>
   </si>
   <si>
     <t>BPPT, Pusat Teknologi Produksi Pertanian</t>
   </si>
   <si>
     <t>Satelit LAPAN-A3/LAPAN-IPB</t>
   </si>
   <si>
-    <t>Wahyudi Hasbi ; Mohammad Mukhayadi ; Abdul Karim ; Robertus Heru Triharjanto ; Mohammad Farid Huzain ; Muhammad Arif Saifudin ; A. Hadi Syafrudin ; Nayla Najati ; Rosza Madina ; Tri Meidiansyah ; Eriko Nasemudin Nasser ; Poki Agung Budiantoro ; Rinto Andri Wiendiarto ; Wahyu Akbar Megah ; Mochamad Rivai ; Rakhmad Yatim. ;</t>
+    <t>Wahyudi Hasbi ; Tri Meidiansyah ; Eriko Nasemudin Nasser ; Poki Agung Budiantoro ; Rinto Andri Wiendiarto ; Wahyu Akbar Megah ; Rakhmad Yatim ; Mohammad Mukhayadi ; Abdul Karim ; Robertus Heru Triharjanto ; Moh. Farid Huzain ; M. Arif Saifudin ; A. Hadi Syafrudin ; Nayla Najati ; Rosza Madina ;</t>
   </si>
   <si>
     <t>2021-07-15</t>
   </si>
   <si>
     <t>A00202101931</t>
   </si>
   <si>
     <t>2022-01-20</t>
   </si>
   <si>
     <t>IDD0000061165</t>
   </si>
   <si>
     <t>LAPAN, Pusat Teknologi Satelit</t>
   </si>
   <si>
     <t>Satelit LAPAN-A2/LAPAN-ORARI</t>
   </si>
   <si>
     <t>Wahyudi Hasbi ; Mohammad Mukhayadi ; Abdul Karim ; Robertus Heru Triharjanto ; Mohammad Farid Huzain ; Muhammad Arif Saifudin ; A. Hadi Syafrudin ; Nayla Najati ; Rosza Madina ; Tri Meidiansyah ; Eriko Nasemudin Nasser ; Poki Agung Budiantoro ; Rinto Andri Wiendiarto ; Mochamad Rivai ; Supia. ;</t>
   </si>
   <si>
     <t>2021-07-14</t>
   </si>
@@ -4702,4878 +4714,4890 @@
         <v>48</v>
       </c>
       <c r="J52" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="1">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>227</v>
       </c>
       <c r="C53" t="s">
         <v>228</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
         <v>223</v>
       </c>
       <c r="F53" t="s">
         <v>229</v>
       </c>
+      <c r="G53" t="s">
+        <v>230</v>
+      </c>
+      <c r="H53" t="s">
+        <v>231</v>
+      </c>
       <c r="I53" t="s">
         <v>84</v>
       </c>
       <c r="J53" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="1">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C54" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
         <v>223</v>
       </c>
       <c r="F54" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="G54" t="s">
         <v>207</v>
       </c>
       <c r="H54" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="I54" t="s">
         <v>77</v>
       </c>
       <c r="J54" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="1">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C55" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
         <v>223</v>
       </c>
       <c r="F55" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="G55" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H55" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I55" t="s">
         <v>84</v>
       </c>
       <c r="J55" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="1">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C56" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
         <v>223</v>
       </c>
       <c r="F56" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="G56" t="s">
         <v>225</v>
       </c>
       <c r="H56" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="I56" t="s">
         <v>48</v>
       </c>
       <c r="J56" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="1">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C57" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
         <v>223</v>
       </c>
       <c r="F57" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="G57" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H57" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="I57" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J57" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="1">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C58" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
         <v>223</v>
       </c>
       <c r="F58" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="G58" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="H58" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="I58" t="s">
         <v>41</v>
       </c>
       <c r="J58" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="1">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C59" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F59" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="I59" t="s">
         <v>15</v>
       </c>
       <c r="J59" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="1">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>259</v>
+      </c>
+      <c r="C60" t="s">
+        <v>260</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
         <v>257</v>
       </c>
-      <c r="C60" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F60" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="G60" t="s">
         <v>207</v>
       </c>
       <c r="H60" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="I60" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="J60" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="1">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C61" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F61" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="G61" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="H61" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="I61" t="s">
         <v>41</v>
       </c>
       <c r="J61" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="1">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C62" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F62" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="I62" t="s">
         <v>147</v>
       </c>
       <c r="J62" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="1">
         <v>62</v>
       </c>
       <c r="B63" t="s">
+        <v>272</v>
+      </c>
+      <c r="C63" t="s">
+        <v>273</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
         <v>270</v>
       </c>
-      <c r="C63" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F63" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="G63" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H63" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I63" t="s">
         <v>110</v>
       </c>
       <c r="J63" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="1">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C64" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="F64" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="G64" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H64" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="I64" t="s">
         <v>102</v>
       </c>
       <c r="J64" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="1">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C65" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="F65" t="s">
-        <v>281</v>
+        <v>283</v>
+      </c>
+      <c r="G65" t="s">
+        <v>284</v>
+      </c>
+      <c r="H65" t="s">
+        <v>285</v>
       </c>
       <c r="I65" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="J65" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="1">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C66" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="F66" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="G66" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="H66" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="I66" t="s">
         <v>106</v>
       </c>
       <c r="J66" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="1">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C67" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="F67" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="G67" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="H67" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="I67" t="s">
         <v>29</v>
       </c>
       <c r="J67" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="1">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C68" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="F68" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="G68" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H68" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="I68" t="s">
         <v>15</v>
       </c>
       <c r="J68" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="1">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C69" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="F69" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="G69" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H69" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="I69" t="s">
         <v>147</v>
       </c>
       <c r="J69" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="1">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C70" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="F70" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="I70" t="s">
         <v>41</v>
       </c>
       <c r="J70" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="1">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C71" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="F71" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="G71" t="s">
         <v>138</v>
       </c>
       <c r="H71" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="I71" t="s">
         <v>106</v>
       </c>
       <c r="J71" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="1">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="C72" t="s">
+        <v>316</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
         <v>312</v>
       </c>
-      <c r="D72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="G72" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="H72" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="I72" t="s">
         <v>106</v>
       </c>
       <c r="J72" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="1">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="C73" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="F73" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="G73" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="H73" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="I73" t="s">
         <v>84</v>
       </c>
       <c r="J73" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="1">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C74" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="F74" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="I74" t="s">
         <v>84</v>
       </c>
       <c r="J74" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="1">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C75" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="F75" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="G75" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H75" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="I75" t="s">
         <v>147</v>
       </c>
       <c r="J75" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" s="1">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C76" t="s">
+        <v>335</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
         <v>331</v>
       </c>
-      <c r="D76" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F76" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="G76" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="H76" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="I76" t="s">
         <v>41</v>
       </c>
       <c r="J76" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" s="1">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C77" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="F77" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="G77" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="H77" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="I77" t="s">
         <v>147</v>
       </c>
       <c r="J77" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" s="1">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="F78" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="G78" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="H78" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="I78" t="s">
         <v>102</v>
       </c>
       <c r="J78" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" s="1">
         <v>78</v>
       </c>
       <c r="B79" t="s">
+        <v>349</v>
+      </c>
+      <c r="C79" t="s">
+        <v>350</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
         <v>345</v>
       </c>
-      <c r="C79" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F79" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="G79" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="H79" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="I79" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J79" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" s="1">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C80" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="F80" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="I80" t="s">
         <v>147</v>
       </c>
       <c r="J80" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" s="1">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="C81" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="F81" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="G81" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="H81" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="I81" t="s">
         <v>106</v>
       </c>
       <c r="J81" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" s="1">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C82" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="F82" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="G82" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="H82" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="I82" t="s">
         <v>56</v>
       </c>
       <c r="J82" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" s="1">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C83" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="F83" t="s">
+        <v>369</v>
+      </c>
+      <c r="G83" t="s">
         <v>365</v>
       </c>
-      <c r="G83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H83" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="I83" t="s">
         <v>56</v>
       </c>
       <c r="J83" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" s="1">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="C84" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="F84" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="G84" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H84" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="I84" t="s">
         <v>110</v>
       </c>
       <c r="J84" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" s="1">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C85" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="F85" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="G85" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="H85" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="I85" t="s">
         <v>15</v>
       </c>
       <c r="J85" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" s="1">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C86" t="s">
+        <v>381</v>
+      </c>
+      <c r="D86" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" t="s">
         <v>377</v>
       </c>
-      <c r="D86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F86" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="G86" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H86" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="I86" t="s">
         <v>102</v>
       </c>
       <c r="J86" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" s="1">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C87" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="F87" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="I87" t="s">
         <v>147</v>
       </c>
       <c r="J87" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" s="1">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C88" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="F88" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="G88" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="H88" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="I88" t="s">
         <v>147</v>
       </c>
       <c r="J88" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" s="1">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="C89" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="F89" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="G89" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="H89" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="I89" t="s">
         <v>84</v>
       </c>
       <c r="J89" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" s="1">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C90" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F90" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="G90" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H90" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="I90" t="s">
         <v>147</v>
       </c>
       <c r="J90" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" s="1">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C91" t="s">
+        <v>404</v>
+      </c>
+      <c r="D91" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" t="s">
         <v>400</v>
       </c>
-      <c r="D91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F91" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="G91" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H91" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="I91" t="s">
         <v>147</v>
       </c>
       <c r="J91" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" s="1">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="C92" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F92" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="G92" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H92" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="I92" t="s">
         <v>147</v>
       </c>
       <c r="J92" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" s="1">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C93" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F93" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="G93" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H93" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="I93" t="s">
         <v>147</v>
       </c>
       <c r="J93" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" s="1">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="C94" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F94" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="G94" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="H94" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="I94" t="s">
         <v>56</v>
       </c>
       <c r="J94" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" s="1">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="C95" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F95" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="G95" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H95" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="I95" t="s">
         <v>147</v>
       </c>
       <c r="J95" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" s="1">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="C96" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F96" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="G96" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="H96" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="I96" t="s">
         <v>15</v>
       </c>
       <c r="J96" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" s="1">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="C97" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="F97" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="G97" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="H97" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="I97" t="s">
         <v>56</v>
       </c>
       <c r="J97" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" s="1">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="C98" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="F98" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="G98" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="H98" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="I98" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J98" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" s="1">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="C99" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="D99" t="s">
         <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="F99" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="G99" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H99" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="I99" t="s">
         <v>147</v>
       </c>
       <c r="J99" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" s="1">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C100" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="D100" t="s">
         <v>12</v>
       </c>
       <c r="E100" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="F100" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G100" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="H100" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="I100" t="s">
         <v>147</v>
       </c>
       <c r="J100" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" s="1">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="C101" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D101" t="s">
         <v>12</v>
       </c>
       <c r="E101" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F101" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="G101" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="H101" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="I101" t="s">
         <v>147</v>
       </c>
       <c r="J101" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" s="1">
         <v>101</v>
       </c>
       <c r="B102" t="s">
+        <v>450</v>
+      </c>
+      <c r="C102" t="s">
+        <v>451</v>
+      </c>
+      <c r="D102" t="s">
+        <v>12</v>
+      </c>
+      <c r="E102" t="s">
         <v>446</v>
       </c>
-      <c r="C102" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F102" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="G102" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="H102" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="I102" t="s">
         <v>56</v>
       </c>
       <c r="J102" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" s="1">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="C103" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="D103" t="s">
         <v>12</v>
       </c>
       <c r="E103" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F103" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="G103" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="H103" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="I103" t="s">
         <v>56</v>
       </c>
       <c r="J103" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" s="1">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C104" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D104" t="s">
         <v>12</v>
       </c>
       <c r="E104" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F104" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="G104" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="H104" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="I104" t="s">
         <v>15</v>
       </c>
       <c r="J104" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" s="1">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="C105" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="D105" t="s">
         <v>12</v>
       </c>
       <c r="E105" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F105" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="G105" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="H105" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="I105" t="s">
         <v>147</v>
       </c>
       <c r="J105" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" s="1">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C106" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="D106" t="s">
         <v>12</v>
       </c>
       <c r="E106" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F106" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="G106" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="H106" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="I106" t="s">
         <v>147</v>
       </c>
       <c r="J106" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" s="1">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="C107" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="D107" t="s">
         <v>12</v>
       </c>
       <c r="E107" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F107" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="G107" t="s">
         <v>196</v>
       </c>
       <c r="H107" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="I107" t="s">
         <v>147</v>
       </c>
       <c r="J107" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" s="1">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="C108" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="D108" t="s">
         <v>12</v>
       </c>
       <c r="E108" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F108" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="G108" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H108" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="I108" t="s">
         <v>147</v>
       </c>
       <c r="J108" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" s="1">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C109" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="D109" t="s">
         <v>12</v>
       </c>
       <c r="E109" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F109" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="G109" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="H109" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="I109" t="s">
         <v>110</v>
       </c>
       <c r="J109" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" s="1">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="C110" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="D110" t="s">
         <v>12</v>
       </c>
       <c r="E110" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F110" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="G110" t="s">
         <v>196</v>
       </c>
       <c r="H110" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="I110" t="s">
         <v>147</v>
       </c>
       <c r="J110" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" s="1">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="C111" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="D111" t="s">
         <v>12</v>
       </c>
       <c r="E111" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F111" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="G111" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="H111" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="I111" t="s">
         <v>56</v>
       </c>
       <c r="J111" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" s="1">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="C112" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="D112" t="s">
         <v>12</v>
       </c>
       <c r="E112" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F112" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="G112" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="H112" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="I112" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J112" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" s="1">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="C113" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="D113" t="s">
         <v>12</v>
       </c>
       <c r="E113" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="F113" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="G113" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="H113" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="I113" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J113" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" s="1">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="C114" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="D114" t="s">
         <v>12</v>
       </c>
       <c r="E114" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="F114" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="H114" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="I114" t="s">
         <v>147</v>
       </c>
       <c r="J114" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" s="1">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="C115" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="D115" t="s">
         <v>12</v>
       </c>
       <c r="E115" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="F115" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="G115" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="H115" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="I115" t="s">
         <v>147</v>
       </c>
       <c r="J115" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" s="1">
         <v>115</v>
       </c>
       <c r="B116" t="s">
+        <v>513</v>
+      </c>
+      <c r="C116" t="s">
+        <v>514</v>
+      </c>
+      <c r="D116" t="s">
+        <v>12</v>
+      </c>
+      <c r="E116" t="s">
         <v>509</v>
       </c>
-      <c r="C116" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F116" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="I116" t="s">
         <v>147</v>
       </c>
       <c r="J116" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" s="1">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="C117" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="D117" t="s">
         <v>12</v>
       </c>
       <c r="E117" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="F117" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="G117" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H117" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="I117" t="s">
         <v>15</v>
       </c>
       <c r="J117" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" s="1">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="C118" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="D118" t="s">
         <v>12</v>
       </c>
       <c r="E118" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="F118" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="G118" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="H118" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="I118" t="s">
         <v>147</v>
       </c>
       <c r="J118" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" s="1">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C119" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="D119" t="s">
         <v>12</v>
       </c>
       <c r="E119" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="F119" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="G119" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="H119" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="I119" t="s">
         <v>147</v>
       </c>
       <c r="J119" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" s="1">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C120" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="D120" t="s">
         <v>12</v>
       </c>
       <c r="E120" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="F120" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="G120" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="H120" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="I120" t="s">
         <v>147</v>
       </c>
       <c r="J120" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" s="1">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="C121" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="D121" t="s">
         <v>12</v>
       </c>
       <c r="E121" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="F121" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="G121" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="H121" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="I121" t="s">
         <v>147</v>
       </c>
       <c r="J121" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" s="1">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C122" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="D122" t="s">
         <v>12</v>
       </c>
       <c r="E122" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="F122" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="G122" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="H122" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="I122" t="s">
         <v>147</v>
       </c>
       <c r="J122" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" s="1">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="C123" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="D123" t="s">
         <v>12</v>
       </c>
       <c r="E123" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="F123" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="G123" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="H123" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="I123" t="s">
         <v>147</v>
       </c>
       <c r="J123" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" s="1">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C124" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="D124" t="s">
         <v>12</v>
       </c>
       <c r="E124" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="F124" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="G124" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="H124" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="I124" t="s">
         <v>15</v>
       </c>
       <c r="J124" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" s="1">
         <v>124</v>
       </c>
       <c r="B125" t="s">
+        <v>550</v>
+      </c>
+      <c r="C125" t="s">
+        <v>551</v>
+      </c>
+      <c r="D125" t="s">
+        <v>12</v>
+      </c>
+      <c r="E125" t="s">
         <v>546</v>
       </c>
-      <c r="C125" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F125" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="G125" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="H125" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="I125" t="s">
         <v>15</v>
       </c>
       <c r="J125" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" s="1">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="C126" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="D126" t="s">
         <v>12</v>
       </c>
       <c r="E126" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="F126" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="G126" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="H126" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="I126" t="s">
         <v>15</v>
       </c>
       <c r="J126" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" s="1">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="C127" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="D127" t="s">
         <v>12</v>
       </c>
       <c r="E127" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="F127" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="G127" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="H127" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="I127" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J127" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" s="1">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="C128" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="D128" t="s">
         <v>12</v>
       </c>
       <c r="E128" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="F128" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="G128" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="H128" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="I128" t="s">
         <v>147</v>
       </c>
       <c r="J128" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" s="1">
         <v>128</v>
       </c>
       <c r="B129" t="s">
+        <v>568</v>
+      </c>
+      <c r="C129" t="s">
+        <v>569</v>
+      </c>
+      <c r="D129" t="s">
+        <v>12</v>
+      </c>
+      <c r="E129" t="s">
         <v>564</v>
       </c>
-      <c r="C129" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F129" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="G129" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="H129" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="I129" t="s">
         <v>15</v>
       </c>
       <c r="J129" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" s="1">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C130" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="D130" t="s">
         <v>12</v>
       </c>
       <c r="E130" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="F130" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="G130" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="H130" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="I130" t="s">
         <v>147</v>
       </c>
       <c r="J130" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" s="1">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="C131" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="D131" t="s">
         <v>12</v>
       </c>
       <c r="E131" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="F131" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="G131" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="H131" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="I131" t="s">
         <v>29</v>
       </c>
       <c r="J131" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" s="1">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="C132" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="D132" t="s">
         <v>12</v>
       </c>
       <c r="E132" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="F132" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="I132" t="s">
         <v>147</v>
       </c>
       <c r="J132" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" s="1">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="C133" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="D133" t="s">
         <v>12</v>
       </c>
       <c r="E133" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="F133" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="G133" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="H133" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="I133" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="J133" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" s="1">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="C134" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="D134" t="s">
         <v>12</v>
       </c>
       <c r="E134" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="F134" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="G134" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="H134" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="I134" t="s">
         <v>15</v>
       </c>
       <c r="J134" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" s="1">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="C135" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="D135" t="s">
         <v>12</v>
       </c>
       <c r="E135" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="F135" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="G135" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="H135" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="I135" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="J135" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" s="1">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="C136" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="D136" t="s">
         <v>12</v>
       </c>
       <c r="E136" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="F136" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="G136" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="H136" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="I136" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J136" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" s="1">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="C137" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="D137" t="s">
         <v>12</v>
       </c>
       <c r="E137" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="F137" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="G137" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="H137" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="I137" t="s">
         <v>33</v>
       </c>
       <c r="J137" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" s="1">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="C138" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="D138" t="s">
         <v>12</v>
       </c>
       <c r="E138" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="F138" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="G138" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="H138" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="I138" t="s">
         <v>147</v>
       </c>
       <c r="J138" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" s="1">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="C139" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="D139" t="s">
         <v>12</v>
       </c>
       <c r="E139" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="F139" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="G139" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="H139" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="I139" t="s">
         <v>77</v>
       </c>
       <c r="J139" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" s="1">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C140" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="D140" t="s">
         <v>12</v>
       </c>
       <c r="E140" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="F140" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="G140" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="H140" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="I140" t="s">
         <v>147</v>
       </c>
       <c r="J140" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" s="1">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C141" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="D141" t="s">
         <v>12</v>
       </c>
       <c r="E141" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="F141" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="G141" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="H141" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="I141" t="s">
         <v>56</v>
       </c>
       <c r="J141" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" s="1">
         <v>141</v>
       </c>
       <c r="B142" t="s">
+        <v>632</v>
+      </c>
+      <c r="C142" t="s">
+        <v>633</v>
+      </c>
+      <c r="D142" t="s">
+        <v>12</v>
+      </c>
+      <c r="E142" t="s">
         <v>628</v>
       </c>
-      <c r="C142" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F142" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="G142" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="H142" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="I142" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="J142" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" s="1">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="C143" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="D143" t="s">
         <v>12</v>
       </c>
       <c r="E143" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="F143" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="G143" t="s">
+        <v>640</v>
+      </c>
+      <c r="H143" t="s">
+        <v>641</v>
+      </c>
+      <c r="I143" t="s">
         <v>636</v>
-      </c>
-[...4 lines deleted...]
-        <v>632</v>
       </c>
       <c r="J143" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" s="1">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="C144" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="D144" t="s">
         <v>12</v>
       </c>
       <c r="E144" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="F144" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="G144" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="H144" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="I144" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="J144" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" s="1">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="C145" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="D145" t="s">
         <v>12</v>
       </c>
       <c r="E145" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="F145" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="G145" t="s">
         <v>213</v>
       </c>
       <c r="H145" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="I145" t="s">
         <v>102</v>
       </c>
       <c r="J145" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" s="1">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="C146" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="D146" t="s">
         <v>12</v>
       </c>
       <c r="E146" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="F146" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="G146" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="H146" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="I146" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="J146" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" s="1">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="C147" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="D147" t="s">
         <v>12</v>
       </c>
       <c r="E147" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="F147" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="G147" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="H147" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="I147" t="s">
         <v>41</v>
       </c>
       <c r="J147" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" s="1">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="C148" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="D148" t="s">
         <v>12</v>
       </c>
       <c r="E148" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="F148" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="I148" t="s">
         <v>106</v>
       </c>
       <c r="J148" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" s="1">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="C149" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="D149" t="s">
         <v>12</v>
       </c>
       <c r="E149" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="F149" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="G149" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="H149" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="I149" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="J149" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" s="1">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="C150" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="D150" t="s">
         <v>12</v>
       </c>
       <c r="E150" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="F150" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="G150" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="H150" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="I150" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="J150" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" s="1">
         <v>150</v>
       </c>
       <c r="B151" t="s">
+        <v>674</v>
+      </c>
+      <c r="C151" t="s">
+        <v>675</v>
+      </c>
+      <c r="D151" t="s">
+        <v>12</v>
+      </c>
+      <c r="E151" t="s">
         <v>670</v>
       </c>
-      <c r="C151" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F151" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="G151" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="H151" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="I151" t="s">
         <v>106</v>
       </c>
       <c r="J151" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" s="1">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="C152" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="D152" t="s">
         <v>12</v>
       </c>
       <c r="E152" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="F152" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="G152" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="H152" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="I152" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="J152" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" s="1">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C153" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="D153" t="s">
         <v>12</v>
       </c>
       <c r="E153" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="F153" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="I153" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="J153" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" s="1">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="C154" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="D154" t="s">
         <v>12</v>
       </c>
       <c r="E154" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="F154" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="G154" t="s">
+        <v>640</v>
+      </c>
+      <c r="H154" t="s">
+        <v>686</v>
+      </c>
+      <c r="I154" t="s">
         <v>636</v>
-      </c>
-[...4 lines deleted...]
-        <v>632</v>
       </c>
       <c r="J154" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" s="1">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="C155" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="D155" t="s">
         <v>12</v>
       </c>
       <c r="E155" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="F155" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="G155" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="H155" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="I155" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="J155" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" s="1">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="C156" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="D156" t="s">
         <v>12</v>
       </c>
       <c r="E156" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="F156" t="s">
+        <v>694</v>
+      </c>
+      <c r="G156" t="s">
         <v>690</v>
       </c>
-      <c r="G156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H156" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="I156" t="s">
         <v>41</v>
       </c>
       <c r="J156" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" s="1">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="C157" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="D157" t="s">
         <v>12</v>
       </c>
       <c r="E157" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="F157" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="G157" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="H157" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="I157" t="s">
         <v>56</v>
       </c>
       <c r="J157" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" s="1">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="C158" t="s">
+        <v>702</v>
+      </c>
+      <c r="D158" t="s">
+        <v>12</v>
+      </c>
+      <c r="E158" t="s">
         <v>698</v>
       </c>
-      <c r="D158" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F158" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="G158" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="H158" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="I158" t="s">
         <v>41</v>
       </c>
       <c r="J158" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" s="1">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="C159" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="D159" t="s">
         <v>12</v>
       </c>
       <c r="E159" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="F159" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="G159" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="H159" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="I159" t="s">
         <v>56</v>
       </c>
       <c r="J159" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" s="1">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="C160" t="s">
+        <v>711</v>
+      </c>
+      <c r="D160" t="s">
+        <v>12</v>
+      </c>
+      <c r="E160" t="s">
         <v>707</v>
       </c>
-      <c r="D160" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F160" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="G160" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="H160" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="I160" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="J160" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" s="1">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="C161" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="D161" t="s">
         <v>12</v>
       </c>
       <c r="E161" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="F161" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="G161" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="H161" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="I161" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="J161" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" s="1">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="C162" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="D162" t="s">
         <v>12</v>
       </c>
       <c r="E162" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="F162" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="G162" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="H162" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="I162" t="s">
         <v>56</v>
       </c>
       <c r="J162" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" s="1">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="C163" t="s">
+        <v>726</v>
+      </c>
+      <c r="D163" t="s">
+        <v>12</v>
+      </c>
+      <c r="E163" t="s">
         <v>722</v>
       </c>
-      <c r="D163" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F163" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="G163" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="H163" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="I163" t="s">
         <v>56</v>
       </c>
       <c r="J163" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" s="1">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C164" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="D164" t="s">
         <v>12</v>
       </c>
       <c r="E164" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="F164" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="G164" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="H164" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="I164" t="s">
         <v>56</v>
       </c>
       <c r="J164" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" s="1">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="C165" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="D165" t="s">
         <v>12</v>
       </c>
       <c r="E165" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="F165" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="G165" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="H165" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="I165" t="s">
         <v>56</v>
       </c>
       <c r="J165" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" s="1">
         <v>165</v>
       </c>
       <c r="B166" t="s">
+        <v>739</v>
+      </c>
+      <c r="C166" t="s">
+        <v>740</v>
+      </c>
+      <c r="D166" t="s">
+        <v>12</v>
+      </c>
+      <c r="E166" t="s">
         <v>735</v>
       </c>
-      <c r="C166" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F166" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="G166" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="H166" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="I166" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J166" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" s="1">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="C167" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="D167" t="s">
         <v>12</v>
       </c>
       <c r="E167" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="F167" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="G167" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="H167" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="I167" t="s">
         <v>56</v>
       </c>
       <c r="J167" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" s="1">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="C168" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="D168" t="s">
         <v>12</v>
       </c>
       <c r="E168" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="F168" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="G168" t="s">
         <v>200</v>
       </c>
       <c r="H168" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="I168" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="J168" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" s="1">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="C169" t="s">
+        <v>754</v>
+      </c>
+      <c r="D169" t="s">
+        <v>755</v>
+      </c>
+      <c r="E169" t="s">
+        <v>756</v>
+      </c>
+      <c r="F169" t="s">
+        <v>757</v>
+      </c>
+      <c r="G169" t="s">
         <v>750</v>
       </c>
-      <c r="D169" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H169" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="I169" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="J169" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" s="1">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C170" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="D170" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E170" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="F170" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="G170" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="H170" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="I170" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="J170" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" s="1">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="C171" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="D171" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E171" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="F171" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="G171" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="H171" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="I171" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="J171" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" s="1">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="C172" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="D172" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E172" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="F172" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="G172" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="H172" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="I172" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="J172" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" s="1">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="C173" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="D173" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E173" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="F173" t="s">
+        <v>785</v>
+      </c>
+      <c r="G173" t="s">
+        <v>786</v>
+      </c>
+      <c r="H173" t="s">
+        <v>787</v>
+      </c>
+      <c r="I173" t="s">
         <v>781</v>
-      </c>
-[...7 lines deleted...]
-        <v>777</v>
       </c>
       <c r="J173" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" s="1">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="C174" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="D174" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E174" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="F174" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="G174" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="H174" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="I174" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="J174" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" s="1">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C175" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="D175" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E175" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="F175" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="I175" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="J175" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" s="1">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="C176" t="s">
+        <v>801</v>
+      </c>
+      <c r="D176" t="s">
+        <v>762</v>
+      </c>
+      <c r="E176" t="s">
         <v>797</v>
       </c>
-      <c r="D176" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F176" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="I176" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="J176" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" s="1">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="C177" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="D177" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E177" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="F177" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="G177" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="H177" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="I177" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="J177" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" s="1">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="C178" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="D178" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E178" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="F178" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="G178" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="H178" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="I178" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="J178" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" s="1">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="C179" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="D179" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E179" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="F179" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="G179" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="H179" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="I179" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="J179" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" s="1">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="C180" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="D180" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="E180" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="F180" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="G180" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="H180" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="I180" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="J180" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" s="1">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="C181" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="D181" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="E181" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="F181" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="G181" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="H181" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="I181" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="J181" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" s="1">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="C182" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="D182" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E182" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="F182" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="G182" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="H182" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="I182" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="J182" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" s="1">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="C183" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="D183" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E183" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="F183" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="G183" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="H183" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="I183" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="J183" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" s="1">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C184" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="D184" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E184" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="F184" t="s">
+        <v>851</v>
+      </c>
+      <c r="G184" t="s">
         <v>847</v>
       </c>
-      <c r="G184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H184" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="I184" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="J184" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" s="1">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="C185" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="D185" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E185" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="F185" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="G185" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="H185" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="I185" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="J185" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" s="1">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C186" t="s">
+        <v>860</v>
+      </c>
+      <c r="D186" t="s">
+        <v>755</v>
+      </c>
+      <c r="E186" t="s">
         <v>856</v>
       </c>
-      <c r="D186" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F186" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="G186" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="H186" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="I186" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="J186" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" s="1">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="C187" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="D187" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E187" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="F187" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="G187" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="H187" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="I187" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="J187" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" s="1">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="C188" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="D188" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E188" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="F188" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="G188" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="H188" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="I188" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="J188" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" s="1">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="C189" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="D189" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E189" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="F189" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="H189" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="I189" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="J189" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" s="1">
         <v>189</v>
       </c>
       <c r="B190" t="s">
+        <v>881</v>
+      </c>
+      <c r="C190" t="s">
+        <v>882</v>
+      </c>
+      <c r="D190" t="s">
+        <v>762</v>
+      </c>
+      <c r="E190" t="s">
         <v>877</v>
       </c>
-      <c r="C190" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F190" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="I190" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="J190" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" s="1">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="C191" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="D191" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E191" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="F191" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="G191" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="H191" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="I191" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="J191" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" s="1">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="C192" t="s">
+        <v>890</v>
+      </c>
+      <c r="D192" t="s">
+        <v>755</v>
+      </c>
+      <c r="E192" t="s">
         <v>886</v>
       </c>
-      <c r="D192" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F192" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="G192" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="H192" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="I192" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="J192" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" s="1">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="C193" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="D193" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="E193" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="F193" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="G193" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="H193" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="I193" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="J193" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" s="1">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="C194" t="s">
+        <v>899</v>
+      </c>
+      <c r="D194" t="s">
+        <v>824</v>
+      </c>
+      <c r="E194" t="s">
         <v>895</v>
       </c>
-      <c r="D194" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F194" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="G194" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="H194" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="I194" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="J194" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" s="1">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="C195" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="D195" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E195" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="F195" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="G195" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="H195" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="I195" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="J195" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" s="1">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="C196" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="D196" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E196" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="F196" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="G196" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="H196" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="I196" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="J196" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" s="1">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="C197" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="D197" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E197" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="F197" t="s">
+        <v>912</v>
+      </c>
+      <c r="G197" t="s">
+        <v>913</v>
+      </c>
+      <c r="H197" t="s">
+        <v>914</v>
+      </c>
+      <c r="I197" t="s">
         <v>908</v>
-      </c>
-[...7 lines deleted...]
-        <v>904</v>
       </c>
       <c r="J197" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" s="1">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="C198" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="D198" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E198" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="F198" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="G198" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="H198" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="I198" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="J198" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" s="1">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="C199" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="D199" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E199" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="F199" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="G199" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="H199" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="I199" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="J199" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" s="1">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="C200" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D200" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E200" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="F200" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="G200" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="H200" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="I200" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="J200" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" s="1">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="C201" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="D201" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E201" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="F201" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="H201" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="I201" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="J201" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" s="1">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C202" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="D202" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="E202" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="F202" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="G202" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="H202" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="I202" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="J202" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" s="1">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="C203" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="D203" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="E203" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="F203" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="I203" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="J203" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" s="1">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="C204" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="D204" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E204" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="F204" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="G204" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="H204" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="I204" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="J204" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" s="1">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="C205" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="D205" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E205" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="F205" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="G205" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="H205" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="I205" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="J205" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" s="1">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="C206" t="s">
+        <v>953</v>
+      </c>
+      <c r="D206" t="s">
+        <v>755</v>
+      </c>
+      <c r="E206" t="s">
         <v>949</v>
       </c>
-      <c r="D206" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F206" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="G206" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="H206" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="I206" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="J206" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" s="1">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="C207" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="D207" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E207" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="F207" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="G207" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="H207" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="I207" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="J207" t="s">
         <v>142</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>