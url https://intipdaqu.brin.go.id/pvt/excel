--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -12,143 +12,164 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Nama Varietas</t>
   </si>
   <si>
     <t>Nama Pemulia</t>
   </si>
   <si>
     <t>Institusi</t>
   </si>
   <si>
     <t>Tgl Daftar</t>
   </si>
   <si>
     <t>Nomor Daftar</t>
   </si>
   <si>
     <t>Tgl Sertifikasi</t>
   </si>
   <si>
     <t>Nomor Sertifikasi</t>
   </si>
   <si>
     <t>Kepemilikan</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Bunga Lipstik Redona</t>
   </si>
   <si>
     <t>Badan Riset dan Inovasi Nasional</t>
   </si>
   <si>
     <t>2024-07-30</t>
   </si>
   <si>
     <t>48/Peng/07/2024</t>
   </si>
   <si>
+    <t>2025-07-07</t>
+  </si>
+  <si>
+    <t>00800/PPVT/S/2025</t>
+  </si>
+  <si>
     <t>BRIN, Pusat Riset Botani Terapan</t>
   </si>
   <si>
     <t>Tersertifikasi</t>
   </si>
   <si>
+    <t>Begonia SuGo</t>
+  </si>
+  <si>
+    <t>Ema Hendriyani ; I Made Ardaka ; I Nyoman Lugrayasa ;</t>
+  </si>
+  <si>
+    <t>2023-08-08</t>
+  </si>
+  <si>
+    <t>083/Pnrm/TS/2023</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>00785/PPVT/S/2025</t>
+  </si>
+  <si>
+    <t>Begonia Blirik</t>
+  </si>
+  <si>
+    <t>Hartutiningsih ; Wisnu Handoyo Ardi ; Sri Wahyuni ;</t>
+  </si>
+  <si>
+    <t>28/Peng/08/2023</t>
+  </si>
+  <si>
+    <t>00783/PPVT/S/2025</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Konservasi Tumbuhan, Kebun Raya dan Kehutanan</t>
+  </si>
+  <si>
+    <t>Hoya Lady Mermaid</t>
+  </si>
+  <si>
+    <t>Sasanti Widiarsih S.P., M.Sc..,Ph.D ; Sasanti Widiarsih ; Ita Dwimahyani ; Muhammad Hamzah Solim ; Sri Rahayu ;</t>
+  </si>
+  <si>
+    <t>003/Pnrm/TT/2024</t>
+  </si>
+  <si>
+    <t>00786/PPVT/T/2025</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Tanaman Pangan</t>
+  </si>
+  <si>
     <t>Begonia Ethernal Flame</t>
   </si>
   <si>
     <t>Sri Wahyuni ; Hartutiningsih ;</t>
   </si>
   <si>
-    <t>2023-08-08</t>
-[...1 lines deleted...]
-  <si>
     <t>60/Peng/12/2023</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Konservasi Tumbuhan, Kebun Raya dan Kehutanan</t>
-[...29 lines deleted...]
-    <t>28/Peng/08/2023</t>
+    <t>00789/PPVT/S/2025</t>
   </si>
   <si>
     <t>Agogoanium 12</t>
   </si>
   <si>
     <t>Enung Sri Mulyaningsih ; Sri Indrayani ; Yuliana Galih Dyan Anggraheni ; Yuli Sulistyowati ; Yashanti Berlinda Paradisa ; Ambar Yuswi Perdani ; Eko Binnaryo Mei Adi ; Enung Sri Mulyaningsih M.Si. ; Suwarno ; Supartopo ;</t>
   </si>
   <si>
     <t>2022-08-01</t>
   </si>
   <si>
     <t>26/Peng/08/2022</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Rekayasa Genetika</t>
   </si>
   <si>
     <t>Terdaftar - Formalitas Terpenuhi</t>
   </si>
   <si>
     <t>Bunga Lipstik Bravera</t>
   </si>
   <si>
     <t>Sri Rahayu ;</t>
   </si>
@@ -691,495 +712,525 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
       <c r="I2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="J2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>19</v>
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="J3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>23</v>
+        <v>26</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
       </c>
       <c r="I4" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="J4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>27</v>
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
       </c>
       <c r="I5" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="J5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>30</v>
+        <v>36</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
       </c>
       <c r="I6" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="J6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="I7" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="J7" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E8" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="G8" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="H8" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="I8" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="J8" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
         <v>49</v>
       </c>
-      <c r="H9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I9" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="J9" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E10" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="G10" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="H10" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="I10" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="J10" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>54</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>67</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
+      </c>
+      <c r="I11" t="s">
         <v>57</v>
       </c>
-      <c r="C11" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C12" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D12" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E12" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="G12" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H12" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="I12" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="J12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E13" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="G13" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="I13" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="J13" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="C14" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="D14" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="E14" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="F14" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G14" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="H14" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="I14" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="J14" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="C15" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="D15" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="E15" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="F15" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="G15" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="H15" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="I15" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="J15" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="I16" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="J16" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="C17" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="I17" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="J17" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="I18" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="J18" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">