--- v1 (2025-12-20)
+++ v2 (2026-02-17)
@@ -12,208 +12,295 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Nama Varietas</t>
   </si>
   <si>
     <t>Nama Pemulia</t>
   </si>
   <si>
     <t>Institusi</t>
   </si>
   <si>
     <t>Tgl Daftar</t>
   </si>
   <si>
     <t>Nomor Daftar</t>
   </si>
   <si>
     <t>Tgl Sertifikasi</t>
   </si>
   <si>
     <t>Nomor Sertifikasi</t>
   </si>
   <si>
     <t>Kepemilikan</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
+    <t>Jagung K1915-19</t>
+  </si>
+  <si>
+    <t>Andi Takdir Makkulawu ; R Neni Iriany M ; Slamet Bambang Priyanto ; sampara ;</t>
+  </si>
+  <si>
+    <t>Badan Riset dan Inovasi Nasional</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>103/Peng/12/2025</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Tanaman Pangan</t>
+  </si>
+  <si>
+    <t>Terdaftar</t>
+  </si>
+  <si>
+    <t>Sorgum Gumaketa 1</t>
+  </si>
+  <si>
+    <t>Endang Gati Lestari ; Suwarti ; Herniwati ; Karlina Syahruddin ; Lesty Ayu Bidhari ; Moch Arif Subechan ;</t>
+  </si>
+  <si>
+    <t>107/Peng/12/2025</t>
+  </si>
+  <si>
+    <t>BRIN, Direktorat Manajemen Kekayaan Intelektual</t>
+  </si>
+  <si>
+    <t>Sorgum Gumaketa 2</t>
+  </si>
+  <si>
+    <t>Endang Gati Lestari ; Suwarti ; Herniwati ; Karlina Syahruddin ; Moch Arif Subechan ; Lesty Ayu Bidhari ;</t>
+  </si>
+  <si>
+    <t>108/Peng/12/2025</t>
+  </si>
+  <si>
+    <t>Jagung HJBRIN 101</t>
+  </si>
+  <si>
+    <t>Lesty Ayu Bidhari ; Andi Takdir Makkulawu ; R Neni Iriany M ; Slamet Bambang Priyanto ; Nining Nurini Andayani ; Roy Efendi ; Ahmad Muliadi ; Suwarti ; Sigit Budi Santoso ; Moch Arif Subechan ; Suriani ; Hishar Mirsam ; Herawati ; Ayyub Ar Rahman ; Yudhistira Nugraha ; I Gusti Komang Dana Arsana ; Sutardi ; Abdul Fattah ; Muhammad Azrai ; Indra Yusmawan ; Muhammad Ali ; Yuli Tarmuji ; Puji Harianto ; R. Indra Kusuma ; Abasair’ ; Alfionita Bella Pertiwi ; Selli Nogita Anggraini ; Al Fajrian ; Sampara ; Alif Hijriansah ; Nina Effiana ; Evian Eka Kusuma Wardani ; Nurlinda Safitri ; Muhammad Idris ; Ansar ;</t>
+  </si>
+  <si>
+    <t>105/Peng/12/2025</t>
+  </si>
+  <si>
+    <t>Jagung HJBRIN 103</t>
+  </si>
+  <si>
+    <t>Andi Takdir Makkulawu ; R Neni Iriany M ; Slamet Bambang Priyanto ; Nining Nurini Andayani ; Roy Efendi ; Ahmad Muliadi ; Suwarti ; Sigit Budi Santoso ; Lesty Ayu Bidhari ; Moch Arif Subechan ; Suriani ; Hishar Mirsam ; Herawati ; Ayyub Ar Rahman ; Yudhistira Nugraha ; Andari Risliawati ; Trias Sitaresmi ; I Gusti Komang Dana Arsana ; Sutardi ; Abdul Fattah ; Muhammad Azrai ; Indra Yusmawan ; Muhammad Ali ; Yuli Tarmuji ; Puji Harianto ; R. Indra Kusuma ; Abasair’ ; Alfionita Bella Pertiwi ; Selli Nogita Anggraini ; Al Fajrian ; Sampara ; Alif Hijriansah ; Evian Eka Kusuma Wardani ; Nina Effiana ; Nurlinda Safitri ; Muhammad Idris ; Ansar ;</t>
+  </si>
+  <si>
+    <t>Jagung K1951-17</t>
+  </si>
+  <si>
+    <t>104/Peng/12/2025</t>
+  </si>
+  <si>
+    <t>Sorghum Sorgamma</t>
+  </si>
+  <si>
+    <t>Sihono ; Wijaya Murti Indriatama ; Soeranto Human ; Winda Puspitasari ; Yudhistira Nugraha ; Nana Supriatna ; Herniwati ; Anisiyah ; Muhammad Iqbal ; Marina Yuniawati Maryono ; Endang Gati Lestari ; Marcia Bunga Pabendon ; Fatmawati ; Karlina Syahruddin ; Arif Muazam ; Elfiwadri Chaidir Tanjung ; Asmita ; Cindytia Pradita Lestari ;</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>102/Peng/12/2025</t>
+  </si>
+  <si>
+    <t>Jagung K1914-15</t>
+  </si>
+  <si>
+    <t>101/Peng/12/2025</t>
+  </si>
+  <si>
+    <t>JAGUNG K1979-37</t>
+  </si>
+  <si>
+    <t>100/Peng/12/2025</t>
+  </si>
+  <si>
+    <t>Padi Condetama</t>
+  </si>
+  <si>
+    <t>Joko Prasetiyono ; Tasliah ; Chaerani ; Siti Yuriyah ; Yadi Suryadi ; Ifa Manzila ; Dodin Koswanudin ; Mahrup ; Ma'sumah ;</t>
+  </si>
+  <si>
+    <t>099/Peng/12/2025</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Botani Terapan</t>
+  </si>
+  <si>
     <t>Bunga Lipstik Redona</t>
   </si>
   <si>
-    <t>Badan Riset dan Inovasi Nasional</t>
+    <t>Sri Rahayu ;</t>
   </si>
   <si>
     <t>2024-07-30</t>
   </si>
   <si>
     <t>48/Peng/07/2024</t>
   </si>
   <si>
     <t>2025-07-07</t>
   </si>
   <si>
     <t>00800/PPVT/S/2025</t>
   </si>
   <si>
-    <t>BRIN, Pusat Riset Botani Terapan</t>
-[...1 lines deleted...]
-  <si>
     <t>Tersertifikasi</t>
   </si>
   <si>
+    <t>Begonia Blirik</t>
+  </si>
+  <si>
+    <t>Hartutiningsih ; Wisnu Handoyo Ardi ; Sri Wahyuni ;</t>
+  </si>
+  <si>
+    <t>2023-08-08</t>
+  </si>
+  <si>
+    <t>28/Peng/08/2023</t>
+  </si>
+  <si>
+    <t>2025-05-05</t>
+  </si>
+  <si>
+    <t>00783/PPVT/S/2025</t>
+  </si>
+  <si>
+    <t>BRIN, Pusat Riset Konservasi Tumbuhan, Kebun Raya dan Kehutanan</t>
+  </si>
+  <si>
+    <t>Hoya Lady Mermaid</t>
+  </si>
+  <si>
+    <t>Sasanti Widiarsih S.P., M.Sc..,Ph.D ; Sasanti Widiarsih ; Ita Dwimahyani ; Muhammad Hamzah Solim ; Sri Rahayu ;</t>
+  </si>
+  <si>
+    <t>003/Pnrm/TT/2024</t>
+  </si>
+  <si>
+    <t>00786/PPVT/T/2025</t>
+  </si>
+  <si>
     <t>Begonia SuGo</t>
   </si>
   <si>
     <t>Ema Hendriyani ; I Made Ardaka ; I Nyoman Lugrayasa ;</t>
   </si>
   <si>
-    <t>2023-08-08</t>
-[...1 lines deleted...]
-  <si>
     <t>083/Pnrm/TS/2023</t>
   </si>
   <si>
-    <t>2025-05-05</t>
-[...1 lines deleted...]
-  <si>
     <t>00785/PPVT/S/2025</t>
   </si>
   <si>
-    <t>Begonia Blirik</t>
-[...28 lines deleted...]
-  <si>
     <t>Begonia Ethernal Flame</t>
   </si>
   <si>
     <t>Sri Wahyuni ; Hartutiningsih ;</t>
   </si>
   <si>
     <t>60/Peng/12/2023</t>
   </si>
   <si>
     <t>00789/PPVT/S/2025</t>
   </si>
   <si>
     <t>Agogoanium 12</t>
   </si>
   <si>
     <t>Enung Sri Mulyaningsih ; Sri Indrayani ; Yuliana Galih Dyan Anggraheni ; Yuli Sulistyowati ; Yashanti Berlinda Paradisa ; Ambar Yuswi Perdani ; Eko Binnaryo Mei Adi ; Enung Sri Mulyaningsih M.Si. ; Suwarno ; Supartopo ;</t>
   </si>
   <si>
     <t>2022-08-01</t>
   </si>
   <si>
     <t>26/Peng/08/2022</t>
   </si>
   <si>
     <t>BRIN, Pusat Riset Rekayasa Genetika</t>
   </si>
   <si>
     <t>Terdaftar - Formalitas Terpenuhi</t>
   </si>
   <si>
     <t>Bunga Lipstik Bravera</t>
   </si>
   <si>
-    <t>Sri Rahayu ;</t>
-[...1 lines deleted...]
-  <si>
     <t>Lembaga Ilmu Pengetahuan Indonesia</t>
   </si>
   <si>
     <t>2021-07-01</t>
   </si>
   <si>
     <t>2021-06-15</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>- Pusat Konservasi Tanaman Kebun Raya Bogor</t>
   </si>
   <si>
-    <t>Terdaftar</t>
-[...1 lines deleted...]
-  <si>
     <t>Kacang Hijau Muri</t>
   </si>
   <si>
     <t>Yuliasti ; Nana Supriatna ; Sihono ;</t>
   </si>
   <si>
     <t>Badan Tenaga Nuklir Nasional (BATAN)</t>
   </si>
   <si>
     <t>2021-04-16</t>
   </si>
   <si>
     <t>07/Peng/04/2021</t>
   </si>
   <si>
     <t>- Pusat Aplikasi Isotop dan Radiasi</t>
   </si>
   <si>
     <t>Publikasi</t>
   </si>
   <si>
     <t>Begonia Eka Karya</t>
   </si>
   <si>
     <t>Cokorda Istri Meyga Semarayani, M.Si. ; Hartutiningsih ; I Made Ardaka ; I Nyoman Lugrayasa ; Muhammad Bima Atmaja, S.Si. ; Tri Warseno ; Wawan Sujarwo ;</t>
@@ -224,129 +311,108 @@
   <si>
     <t>2021-10-20</t>
   </si>
   <si>
     <t>- UPT BKTKR Eka Karya Bali</t>
   </si>
   <si>
     <t>VARIETAS PADI TROPIKO</t>
   </si>
   <si>
     <t>Sobrizal ; Carkum ;</t>
   </si>
   <si>
     <t>2019-03-27</t>
   </si>
   <si>
     <t>07/Peng/03/2019</t>
   </si>
   <si>
     <t>2021-04-30</t>
   </si>
   <si>
     <t>00511/PPVT/S/2021</t>
   </si>
   <si>
+    <t>Pisang Rejang Hibrid Triploid</t>
+  </si>
+  <si>
+    <t>Diyah Martanti ; Fajarudin Ahmad ; Herlina ; Witjaksono ; Yuyu Suryasari ;</t>
+  </si>
+  <si>
+    <t>2016-08-08</t>
+  </si>
+  <si>
+    <t>2019-12-31</t>
+  </si>
+  <si>
+    <t>00473/PPVT/S/2019</t>
+  </si>
+  <si>
+    <t>- Pusat Penelitian Biologi</t>
+  </si>
+  <si>
     <t>Pisang Rejang Tetraploid</t>
   </si>
   <si>
     <t>Tri Handayani ; Witjaksono ; Yuyu Suryasari ;</t>
   </si>
   <si>
-    <t>2016-08-08</t>
-[...4 lines deleted...]
-  <si>
     <t>00474/PPVT/S/2019</t>
   </si>
   <si>
-    <t>- Pusat Penelitian Biologi</t>
-[...10 lines deleted...]
-  <si>
     <t>VARIETAS TANAMAN KEDELAI HITAM MUTIARA 3</t>
   </si>
   <si>
     <t>Tarmizi ; Hari Is Mulyana ; Masrizal ;</t>
   </si>
   <si>
     <t>2016-03-18</t>
   </si>
   <si>
     <t>12/Peng/03/2016</t>
   </si>
   <si>
     <t>2020-12-30</t>
   </si>
   <si>
     <t>Ditolak</t>
   </si>
   <si>
     <t>VARIETAS TANAMAN KEDELAI HITAM MUTIARA 2</t>
   </si>
   <si>
     <t>Hari Is Mulyana ; Masrizal ; Tarmizi ;</t>
   </si>
   <si>
     <t>11/Peng/03/2016</t>
   </si>
   <si>
     <t>2020-12-28</t>
   </si>
   <si>
     <t>00505/PPVT/S/2020</t>
-  </si>
-[...19 lines deleted...]
-    <t>Rhododendron hibrida - Cibodas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -653,584 +719,775 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J18"/>
+  <dimension ref="A1:J25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18"/>
+      <selection activeCell="A25" sqref="A25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="0.427" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" t="s">
         <v>19</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F4" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I4" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="J4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I5" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="J5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="I6" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="J6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F7" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="I7" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="J7" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>49</v>
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
       </c>
       <c r="I8" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="J8" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="I9" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="J9" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>49</v>
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>38</v>
       </c>
       <c r="I10" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="J10" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="D11" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="I11" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="J11" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="C12" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
         <v>46</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="H12" t="s">
-        <v>74</v>
+        <v>48</v>
       </c>
       <c r="I12" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="J12" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
       <c r="C13" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="D13" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>72</v>
+        <v>52</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
       </c>
       <c r="G13" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="H13" t="s">
-        <v>78</v>
+        <v>55</v>
       </c>
       <c r="I13" t="s">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="J13" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>52</v>
+      </c>
+      <c r="F14" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" t="s">
         <v>54</v>
       </c>
-      <c r="E14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H14" t="s">
+        <v>60</v>
+      </c>
+      <c r="I14" t="s">
+        <v>15</v>
+      </c>
+      <c r="J14" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="C15" t="s">
-        <v>86</v>
+        <v>62</v>
       </c>
       <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" t="s">
         <v>54</v>
       </c>
-      <c r="E15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H15" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="I15" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="J15" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="C16" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>92</v>
+        <v>52</v>
+      </c>
+      <c r="F16" t="s">
+        <v>67</v>
+      </c>
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16" t="s">
+        <v>68</v>
       </c>
       <c r="I16" t="s">
-        <v>93</v>
+        <v>56</v>
       </c>
       <c r="J16" t="s">
-        <v>94</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="C17" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>92</v>
+        <v>71</v>
+      </c>
+      <c r="F17" t="s">
+        <v>72</v>
       </c>
       <c r="I17" t="s">
-        <v>93</v>
+        <v>73</v>
       </c>
       <c r="J17" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
+        <v>76</v>
+      </c>
+      <c r="E18" t="s">
+        <v>77</v>
+      </c>
+      <c r="G18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H18" t="s">
+        <v>79</v>
+      </c>
+      <c r="I18" t="s">
+        <v>80</v>
+      </c>
+      <c r="J18" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" s="1">
+        <v>18</v>
+      </c>
+      <c r="B19" t="s">
+        <v>81</v>
+      </c>
+      <c r="C19" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" t="s">
+        <v>85</v>
+      </c>
+      <c r="H19" t="s">
+        <v>79</v>
+      </c>
+      <c r="I19" t="s">
+        <v>86</v>
+      </c>
+      <c r="J19" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" s="1">
+        <v>19</v>
+      </c>
+      <c r="B20" t="s">
+        <v>88</v>
+      </c>
+      <c r="C20" t="s">
+        <v>89</v>
+      </c>
+      <c r="D20" t="s">
+        <v>76</v>
+      </c>
+      <c r="E20" t="s">
+        <v>90</v>
+      </c>
+      <c r="G20" t="s">
+        <v>91</v>
+      </c>
+      <c r="H20" t="s">
+        <v>79</v>
+      </c>
+      <c r="I20" t="s">
+        <v>92</v>
+      </c>
+      <c r="J20" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" s="1">
+        <v>20</v>
+      </c>
+      <c r="B21" t="s">
+        <v>93</v>
+      </c>
+      <c r="C21" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" t="s">
+        <v>83</v>
+      </c>
+      <c r="E21" t="s">
+        <v>95</v>
+      </c>
+      <c r="F21" t="s">
         <v>96</v>
       </c>
-      <c r="C18" t="s">
-[...12 lines deleted...]
-        <v>94</v>
+      <c r="G21" t="s">
+        <v>97</v>
+      </c>
+      <c r="H21" t="s">
+        <v>98</v>
+      </c>
+      <c r="I21" t="s">
+        <v>86</v>
+      </c>
+      <c r="J21" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" s="1">
+        <v>21</v>
+      </c>
+      <c r="B22" t="s">
+        <v>99</v>
+      </c>
+      <c r="C22" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" t="s">
+        <v>101</v>
+      </c>
+      <c r="G22" t="s">
+        <v>102</v>
+      </c>
+      <c r="H22" t="s">
+        <v>103</v>
+      </c>
+      <c r="I22" t="s">
+        <v>104</v>
+      </c>
+      <c r="J22" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" s="1">
+        <v>22</v>
+      </c>
+      <c r="B23" t="s">
+        <v>105</v>
+      </c>
+      <c r="C23" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" t="s">
+        <v>76</v>
+      </c>
+      <c r="E23" t="s">
+        <v>101</v>
+      </c>
+      <c r="G23" t="s">
+        <v>102</v>
+      </c>
+      <c r="H23" t="s">
+        <v>107</v>
+      </c>
+      <c r="I23" t="s">
+        <v>104</v>
+      </c>
+      <c r="J23" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" s="1">
+        <v>23</v>
+      </c>
+      <c r="B24" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" t="s">
+        <v>109</v>
+      </c>
+      <c r="D24" t="s">
+        <v>83</v>
+      </c>
+      <c r="E24" t="s">
+        <v>110</v>
+      </c>
+      <c r="F24" t="s">
+        <v>111</v>
+      </c>
+      <c r="G24" t="s">
+        <v>112</v>
+      </c>
+      <c r="H24" t="s">
+        <v>79</v>
+      </c>
+      <c r="I24" t="s">
+        <v>86</v>
+      </c>
+      <c r="J24" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" s="1">
+        <v>24</v>
+      </c>
+      <c r="B25" t="s">
+        <v>114</v>
+      </c>
+      <c r="C25" t="s">
+        <v>115</v>
+      </c>
+      <c r="D25" t="s">
+        <v>83</v>
+      </c>
+      <c r="E25" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" t="s">
+        <v>116</v>
+      </c>
+      <c r="G25" t="s">
+        <v>117</v>
+      </c>
+      <c r="H25" t="s">
+        <v>118</v>
+      </c>
+      <c r="I25" t="s">
+        <v>86</v>
+      </c>
+      <c r="J25" t="s">
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">